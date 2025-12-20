--- v0 (2025-12-06)
+++ v1 (2025-12-20)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6a5427d" w14:textId="6a5427d">
+    <w:p w14:paraId="c038970" w14:textId="c038970">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -77,582 +77,567 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об утверждении Правил и условий проведения аттестации педагогов, занимающих должности в организациях образования, реализующих общеобразовательные учебные программы дошкольного воспитания и обучения, начального, основного среднего и общего среднего образования, образовательные программы технического и профессионального, послесреднего, дополнительного образования и специальные учебные программы, и иных гражданских служащих в области образования и науки</w:t>
-[...16 lines deleted...]
-        <w:t>Приказ Министра образования и науки Республики Казахстан от 27 января 2016 года № 83. Зарегистрирован в Министерстве юстиции Республики Казахстан 29 февраля 2016 года № 13317.</w:t>
+        <w:t>Мектепке дейінгі тәрбие мен оқытуды, бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша білімнің білім беру бағдарламаларын және арнайы оқу бағдарламаларын іске асыратын білім беру ұйымдарында жұмыс істейтін педагогтерді және білім және ғылым саласындағы басқа да азаматтық қызметшілерді аттестаттаудан өткізу қағидалары мен шарттарын бекіту туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 27 қаңтардағы № 83 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2016 жылы 29 ақпанда № 13317 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Заголовок в редакции приказа Министра образования и науки РК от 07.04.2020 </w:t>
+      Ескерту. Бұйрықтың тақырыбы жаңа редакцияда – ҚР Білім және ғылым министрінің 07.04.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 132</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В соответствии с </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> статьи 139 Трудового кодекса Республики Казахстан от 23 ноября 2015 года </w:t>
+      2015 жылғы 23 қарашадағы Қазақстан Республикасы Еңбек Кодексінің 139-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ПРИКАЗЫВАЮ:</w:t>
+        <w:t>БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Утвердить прилагаемые </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> и условия проведения аттестации педагогов, занимающих должности в организациях образования, реализующих общеобразовательные учебные программы дошкольного воспитания и обучения, начального, основного среднего и общего среднего образования, образовательные программы технического и профессионального, послесреднего, дополнительного образования и специальные учебные программы, и иных гражданских служащих в области образования и науки.</w:t>
+      1. Қоса беріліп отырған Мектепке дейінгі тәрбие мен оқытуды, бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша білімнің білім беру бағдарламалары және арнайы оқу бағдарламаларын іске асыратын білім беру ұйымдарында жұмыс істейтін педагогтарды және білім және ғылым саласындағы басқа да азаматтық қызметшілерді аттестаттаудан өткізу </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидалары мен шарттары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции приказа Министра образования и науки РК от 07.04.2020 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Білім және ғылым министрінің 07.04.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 132</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Признать утратившим силу </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> исполняющего обязанности Министра образования и науки Республики Казахстан от 7 августа 2013 года № 323 "Об утверждении Правил проведения и условий аттестации гражданских служащих в сфере образования и науки, а также Правил проведения и условий аттестации педагогических работников и приравненных к ним лиц, занимающих должности в организациях образования, реализующих образовательные учебные программы дошкольного, начального, основного среднего, общего среднего, технического и профессионального, послесреднего образования" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов под № 8678, опубликованный в газете "Казахстанская правда" от 26 сентября 2013 года № 282 (27556)).</w:t>
+      2. "Білім және ғылым саласындағы азаматтық қызметшілерді аттестаттаудан өткізу қағидалары мен шартын, сондай-ақ Мектепке дейінгі, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білімнің білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарында жұмыс істейтін педагог қызметкерлер мен оларға теңестірілген тұлғаларды аттестаттаудан өткізу қaғидалары мен шартын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің міндетін атқарушының 2013 жылғы 7 тамыздағы № 323 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8678 болып тіркелген, "Егемен Қазақстан" газетінің 2013 жылғы 26 қыркүйектегі № 220 (28159) санында жарияланған) бұйрығының күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Административному департаменту в установленном законодательством порядке (Каирбекова А.М.) обеспечить:</w:t>
+      3. Әкімшілік департаменті (А.М. Қайырбекова) заңнамада белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
-[...53 lines deleted...]
-      4) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Юридический департамент Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2) и 3) настоящего пункта.</w:t>
+      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы бұйрықтың көшірмесін Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуден өткеннен кейін күнтізбелік он күн ішінде мерзімді баспа басылымдарында және "Әділет" ақпараттық-құқықтық жүйесінде ресми жариялауға, сондай-ақ Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде орналастыру үшін "Қазақстан Республикасы Әділет министрлігінің Республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жолдауды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осы бұйрықты Қазақстан Республикасы Білім және ғылым министрлігінің ресми интернет-ресурсында орналастыруды қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Білім және ғылым министрлігінің Заң департаментіне осы тармақтың 1), 2) және 3) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Контроль за исполнением настоящего приказа возложить на ответственного секретаря Министерства образования и науки Республики Казахстан.</w:t>
+      4. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасы Білім және ғылым министрлігінің жауапты хатшысына жүктелсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      5. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6937"/>
-        <w:gridCol w:w="5363"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6937" w:type="dxa"/>
-[...30 lines deleted...]
-            <w:tcW w:w="5363" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-            </w:r>
+              <w:jc w:val="left"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-            <w:tcW w:w="6937" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>      Қазақстан Республикасының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білім және ғылым Министрі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...43 lines deleted...]
-А. Саринжипов</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>А. Сәрінжіпов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -691,6745 +676,6218 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Утверждены приказом</w:t>
-[...38 lines deleted...]
-              <w:t>от 27 января 2016 № 83</w:t>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білім және ғылым министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2016 жылғы 27 қаңтардағы </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ 83 бұйрығымен </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правила и условия проведения аттестации педагогов, занимающих должности в организациях образования, реализующих общеобразовательные учебные программы дошкольного воспитания и обучения, начального, основного среднего и общего среднего образования, образовательные программы технического и профессионального, послесреднего, дополнительного, специализированного и специального образования, и иных гражданских служащих в области образования и науки</w:t>
+        <w:t xml:space="preserve"> Мектепке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта және жалпы орта білім берудің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша, мамандандырылған және арнайы білім беру бағдарламаларын іске асыратын білім беру ұйымдарында лауазымдарды атқаратын педагогтерді және білім және ғылым саласындағы өзге де азаматтық қызметшілерді аттестаттаудан өткізу қағидалары мен шарттары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Правила - в редакции приказа Министра образования и науки РК от 14.05.2020 </w:t>
+      Ескерту. Қағидалары мен шарттары жаңа редакцияда – ҚР Білім және ғылым министрінің 14.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z50" w:id="7"/>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z131" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z51" w:id="8"/>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящие Правила и условия проведения аттестации педагогов, занимающих должности в организациях образования, реализующих общеобразовательные учебные программы дошкольного воспитания и обучения, начального, основного среднего и общего среднего образования, образовательные программы технического и профессионального, послесреднего, дополнительного, специализированного и специального образования, и иных гражданских служащих в области образования и науки (далее - Правила) разработаны в соответствии с </w:t>
-[...59 lines deleted...]
-        <w:t xml:space="preserve"> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах", определяют порядок проведения аттестации педагогов, занимающих должности в организациях образования, реализующих общеобразовательные учебные программы дошкольного воспитания и обучения, начального, основного среднего и общего среднего образования, образовательные программы технического и профессионального, послесреднего, дополнительного, специализированного и специального образования.</w:t>
+      1. Мектепке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта және жалпы орта білім берудің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша, мамандандырылған және арнайы білім беру бағдарламаларын іске асыратын білім беру ұйымдарында лауазымдарды атқаратын педагогтерді және білім және ғылым саласындағы өзге де азаматтық қызметшілерді аттестаттаудан өткізу қағидалары мен шарттары (бұдан әрі - Қағидалар) 2015 жылғы 23 қарашадағы Қазақстан Республикасының Еңбек кодексінің 139-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, "Білім туралы" 2007 жылғы 27 шілдедегі Қазақстан Республикасының Заңына, "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) тармақшасына сәйкес әзірленді және мектепке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта және жалпы орта білім берудің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша, мамандандырылған және арнайы білім берудің білім беру бағдарламаларын іске асыратын білім беру ұйымдарында лауазымдарды атқаратын педагогтерді аттестаттаудан өткізу тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z52" w:id="9"/>
-[...15 lines deleted...]
-      2. В настоящих Правилах используются следующие основные понятия:</w:t>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z53" w:id="10"/>
-[...15 lines deleted...]
-      1) апелляция – запрос педагога на пересмотр результатов национального квалификационного тестирования, который подается посредством информационных коммуникационных технологий;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) апелляция - ақпараттық коммуникациялық технологиялар арқылы берілетін ұлттық біліктілік тестілеу нәтижелерін қайта қарауға педагогтің сұрау салуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) аттестаттау комиссиясы - педагогтерді аттестаттау рәсімін жүргізетін уәкілетті алқалы орган (бұдан әрі - комиссия);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) апелляцияларды қарау жөніндегі республикалық комиссия (бұдан әрі – республикалық апелляциялық комиссия) – білім беру саласындағы уәкілетті орган құратын комиссия, ол педагогтер ұлттық біліктілік тестілеудің нәтижелерімен келіспеген жағдайда даулы мәселелер бойынша шешім қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) біліктілік санаты - осы Қағидаларда және Педагогтерге біліктілік санаттарын беру (растау) қағидаларында айқындалатын біліктілік талаптарына сәйкес келетін педагогтердің кәсіптік құзыреттілік деңгейі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) мемлекеттік көрсетілетін қызмет – көрсетілетін қызметті алушылардың өтініші бойынша жеке тәртіппен немесе өтініш жасамай жүзеге асырылатын және олардың құқықтарын, бостандықтары мен заңды мүдделерін іске асыруға, оларға тиісті материалдық немесе материалдық емес игіліктер беруге бағытталған жекелеген мемлекеттік функцияларды іске асыру нысандарының бірі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) мемлекеттік көрсетілетін қызмет стандарты – мемлекеттік қызмет көрсету процесінің сипаттамасын, нысанын, мазмұны мен нәтижесін, сондай-ақ мемлекеттік қызмет көрсету ерекшеліктерін ескере отырып, өзге де мәліметтерді қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) педагог - тиісті бейін бойынша педагогикалық немесе өзге де кәсіптік білімі бар және педагогтің білім алушыларды және (немесе) тәрбиеленушілерді оқыту және тәрбиелеу, әдістемелік сүйемелдеу немесе білім беру қызметін ұйымдастыру жөніндегі кәсіптік қызметін жүзеге асыратын, "Педагог лауазымдарының тізбесін бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің бұйрығына сәйкес көрсетілген лауазымдарды атқаратын тұлға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Ұлттық біліктілік тестілеу – білім беру саласындағы уәкілетті орган әзірлеген тестілер бойынша педагогтердің кәсіби құзыреттілік деңгейін айқындау мақсатында өткізілетін рәсім.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Мектепке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта және жалпы орта білім берудің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша, мамандандырылған және арнайы білім беру бағдарламаларын іске асыратын білім беру ұйымдарында лауазымдарды атқаратын педагогтерді және білім және ғылым саласындағы өзге де азаматтық қызметшілерді аттестаттаудан өткізу тәртібі мен шарттары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z54" w:id="11"/>
-[...15 lines deleted...]
-      2) аттестационная комиссия - коллегиальный орган, уполномоченный проводить процедуру аттестации педагогов (далее - Комиссия);</w:t>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Мектепке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта және жалпы орта білім берудің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша, мамандандырылған және арнайы білім беру бағдарламаларын іске асыратын білім беру ұйымдарында лауазымдар атқаратын педагогтерді аттестаттау (бұдан әрі – педагог) мынадай кезеңдерді қамтиды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z55" w:id="12"/>
-[...15 lines deleted...]
-      3) республиканская комиссия по рассмотрению апелляций (далее – республиканская апелляционная комиссия) – комиссия, создаваемая уполномоченным органом в области образования, которая принимает решение по спорным вопросам при несогласии педагогов с результатами национального квалификационного тестирования;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      педагогтер үшін: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Ұлттық біліктілік тестілеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) біліктілік санатын беру (растау) рәсімі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      білім беру ұйымдары басшысының орынбасарлары үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) біліктілік бағалау; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қызметтің қорытындыларын кешенді талдамалық жинақтау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      білім беру ұйымдарының басшылары үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Ұлттық біліктілік тестілеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) біліктілік бағалау; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) қызметтің қорытындыларын кешенді талдамалық жинақтау.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Педагогтерді аттестаттау бес жылда кемінде бір рет, білім беру ұйымдарының басшыларын – "Білім туралы" 2007 жылғы 27 шілдедегі Қазақстан Республикасы Заңының 44-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес үш жылда бір рет өткізіледі. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z56" w:id="13"/>
-[...15 lines deleted...]
-      4) квалификационная категория - уровень профессиональной компетентности педагогов, соответствующий квалификационным требованиям, определяемым настоящими Правилами и Правилами присвоения (подтверждения) квалификационных категорий педагогам;</w:t>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Педагогтер аттестаттаудан өту үшін ұлттық біліктілік тестілеуді осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша білім беру саласындағы уәкілетті орган айқындайтын ұйымға өтініш беру жолымен тапсырады және ұлттық біліктілік тестілеуден электрондық форматта өтеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z57" w:id="14"/>
-[...15 lines deleted...]
-      5) государственная услуга – одна из форм реализации отдельных государственных функций, осуществляемых в индивидуальном порядке по обращению или без обращения услугополучателей и направленных на реализацию их прав, свобод и законных интересов, предоставление им соответствующих материальных или нематериальных благ;</w:t>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Ұлттық біліктілік тестілеу педагог өтінішінде көрсетілген мерзімде өткізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z58" w:id="15"/>
-[...15 lines deleted...]
-      6) стандарт государственной услуги – перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги;</w:t>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Педагогтердің өтініштерін қабылдау кемінде күнтізбелік 15 күн бұрын, білім беру ұйымдары басшыларының өтініштерін қабылдау тестілеу басталғанға дейін кемінде күнтізбелік 30 күн бұрын жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z59" w:id="16"/>
-[...15 lines deleted...]
-      7) педагог - лицо, имеющее педагогическое или иное профессиональное образование по соответствующему профилю и осуществляющее профессиональную деятельность педагога по обучению и воспитанию обучающихся и (или) воспитанников, методическому сопровождению или организации образовательной деятельности, занимающие должности, указанные в соответствии с приказом Министра образования и науки Республики Казахстан "Об утверждении Перечня должностей педагогов";</w:t>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. Ұлттық біліктілік тестілеуден өтуге өтініш берген кезде педагогтер тапсыру тілін (қазақ, орыс, ұйғыр, өзбек, тәжік), күнін, уақытын таңдайды және білім беру саласындағы уәкілетті орган айқындайтын ұйым дайындайтын ұлттық біліктілік тестілеуді өткізу жөніндегі нұсқаулықпен танысады. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z60" w:id="17"/>
-[...15 lines deleted...]
-      8) национальное квалификационное тестирование – процедура, проводимая в целях определения уровня профессиональной компетентности педагогов, по тестам, разработанным уполномоченным органом в области образования.</w:t>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. Ұлттық біліктілік тестілеу: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z61" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1 (бір) рет – тегін, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қайта 1 рет және сынақ (педагогтің қалауы бойынша) - күнтізбелік жыл ішінде ақылы негізде,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      білім беру ұйымдарының басшылары үшін - ақылы негізде тиісті күнтізбелік жылдың 1 айлық есептік көрсеткіші (АЕК) мөлшерінде өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. Өтініш деректер базасына енгізілгеннен кейін осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша тестілеуге рұқсаттама беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z22" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Ұлттық біліктілік тестілеу келесі тест тапсырмаларынан тұрады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мектепке дейінгі тәрбие мен оқыту ұйымдарының педагогтері үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Мектепке дейінгі педагогика және психология" - отыз тапсырма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Мектепке дейінгі тәрбие мен оқыту әдістемесі" - отыз тапсырма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Жалпы орта білім беру педагогтері үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Педагогика, оқыту әдістемесі" - отыз тапсырма; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Оқу пәнінің мазмұны" - жетпіс тапсырма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бастауыш білім беру педагогтері тестілеуді қазақ немесе орыс тілі (оқыту тілі), әдеби оқу, математика пәндері бойынша тапсырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдары үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалпы білім беретін пәндер бойынша педагогтер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Педагогика, оқыту әдістемесі" - отыз тапсырма; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Оқу пәнінің мазмұны" - жетпіс тапсырма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Арнайы пәндер бойынша педагогтер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Педагогика, оқыту әдістемесі" - отыз тапсырма; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қызмет бағыты бойынша" - жетпіс тапсырма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өндірістік оқыту шеберлері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Педагогика, оқыту әдістемесі" - отыз тапсырма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қызмет бағыты бойынша" - отыз тапсырма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Қосымша білім беру ұйымдарының педагогтері үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Психология негіздері" - отыз тапсырма; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Педагогика, оқыту әдістемесі" - отыз тапсырма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Әдістемелік кабинеттердің (орталықтардың) әдіскерлері үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Оқу пәнінің мазмұны" - жетпіс тапсырма; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Педагогика, оқыту әдістемесі" - отыз тапсырма.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Білім беру ұйымдарының басшылары үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Заңнаманы білу" бағыты бойынша - 80 (сексен) сұрақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Еңбек кодексі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - 20 (жиырма) сұрақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Неке (ерлі-зайыптылық) және отбасы туралы" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кодексі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - 20 (жиырма) сұрақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Білім туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - 20 (жиырма) сұрақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Педагог мәртебесі туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - 10 (он) сұрақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Қазақстан Республикасындағы Баланың құқықтары туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - 10 (он) сұрақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Басқару құзыреті" бағыты бойынша - 20 (жиырма) сұрақ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Ұлттық біліктілік тестілеудің жалпы уақыты екі жүз он минутты, "Математика", "Физика", "Химия", "Информатика" пәндері үшін екі жүз қырық минутты құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z24" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Ұлттық біліктілік тестілеуді өткізу операторы Қазақстан Республикасы Білім және ғылым министрлігінің Ұлттық тестілеу орталығы (бұдан әрі – ҰТО) болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z25" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. ҰТО тест тапсырмаларының базасын әзірлейді. Ұлттық біліктілік тестілеуді ҰТО не білім беру саласындағы уәкілетті орган айқындайтын ұйым өткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z26" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Аудиторияға ұлттық біліктілік тестілеуін өткізудің ашықтығы мен объективтілігін қамтамасыз ету үшін және әрбір педагогтің өткізу пункттеріндегі орны бейнебақылау жүйесімен қамтамасыз етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z27" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      16. Осы Қағидалардың 19-тармағы бұзылған жағдайда заттарды табу және аудиториядан аудиторияда өзін-өзі ұстау ережесін бұзған педагогті шығару актісі және (немесе) осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаларға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша тестілеуге жалған тұлғаны анықтау актісі жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z28" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Ұлттық біліктілік тестілеуді өткізу кезінде ережелерді бұзу фактілері анықталған, сондай-ақ қарау кезінде анықталған бейнежазбаны тапсыру мерзіміне қарамастан, акт жасалады және нәтижелердің күші жойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z29" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      18. Педагог тестілеу өткізу пунктінің ғимаратына кірген кезде жеке басын куәландыратын құжат және рұқсаттама негізінде оның жеке басын сәйкестендіру жүргізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z30" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Ұлттық біліктілік тестілеуді өткізу кезінде аудиториядан кезекшінің рұқсатынсыз және ертіп жүруінсіз шығуға, бір-бірімен сөйлесуге, бір орыннан орнына ауысуға, материалдармен алмасуға, аудиториядан материалдар шығаруға, аудиторияға кіргізуге және заттарды (оқулықтар мен әдістемелік әдебиеттерді, цифрлық смарт-аппаратураны) пайдалануға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z31" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Отырғаннан кейін тестілеу басталғанға дейін тестілеу кезінде мінез-құлық ережелері бойынша аудиожазба жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z32" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Тест тапсырмаларының жауаптарын бағалау былайша жүзеге асырылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ұсынылған бес жауаптан бір дұрыс жауапты таңдау бар тапсырмалар үшін бір балл, қалған жағдайларда - нөл балл беріледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ұсынылған жауаптардан бірнеше дұрыс жауаптарды таңдаумен тапсырмалар үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      барлық дұрыс жауаптар үшін -екі балл;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бір қате үшін - бір балл;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жіберілген екі және одан да көп қателіктер үшін - нөл балл.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Тестілеу кезінде білім беру саласындағы уәкілетті орган айқындайтын, ұлттық біліктілік тестілеуді өткізуге жауапты ұйым Қазақстан Республикасының заңнамасында белгіленген тәртіппен ұлттық біліктілік емтихандарын өткізуді жүзеге асырады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) педагогтер базасын қалыптастыру (өтініштерді қабылдау, ақпараттандыру үшін дербес деректерді енгізу: ЖСН, Т.А.Ә. (болған жағдайда), өтініш берілген біліктілік санаты, тапсыру тілі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) компьютерлік кабинеттердің дайындығын бақылау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) аудиторлық қорды ұсыну;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) тестілеу кезінде пайдаланылатын компьютерлерді тестілеу өткізілгенге дейін бір күн бұрын дайындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) педагогтерді компьютерлік кабинетке рұқсаттама, жеке басын куәландыратын құжат бойынша кіргізу және оларды отырғызу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) өтініш қабылдау, тестілеу өткізу, апелляциялық рәсімдер кезінде бағдарламалық қамтамасыз етуді дайындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) тестілеу аяқталғаннан кейін тестілеу нәтижелерін өңдеу және беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) апелляцияны есепке ала отырып, апелляция жүргізу және нәтижелерді беру.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z34" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Ұлттық біліктілік тестілеуді өткізу кезінде білім беру саласындағы уәкілетті органның өкілдері бақылаушы ретінде қатысады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z35" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Тестілеу аяқталғаннан кейін педагог компьютер экранында көрсетілген тестілеу нәтижелерімен танысады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z36" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      25. Тестілеу нәтижесі – осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша ұлттық біліктілік тестілеуден өткені туралы анықтама – педагогтің жеке кабинетінде көрсетіледі. Педагогтің талабы бойынша тестілеу нәтижесі басып шығарылады, ұлттық біліктілік тестілеуді өткізуге жауапты білім беру саласындағы уәкілетті орган айқындайтын ұйымы қызметкерінің қолымен және мөрімен куәландырады, қолына беріледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z37" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Келесі балл алған жағдайда тестілеу нәтижесі оң болып саналады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Мектепке дейінгі тәрбие мен оқыту ұйымдарының педагогтері үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Мектепке дейінгі педагогика және психология":</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-модератор" біліктілік санаты - 50%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-сарапшы" біліктілік санаты - 60%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-зерттеуші" біліктілік санаты - 65 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-шебер" біліктілік санаты - 70 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Мектепке дейінгі тәрбие және оқыту әдістемесі":</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-модератор" біліктілік санаты - 30 % ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-сарапшы" біліктілік санаты - 35 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-зерттеуші" біліктілік санаты - 40 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-шебер" біліктілік санаты - 45 %.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Жалпы орта білім беру педагогтері үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Оқу пәнінің мазмұны" бағыты бойынша:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-модератор" біліктілік санаты - 50%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-сарапшы" біліктілік санаты - 60%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-зерттеуші" біліктілік санаты - 65 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-шебер" біліктілік санаты - 70 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Педагогика, оқыту әдістемесі" бағыты бойынша:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-модератор" біліктілік санаты - 30 % ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-сарапшы" біліктілік санаты - 35 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-зерттеуші" біліктілік санаты - 40 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-шебер" біліктілік санаты - 45 %.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарының педагогтері үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Оқу пәнінің мазмұны" бағыты бойынша:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-модератор" біліктілік санаты - 50%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-сарапшы" біліктілік санаты - 60%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-зерттеуші" біліктілік санаты - 65 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-шебер" біліктілік санаты - 70 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қызмет бағыты бойынша":</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-модератор" біліктілік санаты - 50%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-сарапшы" біліктілік санаты - 60%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-зерттеуші" біліктілік санаты - 65 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-шебер" біліктілік санаты - 70 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Педагогика, оқыту әдістемесі" бағыты бойынша:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-модератор" біліктілік санаты - 30 % ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-сарапшы" біліктілік санаты - 35 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-зерттеуші" біліктілік санаты - 40 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-шебер" біліктілік санаты - 45 %.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Қосымша білім беру ұйымдарының педагогтері үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Психология негіздері":</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-модератор" біліктілік санаты - 50%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-сарапшы" біліктілік санаты - 60%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-зерттеуші" біліктілік санаты - 65 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-шебер" біліктілік санаты - 70 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Педагогика, оқыту әдістемесі":</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-модератор" біліктілік санаты - 30 % ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-сарапшы" біліктілік санаты - 35 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-зерттеуші" біліктілік санаты - 40 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "педагог-шебер" біліктілік санаты - 45 %. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Әдістемелік кабинеттердің (орталықтардың) әдіскерлері үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Оқу пәнінің мазмұны":</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-модератор" біліктілік санаты - 50%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-сарапшы" біліктілік санаты - 60%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-зерттеуші" біліктілік санаты - 65 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-шебер" біліктілік санаты - 70 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Педагогика, оқыту әдістемесі":</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-модератор" біліктілік санаты - 30 % ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-сарапшы" біліктілік санаты - 35 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-зерттеуші" біліктілік санаты - 40 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-шебер" біліктілік санаты - 45 %.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Жоғары оқу орындарының және техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарының бітірушілері үшін жұмысқа алғаш рет қабылданғанда:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Оқу пәнінің мазмұны":</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-модератор" біліктілік санаты - 60%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Педагогика, оқыту әдістемесі":</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-модератор" біліктілік санаты - 30 % .</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) білім беру ұйымдарының басшылары үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Заңнаманы білу" бағыты бойынша:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      үшінші біліктілік санатты басшы - 60%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      екінші біліктілік санатты басшы - 65%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бірінші біліктілік санатты басшы - 70 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Басқару құзыреті" бағыты бойынша:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      үшінші біліктілік санатты басшы - 55%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      екінші біліктілік санатты басшы - 60%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бірінші біліктілік санатты басшы - 70 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z38" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Ұлттық біліктілік тестілеудің нәтижесі бір жылға жарамды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z39" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Ұлттық тестілеу аяқталғаннан кейін педагог нәтижелерімен (негіздемелермен дұрыс және дұрыс емес жауаптармен) танысады және негіздемелермен келіспеген жағдайда республикалық апелляциялық комиссияға ақпараттық коммуникациялық технологиялар арқылы апелляция береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z40" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Бірыңғай өлшемшарттардың сақталуын қамтамасыз ету және тест тапсырмаларын бағалау кезінде даулы мәселелерді шешу, тестілеу өткізу кезеңінде тестіленетін құқықтарды қорғау мақсатында ақпараттық коммуникациялық технологиялар арқылы апелляцияларды қабылдауды қамтамасыз ететін Республикалық апелляциялық комиссия өз қызметін жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z41" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Республикалық апелляциялық комиссияның төрағасы мен құрамы білім беру саласындағы уәкілетті органның бұйрығымен бекітіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z42" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Республикалық апелляциялық комиссия өкілеттігінің қолданылу мерзімі бір жылды құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z43" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Апелляция мынадай жағдайларда қаралады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тест тапсырмаларының мазмұны бойынша:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дұрыс жауаптың жоқтығын негіздей отырып келіспеймін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дұрыс жауап жоқ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      барлық ұсынылған жауаптардың ішінен бір дұрыс жауапты таңдау арқылы тест тапсырмаларында біреуден артық дұрыс жауап бар (дұрыс жауаптардың барлық нұсқалары көрсетіледі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дұрыс құрастырылмаған тест тапсырмасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) техникалық себептер бойынша: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тест тапсырмаларында фрагменттің немесе мәтіннің болмауы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Тест тапсырмаларының мазмұны бойынша апелляция берген кезде педагог дәлелді негіздемені (толық түсініктеме) көрсетеді. Әрбір тапсырма бойынша дәлелді негіздемені көрсетпей (толық түсініктеме, тапсырмаларды қадамдық шешу) барлық тест тапсырмаларын қайта қарау бойынша апелляцияға өтініш қарауға жатпайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z45" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Республикалық апелляциялық комиссияның шешімдері хаттамамен ресімделеді, оған төраға, хатшы және комиссия мүшелері қол қояды. Республикалық апелляциялық комиссия отырыстарының хаттамалары тестілеуді өткізуге жауапты ұйымда бір жыл бойы сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z46" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Онлайн-қабылдау режимінде қаралған апелляция нәтижелері бойынша жеке кабинетте апелляцияны есепке ала отырып, нәтижелер көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z47" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Тестілеудің теріс нәтижесін көрсеткен аттестатталушылар аттестаттаудың екінші кезеңіне жіберілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z48" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Ұлттық біліктілік тестілеудің оң нәтижесі болған жағдайда педагогтің өтініші негізінде (қолданыстағы санат мерзімі өткенге дейін) одан әрі аттестаттау рәсімі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      педагогтер үшін – "Педагог мәртебесі туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес біліктілік санатын беру (растау);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      білім беру ұйымдарының басшылары үшін - осы Қағидалардың 3-тарауына сәйкес жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z49" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. Аттестаттау бойынша мемлекеттік көрсетілетін қызметті алу үшін осы Қағидаларға 6-қосымшаға сәйкес нысан бойынша:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Педагог облыстардың, республикалық маңызы бар қалалардың және астананың, аудандардың және облыстық маңызы бар қалалардың жергілікті атқарушы органдарына (бұдан әрі - ЖАО) немесе білім беру ұйымдарына не "Азаматтарға арналған үкімет "Мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы арқылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      республикалық білім беру ұйымдарының педагогі Қазақстан Республикасы Білім және ғылым министрлігіне, республикалық ведомстволық бағынысты білім беру ұйымдарына не Мемлекеттік корпорация арқылы өтініш ұсына алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z50" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. "Мектепке дейінгі тәрбие мен оқыту, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру бағдарламаларын іске асыратын білім беру ұйымдарының педагог қызметкерлері мен оларға теңестірілген тұлғаларға біліктілік санаттарын беру (растау) үшін аттестаттаудан өткізуге құжаттар қабылдау" мемлекеттік көрсетілетін қызметті (бұдан әрі - педагогтерге біліктілік санаттарын беру (растау) жөніндегі мемлекеттік көрсетілетін қызметті) облыстардың, республикалық маңызы бар қалалардың және астананың, аудандардың және облыстық маңызы бар қалалардың жергілікті атқарушы органдары, мектепке дейінгі, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдары көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z51" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. "Мектепке дейінгі тәрбие мен оқыту, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру бағдарламаларын іске асыратын республикалық ведомстволық бағынысты білім беру ұйымдарының педагог қызметкерлері мен оларға теңестірілген тұлғаларға біліктілік санаттарын беру (растау) үшін аттестаттаудан өткізуге құжаттарды қабылдау" мемлекеттік көрсетілетін қызметті (бұдан әрі - республикалық білім беру ұйымдары педагогтерінің біліктілік санаттарын беру (растау) жөніндегі мемлекеттік қызметті) Қазақстан Республикасы Білім және ғылым министрлігі және республикалық ведомстволық бағынысты білім беру ұйымдары көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z52" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      41. Мемлекеттік қызметтер көрсету процесінің сипаттамасын, нысанын, мазмұны мен нәтижесін, сондай-ақ мемлекеттік қызметтер көрсету ерекшеліктерін ескере отырып өзге де мәліметтерді қамтитын мемлекеттік қызметтер көрсетуге қойылатын негізгі талаптар тізбесі осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-қосымшаларға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес педагогтерді, оның ішінде республикалық білім беру ұйымдарының педагогтерін аттестаттау жөніндегі мемлекеттік көрсетілетін қызметтердің тиісті стандарттарында келтірілген.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z53" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. Көрсетілетін қызметті алушының жеке басын куәландыратын құжаттардың мәліметтерін Мемлекеттік корпорация қызметкері тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z54" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      43. Өтініш беруші мемлекеттік көрсетілетін қызмет стандартында көзделген құжаттар топтамасын толық ұсынбаған және (немесе) қолданылу мерзімі өткен құжаттарды берген жағдайда, ЖАО-ның, білім беру ұйымының, республикалық ведомстволық бағынысты білім беру ұйымының, білім беру саласындағы уәкілетті органның жауапты қызметкері не Мемлекеттік корпорация қызметкері осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша құжаттарды қабылдаудан бас тарту туралы қолхат береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z55" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. Мемлекеттік корпорация арқылы ұсынылған құжаттар толық болған жағдайда, өтініш берушіге дайын құжаттарды беру күнін көрсете отырып, құжаттардың қабылданғаны туралы қолхат беріледі. Қалыптастырылған өтініштерді (құжаттар топтамасымен бірге) Мемлекеттік корпорация тиісті ЖАО-ға, білім беру ұйымына, республикалық ведомстволық бағынысты білім беру ұйымына не білім беру саласындағы уәкілетті органға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z56" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45. Мемлекеттік корпорация арқылы мемлекеттік қызмет көрсету кезінде өтініштер мен құжаттарды қабылдау күні мемлекеттік қызмет көрсету мерзіміне кірмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z57" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      46. ЖАО, білім беру ұйымы, республикалық ведомстволық бағынысты білім беру ұйымдары немесе білім беру саласындағы уәкілетті орган арқылы құжаттарды қабылдау кезінде ұсынылған құжаттардың толықтығы және өтініш берушінің осы Қағидалардың талаптарына сәйкестігі тексеріледі, қорытындысы бойынша осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша өтініштің және тиісті құжаттардың қабылдағаны туралы қолхат не мемлекеттік қызмет көрсетуден дәлелді бас тарту беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z58" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47. Мемлекеттік қызмет көрсетуден бас тарту негіздері тиісті мемлекеттік қызмет стандартында көзделген.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z59" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48. Мемлекеттік корпорация арқылы жүгінген жағдайда 46-тармақта көрсетілген іс-әрекет тиісті ЖАО-ға, білім беру ұйымдарына, республикалық ведомстволық бағынысты білім беру ұйымдарына, білім беру саласындағы уәкілетті органға құжаттар келіп түскен және тіркелген күні жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z60" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49. Мемлекеттік қызметті көрсету нәтижесін тиісті ЖАО, білім беру ұйымы, республикалық ведомстволық бағынысты білім беру ұйымы, білім беру саласындағы уәкілетті орган Мемлекеттік корпорацияға мемлекеттік қызмет көрсету мерзімі аяқталғанға дейін бір тәуліктен кешіктірмей жеткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z61" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50. Мемлекеттік корпорация арқылы жүгінген жағдайда дайын құжаттарды беру жеке басын куәландыратын құжаттарды не Қазақстан Республикасының азаматтық заңнамасына сәйкес берілген құжат негізінде әрекет ететін оның өкілін ұсынған кезде Мемлекеттік корпорацияның жұмыс кестесіне сәйкес жүзеге асырылады, онда өкілдің тиісті өкілеттіктері көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z62" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      51. ЖАО, білім беру ұйымы, республикалық ведомстволық бағынысты білім беру ұйымы, білім беру саласындағы уәкілетті орган "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының 5-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11) тармақшасына сәйкес ақпараттандыру саласындағы уәкілетті орган белгілеген тәртіппен мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне мемлекеттік қызмет көрсету сатысы туралы мәліметтерді енгізуді қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z63" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52. Мемлекеттік қызметтер көрсету мәселелері бойынша көрсетілетін қызметті берушінің шешіміне, әрекетіне (әрекетсіздігіне) шағым көрсетілетін қызметті беруші басшысының атына, Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға берілуі мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z64" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      53. "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>25-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) тармақшасына сәйкес мемлекеттік қызметті тікелей көрсеткен көрсетілетін қызметті берушінің атына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап 5 (бес) жұмыс күні ішінде қаралуға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z65" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54. Педагогтерді аттестаттау үшін тиісті саланың уәкілетті органдарында, облыстың, республикалық маңызы бар қаланың және астананың, ауданның (облыстық маңызы бар қаланың) білім беруді басқару органдарында (бұдан әрі - аттестаттаушы орган) осы мемлекеттік органдардың бірінші басшысының бұйрығымен комиссиялар құрылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z66" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      55. Комиссия құрамына мемлекеттік органдардың, оның ішінде жергілікті өкілді және атқарушы органдардың, еңбек жөніндегі уәкілетті мемлекеттік органның, мемлекеттік қызмет істері жөніндегі уәкілетті органның, құқық қорғау органдарының өкілдері, кәсіподақтардың, үкіметтік емес ұйымдардың білім беру ұйымдарының алқалы басқару органдарының, қоғамдық кеңестердің өкілдері, сондай-ақ аттестаттаушы органның құрылымдық бөлімшелерінің қызметкерлері кіруі мүмкін. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z67" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      56. Комиссия мүшелерінің тақ санынан тұрады, бұл ретте құрамы жеті мүшеден кем болмауы тиіс. Комиссия мүшелері Комиссия отырысына алмастыру құқығынсыз қатысады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z68" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      57. Комиссия төрағасы педагогтерді аттестаттаудан өткізетін мемлекеттік органның басшысы болып табылады. Төрағаның орынбасары комиссия мүшелерінің арасынан сайланады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z69" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      58. Хатшы оның комиссия мүшесі болып табылмайды. Комиссия хатшысы комиссия отырысына материалдарды, қажетті құжаттарды дайындайды, хаттаманы ресімдейді және қол қояды және дауыс беруге қатыспайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z70" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59. Комиссияның отырысы, егер оған оның құрамының кемінде 2/3-сі қатысса, заңды деп есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z71" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60. Дауыс беру нәтижелері Комиссия мүшелерінің көпшілік дауысымен айқындалады. Дауыстар тең болған жағдайда Комиссия төрағасының дауысы шешуші болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z72" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      61. Комиссия отырыстарында аудио және бейне жазба жүргізіледі. Аудио және бейне жазбалар архивте кемінде үш жыл сақталады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z73" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 2. Порядок и условия проведения аттестации педагогов, занимающих должности в организациях образования, реализующих общеобразовательные учебные программы дошкольного воспитания и обучения, начального, основного среднего и общего среднего образования, образовательные программы технического и профессионального, послесреднего, дополнительного, специализированного и специального образования, и иных гражданских служащих в области образования и науки</w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z63" w:id="20"/>
+        <w:t xml:space="preserve"> 3-тарау. Мектепке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта және жалпы орта білім берудің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша, мамандандырылған және арнайы білім берудің білім беру бағдарламаларын іске асыратын білім беру ұйымдарының басшылары мен басшыларының орынбасарларын аттестаттаудан өткізу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z74" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      для педагогов: </w:t>
-[...183 lines deleted...]
-    <w:bookmarkStart w:name="z73" w:id="30"/>
+      62. Білім беру ұйымдарының басшылары мен басшыларының орынбасарлары (бұдан әрі – аттестатталушы) Комиссияға осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша үміткердің біліктілік санатын көрсете отырып өтініш береді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z75" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63. Білім беру ұйымдары басшыларының орынбасарларын (бұдан әрі – аттестатталушы) аттестаттау портфолио негізінде біліктілік бағалауды және қызмет қорытындыларын кешенді талдамалық жалпылауды ғана қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z76" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64. Аттестатталушы аттестаттау кезінде алғаш рет кез келген біліктілік санаттарына өтініш бере алады. Әрі қарай - бірізділікті сақтай отырып береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z77" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65. Аттестаттау қабылданған сәттен бастап үш жыл кезең өткеннен кейін алты айдан кешіктірілмей өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z78" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      66. Қызметкердің жүктілігі және босануы бойынша демалыста, бала үш жасқа толғанға дейін оның күтіміне байланысты демалыста, жаңа туған баланы (балаларды) асырап алған қызметкерлерге арналған демалыста, сондай-ақ егер ауру Денсаулық сақтау саласындағы уәкілетті мемлекеттік орган бекітетін еңбекке қабілетсіздіктің анағұрлым ұзақ мерзімі белгіленген аурулар тізбесіне кіретін болса, еңбекке жарамсыздық парағында болуын қоспағанда, білім беру ұйымдарының барлық басшылары мен басшының орынбасарлары аттестаттауға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z79" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67. Бала күтімі бойынша демалыста жүрген аттестатталушы қызметке шыққаннан кейін кемінде алты ай өткен соң аттестатталады. Осы тармақта көрсетілген басқа да тұлғаларды аттестаттау аталған тұлғаның қызметке шығуы бойынша аттестаттау кестесімен айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z80" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68. Білім беру ұйымдары басшыларының орынбасарларын аттестаттау портфолио ұсынған аттестатталушының кәсіби шеберлігі мен жетістіктерін ескере отырып жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z81" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69. Білім беру ұйымдарының басшыларын аттестаттауды өткізуге дайындықты білім беру ұйымдарындағы жауапты орындаушылар, аттестаттаушы органның кадр қызметі ұйымдастырады және келесі іс-шараларды қамтиды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) басшыларға (бұдан әрі-аттестатталушы) қызметтік мінездемені, ұлттық біліктілік тестілеуден өткені туралы анықтаманы, жұмыс тиімділігінің көрсеткіштері бойынша талдамалық есепті қамтитын қажетті құжаттарды дайындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) аттестация өткізу кестесін бекіту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70. Аттестаттаушы органның кадр қызметі жыл сайын 20 желтоқсанға дейін келесі жылы аттестаттауға жататын аттестатталушылардың тізімін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z82" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71. Аттестаттаушы органның басшысы органның кадр қызметінің ұсынысы бойынша жыл сайын 25 желтоқсаннан кешіктірмей бұйрық шығарады, онда аттестатталушылардың тізімі, аттестаттауды өткізу кестесі және комиссияның құрамы бекітіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z83" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      72. Аттестаттаушы органның кадр қызметі жыл сайын 30 желтоқсаннан кешіктірмей аттестатталушыларды аттестаттауды өткізу мерзімі туралы жазбаша хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z84" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73. Аттестатталушыларға қызметтік мінездеме қамқоршылық кеңеспен және аттестаттаушы органның кадр қызметімен ресімделеді. Қызметтік мінездеме аттестатталушының кәсіби, жеке қасиеттері мен қызметтік іс-әрекетінің нәтижелеріне негізделген, объективті бағалауды қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z85" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4. Аттестация педагогов проводится не реже одного раза в пять лет, руководителей организаций образования – один раз в три года в соответствии с </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z74" w:id="31"/>
+      74. Аттестатталушы органның кадр қызметі аттестатталушыға осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша аттестаттау парағын ресімдейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z86" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      75. Аттестаттаушы органның кадр қызметі аттестаттауға құжаттарды қабылдау кезінде біліктілік баға береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z87" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76. Құжаттар топтамасы толық болмаған жағдайда аттестаттаушы органның кадр қызметі құжаттарды қабылдамайды және аттестатталушыға дәлелді бас тартуды ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z88" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      77. Аттестаттаушы органның кадр қызметі жиналған аттестаттау материалдарын комиссияға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z89" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      78. "Білім беру ұйымы басшысының орынбасары", "білім беру ұйымының басшысы" біліктілік санаты лауазымға тағайындалған кезде автоматты түрде беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z90" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5. Для прохождения аттестации педагоги сдают национальное квалификационное тестирование путем подачи заявления по форме согласно </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z75" w:id="32"/>
+      79. Аттестатталушы тиісті бейіні бойынша педагогикалық немесе өзге де кәсіби білімі не педагогикалық қайта даярлаудан өткен жағдайда "үшінші біліктілік санатты басшының орынбасары" біліктілік санатына үміткер болады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте:</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      6. Национальное квалификационное тестирование проводится в сроки, указанные в заявлении педагога. </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z76" w:id="33"/>
+      төменде көрсетілген кемінде үш көрсеткіштің орындалуы қамтамасыз етіледі: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      білім беру ұйымының мақсаттары мен міндеттеріне сәйкес мектепішілік бақылаудың (сапаны бақылаудың) алуан түрлерін пайдаланудың нәтижелілігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оқу/сабақ талдауының (оқуды/сабақты бақылау журналы (парақтары) оқуды/сабақты бақылау бағдарламасына сәйкестігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      педагогтердің біліктілік санаттарын, мектепішілік бақылауды (сапаны бақылауды) жүзеге асыру үшін білім алушылардың ерекшеліктерін ескере отырып деңгейлік дескрипторларды пайдаланудың нәтижелілігі;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      7. Прием заявлений педагогов проводится не менее чем за 15 календарных дней, руководителей организаций образования – не менее чем за 30 календарных дней до начала проведения тестирования. </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z78" w:id="35"/>
+      жетекшілік ететін бағыт бойынша аудандық/қалалық деңгейде жұмыс тәжірибесін жалпылау және тарату. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z91" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      80. Аттестатталушы тиісті бейіні бойынша педагогикалық немесе өзге де кәсіби білімі не педагогикалық қайта даярлаудан өткен жағдайда "екінші біліктілік санатты басшының орынбасары" біліктілік санатына үміткер болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      төменде көрсетілген кемінде үш көрсеткіштің орындалуы қамтамасыз етіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мектепішілік бақылау (сапаны бақылау) үшін білім беру ұйымдарының ресурстарын (цифрлық, кадрлық, материалдық-техникалық) ұтымды пайдалану;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бақылау-өлшеу материалдарының алуан түрлерін пайдалану және олардың ақпараттылығы: оқу жетістіктерінің көрсеткіштері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мектепішілік бақылауды ұйымдастыруда кері байланыс пен түзету қызметінің тиімділігі: "тігінен" (әкімшілік - мұғалім) және "көлденеңінен" (басқару субъектілері арасында);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      облыстық деңгейде жетекшілік ететін бағыт бойынша жұмыс тәжірибесін жалпылау және тарату.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z92" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      81. Аттестатталушы тиісті бейіні бойынша педагогикалық немесе өзге де кәсіби білімі не педагогикалық қайта даярлаудан өткен жағдайда "бірінші біліктілік санатты басшының орынбасары" біліктілік санатына үміткер болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      төменде көрсетілген кемінде үш көрсеткіштің орындалуы қамтамасыз етіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мектепішілік бақылау (сапаны бақылау) нәтижелерінің объективтілігі мен пәрменділігі: өлшенетін көрсеткіштердің динамикасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мектепішілік бақылауды ұйымдастырудағы инновациялық тәсіл;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      талдамалық материалдардың сапасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жетекшілік ететін бағыт бойынша жұмыс тәжірибесін республикалық немесе халықаралық деңгейде жалпылау және тарату;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      9. Национальное квалификационное тестирование проходит: </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z79" w:id="36"/>
+      педагогтердің әртүрлі санаттарымен сараланған жұмыс жүйесі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z93" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1 (один) раз – бесплатно, </w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z82" w:id="39"/>
+      82. Тиісті деңгейдегі комиссиясы мынадай біліктілік санаттарын береді: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "үшінші санатты басшы", "үшінші санатты басшының орынбасары" - аудандардың (қалалардың) білім бөлімдерінің, республикалық маңызы бар және астаналық қалалары білім басқармаларының аттестаттау комиссиясы; облыстық ведомстволық бағынысты ұйымдар үшін - облыстық білім басқармаларының аттестаттау комиссиясы; республикалық ведомстволық бағынысты ұйымдар үшін - білім беру саласындағы уәкілетті органның аттестаттау комиссиясы;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      10. После внесения заявления в базу данных выдается пропуск на тестирование по форме согласно </w:t>
-[...123 lines deleted...]
-    <w:bookmarkStart w:name="z88" w:id="45"/>
+      "екінші санатты басшы", "бірінші санатты басшы", "екінші санатты басшының орынбасары", "бірінші санатты басшының орынбасары" - облыстардың, республикалық маңызы бар және астаналық қалалары білім басқармаларының аттестаттау комиссиясы; республикалық ведомстволық бағынысты ұйымдар үшін - білім беру саласындағы уәкілетті органның аттестаттау комиссиясы. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z94" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      83. Комиссия аттестатталушы білім беру ұйымдары басшыларының қатысуымен аттестаттауды өткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z95" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84. Аттестатталушы дәлелді себеп бойынша комиссия отырысына келмеген жағдайда, оны аттестаттау мәселесін қарау күнтізбелік жеті күннен аспайтын мерзімге ауыстырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z96" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Педагогика, методика обучения" - тридцать заданий; </w:t>
-[...83 lines deleted...]
-    <w:bookmarkStart w:name="z93" w:id="50"/>
+      85. Аттестатталушы дәлелсіз себептермен болмаған жағдайда аттестаттаудың белгіленген күнінен бастап күнтізбелік жеті күн өткен соң қайта аттестаттау тағайындалады. Дәлелсіз себептермен қайта келмеген жағдайда білім беру ұйымдарының басшылары аттестатталмаған деп есептеледі және Қазақстан Республикасы Еңбек кодексінің 52-бабы 1-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) тармақшасы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәртібімен жұмыс берушінің бастамасы бойынша жұмыстан шығарылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z97" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      86. Отырыс барысында Комиссия ұсынылған материалдарды зерделейді, аттестатталатын адамды тыңдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z98" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Педагогика, методика обучения" - тридцать заданий; </w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z96" w:id="53"/>
+      87. Ұсынылған материалдарды зерделеу және аттестаттау комиссиясының әрбір мүшесімен әңгімелесу нәтижелері бойынша осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша аттестатталушыға бағалау парағы толтырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z99" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Педагогика, методика обучения" - тридцать заданий; </w:t>
-[...103 lines deleted...]
-    <w:bookmarkStart w:name="z102" w:id="59"/>
+      88. Осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14-қосымшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген көрсеткіштердің орындалуын аттестатталушы әңгімелесуде ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z100" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      89. Білім беру ұйымдары басшыларының орынбасарларын аттестаттау нәтижелері бойынша Комиссия мынадай шешімдердің бірін қабылдайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өтініш берілген біліктілік санатына аттестатталды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өтініш берілген санатты растаумен аттестатталды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өтініш берілген біліктілік санатына аттестатталмады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z101" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      90. Комиссия "өтініш берілген санатқа аттестатталмады" деген шешім қабылдаған кезде білім беру ұйымы басшысының орынбасары осы Қағидаларға сәйкес аттестаттаудан өткен күннен бастап бір жылдан ерте емес уақытта қайта аттестаттауға өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z102" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      91. Комиссия қайта аттестаттауды өткізу кезінде мынадай шешімдердің бірін қабылдайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өтініш берілген біліктілік санатына аттестатталды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өтініш берілген санатты растаумен аттестатталды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өтініш берілген біліктілік санатына аттестатталмады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z103" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      92. Қайта аттестаттау кезінде Комиссия "өтініш берілген біліктілік санатына аттестатталмады" деген шешім қабылдаған жағдайда қолда бар біліктілік санаты бір деңгейге төмендейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z104" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      93. Білім беру ұйымдарының басшыларын аттестаттау нәтижелері бойынша Комиссия мынадай шешімдердің бірін қабылдайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өтініш берілген біліктілік санатына аттестатталды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өтініш берілген біліктілік санатына ротациямен аттестатталды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өтініш берілген біліктілік санатына растаумен аттестатталды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өтініш берілген біліктілік санатына аттестатталмады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      еңбек шартты бұзуымен өтініш берілген біліктілік санатына аттестатталмады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z105" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      94. Комиссия "өтініш берілген санатқа аттестатталмады" деген шешім қабылдаған кезде аттестатталушы осы Қағидаларға сәйкес аттестаттаудан өткен күннен бастап үш айдан ерте емес (аттестатталатын кезең үшін бір реттен артық емес) уақытта қайта аттестаттауға өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z106" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      95. Комиссия қайта аттестаттауды өткізу кезінде мынадай шешімдердің бірін қабылдайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өтініш берілген біліктілік санатына аттестатталды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өтініш берілген біліктілік санатына ротациямен аттестатталды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өтініш берілген біліктілік санатына растаумен аттестатталды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өтініш берілген біліктілік санатына аттестатталмады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      еңбек шартты бұзуымен өтініш берілген біліктілік санатына аттестатталмады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z107" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      96. Комиссия "бірінші біліктілік санатты басшы" немесе "екінші біліктілік санатты басшы" біліктілік санаты бар аттестатталушыда қайта аттестаттау кезінде "өтініш берілген біліктілік санатына аттестатталмады" деген шешім қабылдаған жағдайда, біліктілік санаты бір деңгейге төмендейді; "үшінші біліктілік санатты басшы" біліктілік санаты бар басшылармен еңбек шарты бұзылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z108" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      97. Аттестатталушы комиссияның шешімімен танысады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z109" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Основы психологии" - тридцать заданий; </w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z105" w:id="62"/>
+      98. Комиссияның шешімі осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес хаттамамен ресімделеді, оған Комиссия хатшысы мен оның отырысына қатысқан Комиссия мүшелері қол қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z110" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      99. Комиссия шешімі аттестатталушылардың аттестаттау парақтарына енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z111" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      100. Аттестаттаудан өткен аттестатталушының аттестаттау парағы және оған қызметтік мінездеме жеке ісінде сақталады. Комиссияның шешімі аттестатталушының қызметтік тізіміне енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z112" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Содержание учебного предмета" - семьдесят заданий; </w:t>
-[...80 lines deleted...]
-    </w:p>
+      101. Комиссияның шешімі жыл сайын ағымдағы жылдың 15 шілдесінен және 25 желтоқсанынан кешіктірілмей аттестаттаушы органның бұйрығымен ресімделеді. Тиісті бұйрықтың негізінде осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес біліктілік бере отырып (растай отырып) аттестаттау туралы куәлік беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z113" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...1222 lines deleted...]
-      квалификационная категория "педагог-исследователь" - 65 %;</w:t>
+      102. Біліктілік берілетін (расталатын) аттестаттау туралы куәлік осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес куәліктерді тіркеу және беру журналында тіркеледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z159" w:id="111"/>
-[...4036 lines deleted...]
-    <w:bookmarkEnd w:id="295"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7463,285 +6921,272 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1</w:t>
-[...233 lines deleted...]
-              <w:t>области образования и науки</w:t>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытудың, бастауыш, негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орта және жалпы орта білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>берудің жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандандырылған және арнайы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру бағдарламаларын іске</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында лауазымдарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атқаратын педагогтерді және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім және ғылым саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өзге де азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарын</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -7762,51 +7207,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -7840,536 +7285,536 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(Руководителю организации по</w:t>
-[...12 lines deleted...]
-              <w:t>проведению тестирования)</w:t>
+              <w:t>(тестілеуді өткізу бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымның басшысына)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z346" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заявление на участие в национальном квалификационном тестировании</w:t>
-[...218 lines deleted...]
-      Образование:</w:t>
+        <w:t xml:space="preserve"> Ұлттық біліктілік тестілеуге қатысуға өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мен, _________________________________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (педагогтің Т.А.Ә. (бар болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЖСН _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (лауазымы, жұмыс орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мені келесі тест тапсырмалары бойынша ұлттық біліктілік тестілеуге қатысуға рұқсат беруіңізді сұраймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________ аттестаттауға 20___ жыл. Бүгінгі таңда ____(күні) ___ (айы) ______ жылғы дейін жарамды біліктілік санатына иемін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Білімі:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1163"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="9974"/>
+        <w:gridCol w:w="1555"/>
+        <w:gridCol w:w="1122"/>
+        <w:gridCol w:w="9623"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1163" w:type="dxa"/>
+            <w:tcW w:w="1555" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование</w:t>
-[...19 lines deleted...]
-            <w:tcW w:w="1163" w:type="dxa"/>
+Оқу орнының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Период обучения</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="9974" w:type="dxa"/>
+Оқу кезеңі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9623" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Специальность (квалификация), указанная в дипломе об образовании или документе о переподготовке с присвоением соответствующей квалификации по занимаемой должности</w:t>
+Білімі туралы дипломда немесе атқаратын лауазымы бойынша тиісті біліктілік бере отырып, қайта даярлау туралы құжатта көрсетілген мамандық (біліктілік)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1163" w:type="dxa"/>
+            <w:tcW w:w="1555" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1163" w:type="dxa"/>
+            <w:tcW w:w="1122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9974" w:type="dxa"/>
+            <w:tcW w:w="9623" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -8379,346 +7824,346 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Стаж работы:</w:t>
+      Жұмыс өтілі:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="566"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2926"/>
+        <w:gridCol w:w="550"/>
+        <w:gridCol w:w="8011"/>
+        <w:gridCol w:w="550"/>
+        <w:gridCol w:w="3189"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcW w:w="550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Общий</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="8242" w:type="dxa"/>
+Жалпы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8011" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-По специальности (квалификации), указанной в дипломе об образовании или документе о переподготовке с присвоением соответствующей квалификации по занимаемой должности</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="566" w:type="dxa"/>
+Білімі туралы дипломда немесе атқаратын лауазымы бойынша тиісті біліктілік бере отырып, қайта даярлау туралы құжатта көрсетілген мамандық (біліктілік) бойынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Педагогический</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2926" w:type="dxa"/>
+Педагогикалық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Руководителем (заместителем руководителя) организации образования</w:t>
+Білім беру ұйымының басшысы (басшының орынбасары)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcW w:w="550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8242" w:type="dxa"/>
+            <w:tcW w:w="8011" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcW w:w="550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2926" w:type="dxa"/>
+            <w:tcW w:w="3189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -8727,140 +8172,142 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...88 lines deleted...]
-        <w:t xml:space="preserve">                               (подпись)</w:t>
+        <w:t xml:space="preserve">
+      Марапаттары, атағы, ғылыми (академиялық) дәрежесі, ғылыми атағы алған жылын көрсете отырып____________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тестілеуді тапсыру тілі (қажеттісінің астын сызу): қазақ/орыс</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Білім беру ұйымының басшысы жұмыс істейтін білім беру ұйымы (қажеттісінің астын сызу): мектепке дейінгі, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі, қосымша, арнайы білім беру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аттестаттау қағидаларымен, Ұлттық біліктілік тестілеу туралы нұсқаулықпен таныстым.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "____" __________ 20 ___ жыл __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (қолы)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -8896,298 +8343,272 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2 к Правилам</w:t>
-[...246 lines deleted...]
-              <w:t>области образования и науки</w:t>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытудың, бастауыш, негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орта және жалпы орта білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>берудің жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандандырылған және арнайы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру бағдарламаларын іске</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында лауазымдарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атқаратын педагогтерді және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім және ғылым саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өзге де азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -9208,186 +8629,184 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z349" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">        Пропуск на участие в национальном квалификационном тестировании</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="297"/>
+        <w:t xml:space="preserve"> Ұлттық біліктілік тестілеуге қатысуға рұқсаттама</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5780"/>
-        <w:gridCol w:w="6520"/>
+        <w:gridCol w:w="5836"/>
+        <w:gridCol w:w="6464"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Область/Район/Школа </w:t>
+Облыс/Аудан/Мектеп </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ПРОПУСК ПЕДАГОГА</w:t>
+ПЕДАГОГКЕ РҰҚСАТТАМА</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Ф.И.О. (при наличии):______________________ ИКТ: _____________ </w:t>
+Т.А.Ә.:______________________ АКТ: ___________________ </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1244600" cy="1473200"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
@@ -9408,590 +8827,548 @@
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ИИН: ___________________</w:t>
-[...55 lines deleted...]
-Место тестирования:</w:t>
+ЖСН: ___________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жоспарланған біліктілік санаты: ___________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педагог қызметкер жұмыс істейтін білім беру ұйымының деңгейі: ___________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тестілеу орны:</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ______________________________________________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Адрес: ________________________________________________________________</w:t>
+Мекенжайы: ________________________________________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудитория: ________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Язык сдачи тестирования: ________________________________</w:t>
-[...41 lines deleted...]
-Предметы тестирования: 1. _____________________________________________</w:t>
+Тестілеудің тапсыру тілі: ________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тестілеу күні: ________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тестілеуге тіркелудің басталу уақыты: ________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тестілеу пәндері: 1. _____________________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2. _____________________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Председатель</w:t>
-[...69 lines deleted...]
-Дата выдачи пропуска: __________________________________________________</w:t>
+Аттестаттау</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+комиссиясының төрағасы: ___________ ________________________________ (қолы) (Т.А.Ә. (бар болған жағдайда)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педагог: ___________ ________________________________ (қолы) (Т.А.Ә. (бар болған жағдайда)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рұқсат беру күні: __________________________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5780" w:type="dxa"/>
+            <w:tcW w:w="5836" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Памятка педагогу:</w:t>
-[...33 lines deleted...]
-            <w:tcW w:w="6520" w:type="dxa"/>
+Педагогке жадынама:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Педагогтің өзімен бірге тестілеуге рұқсат қағазы және жеке басын куәландыратын құжаттың түпнұсқасы (жеке куәлік немесе паспорт) болуы тиіс. </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педагогті тіркеу аяқталғанға дейін тестілеу орнына келуі қажет. Педаготі тіркеу 45 минут жүзеге асырылады және тестілеу басталғанға дейін 15 минут қалғанда аяқталады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Педагогу не допускается:</w:t>
-[...97 lines deleted...]
-Для работы каждому педагогу будут выдаваться три листа формата А4. После окончания тестирования необходимо сдать листы представителю Министерства.</w:t>
+Педагогке:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өзімен бірге анықтамалық әдебиеттерді, жазба кітаптарын, диктофондарды, ұялы телефондарды, электрондық құрылғыларды және сол сияқтыларды, сондай-ақ тестілердің мазмұнын және оларға дұрыс жауаптар кодтарын ашатын мәліметтерді алып жүруге немесе пайдалануға;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+басқа педагогтермен сөйлесуге;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+орнынан орын ауыстыруға;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кезекшінің рұқсатынсыз аудиториядан шығуға жол берілмейді.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ереже бұзылған және тыйым салынған заттар анықталған жағдайда тиісті акт жасалады, педагог аудиториядан шығарылады, нәтижелері жойылады.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нәтижелері бейне материалдарды зерттеу шеңберінде тестілеу аяқталғаннан кейін де жойылуы мүмкін.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жұмыс істеу үшін әрбір педагогке А4 форматындағы үш парақ беріледі. Тестілеу аяқталғаннан кейін Министрлік өкіліне парақтарды тапсыру қажет.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Я ознакомлен(а) с памяткой и претензий не имею.</w:t>
-[...27 lines deleted...]
-(Подпись педагога)</w:t>
+Мен жадынамамен таныстым және наразылығым жоқ.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рұқсаттамадағы деректер дұрыс екенін растаймын _______________________________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(Педагогтің қолы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -10030,298 +9407,272 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 3 к Правилам</w:t>
-[...246 lines deleted...]
-              <w:t>области образования и науки</w:t>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытудың, бастауыш, негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орта және жалпы орта білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>берудің жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандандырылған және арнайы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру бағдарламаларын іске</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында лауазымдарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атқаратын педагогтерді және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім және ғылым саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өзге де азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -10342,407 +9693,520 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z352" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Акт обнаружения предметов и удаления из аудитории педагога, нарушившего правила поведения в аудитории</w:t>
-[...335 lines deleted...]
-        <w:t>Место печати</w:t>
+        <w:t xml:space="preserve"> Аудиторияда тәртіп ережесін бұзған педагогті аудиториядан шығару және заттарды табу актісі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тестілеуді өткізу орны</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "______"_______________20____ж. ______сағ._______мин.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы акт _____________________ туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      педагог__________________________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Т.А.Ә. (бар болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      АКТ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Т.А.Ә. (бар болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (аудитория № ___, орны № ____, нұсқа № _______) тестілеу уақытында аудиторияда жүріс-тұрыс ережесін бұзды):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бұзушылық фактісі. Осы фактінің негізінде материалдар алынды, білім беру ұйымының басшысы аудиториядан шығарылды, тестілеу қорытындысы жойылды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Актімен таныстым: ______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (педагогтің Т.А.Ә. (бар болған жағдайда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аудитория бойынша кезекші ______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Т.А.Ә. (бар болған жағдайда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Тестілеуді өткізуге жауапты ____________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Т.А.Ә. (бар болған жағдайда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия төрағасы _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Т.А.Ә. (бар болған жағдайда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Күні:________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мөр орны</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -10778,298 +10242,272 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 4 к Правилам</w:t>
-[...246 lines deleted...]
-              <w:t>области образования и науки</w:t>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытудың, бастауыш, негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орта және жалпы орта білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>берудің жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандандырылған және арнайы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру бағдарламаларын іске</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында лауазымдарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атқаратын педагогтерді және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім және ғылым саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өзге де азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -11090,433 +10528,466 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z355" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">                    Акт выявления подставного лица на тестировании</w:t>
-[...361 lines deleted...]
-        <w:t>Место печати</w:t>
+        <w:t xml:space="preserve"> Тестілеуде бөгде адамды анықтау актісі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тестілеуді өткізу орны</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "______"_______________20____ж. ______сағ._______мин.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы акт __________________________________________________ жасалды</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Т.А.Ә. бар болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      азамат тестілеу тапсыру барысында</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________ фактісі анықталды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т.А.Ә. (бар болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________ педагогтің орнына</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      АКТ_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т.А.Ә.(бар болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Осы фактінің негізінде аудиторияға кірген жағдайда материал алынды, білім беру ұйымының басшысы аудиториядан шығарылды, тестілеу нәтижелері жойылды; ғимаратқа кірген кезде жалған тұлғаны анықтаған жағдайда-тестілеуді тапсырғанға дейін жіберілмеуі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Актімен таныстым: __________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (педагогтің Т.А.Ә. (бар болған жағдайда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аудитория бойынша кезекші __________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Т.А.Ә. (бар болған жағдайда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тестілеуді өткізуге жауапты ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Т.А.Ә.) (бар болған жағдайда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия төрағасы _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Т.А.Ә. (бар болған жағдайда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Күні:________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мөр орны</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -11552,298 +11023,272 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 5 к Правилам</w:t>
-[...246 lines deleted...]
-              <w:t>области образования и науки</w:t>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытудың, бастауыш, негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орта және жалпы орта білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>берудің жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандандырылған және арнайы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру бағдарламаларын іске</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында лауазымдарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атқаратын педагогтерді және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім және ғылым саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өзге де азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -11864,463 +11309,416 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z358" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">        Справка о прохождении национального квалификационного тестирования</w:t>
-[...96 lines deleted...]
-        <w:t>на квалификационную категорию _________________________________.</w:t>
+        <w:t xml:space="preserve"> Ұлттық біліктілік тестілеуден өткені туралы анықтама </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________біліктілігі бойынша _____________ қаласында 20______жылғы _____айы_____күні ұлттық біліктілік тестілеуге қатысты</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Т.А.Ә. (бар болған жағдайда), қолы)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2385"/>
         <w:gridCol w:w="3305"/>
-        <w:gridCol w:w="3305"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1660"/>
+        <w:gridCol w:w="4223"/>
+        <w:gridCol w:w="2387"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2385" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование модуля</w:t>
+Үлгі атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3305" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Количество тестовых заданий</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3305" w:type="dxa"/>
+Тест тапсырмаларының саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4223" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Количество максимальных баллов</w:t>
-[...6 lines deleted...]
-            <w:gridSpan w:val="2"/>
+Ең жоғарғы балл саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Количество набранных баллов</w:t>
+Жиналған балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2385" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Знание законодательства</w:t>
+Заңды білуі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3305" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3305" w:type="dxa"/>
+            <w:tcW w:w="4223" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -12351,163 +11749,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Всего</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1645" w:type="dxa"/>
+Барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...37 lines deleted...]
-        </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ответственное лицо: __________________________</w:t>
-[...12 lines deleted...]
-        <w:t>(Ф.И.О. (при наличии), подпись)</w:t>
+      Жауапты тұлға: _____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Т.А.Ә., (бар болған жағдайда), қолы)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -12543,298 +11907,272 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 6 к Правилам</w:t>
-[...246 lines deleted...]
-              <w:t>области образования и науки</w:t>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытудың, бастауыш, негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орта және жалпы орта білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>берудің жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандандырылған және арнайы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру бағдарламаларын іске</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында лауазымдарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атқаратын педагогтерді және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім және ғылым саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өзге де азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -12855,51 +12193,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -12920,727 +12258,836 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Председателю аттестационной</w:t>
-[...12 lines deleted...]
-              <w:t>комиссии</w:t>
+              <w:t>Аттестаттау комиссиясының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>төрағасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(наименование организации</w:t>
-[...68 lines deleted...]
-            </w:r>
+              <w:t>(білім беру ұйымының атауы),</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аудандық (қалалық) бөлімдері,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>облыстардың, облыстардың,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>республикалық маңызы бар</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қалалардың және астананың</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім басқармалары, уәкілетті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>орган)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z361" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">              Заявление на участие в процедуре присвоения (подтверждения)</w:t>
-[...277 lines deleted...]
-        <w:t>Образование:</w:t>
+        <w:t xml:space="preserve"> Біліктілік санатын беру (растау) рәсіміне қатысуға өтініш Аттестаттауға қатысуға өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мен, ______________________________________________, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЖСН _____________ (педагогтің Т.А.Ә. (бар болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (лауазымы, жұмыс орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Лауазым (мамандығы) бойынша________20___жылғы біліктілік санатына аттестаттауға қатысуға рұқсат беруді сұраймын. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бүгінгі таңда _____ (күні) ___ (айы) ______ жылға дейін жарамды біліктілік санатым бар</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мына жұмыс нәтижелерін негіз деп есептеймін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өзім туралы мынадай мәліметтерді хабарлаймын</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Білімі:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="771"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="10758"/>
+        <w:gridCol w:w="1555"/>
+        <w:gridCol w:w="1122"/>
+        <w:gridCol w:w="9623"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="771" w:type="dxa"/>
+            <w:tcW w:w="1555" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование</w:t>
-[...33 lines deleted...]
-            <w:tcW w:w="771" w:type="dxa"/>
+Оқу орнының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Период</w:t>
-[...19 lines deleted...]
-            <w:tcW w:w="10758" w:type="dxa"/>
+Оқу кезеңі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9623" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Специальность (квалификация), указанная в дипломе об образовании или документе о переподготовке с присвоением соответствующей квалификации по занимаемой должности</w:t>
+Білімі туралы дипломда немесе атқаратын лауазымы бойынша тиісті біліктілік бере отырып, қайта даярлау туралы құжатта көрсетілген мамандық (біліктілік)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="771" w:type="dxa"/>
+            <w:tcW w:w="1555" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="771" w:type="dxa"/>
+            <w:tcW w:w="1122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10758" w:type="dxa"/>
+            <w:tcW w:w="9623" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -13650,374 +13097,346 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Стаж работы:</w:t>
+      Жұмыс өтілі:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="676"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1101"/>
+        <w:gridCol w:w="550"/>
+        <w:gridCol w:w="8011"/>
+        <w:gridCol w:w="550"/>
+        <w:gridCol w:w="3189"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="676" w:type="dxa"/>
+            <w:tcW w:w="550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Общий</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="9847" w:type="dxa"/>
+Жалпы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8011" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-По специальности (квалификации), указанной в дипломе об образовании или документе о переподготовке с присвоением соответствующей квалификации по занимаемой должности</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="676" w:type="dxa"/>
+Білімі туралы дипломда немесе атқаратын лауазымы бойынша тиісті біліктілік бере отырып, қайта даярлау туралы құжатта көрсетілген мамандық (біліктілік) бойынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Педагогический</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1101" w:type="dxa"/>
+Педагогикалық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-В данной</w:t>
-[...27 lines deleted...]
-образования</w:t>
+Білім беру ұйымының басшысы (басшының орынбасары)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="676" w:type="dxa"/>
+            <w:tcW w:w="550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9847" w:type="dxa"/>
+            <w:tcW w:w="8011" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="676" w:type="dxa"/>
+            <w:tcW w:w="550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1101" w:type="dxa"/>
+            <w:tcW w:w="3189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -14027,168 +13446,159 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Награды, звания, ученая (академическая) степень, ученое звание с указанием года получения (присвоения)</w:t>
-[...116 lines deleted...]
-        <w:t>(подпись)</w:t>
+      Марапаттары, атағы, ғылыми (академиялық) дәрежесі, ғылыми атағы алған жылын көрсете отырып</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Білім беру ұйымының басшысы (басшының орынбасары) жұмыс істейтін білім беру ұйымы (қажеттісінің астын сызу): мектепке дейінгі, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі, арнайы, қосымша білім беру. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Кезекті біліктілік санатын бері (растау) тәртібімен таныстым. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "____" __________ 20 ___ жыл __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (қолы)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -14224,298 +13634,155 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 7 к Правилам</w:t>
-[...246 lines deleted...]
-              <w:t>области образования и науки</w:t>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытудың, бастауыш, негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орта және жалпы орта білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>берудің жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандандырылған және арнайы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру бағдарламаларын іске</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -14536,1843 +13803,1972 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">форма </w:t>
+              <w:t>асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында лауазымдарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атқаратын педагогтерді және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім және ғылым саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өзге де азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="640"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="9066"/>
+        <w:gridCol w:w="678"/>
+        <w:gridCol w:w="2383"/>
+        <w:gridCol w:w="9239"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Стандарт государственной услуги "Прием документов для прохождения аттестации на присвоение (подтверждение) квалификационных категорий педагогам организаций образования, реализующих программы дошкольного воспитания и обучения, начального, основного среднего, общего среднего, технического и профессионального, послесреднего образования"</w:t>
+"Мектепке дейінгі тәрбие мен оқыту, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру бағдарламаларын іске асыратын білім беру ұйымдарының педагогтеріне біліктілік санаттарын беру (растау) үшін аттестаттаудан өткізуге құжаттарды қабылдау" мемлекеттік көрсетілетін қызмет стандарты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
+            <w:tcW w:w="678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2594" w:type="dxa"/>
+            <w:tcW w:w="2383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Наименование услугодателя </w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="9066" w:type="dxa"/>
+Көрсетілетін қызметті берушінің атауы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Местные исполнительные органы областей, городов республиканского значения и столицы, районов и городов областного значения, организациями дошкольного, начального, основного среднего, общего среднего, технического и профессионального, послесреднего образования</w:t>
+Облыстардың, республикалық маңызы бар қалалардың және астананың, аудандардың және облыстық маңызы бар қалалардың жергілікті атқарушы органдары, мектепке дейінгі, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
+            <w:tcW w:w="678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2594" w:type="dxa"/>
+            <w:tcW w:w="2383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...6 lines deleted...]
-            <w:tcW w:w="9066" w:type="dxa"/>
+              <w:t>
+Мемлекеттік қызметті ұсыну тәсілдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) канцелярию услугодателя;</w:t>
-[...13 lines deleted...]
-2) некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация).</w:t>
+1) көрсетілетін қызметті берушінің кеңсесі;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы (бұдан әрі – Мемлекеттік корпорация).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
+            <w:tcW w:w="678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2594" w:type="dxa"/>
+            <w:tcW w:w="2383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Срок оказания государственной услуги</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="9066" w:type="dxa"/>
+Мемлекеттік қызмет көрсету мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сроки оказания государственной услуги:</w:t>
-[...83 lines deleted...]
-2) максимально допустимое время обслуживания услугополучателя в Государственной корпорации – 20 (двадцать) минут</w:t>
+Мемлекеттік қызмет көрсетудің мерзімдері:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) көрсетілетін қызметті беруші арқылы жүгінген кезде-20 минут;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) көрсетілетін қызметті берушінің орналасқан жері бойынша Мемлекеттік корпорацияға – 3 (үш) жұмыс күні;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) көрсетілетін қызметті берушінің орналасқан жері бойынша емес, Мемлекеттік корпорацияға – 7 (жеті) жұмыс күні.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік корпорацияға жүгінген кезде қабылдау күні мемлекеттік қызмет көрсету мерзіміне кірмейді.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Мемлекеттік корпорацияға құжаттар топтамасын тапсыру үшін күтудің рұқсат етілген ең ұзақ уақыты – 20 (жиырма) минут;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2) мемлекеттік корпорацияда көрсетілетін қызметті алушыға қызмет көрсетудің рұқсат етілген ең ұзақ уақыты-20 (жиырма) минут </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
+            <w:tcW w:w="678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2594" w:type="dxa"/>
+            <w:tcW w:w="2383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Форма оказания государственной услуги</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="9066" w:type="dxa"/>
+Мемлекеттік қызметті көрсету нысаны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бумажная</w:t>
+Қағаз түрінде</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
+            <w:tcW w:w="678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2594" w:type="dxa"/>
+            <w:tcW w:w="2383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Результат оказания государственной услуги</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="9066" w:type="dxa"/>
+Мемлекеттік қызметті көрсету нәтижесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...48 lines deleted...]
-Документы, не выданные в срок из-за отсутствия обращения заявителя (представителя), в течение одного месяца хранятся в Государственной корпорации, после истечения данного срока возвращаются услугодателю как невостребованные При обращении услугополучателя по истечении одного месяца, по запросу Государственной корпорации услугодатель в течение одного рабочего дня направляет готовые документы в Государственную корпорацию для выдачи услугополучателю.</w:t>
+              <w:t>
+осы Қағидаларға 10-қосымшаға сәйкес нысан бойынша педагогтерге біліктілік санатын беру (растау) үшін өтінішті қабылдау туралы қолхат беру не мемлекеттік қызмет көрсетуден дәлелді бас тарту.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік корпорацияда дайын құжаттарды беру жеке басын куәландыратын құжатты көрсеткен кезде (не нотариалды куәландырылған сенімхат бойынша оның өкілі) тиісті құжаттардың қабылданғаны туралы қолхат негізінде жүзеге асырылады.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өтініш берушінің (өкілдің) өтініші болмауына байланысты мерзімінде берілмеген құжаттар бір ай ішінде мемлекеттік корпорацияда сақталады, осы мерзім өткеннен кейін көрсетілетін қызметті алушы бір ай өткен соң өтініш берген кезде талап етілмеген ретінде көрсетілетін қызметті берушіге қайтарылады, Мемлекеттік корпорацияның сұратуы бойынша көрсетілетін қызметті беруші бір жұмыс күні ішінде дайын құжаттарды көрсетілетін қызметті алушыға беру үшін Мемлекеттік корпорацияға жібереді.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
+            <w:tcW w:w="678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2594" w:type="dxa"/>
+            <w:tcW w:w="2383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="9066" w:type="dxa"/>
+Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-бесплатно физическим лицам </w:t>
+              <w:t>
+жеке тұлғаларға тегін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
+            <w:tcW w:w="678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2594" w:type="dxa"/>
+            <w:tcW w:w="2383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-График работы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="9066" w:type="dxa"/>
+Жұмыс кестесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) услугодателя - с понедельника по пятницу с 9.00 до 18.30 часов, перерыв на обед с 13.00 до 14.30 часов, кроме выходных и праздничных дней, в соответствии с трудовым законодательством Республики Казахстан.</w:t>
-[...55 lines deleted...]
-Прием осуществляется в порядке "электронной" очереди, по выбору услугополучателя без ускоренного обслуживания, возможно бронирование электронной очереди посредством портала "электронного правительства" (далее – портал).</w:t>
+1) көрсетілетін қызметті беруші - Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерінен басқа, дүйсенбі-жұма аралығында сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 9.00-ден 18.30-ға дейін.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті берушіде өтінішті қабылдау және Мемлекеттік қызмет көрсету нәтижесін беру сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 9.00-ден 17.30-ға дейін жүзеге асырылады.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет алдын ала жазылусыз және жеделдетіп қызмет көрсетусіз кезек күту тәртібімен көрсетіледі;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Мемлекеттік корпорация – Қазақстан Республикасының еңбек заңнамасына сәйкес жексенбі және мереке күндерін қоспағанда, дүйсенбіден бастап сенбіні қоса алғанда, белгіленген жұмыс кестесіне сәйкес түскі үзіліссіз сағат 9.00-ден 20.00-ге дейін.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қабылдау жеделдетіп қызмет көрсетусіз, көрсетілетін қызметті алушының таңдауы бойынша "электрондық" кезек тәртібімен жүзеге асырылады, "электрондық үкімет" порталы (бұдан әрі – портал) арқылы электрондық кезекті броньдауға болады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
+            <w:tcW w:w="678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2594" w:type="dxa"/>
+            <w:tcW w:w="2383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Перечень документов необходимых для оказания государственной услуги</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="9066" w:type="dxa"/>
+Мемлекеттік қызмет көрсету үшін қажетті құжаттар тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+көрсетілетін қызметті берушіге не Мемлекеттік корпорацияға:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) өтініш;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) жеке басын куәландыратын құжат (жеке басын сәйкестендіру үшін талап етіледі) (иесіне қайтарылады);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) білімі туралы диплом;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) қайта даярлау курстарынан өткені туралы құжат (бар болса);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) қызметкердің еңбек қызметін растайтын құжат;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) біліктілік санатын беру туралы куәлік және бұйрық (бұрын біліктілік санаты бар тұлғалар үшін);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) Білім беру саласындағы уәкілетті органмен келісілген бағдарламалар бойынша біліктілікті арттыру курстарынан өткені туралы сертификат;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">
-к услугодателю либо Государственную корпорацию: </w:t>
-[...13 lines deleted...]
-1) заявление;</w:t>
+8) ұлттық біліктілік тестілеуді өткізуге жауапты білім беру саласындағы уәкілетті орган айқындайтын ұйымы қызметкерінің қолымен бекітілген және мөрімен куәландырылған ұлттық біліктілік тестілеуден өткені туралы анықтама; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9) білім алушылардың/тәрбиеленушілердің (әдістемелік кабинеттердің (орталықтардың) әдіскерлерін, ПМПК педагогтерін қоспағанда) жетістіктерін растайтын құжаттар);</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-2) документ, удостоверяющий личность (требуется для идентификации личности) (возвращается владельцу); </w:t>
-[...237 lines deleted...]
-Услугодатель и работник Государственной корпорации получает согласие услугополучателя на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
+10) кәсіби жетістіктерді және тәжірибені қорытуды растайтын құжаттар; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11) оқуды/сабақтарды бақылау парақтары (ПМПК педагогтерінен басқа);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3)-11)-тармақтарда санамаланған құжаттар түпнұсқалары мен көшірмелері ұсынылады, салыстырып тексерілгеннен кейін түпнұсқалары өтініш берушіге қайтарылады.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қосымша келесі құжаттар ұсынылады:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әдістемелік кабинеттердің (орталықтардың) әдіскерлері үшін – жарияланымдарды, жобаларға қатысуын, инновациялық, эксперименттік қызметті растайтын құжаттар, әзірленген әдістемелік материалдар;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарының педагогтері үшін - білім беру ұйымы басшысының мөрімен және қолымен расталған оқу жетістіктерін сырттай бағалау және (немесе) ағымдағы және (немесе) қорытынды аттестаттау нәтижелерін қамтитын біліктілік санаттарын беру арасындағы кезеңдегі білім алушылардың білім сапасының көрсеткіштері;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мектепке дейінгі тәрбие және оқыту ұйымдарының педагогтері үшін-білім беру ұйымы басшысының мөрімен және қолымен расталған шеберлік пен дағдылардың қалыптасу көрсеткіштері;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қосымша білім беру ұйымдарының педагогтері үшін – білім беру ұйымы басшысының мөрімен және қолымен расталған білім алушылардың, тәрбиеленушілердің таңдаған білім беру бағдарламасын меңгеру көрсеткіштері;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Арнайы білім беру ұйымдарының, білім беру ұйымдарындағы арнайы сыныптардың (топтардың) педагогтері үшін (ПМПК педагогтерінен басқа) – жеке дамыту бағдарламасын іске асыру бойынша маман қызметінің нәтижелілік көрсеткіштері;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, көрсетілетін қызметті беруші және Мемлекеттік корпорация қызметкері мемлекеттік қызметтер көрсету кезінде ақпараттық жүйелерде қамтылған, заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға көрсетілетін қызметті алушының келісімін алады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
+            <w:tcW w:w="678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 9</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2594" w:type="dxa"/>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="9066" w:type="dxa"/>
+Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...62 lines deleted...]
-              <w:t xml:space="preserve"> настоящих Правил.</w:t>
+              <w:t>
+Көрсетілетін қызметті беруші мемлекеттік қызметті көрсетуден бас тартады:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәліметтердің) дәйексіздігі анықталған;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) көрсетілетін қызметті алушы және (немесе) ұсынылған материалдар, мемлекеттік қызметті көрсету үшін қажетті деректер мен мәліметтер талаптарға сәйкес келмеген жағдайларда мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауап болып табылады.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушы Стандарттың 8-тармағында көзделген тізбеге сәйкес құжаттар топтамасын толық ұсынбаған және (немесе) қолданылу мерзімі өткен құжаттарды берген жағдайда, көрсетілетін қызметті беруші осы Қағидалардың 9-қосымшасына сәйкес нысан бойынша құжаттарды қабылдаудан бас тарту туралы қолхат береді.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
+            <w:tcW w:w="678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2594" w:type="dxa"/>
+            <w:tcW w:w="2383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="9066" w:type="dxa"/>
+Мемлекеттік қызметті, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсету ерекшеліктері ескеріле отырып қойылатын өзге де талаптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Услугополучателям, имеющим нарушение здоровья со стойким расстройством функций организма, ограничивающее его жизнедеятельность, в случае необходимости прием документов, для оказания государственной услуги, производится работником Государственной корпорацией с выездом по месту жительства посредством обращения через Единый контакт-центр 1414; 8 800 080 7777.</w:t>
-[...69 lines deleted...]
-Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсе Министерства: www.edu.gov.kz.</w:t>
+Организм функциялары тұрақты бұзылып, оның тыныс-тіршілігін шектейтін денсаулығы бұзылған көрсетілетін қызметті алушыларға, қажет болған жағдайда, мемлекеттік қызметті көрсету үшін құжаттарды қабылдауды Мемлекеттік корпорация қызметкері бірыңғай байланыс орталығы 1414; 8 800 080 7777 арқылы жүгіну арқылы тұрғылықты жеріне барып жүргізеді.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Министрліктің www.edu.gov.kz интернет-ресурсында;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2) мемлекеттік корпорацияның www.gov4c.kz. интернет-ресурсында орналастырылған. </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушының ЭЦҚ болған жағдайда порталдың "жеке кабинеті", сондай-ақ бірыңғай байланыс орталығы: 1414, 8 800 080 77777 арқылы қашықтықтан қол жеткізу режимінде Мемлекеттік қызмет көрсету тәртібі мен мәртебесі туралы ақпаратты алуға мүмкіндігі бар.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті берушінің Мемлекеттік қызмет көрсету мәселелері жөніндегі анықтама қызметтерінің байланыс телефондары Министрліктің интернет-ресурсында орналастырылған: www.edu.gov.kz ескерту.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -16411,298 +15807,272 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 8 к Правилам</w:t>
-[...246 lines deleted...]
-              <w:t>области образования и науки</w:t>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытудың, бастауыш, негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орта және жалпы орта білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>берудің жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандандырылған және арнайы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру бағдарламаларын іске</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында лауазымдарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атқаратын педагогтерді және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім және ғылым саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өзге де азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -16723,1857 +16093,1817 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="640"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="9066"/>
+        <w:gridCol w:w="678"/>
+        <w:gridCol w:w="2383"/>
+        <w:gridCol w:w="9239"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Стандарт государственной услуги "Прием документов для прохождения аттестации на присвоение (подтверждение) квалификационных категорий педагогам республиканских подведомственных организаций образования, реализующих программы дошкольного воспитания и обучения, начального, основного среднего, общего среднего, технического и профессионального, послесреднего образования"</w:t>
+"Мектепке дейінгі тәрбие мен оқыту, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру бағдарламаларын іске асыратын республикалық ведомстволық бағынысты білім беру ұйымдарының педагогтеріне біліктілік санаттарын беру (растау) үшін аттестаттаудан өткізуге құжаттарды қабылдау" мемлекеттік көрсетілетін қызмет стандарты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
+            <w:tcW w:w="678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2594" w:type="dxa"/>
+            <w:tcW w:w="2383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...6 lines deleted...]
-            <w:tcW w:w="9066" w:type="dxa"/>
+              <w:t>
+Көрсетілетін қызметті берушінің атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Министерство образования и науки Республики Казахстан и республиканские подведомственные организациями образования</w:t>
+Қазақстан Республикасы Білім және ғылым министрлігі және республикалық ведомстволық бағынысты білім беру ұйымдары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
+            <w:tcW w:w="678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2594" w:type="dxa"/>
+            <w:tcW w:w="2383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...6 lines deleted...]
-            <w:tcW w:w="9066" w:type="dxa"/>
+              <w:t>
+Мемлекеттік қызметті ұсыну тәсілдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) канцелярию услугодателя;</w:t>
-[...13 lines deleted...]
-2) некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация).</w:t>
+1) көрсетілетін қызметті берушінің кеңсесі;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) "Азаматтарға арналған үкімет "мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы (бұдан әрі – Мемлекеттік корпорация).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
+            <w:tcW w:w="678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2594" w:type="dxa"/>
+            <w:tcW w:w="2383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Срок оказания государственной услуги</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="9066" w:type="dxa"/>
+Мемлекеттік қызмет көрсету мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сроки оказания государственной услуги:</w:t>
-[...83 lines deleted...]
-2) максимально допустимое время обслуживания услугополучателя в Государственной корпорации – 20 (двадцать) минут</w:t>
+Мемлекеттік қызмет көрсетудің мерзімдері:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) көрсетілетін қызметті беруші арқылы жүгінген кезде-20 минут;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) көрсетілетін қызметті берушінің орналасқан жері бойынша Мемлекеттік корпорацияға – 3 (үш) жұмыс күні;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) көрсетілетін қызметті берушінің орналасқан жері бойынша емес, Мемлекеттік корпорацияға – 7 (жеті) жұмыс күні.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік корпорацияға жүгінген кезде қабылдау күні мемлекеттік қызмет көрсету мерзіміне кірмейді.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Мемлекеттік корпорацияға құжаттар топтамасын тапсыру үшін күтудің рұқсат етілген ең ұзақ уақыты – 20 (жиырма) минут;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) мемлекеттік корпорацияда көрсетілетін қызметті алушыға қызмет көрсетудің рұқсат етілген ең ұзақ уақыты-20 (жиырма) минут.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
+            <w:tcW w:w="678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2594" w:type="dxa"/>
+            <w:tcW w:w="2383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Форма оказания государственной услуги</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="9066" w:type="dxa"/>
+Мемлекеттік қызметті көрсету нысаны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бумажная</w:t>
+Қағаз түрінде</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
+            <w:tcW w:w="678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2594" w:type="dxa"/>
+            <w:tcW w:w="2383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...6 lines deleted...]
-            <w:tcW w:w="9066" w:type="dxa"/>
+              <w:t xml:space="preserve">
+Мемлекеттік қызметті көрсету нәтижесі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...62 lines deleted...]
-При обращении услугополучателя по истечении одного месяца, по запросу Государственной корпорации услугодатель в течение одного рабочего дня направляет готовые документы в Государственную корпорацию для выдачи услугополучателю.</w:t>
+              <w:t>
+осы Қағидаларға 10-қосымшаға сәйкес нысан бойынша республикалық ведомстволық бағынысты білім беру ұйымдарының педагогтеріне біліктілік санаттарын беруден (растаудан) өту үшін өтінішті қабылдау туралы қолхат беру не мемлекеттік қызмет көрсетуден дәлелді бас тарту.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік корпорацияда дайын құжаттарды беру жеке басын куәландыратын құжатты көрсеткен кезде (не нотариалды куәландырылған сенімхат бойынша оның өкілі) тиісті құжаттардың қабылданғаны туралы қолхат негізінде жүзеге асырылады.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өтініш берушінің (өкілдің) өтініші болмауына байланысты мерзімінде берілмеген құжаттар бір ай ішінде Мемлекеттік корпорацияда сақталады, осы мерзім өткеннен кейін көрсетілетін қызметті берушіге талап етілмеген ретінде қайтарылады.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушы бір ай өткеннен кейін жүгінген кезде Мемлекеттік корпорацияның сұрау салуы бойынша көрсетілетін қызметті беруші бір жұмыс күні ішінде дайын құжаттарды көрсетілетін қызметті алушыға беру үшін Мемлекеттік корпорацияға жібереді.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
+            <w:tcW w:w="678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2594" w:type="dxa"/>
+            <w:tcW w:w="2383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="9066" w:type="dxa"/>
+Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-бесплатно физическим лицам </w:t>
+              <w:t>
+Жеке тұлғаларға тегін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
+            <w:tcW w:w="678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2594" w:type="dxa"/>
+            <w:tcW w:w="2383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-График работы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="9066" w:type="dxa"/>
+Жұмыс кестесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) услугодателя - с понедельника по пятницу с 9.00 до 18.30 часов, перерыв на обед с 13.00 до 14.30 часов, кроме выходных и праздничных дней, в соответствии с трудовым законодательством Республики Казахстан.</w:t>
-[...55 lines deleted...]
-Прием осуществляется в порядке "электронной" очереди, по выбору услугополучателя без ускоренного обслуживания, возможно бронирование электронной очереди посредством портала "электронного правительства" (далее – портал).</w:t>
+1) көрсетілетін қызметті беруші - Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерінен басқа, дүйсенбі-жұма аралығында сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 9.00-ден 18.30-ға дейін.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті берушіде өтінішті қабылдау және Мемлекеттік қызмет көрсету нәтижесін беру сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 9.00-ден 17.30-ға дейін жүзеге асырылады.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет алдын ала жазылусыз және жеделдетіп қызмет көрсетусіз кезек күту тәртібімен көрсетіледі;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Мемлекеттік корпорация – Қазақстан Республикасының еңбек заңнамасына сәйкес жексенбі және мереке күндерін қоспағанда, дүйсенбіден бастап сенбіні қоса алғанда, белгіленген жұмыс кестесіне сәйкес түскі үзіліссіз сағат 9.00-ден 20.00-ге дейін.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қабылдау жеделдетіп қызмет көрсетусіз, көрсетілетін қызметті алушының таңдауы бойынша "электрондық" кезек тәртібімен жүзеге асырылады, "электрондық үкімет" порталы (бұдан әрі – портал) арқылы электрондық кезекті броньдауға болады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
+            <w:tcW w:w="678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2594" w:type="dxa"/>
+            <w:tcW w:w="2383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Перечень документов необходимых для оказания государственной услуги</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="9066" w:type="dxa"/>
+Мемлекеттік қызмет көрсету үшін қажетті құжаттар тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-к услугодателю либо в Государственную корпорацию: </w:t>
+көрсетілетін қызметті берушіге не Мемлекеттік корпорацияға: </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) өтініш;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) жеке басын куәландыратын құжат (жеке басын сәйкестендіру үшін талап етіледі) (иесіне қайтарылады);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) білімі туралы диплом;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) қайта даярлау курстарынан өткені туралы құжат (бар болса);</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-1) заявление; </w:t>
-[...111 lines deleted...]
-9) документы, подтверждающих достижения обучающихся/воспитанников (за исключением методистов методических кабинетов (центров), педагогов ПМПК);</w:t>
+5) қызметкердің еңбек қызметін растайтын құжат; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) біліктілік санатын беру туралы куәлік және бұйрық (бұрын біліктілік санаты бар тұлғалар үшін);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) Білім беру саласындағы уәкілетті органмен келісілген бағдарламалар бойынша біліктілікті арттыру курстарынан өткені туралы сертификат;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-10) документы, подтверждающие профессиональные достижения и обобщение опыта; </w:t>
-[...125 lines deleted...]
-Услугодатель и работник Государственной корпорации получает согласие услугополучателя на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
+8) ұлттық біліктілік тестілеуді өткізуге жауапты білім беру саласындағы уәкілетті орган айқындайтын ұйымы қызметкерінің қолымен бекітілген және мөрімен куәландырылған ұлттық біліктілік тестілеуден өткені туралы анықтама; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9) білім алушылардың/тәрбиеленушілердің (әдістемелік кабинеттердің (орталықтардың) әдіскерлерін, ПМПК педагогтерін қоспағанда) жетістіктерін растайтын құжаттар);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+10) кәсіби жетістіктерді және тәжірибені қорытуды растайтын құжаттар; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11) оқуды/сабақтарды бақылау парақтары (ПМПК педагогтерінен басқа);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+3)-11)-тармақтарда санамаланған құжаттар түпнұсқалары мен көшірмелері ұсынылады, салыстырып тексерілгеннен кейін түпнұсқалары өтініш берушіге қайтарылады. </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қосымша келесі құжаттар ұсынылады:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әдістемелік кабинеттердің (орталықтардың) әдіскерлері үшін – жарияланымдарды, жобаларға қатысуын, инновациялық, эксперименттік қызметті растайтын құжаттар, әзірленген әдістемелік материалдар;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарының педагогтары үшін - білім беру ұйымы басшысының мөрімен және қолымен расталған оқу жетістіктерін сырттай бағалау және (немесе) ағымдағы және (немесе) қорытынды аттестаттау нәтижелерін қамтитын біліктілік санаттарын беру арасындағы кезеңдегі білім сапасының көрсеткіштері; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мектепке дейінгі тәрбие және оқыту ұйымдарының педагогтері үшін-білім беру ұйымы басшысының мөрімен және қолымен расталған шеберлік пен дағдылардың қалыптасу көрсеткіштері;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Қосымша білім беру ұйымдарының педагогтері үшін – білім беру ұйымы басшысының мөрімен және қолымен расталған білім алушылардың, тәрбиеленушілердің таңдаған білім беру бағдарламасын меңгеру көрсеткіштері; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Арнайы білім беру ұйымдарының, білім беру ұйымдарындағы арнайы сыныптардың (топтардың) педагогтері үшін (ПМПК педагогтерінен басқа) – жеке дамыту бағдарламасын іске асыру бойынша маман қызметінің нәтижелілік көрсеткіштері;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, көрсетілетін қызметті беруші және Мемлекеттік корпорация қызметкері мемлекеттік қызметтер көрсету кезінде ақпараттық жүйелерде қамтылған, заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға көрсетілетін қызметті алушының келісімін алады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
+            <w:tcW w:w="678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2594" w:type="dxa"/>
+            <w:tcW w:w="2383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="9066" w:type="dxa"/>
+Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Услугодатель отказывает в оказании государственной услуги, в случаях: </w:t>
-[...27 lines deleted...]
-2) несоответствия услугополучателя и (или) представленных материалов, данных и сведений, необходимых для оказания государственной услуги, требованиям.</w:t>
+Көрсетілетін қызметті беруші мемлекеттік қызметті көрсетуден бас тартады: </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәліметтердің) дәйексіздігі анықталған жағдайда;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-В случае предоставления услугополучателем неполного пакета документов согласно перечню, предусмотренному пунктом 8 Стандарта, и (или) документов с истекшим сроком действия услугодатель выдает расписку об отказе в приеме документов по форме согласно </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+2) көрсетілетін қызметті алушы және (немесе) ұсынылған материалдар, мемлекеттік қызметті көрсету үшін қажетті деректер мен мәліметтер талаптарға сәйкес келмеген жағдайларда мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауап болып табылады. </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушы Стандарттың 8-тармағында көзделген тізбеге сәйкес құжаттар топтамасын толық ұсынбаған және (немесе) қолданылу мерзімі өткен құжаттарды берген жағдайда, көрсетілетін қызметті беруші осы Қағидаларға 9-қосымшаға сәйкес нысан бойынша құжаттарды қабылдаудан бас тарту туралы қолхат береді.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
+            <w:tcW w:w="678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2594" w:type="dxa"/>
+            <w:tcW w:w="2383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="9066" w:type="dxa"/>
+Мемлекеттік қызметті, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсету ерекшеліктері ескеріле отырып қойылатын өзге де талаптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...70 lines deleted...]
-Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсе Министерства: www.edu.gov.kz.</w:t>
+              <w:t xml:space="preserve">
+Организм функциялары тұрақты бұзылып, оның тыныс-тіршілігін шектейтін денсаулығы бұзылған көрсетілетін қызметті алушыларға, қажет болған жағдайда, мемлекеттік қызметті көрсету үшін құжаттарды қабылдауды Мемлекеттік корпорация қызметкері бірыңғай байланыс орталығы 1414; 8 800 080 7777 арқылы жүгіну арқылы тұрғылықты жеріне барып жүргізеді. </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Министрліктің www.edu.gov.kz интернет-ресурсында;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2) мемлекеттік корпорацияның www.gov4c.kz интернет-ресурсында орналастырылған. </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушының ЭЦҚ болған жағдайда порталдың "жеке кабинеті", сондай-ақ бірыңғай байланыс орталығы: 1414, 8 800 080 77777 арқылы қашықтықтан қол жеткізу режимінде Мемлекеттік қызмет көрсету тәртібі мен мәртебесі туралы ақпаратты алу мүмкіндігі бар.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті берушінің Мемлекеттік қызмет көрсету мәселелері жөніндегі анықтама қызметтерінің байланыс телефондары Министрліктің интернет-ресурсында www.edu.gov.kz орналастырылған.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -18612,298 +17942,272 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 9 к Правилам</w:t>
-[...246 lines deleted...]
-              <w:t>области образования и науки</w:t>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытудың, бастауыш, негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орта және жалпы орта білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>берудің жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандандырылған және арнайы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру бағдарламаларын іске</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында лауазымдарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атқаратын педагогтерді және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім және ғылым саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өзге де азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -18924,51 +18228,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -19002,466 +18306,530 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Ф. И. О. (при наличии)</w:t>
-[...12 lines deleted...]
-              <w:t>услугополучателя/</w:t>
+              <w:t>/көрсетілетін қызметті</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>алушының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Т.А.Ә. (бар болған жағдайда)/</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z368" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Расписка об отказе в приеме документов педагогов, занимающих должности в организациях образования, для прохождения аттестации</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="302"/>
+        <w:t xml:space="preserve"> Аттестаттаудан өту үшін білім беру ұйымдарында лауазым атқаратын педагогтердің құжаттарын қабылдаудан бас тарту туралы қолхат </w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Руководствуясь пунктов 43 главы 2 Правил и условий проведения аттестации педагогов, занимающих должности в организациях образования, реализующих общеобразовательные учебные программы дошкольного воспитания и обучения, начального, основного среднего и общего среднего образования, образовательные программы технического и профессионального, послесреднего, дополнительного, специализированного и специального образования, и иных гражданских служащих в области образования и науки, утвержденного </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 27 января 2016 года № 83</w:t>
+      Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 27 қаңтардағы № 83 бұйрығымен бекітілген Мектепке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта және жалпы орта білім берудің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша, мамандандырылған және арнайы білім беру бағдарламаларын іске асыратын білім беру ұйымдарында қызмет атқаратын педагогтерді және білім беру мен ғылым саласындағы өзге де азаматтық қызметшілерді аттестаттаудан өткізу қағидалары мен шарттарының 2-тарауының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>43-тармағын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> басшылыққа ала отырып, </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...322 lines deleted...]
-        <w:t>подпись</w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      /көрсетілетін қызметті берушінің немесе Мемлекеттік корпорацияның атауын, мекенжайын көрсету/</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      педагогтерге біліктілік санаттарын беру (растау) рәсіміне қатысу үшін құжаттарды қабылдаудан бас тартады </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      / көрсетілетін қызметті алушының Т.А.Ә. (бар болған жағдада) көрсету/ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      /білім беру ұйымының атауын көрсету/</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      байланысты_____________________________________________, атап айтқанда /жоқ немесе сәйкес келмейтін құжаттардың атауын көрсету/: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) _________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) _________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) _________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы қолхат әр тарапқа бір-бірден 2 данада жасалды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "____"___________20___жыл _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Мемлекеттік корпорация қызметкерінің Т.А.Ә.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (қолы, байланыс телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Алды:                              __________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      /көрсетілетін қызметті алушының Т.А.Ә.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (бар болған жағдайда) /</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "____"___________20___жыл                  ______________/қолы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -19497,298 +18865,129 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 10 к Правилам</w:t>
-[...246 lines deleted...]
-              <w:t>области образования и науки</w:t>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытудың, бастауыш, негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орта және жалпы орта білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>берудің жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша,</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -19809,51 +19008,181 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>мамандандырылған және арнайы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру бағдарламаларын іске</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында лауазымдарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атқаратын педагогтерді және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім және ғылым саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өзге де азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -19874,246 +19203,390 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Ф. И. О. (при наличии)</w:t>
-[...12 lines deleted...]
-              <w:t>услугополучателя/</w:t>
+              <w:t>/көрсетілетін қызметті</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>алушының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Т.А.Ә.(бар болған жағдайда)/</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z371" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Расписка о приеме документов педагогов, занимающих должности в организациях образования, для прохождения аттестации</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="303"/>
+        <w:t xml:space="preserve"> Аттестаттаудан өту үшін білім беру ұйымдарында лауазым атқаратын педагогтердің құжаттарын қабылдау туралы қолхат</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      /көрсетілетін қызметті алушының Т.А.Ә.(бар болған жағдайда) /</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...127 lines deleted...]
-        <w:t>"____"___________20___года</w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      / көрсетілетін қызметті берушінің атауын көрсету/</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Педагогтерді аттестаттау рәсіміне қатысу үшін қабылданған құжаттар тізбесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1.__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қабылдады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (орындаушының Т.А.Ә.) (қолы, байланыс телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "____"___________20___жыл</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -20149,298 +19622,272 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 11 к Правилам</w:t>
-[...246 lines deleted...]
-              <w:t>области образования и науки</w:t>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытудың, бастауыш, негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орта және жалпы орта білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>берудің жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандандырылған және арнайы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру бағдарламаларын іске</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында лауазымдарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атқаратын педагогтерді және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім және ғылым саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өзге де азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -20461,51 +19908,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -20526,741 +19973,753 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Председателю аттестационной</w:t>
-[...12 lines deleted...]
-              <w:t>комиссии</w:t>
+              <w:t>Аттестаттау комиссиясының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>төрағасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(наименование организации</w:t>
-[...90 lines deleted...]
-              <w:t>орган)</w:t>
+              <w:t>(білім беру ұйымының атауы),</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аудандық (қалалық) бөлімдер,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>облыстардың, республикалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>маңызы бар қалалардың және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>астананың білім басқармалары,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>уәкілетті орган)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z374" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заявление на участие в аттестации руководителей (заместителей руководителей) организаций образования, реализующих общеобразовательные учебные программы дошкольного воспитания и обучения, начального, основного среднего и общего среднего образования, образовательные программы технического и профессионального, послесреднего, дополнительного, специализированного и специального образования</w:t>
-[...278 lines deleted...]
-        <w:t>Образование:</w:t>
+        <w:t xml:space="preserve"> Мектепке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта және жалпы орта білім берудің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша, мамандандырылған және арнайы білім беру бағдарламаларын іске асыратын білім беру ұйымдарының басшыларын (басшыларының орынбасарларын) аттестаттауға қатысу туралы өтініш </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мен,_________________________________________________________________, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (педагогтің Т.А.Ә.(бар болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЖСН_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (лауазымы, жұмыс орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Лауазым (мамандығы) бойынша________20___жылғы біліктілік санатына аттестаттауға қатысуға рұқсат беруді сұраймын. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       ___________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бүгінгі таңда _____ (күні) ___ (айы) ______ жылға дейін жарамды біліктілік санатым бар</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мына жұмыс нәтижелерін негіз деп есептеймін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өзім туралы мынадай мәліметтерді хабарлаймын</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Білімі:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="771"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="10758"/>
+        <w:gridCol w:w="1555"/>
+        <w:gridCol w:w="1122"/>
+        <w:gridCol w:w="9623"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="771" w:type="dxa"/>
+            <w:tcW w:w="1555" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование</w:t>
-[...33 lines deleted...]
-            <w:tcW w:w="771" w:type="dxa"/>
+Оқу орнының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Период</w:t>
-[...19 lines deleted...]
-            <w:tcW w:w="10758" w:type="dxa"/>
+Оқу кезеңі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9623" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Специальность (квалификация), указанная в дипломе об образовании или документе о переподготовке с присвоением соответствующей квалификации по занимаемой должности</w:t>
+              <w:t xml:space="preserve">
+Білімі туралы дипломда немесе атқаратын лауазымы бойынша тиісті біліктілік бере отырып, қайта даярлау туралы құжатта көрсетілген мамандық (біліктілік) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="771" w:type="dxa"/>
+            <w:tcW w:w="1555" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="771" w:type="dxa"/>
+            <w:tcW w:w="1122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10758" w:type="dxa"/>
+            <w:tcW w:w="9623" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -21270,346 +20729,346 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Стаж работы:</w:t>
+      Жұмыс өтілі:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="566"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2926"/>
+        <w:gridCol w:w="550"/>
+        <w:gridCol w:w="8011"/>
+        <w:gridCol w:w="550"/>
+        <w:gridCol w:w="3189"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcW w:w="550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...6 lines deleted...]
-            <w:tcW w:w="8242" w:type="dxa"/>
+              <w:t xml:space="preserve">
+Жалпы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8011" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...6 lines deleted...]
-            <w:tcW w:w="566" w:type="dxa"/>
+              <w:t xml:space="preserve">
+Білімі туралы дипломда немесе атқаратын лауазымы бойынша тиісті біліктілік бере отырып, қайта даярлау туралы құжатта көрсетілген мамандық (біліктілік) бойынша </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Педагогический</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2926" w:type="dxa"/>
+Педагогикалық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Руководителем (заместителем руководителя) организации образования</w:t>
+Білім беру ұйымының басшысы (басшының орынбасары)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcW w:w="550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8242" w:type="dxa"/>
+            <w:tcW w:w="8011" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcW w:w="550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2926" w:type="dxa"/>
+            <w:tcW w:w="3189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -21618,156 +21077,196 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...104 lines deleted...]
-        <w:t>(подпись)</w:t>
+        <w:t xml:space="preserve">
+      Марапаттары, атағы, ғылыми (академиялық) дәрежесі, ғылыми атағы алған жылын көрсете отырып </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Білім беру ұйымының басшысы (басшының орынбасары) жұмыс істейтін білім беру ұйымы (қажеттісінің астын сызу): мектепке дейінгі, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі, арнайы, қосымша білім беру. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Аттестаттау қағидаларымен таныстым. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "____" __________ 20 ___ жыл __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (қолы)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -21803,298 +21302,272 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 12 к Правилам</w:t>
-[...246 lines deleted...]
-              <w:t>области образования и науки</w:t>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытудың, бастауыш, негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орта және жалпы орта білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>берудің жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандандырылған және арнайы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру бағдарламаларын іске</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында лауазымдарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атқаратын педагогтарды және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім және ғылым саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өзге де азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -22115,1191 +21588,1420 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z377" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">              Аттестационный лист на руководителя организации образования</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="305"/>
+        <w:t xml:space="preserve"> Білім беру ұйымының басшысына аттестаттау парағы </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аттестаттау түрі: кезекті -☐; қайталама -☐</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (X белгісімен белгілеу қажет)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т.А.Ә. (болған жағдайда әкесінің аты)__________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Туған жылы "___" __________ _______ жыл.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қайта даярлау, біліктілікті арттыру жөніндегі білімі туралы анықтама (қашан және қандай оқу орнын аяқтады, білімі бойынша мамандығы және біліктілігі, біліктілікті арттыру, қайта даярлау, ғылыми (академиялық) дәрежесі, ғылыми дәрежесі, оларды растағаны туралы күні жөніндегі құжаты)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Атқарып отырған лауазымы және қабылднған күні, біліктілік санаты</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Жалпы еңбек өтілі ________________________________________________</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Вид аттестации: очередная – </w:t>
-[...1100 lines deleted...]
-</w:t>
+      6. Мемлекеттік және азаматтық қызмет лауазымында, басшылық лауазымында жалпы еңбек өтілі </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Аттестаттау комиссиясы мүшелерінің жолдаған ұсыныстары мен ескертпелері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Аттестатталушының пікірі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Аттестатталушының тікелей басшысының қызметтік мінездемесене сәйкес қызметін бағалау</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Отырысқа қатысқандар ___аттестаттау комиссиясының мүшелері.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Аттестаттау комиссиясының әрбір мүшесі толтыратын қоса беріліп отырған бағалау парағына сәйкес дауыс беру нәтижелері бойынша аттестатталушының қызметін бағалау:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (дауыс саны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өтініш берген біліктілік санатына аттестатталған</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (дауыс саны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (әрбір біліктілік санаты бойынша бөлек)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өтініш берілген біліктілік санатына ротациямен аттестатталды</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (дауыс саны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өтініш берілген біліктілік санатына аттестатталмады _____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (дауыс саны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды бағалау_________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (цифрлық белгісі бар біліктілік санаты жазбаша көрсетіледі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12. Аттестаттау комиссиясының ұсынымдары </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (олар бойынша берілетін уәждерді көрсете отырып) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13.Ескертпе __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аттестаттау комиссиясының төрағасы:__________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аттестаттау комиссиясының хатшысы:__________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аттестаттау комиссиясының мүшелері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұйым басшысы                        _________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мөр орны</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аттестаттаудың өткізілген күні "____" ___________ 20 _____ жыл.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Аттестаттау парағымен таныстым: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (аттестатталушының қолы және күні)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -23335,298 +23037,272 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 13 к Правилам</w:t>
-[...246 lines deleted...]
-              <w:t>области образования и науки</w:t>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытудың, бастауыш, негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орта және жалпы орта білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>берудің жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандандырылған және арнайы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру бағдарламаларын іске</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында лауазымдарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атқаратын педагогтерді және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім және ғылым саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өзге де азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>13-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -23647,540 +23323,538 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z380" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">  Оценочный лист на руководителя организации образования, подлежащего аттестации</w:t>
-[...14 lines deleted...]
-    <w:bookmarkEnd w:id="306"/>
+        <w:t xml:space="preserve"> Аттестаттауға жататын білім беру ұйымының басшысының бағалау парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (аттестаттау комиссиясының мүшесі толтырады)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аттестаттау түрі: кезекті -☐; қайталама -☐</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (X белгісімен белгілеу қажет)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т.А.Ә. (бар болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Лауазымы_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аттестаттау комиссиясы мүшесінің шешімі (аталғандардың бірі: өтініш берілген біліктілік санатына аттестатталды, өтініш берілген біліктілік санатына ротациямен аттестатталды, өтініш берілген біліктілік санатына аттестатталмады):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аттестаттау комиссиясы мүшесінің өз шешімін негіздеуі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Біліктілік санатына сәйкес __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Біліктілік санатын белгілеу үшін негіздер жоқ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Негіз:___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аттестаттау комиссиясының мүшесі ______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Т. А. Ә. (бар болған жағдайда), қолы)</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Вид аттестации: очередная - </w:t>
-[...437 lines deleted...]
-</w:t>
+      Аттестаттау комиссиясының хатшысы _________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Т. А. Ә. (бар болған жағдайда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Күні "____" __________ 20 ______ жыл</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -24216,298 +23890,272 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 14 к Правилам</w:t>
-[...246 lines deleted...]
-              <w:t>области образования и науки</w:t>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытудың, бастауыш, негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орта және жалпы орта білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>берудің жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандандырылған және арнайы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру бағдарламаларын іске</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында лауазымдарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атқаратын педагогтерді және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім және ғылым саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өзге де азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>14-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -24528,3288 +24176,3322 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z383" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Показатели эффективности деятельности руководителя организации образования</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="307"/>
+        <w:t xml:space="preserve"> Білім беру ұйымдары басшылары қызметтерінің тиімділік көрсеткіштері</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="482"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1789"/>
+        <w:gridCol w:w="1031"/>
+        <w:gridCol w:w="6372"/>
+        <w:gridCol w:w="3238"/>
+        <w:gridCol w:w="1659"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="482" w:type="dxa"/>
-[...129 lines deleted...]
-              <w:t xml:space="preserve"> Баллы</w:t>
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өлшемшарттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Көрсеткіштер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> Эффективность обеспечения доступности качественного образования (максимальное количество баллов по критерию – _____) "руководитель третьей категории" 6 - 7 баллов; "руководитель второй категории" - 8 - 9 баллов; "руководитель первой категории" - 10 — 12 баллов;</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сапалы білім берудің қолжетімділігін қамтамасыз ету тиімділігі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(өлшемшарттар бойынша ең жоғарғы сандық балл – _____)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"үшінші санатты басшы" - 6-7 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"екінші санатты басшы" - 8-9 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"бірінші санатты басшы" - 10-12 балл;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="482" w:type="dxa"/>
+            <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6762" w:type="dxa"/>
+            <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Открытость организации образования:</w:t>
-[...33 lines deleted...]
-            <w:tcW w:w="3267" w:type="dxa"/>
+Білім беру ұйымының ашықтығы:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- сайттың болуы (web-беттер),</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- апта сайын жаңартылып отыратын әлеуметтік желілердегі беттің болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Оцениваемый показатель присутствует; </w:t>
+Бағаланатын көрсеткіші бар; </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Оцениваемый показатель частично присутствует; </w:t>
-[...19 lines deleted...]
-            <w:tcW w:w="1789" w:type="dxa"/>
+Бағаланатын көрсеткіші </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+жартылай бар; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын көрсеткіші жоқ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...12 lines deleted...]
-              <w:t>
 1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,5 баллов</w:t>
-[...13 lines deleted...]
-0 баллов</w:t>
+0,5 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="482" w:type="dxa"/>
+            <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6762" w:type="dxa"/>
+            <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Контингент обучающихся</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3267" w:type="dxa"/>
+Білім алушылар контингенті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Свыше 1000 обучающихся; </w:t>
-[...33 lines deleted...]
-            <w:tcW w:w="1789" w:type="dxa"/>
+1000 жоғары білім алушы; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+501–1000 білім алушы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500-ден төмен білім алушы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 балла</w:t>
-[...27 lines deleted...]
-1 балла</w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="482" w:type="dxa"/>
+            <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6762" w:type="dxa"/>
+            <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие специальных условий в соответствии с контингентом детей с особыми образовательными потребностями:</w:t>
-[...75 lines deleted...]
-            <w:tcW w:w="3267" w:type="dxa"/>
+Ерекше білім беру қажеттіліктері бар балалар контингентіне сәйкес арнайы жағдайлардың болуы:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.1. Білім алушылардың жалпы санынан ерекше білім беру қажеттіліктері бар білім алушылардың үлесі (контингент);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тосқауылсыз ортаның болуы: пандус, лифт, көтергіш, тактильді жолдар, Брайль тақтайшалары;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дефектологтың сүйемелдеуін ұйымдастыру;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педагогтердің жалпы санынан инклюзивті білім беру бойынша біліктілікті арттыру курстарынан өткен педагогтердің үлесі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ерекше білім беру қажеттілігі бар балалардың, оның ішінде үйде оқитын балалардың бос уақытын ұйымдастыру (жеке дене ерекшеліктерін ескере отырып)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...55 lines deleted...]
-Не имеется</w:t>
+жоқ;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+білім алушылардың жалпы санынан кемінде 1%-ы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+білім алушылардың жалпы санынан 1% астамы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоқ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бар</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоқ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бар</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоқ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жалпы санынан 10%-дан жоғары;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жалпы санынан 10%-дан жоғары;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Имеется </w:t>
-[...131 lines deleted...]
-            <w:tcW w:w="1789" w:type="dxa"/>
+жоқ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...13 lines deleted...]
-0 баллов;</w:t>
+0 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 и более баллов</w:t>
-[...69 lines deleted...]
-0 баллов;</w:t>
+2 және одан да көп балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санына байланысты 0,5 балл бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0 баллов;</w:t>
+0 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 балла</w:t>
-[...13 lines deleted...]
-0 баллов;</w:t>
+2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="482" w:type="dxa"/>
+            <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6762" w:type="dxa"/>
+            <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Создание комфортных условий и безопасной среды:</w:t>
-[...95 lines deleted...]
-            <w:tcW w:w="3267" w:type="dxa"/>
+Қолайлы жағдай және қауіпсіз орта жасау:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- бейнебақылаумен қамтамасыз ету;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- адамдар жаппай жиналатын жерлерде балаларды бақылау және қадағалау мүмкіндігі (ҚР Үкіметінің 2015 жылғы 3 сәуірдегі №191 қаулысына сәйкес);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- істен шыққан камералардың болмауы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- ұрлық пен бұзушылықтардың болмауы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- басқа мемлекеттік органдар тарапынан айыппұл санкцияларының болмауы (ІІД және ТЖД мониторингі бойынша)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...12 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">
-Отсутствие </w:t>
-[...19 lines deleted...]
-            <w:tcW w:w="1789" w:type="dxa"/>
+жоқ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бар болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...27 lines deleted...]
-по 1 баллу в зависимости от наличия</w:t>
+0 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+бар болуына байланысты </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="482" w:type="dxa"/>
+            <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6762" w:type="dxa"/>
+            <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Организация контроля доступа к зданию организации образования:</w:t>
-[...47 lines deleted...]
-            <w:tcW w:w="3267" w:type="dxa"/>
+Білім беру ұйымының ғимаратына кіруді бақылауды ұйымдастыру:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- кіруді бақылау және басқару жүйесі (турникеттердің болуы (қарапайым, бет тану, білезікпен, саусақ ізімен);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- хабарландыру жүйесінің болуы ("дабыл түймесі");</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- күзет қызметі субъектілерінің болуы: күзетшілер, вахтерлер (ауылдық жерлер үшін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...12 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">
-Не имеется </w:t>
-[...19 lines deleted...]
-            <w:tcW w:w="1789" w:type="dxa"/>
+жоқ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+бар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...27 lines deleted...]
-5 баллов</w:t>
+0 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="482" w:type="dxa"/>
+            <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6762" w:type="dxa"/>
+            <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...6 lines deleted...]
-            <w:tcW w:w="3267" w:type="dxa"/>
+              <w:t xml:space="preserve">
+Алдыңғы жылмен салыстыру бойынша қосымша білім берумен қамтылған оқушылар мен тәрбиеленушілердің өсу динамикасы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Увеличение – на 15%;</w:t>
-[...61 lines deleted...]
-            <w:tcW w:w="1789" w:type="dxa"/>
+Өсу - 15%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өсу – 10%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өсу – 5%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алдыңғы деңгейде;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын көрсеткіші жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 балла;</w:t>
-[...27 lines deleted...]
-2 балла;</w:t>
+4 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0 баллов</w:t>
+0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> Эффективность обеспечения качества образования  (максимальное количество баллов по критерию – 14; для организаций дошкольного, дополнительного образования - 4)  "руководитель третьей категории" - 8-9 баллов; для организаций дошкольного, дополнительного образования – 2 балла; "руководитель второй категории" - 10-11 баллов; для организаций дошкольного, дополнительного образования – 3 балла; "руководитель первой категории" - 12-14 баллов; для организаций дошкольного, дополнительного образования – 4 балла;</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Білім беру сапасын қамтамасыз етудің тиімділігі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(өлшемшарттар бойынша ең жоғарғы балл саны – 14; мектепке дейінгі, қосымша білім беру ұйымдары үшін-4)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"үшінші санатты басшы" - 8-9 балл; мектепке дейінгі, қосымша білім беру ұйымдары үшін – 2 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"екінші санатты басшы" - 10-11 балл; мектепке дейінгі, қосымша білім беру ұйымдары үшін – 3 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"бірінші санатты басшы" - 12-14 балл; мектепке дейінгі, қосымша білім беру ұйымдары үшін-4 балл;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="482" w:type="dxa"/>
+            <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6762" w:type="dxa"/>
+            <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...6 lines deleted...]
-            <w:tcW w:w="3267" w:type="dxa"/>
+              <w:t xml:space="preserve">
+Білім сапасының динамикасы (мектепке дейінгі тәрбие мен оқытуды ұйымдастыру үшін - білім мен дағдының қалыптасу деңгейінің динамикасы) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Повышение – на 16 – 20%;</w:t>
-[...13 lines deleted...]
-Повышение на 11 - 15%;</w:t>
+Өсу – 16-20%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өсу - 11-15%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өсу - 7-10%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өткен жылдың деңгейіне сәйкес;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Повышение на 7 - 10%; </w:t>
-[...33 lines deleted...]
-            <w:tcW w:w="1789" w:type="dxa"/>
+Бағаланатын көрсеткіші жоқ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 балла</w:t>
-[...27 lines deleted...]
-2 балла</w:t>
+4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0 баллов</w:t>
+0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="482" w:type="dxa"/>
+            <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6762" w:type="dxa"/>
+            <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Количество выпускников, получивших знак "Алтын белгi"</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3267" w:type="dxa"/>
+"Алтын белгі" алған түлектер саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Выше уровня прошлого года; </w:t>
+Өткен жылғы деңгейден жоғары; </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-В соответствии с уровнем прошлого года; </w:t>
+Өткен жылғы деңгейге сәйкес; </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Ниже уровня прошлого года </w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1789" w:type="dxa"/>
+Өткен жылғы деңгейден төмен </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 балла</w:t>
+2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0 баллов</w:t>
+0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="482" w:type="dxa"/>
+            <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6762" w:type="dxa"/>
+            <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...6 lines deleted...]
-            <w:tcW w:w="3267" w:type="dxa"/>
+              <w:t xml:space="preserve">
+Техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарына, жоғары оқу орындарына түскен бітірушілердің үлесі (мамандандырылған білім беру ұйымдары үшін – бюджеттік негізде оқуға түсу) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-80% и выше;</w:t>
-[...41 lines deleted...]
-50 - 59%;</w:t>
+80% және одан жоғары;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70-79%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60-69%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50-59%;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Оцениваемый показатель отсутствует </w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1789" w:type="dxa"/>
+Бағаланатын көрсеткіші жоқ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 балла</w:t>
-[...27 lines deleted...]
-2 балла</w:t>
+4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0 баллов</w:t>
+0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="482" w:type="dxa"/>
+            <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6762" w:type="dxa"/>
+            <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...6 lines deleted...]
-            <w:tcW w:w="3267" w:type="dxa"/>
+              <w:t>
+Облыстық, республикалық, халықаралық олимпиадалардың, конкурстардың, жарыстардың жеңімпаздары (жүлдегерлері) болған тәрбиеленушілердің/оқушылардың саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Международный уровень;</w:t>
-[...61 lines deleted...]
-            <w:tcW w:w="1789" w:type="dxa"/>
+халықаралық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+республикалық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+облыстық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+аудандық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бағаланатын көрсеткіші жоқ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 балла</w:t>
-[...27 lines deleted...]
-2 балла</w:t>
+4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0 баллов</w:t>
+0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> Эффективность развития кадрового потенциала, инновационной деятельности  (максимальное количество баллов по критерию – 24) "руководитель третьей категории" - 10-15 баллов; "руководитель второй категории" - 16-20 баллов; "руководитель первой категории" - 21-24 баллов;</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кадрлық әлеуетті, инновациялық қызметті дамытудың тиімділігі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(өлшемшарттар бойынша ең жоғарғы балл саны-24)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"үшінші санатты басшы" - 10-15 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"екінші санатты басшы" - 16-20 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"бірінші санатты басшы" - 21-24 балл;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="482" w:type="dxa"/>
+            <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6762" w:type="dxa"/>
+            <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Доля педагогов с высшим профессиональным образованием от общего количества педагогов организации образования</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3267" w:type="dxa"/>
+Білім беру ұйымдары педагогтерінің жалпы санынан жоғары кәсіптік білімі бар педагогтердің үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27837,6842 +27519,7062 @@
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 70 – 80%;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ниже 70%</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1789" w:type="dxa"/>
+70%-дан төмен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 балла</w:t>
-[...41 lines deleted...]
-0 баллов</w:t>
+4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="482" w:type="dxa"/>
+            <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6762" w:type="dxa"/>
+            <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...6 lines deleted...]
-            <w:tcW w:w="3267" w:type="dxa"/>
+              <w:t>
+Ғылыми/академиялық дәрежесі бар педагогтердің үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Не менее 30%; </w:t>
-[...61 lines deleted...]
-            <w:tcW w:w="1789" w:type="dxa"/>
+кемінде 30%; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20-29 %;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15-19%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-14%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жоқ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 балла</w:t>
-[...27 lines deleted...]
-2 балла</w:t>
+4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0 баллов</w:t>
+0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="482" w:type="dxa"/>
+            <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6762" w:type="dxa"/>
+            <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Доля педагогов, имеющих квалификационную категорию "педагог-исследователь", "педагог-мастер" от общего количества педагогов организации образования</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3267" w:type="dxa"/>
+Білім беру ұйымдары педагогтерінің жалпы санынан "педагог-зерттеуші", "педагог-шебер" біліктілік санаты бар педагогтердің үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Не менее 60%;</w:t>
-[...75 lines deleted...]
-            <w:tcW w:w="1789" w:type="dxa"/>
+кемінде 60%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40-59%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30-39%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25-29%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-24%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жоқ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 баллов</w:t>
-[...41 lines deleted...]
-2 балла</w:t>
+5 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0 баллов</w:t>
+0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="482" w:type="dxa"/>
+            <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6762" w:type="dxa"/>
+            <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие молодых специалистов</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3267" w:type="dxa"/>
+Жас мамандардың болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Оцениваемый показатель присутствует;</w:t>
-[...19 lines deleted...]
-            <w:tcW w:w="1789" w:type="dxa"/>
+Бағаланатын көрсеткіші бар;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын көрсеткіші жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 балла</w:t>
-[...13 lines deleted...]
-0 баллов</w:t>
+2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="482" w:type="dxa"/>
+            <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6762" w:type="dxa"/>
+            <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие у руководителя организации образования сертификата о курсах повышения квалификации в области менеджмента</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3267" w:type="dxa"/>
+Білім беру ұйымы басшысының менеджмент саласындағы біліктілікті арттыру курстары туралы сертификатының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Оцениваемый показатель присутствует;</w:t>
-[...19 lines deleted...]
-            <w:tcW w:w="1789" w:type="dxa"/>
+Бағаланатын көрсеткіші бар;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бағаланатын көрсеткіші жоқ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0 баллов</w:t>
+0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="482" w:type="dxa"/>
+            <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6762" w:type="dxa"/>
+            <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Количество педагогов, ставших победителями/призерами конкурсов профессионального мастерства</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3267" w:type="dxa"/>
+Кәсіби шеберлік конкурстарының жеңімпаздары/жүлдегерлері болған педагогтер саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Международный уровень;</w:t>
-[...47 lines deleted...]
-            <w:tcW w:w="1789" w:type="dxa"/>
+Халықаралық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республикалық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық деңгей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 балла</w:t>
-[...27 lines deleted...]
-2 балла</w:t>
+4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="482" w:type="dxa"/>
+            <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6762" w:type="dxa"/>
+            <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...6 lines deleted...]
-            <w:tcW w:w="3267" w:type="dxa"/>
+              <w:t>
+Оқу-әдістемелік кеңес мақұлдаған әзірленген бағдарламалардың, оқу-әдістемелік кешендердің, әдістемелік ұсынымдардың/құралдардың болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Республиканский уровень;</w:t>
-[...47 lines deleted...]
-            <w:tcW w:w="1789" w:type="dxa"/>
+Республикалық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын көрсеткіші жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 балла</w:t>
-[...13 lines deleted...]
-2 балла</w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0 баллов</w:t>
+0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="482" w:type="dxa"/>
+            <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6762" w:type="dxa"/>
+            <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Инновационно-экспериментальная деятельность, участие в социальных/образовательных проектах</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3267" w:type="dxa"/>
+Инновациялық-эксперименттік қызмет, әлеуметтік/білім беру жобаларына қатысу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Республиканский уровень;</w:t>
-[...47 lines deleted...]
-            <w:tcW w:w="1789" w:type="dxa"/>
+Республикалық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын көрсеткіші жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 балла</w:t>
-[...13 lines deleted...]
-2 балла</w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0 баллов</w:t>
+0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> Эффективность материально — технического обеспечения (максимальное количество баллов по критерию – 4) "руководитель третьей категории" - 3 балл; "руководитель второй категории" - 3 балла; "руководитель первой категории" - 4 балла;</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Материалдық-техникалық қамтамасыз етудің тиімділігі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(өлшемшарттар бойынша балдың ең жоғарғы саны-4)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"үшінші санатты басшы" - 3 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"екінші санатты басшы" - 3 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"бірінші санатты басшы" - 4 балл;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="482" w:type="dxa"/>
+            <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6762" w:type="dxa"/>
+            <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Улучшение материально-технической базы (приобретение современного оборудования, цифровых лабораторий, интерактивного оборудования, учебных кабинетов и т.д.)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3267" w:type="dxa"/>
+Материалдық-техникалық базаны жақсарту (қазіргі заманғы жабдықтарды, цифрлық зертханаларды, интерактивті жабдықтарды, оқу кабинеттері мен т.б. сатып алу)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Оцениваемый показатель присутствует;</w:t>
-[...47 lines deleted...]
-            <w:tcW w:w="1789" w:type="dxa"/>
+Бағаланатын көрсеткіші бар;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын көрсеткіші жоқ;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қосымша;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бюджеттен тыс қаражат есебінен алу </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 балла</w:t>
-[...27 lines deleted...]
-2 балла</w:t>
+4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0 баллов</w:t>
+0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> Показатели снижения баллов (максимальное количество уменьшения баллов по критерию – минус 14 баллов)</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балл төмендеуінің көрсеткіштері</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+(өлшемшарттар бойынша балды төмендетудің ең жоғарғы саны –14 балдан төмен) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="482" w:type="dxa"/>
+            <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6762" w:type="dxa"/>
+            <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие зарегистрированных случаев травматизма, повлекших за собой причинение вреда здоровью обучающихся/воспитанников, работников на территории организации образования во время учебно-воспитательного процесса</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3267" w:type="dxa"/>
+Оқу-тәрбие процесі кезінде білім беру ұйымының аумағында білім алушылардың/</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тәрбиеленушілердің, қызметкерлердің денсаулығына зиян келтіруге әкеп соққан тіркелген жарақаттану жағдайларының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Оцениваемый показатель присутствует;</w:t>
-[...19 lines deleted...]
-            <w:tcW w:w="1789" w:type="dxa"/>
+Бағаланатын көрсеткіші бар;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын көрсеткіші жартылай бар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-минус 2 балла;</w:t>
-[...13 lines deleted...]
-минус 1 балл</w:t>
+2 балл кем;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл кем</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="482" w:type="dxa"/>
+            <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6762" w:type="dxa"/>
+            <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...6 lines deleted...]
-            <w:tcW w:w="3267" w:type="dxa"/>
+              <w:t xml:space="preserve">
+Суицидтік әрекеттердің саны </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Завершенный суицид;</w:t>
-[...19 lines deleted...]
-            <w:tcW w:w="1789" w:type="dxa"/>
+Аяқталған суицид;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Суицид әрекеті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-минус 3 балла;</w:t>
-[...13 lines deleted...]
-минус 1 балл</w:t>
+3 балл кем;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл кем</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="482" w:type="dxa"/>
+            <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6762" w:type="dxa"/>
+            <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие правонарушений, совершенных обучающимися</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3267" w:type="dxa"/>
+Білім алушылар жасаған құқық бұзушылықтардың болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Оцениваемый показатель присутствует </w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1789" w:type="dxa"/>
+Бағаланатын көрсеткіштер бар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-минус 5 балла;</w:t>
-[...13 lines deleted...]
-минус 1 балл</w:t>
+5 балл кем;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл кем</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="482" w:type="dxa"/>
+            <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6762" w:type="dxa"/>
+            <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие текучести кадров</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3267" w:type="dxa"/>
+Кадрлар тұрақтамауының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Текучесть свыше 20%;</w:t>
-[...33 lines deleted...]
-            <w:tcW w:w="1789" w:type="dxa"/>
+20% жоғары тұрақтамау;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 – 19% тұрақтамау;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 – 9% тұрақтамау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-минус 3 балла;</w:t>
-[...27 lines deleted...]
-минус 1 балл</w:t>
+3 балл кем;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл кем;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл кем</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="482" w:type="dxa"/>
+            <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6762" w:type="dxa"/>
+            <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Некачественное заполнение НОБД (по мониторингу областного управления образования)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3267" w:type="dxa"/>
+ҰББД сапасыз толтыру (облыстық білім басқармасының талдауы бойынша)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Недостоверность в данных – минус 5 баллов </w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1789" w:type="dxa"/>
+Мәліметтердегі қателіктер – 5 балл кем </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-минус 5 баллов</w:t>
+5 балл кем</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="482" w:type="dxa"/>
+            <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6762" w:type="dxa"/>
+            <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Отсутствие обратной связи в системе электронных журналов (по мониторингу областного управления образования)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3267" w:type="dxa"/>
+Электрондық журналдар жүйесінде кері байланыстың болмауы (облыстық білім басқармасының талдауы бойынша)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Отсутствие регулярности и качества заполнения комментариев учителя по учебным предметам </w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1789" w:type="dxa"/>
+Оқу пәндері бойынша мұғалімдердің тұрақтылығы мен пікірлерді толтыру сапасының болмауы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-минус 3 балла</w:t>
+3 балл кем</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="482" w:type="dxa"/>
+            <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6762" w:type="dxa"/>
+            <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...26 lines deleted...]
-            <w:tcW w:w="3267" w:type="dxa"/>
+              <w:t>
+5 жылда 1 рет біліктілікті арттыру курстарынан өтпеген педагогтердің болуы ("Педагог мәртебесі туралы" ҚР Заңына сәйкес)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Оцениваемый показатель присутствует;</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1789" w:type="dxa"/>
+Бағаланатын көрсеткіш бар;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-минус 3 балла</w:t>
+3 балл кем</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="482" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t xml:space="preserve"> И Т О Г О</w:t>
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Б</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+а</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+р</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+л</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ғ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> "руководитель третьей категории" - 40 – 49 баллов; "руководитель второй категории" - 50-59 баллов; "руководитель первой категории" - 60-64 балла. Для дошкольных, дополнительных организаций образования: "руководитель третьей категории" - 30 – 39 баллов; "руководитель второй категории" - 40-49 баллов; "руководитель первой категории" - 50-54 балла.</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"үшінші санатты басшы" - 40-49 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"екінші санатты басшы" - 50-59 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"бірінші санатты басшы" - 60-64 балл.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мектепке дейінгі, қосымша білім беру ұйымдары үшін:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"үшінші санатты басшы" - 30-39 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"екінші санатты басшы" - 40-49 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"бірінші санатты басшы" - 50-54 балл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      *Достижение показателей учитываются за межаттестационный период (период между аттестациями)</w:t>
+      * Көрсеткіштерге қол жеткізу аттестаттау аралық кезеңде (аттестаттау арасындағы кезең) ескеріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Показатели эффективности деятельности руководителя организации образования, реализующей образовательные программы технического и профессионального, послесреднего образования</w:t>
+        <w:t xml:space="preserve"> Техникалық және кәсіптік, орта білімнен кейінгі білім беру бағдарламаларын іске асыратын білім беру ұйымының басшысы қызметінің тиімділік көрсеткіштері</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="918"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1351"/>
+        <w:gridCol w:w="1044"/>
+        <w:gridCol w:w="6612"/>
+        <w:gridCol w:w="3279"/>
+        <w:gridCol w:w="1365"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="918" w:type="dxa"/>
-[...129 lines deleted...]
-              <w:t xml:space="preserve"> Баллы</w:t>
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өлшемшарттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Көрсеткіштер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> Эффективность обеспечения доступности качественного образования (максимальное количество баллов по критерию – 10) "руководитель третьей категории" 5 - 6 баллов; "руководитель второй категории" - 6 - 8 баллов; "руководитель первой категории" - 8 — 10 баллов;</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сапалы білімнің қолжетімділігін қамтамасыз ету тиімділігі (өлшемшарт бойынша ең жоғары балл саны-10)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"үшінші санатты басшы" - 5-6 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"екінші санатты басшы" - 6-8 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"бірінші санатты басшы" - 8-10 балл;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="918" w:type="dxa"/>
+            <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
+            <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Открытость организации образования:</w:t>
-[...33 lines deleted...]
-            <w:tcW w:w="3221" w:type="dxa"/>
+Білім беру ұйымының ашықтығы:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- сайттың болуы (web-беттер),</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- апта сайын жаңартылып отыратын әлеуметтік желілердегі беттің болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Оцениваемый показатель присутствует; </w:t>
+Бағаланатын көрсеткіш бар; </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Оцениваемый показатель частично присутствует; </w:t>
-[...19 lines deleted...]
-            <w:tcW w:w="1351" w:type="dxa"/>
+Бағаланатын көрсеткіш жартылай бар; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын көрсеткіш жоқ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...12 lines deleted...]
-              <w:t>
 1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,5 баллов</w:t>
-[...13 lines deleted...]
-0 баллов</w:t>
+0,5 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="918" w:type="dxa"/>
+            <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
+            <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Контингент обучающихся</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3221" w:type="dxa"/>
+Білім алушылар контингенті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Свыше 1000 обучающихся; </w:t>
-[...33 lines deleted...]
-            <w:tcW w:w="1351" w:type="dxa"/>
+1000–нан жоғары білім алушы; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+501–1000 білім алушы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+500-ден аз білім алушы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 баллов</w:t>
+5 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4 балла</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 балла</w:t>
+3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="918" w:type="dxa"/>
+            <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
+            <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие специальных условий в соответствии с контингентом детей с особыми образовательными потребностями:</w:t>
-[...27 lines deleted...]
-Наличие безбарьерной среды: пандус, лифт, подъемник, входная группа, кнопка вызова, оборудованная санитарно-гигиеническая комната, система ориентирования для поддержки мобильности, звукосигнал, светосигнал, тактильные дорожки, таблички Брайля;</w:t>
+Ерекше білім беру қажеттіліктері бар балалар контингентіне сәйкес арнайы жағдайлардың болуы:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.1. Білім алушылардың жалпы санынан ерекше білім беру қажеттіліктері бар білім алушылардың үлесі (контингенті);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тосқауылсыз ортаның болуы: пандус, лифт, көтергіш, кіру тобы, шақыру батырмасы, жабдықталған санитарлық-гигиеналық бөлме, ұтқырлықты қолдау үшін бағдарлау жүйесі, дыбыс сигнал, жарық сигнал, тактильді жолдар, Брайль тақтайшалары;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құрал-жабдықтар мен жиһаздармен жарақтандыру (ҚР БҒМ 2016 жылғы 22 қаңтардағы бұйрығына сәйкес.)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Логопед, дефектолог, тифлопедагогты сүйемелдеуді ұйымдастыру;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педагогтердің жалпы санынан инклюзивті білім беру бойынша біліктілікті арттыру курстарынан өткен педагогтардың үлесі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Оснащение оборудованием и мебелью (соответствие с </w:t>
-[...151 lines deleted...]
-            <w:tcW w:w="3221" w:type="dxa"/>
+Ерекше білім беру қажеттілігі бар балалардың, оның ішінде үйде оқитын балалардың бос уақытын ұйымдастыру (жеке дене ерекшеліктерін ескере отырып) </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үкіметтік емес ұйымдармен ынтымақтастықта болу|:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- оқыту семинарларын ұйымдастыру;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- тәжірибе алмасу (мастер-кластар);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- мәдени-көпшілік шараларды ұйымдастыру;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- бюджеттен тыс қаражат есебінен кабинеттерді оқыту, жабдықтау;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- балалардың шығармашылық жұмыстарын ұйымдастыру (жәрмеңкелер, көрмелер, мұражайлар)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...55 lines deleted...]
-Не имеется</w:t>
+жоқ;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+білім алушылардың жалпы санынан 1%;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Имеется </w:t>
-[...13 lines deleted...]
-Не имеется</w:t>
+білім алушылардың жалпы санынан 1 %-дан аса </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Имеется </w:t>
-[...13 lines deleted...]
-Не имеется</w:t>
+жоқ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бар</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоқ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бар</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоқ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жалпы санынан 10%-ға дейін;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Имеется </w:t>
-[...41 lines deleted...]
-более 10% от общего количества</w:t>
+жалпы санынан 10%-дан астам </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Не имеется </w:t>
-[...47 lines deleted...]
-            <w:tcW w:w="1351" w:type="dxa"/>
+жоқ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бар</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоқ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...13 lines deleted...]
-0 баллов;</w:t>
+0 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 и более баллов</w:t>
-[...69 lines deleted...]
-0 баллов;</w:t>
+2 және одан да көп балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бар болуына байланысты 1 балл </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бар болуына байланысты 1 балл </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0 баллов;</w:t>
-[...41 lines deleted...]
-0 баллов;</w:t>
+2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0 баллов;</w:t>
-[...13 lines deleted...]
-по 1 баллу в зависимости от наличия</w:t>
+0 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бар болуына байланысты 1 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="918" w:type="dxa"/>
+            <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
+            <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Создание комфортных условий и безопасной среды:</w:t>
-[...13 lines deleted...]
-- обеспеченность видеонаблюдением;</w:t>
+Қолайлы жағдай және қауіпсіз ортаны жасау:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- бейнебақылаумен қамтамасыз ету;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-- отсутствие возможности контроля и наблюдения за детьми в местах массового скопления (соответствие с </w:t>
-[...67 lines deleted...]
-            <w:tcW w:w="3221" w:type="dxa"/>
+- жаппай жиналатын жерлерде балаларды бақылау және бақылау мүмкіндігінің болмауы (ҚР Үкіметінің 2015 жылғы 3 сәуірдегі № 191 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қаулысына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- істен шыққан камералардың болмауы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- ұрлық пен бұзушылықтардың болмауы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- басқа мемлекеттік органдар тарапынан айыппұл санкцияларының болмауы (ІІД және ТЖД талдауы бойынша)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...12 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">
-Не имеется </w:t>
-[...19 lines deleted...]
-            <w:tcW w:w="1351" w:type="dxa"/>
+жоқ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...27 lines deleted...]
-по 1 баллу в зависимости от наличия</w:t>
+0 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+болуына байланысты 1 баллдан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="918" w:type="dxa"/>
+            <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
+            <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Доля рабочих учебных планов, согласованных с работодателями</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3221" w:type="dxa"/>
+Жұмыс берушілермен келісілген оқу жұмыс жоспарларының үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-имеется по всем специальностям;</w:t>
-[...33 lines deleted...]
-            <w:tcW w:w="1351" w:type="dxa"/>
+барлық мамандықтар бойынша бар;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бірнеше мамандық бойынша бар;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бағаланатын көрсеткіш жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 балла;</w:t>
+2 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0 баллов</w:t>
+0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> Эффективность обеспечения качества образования  (максимальное количество баллов по критерию – 27)  "руководитель третьей категории" - 15-20 баллов; "руководитель второй категории" - 20-25 баллов; "руководитель первой категории" - 25-27 баллов;</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Білім беру сапасын қамтамасыз етудің тиімділігі (өлшемшарттар бойынша балдың ең жоғары саны – 27)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"үшінші санатты басшы" - 15-20 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"екінші санатты басшы" - 20-25 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"бірінші санатты басшы" - 25-27 балл;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="918" w:type="dxa"/>
+            <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
+            <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...6 lines deleted...]
-            <w:tcW w:w="3221" w:type="dxa"/>
+              <w:t>
+Түлектердің жалпы санынан өткен оқу жылында жұмыспен қамтылған және жұмысқа орналастырылғандардың үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трудоустроены и заняты – 95%;</w:t>
-[...47 lines deleted...]
-            <w:tcW w:w="1351" w:type="dxa"/>
+Жұмысқа орналастырылды және бос емес – 95%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жұмысқа орналастырылды және бос емес – 75%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жұмысқа орналастырылды және бос емес – 60%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жұмысқа орналастырылды және бос емес –60%-дан төмен </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 баллов</w:t>
-[...41 lines deleted...]
-2 балла</w:t>
+5 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="918" w:type="dxa"/>
+            <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
+            <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...6 lines deleted...]
-            <w:tcW w:w="3221" w:type="dxa"/>
+              <w:t>
+Білім сапасының динамикасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Повышение – на 16 – 20%;</w:t>
-[...13 lines deleted...]
-Повышение на 11 - 15%;</w:t>
+16 – 20%-ға өсу;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11 - 15%-ға өсу;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Повышение на 7 - 10%; </w:t>
-[...33 lines deleted...]
-            <w:tcW w:w="1351" w:type="dxa"/>
+7 - 10%-ға өсу; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өткен жылғы деңгейге сәйкес;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын көрсеткіштер жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 балла</w:t>
-[...27 lines deleted...]
-2 балла</w:t>
+4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0 баллов</w:t>
+0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="918" w:type="dxa"/>
+            <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
+            <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Доля увеличения обучающихся по дуальной форме обучения</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3221" w:type="dxa"/>
+Дуальды оқыту нысаны бойынша білім алушыларды ұлғайту үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Повышение на 5%;</w:t>
-[...47 lines deleted...]
-            <w:tcW w:w="1351" w:type="dxa"/>
+5% -ға өсу;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3%-ға өсу;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өткен жылғы деңгейге сәйкес;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын көрсеткіштер жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 балла</w:t>
-[...13 lines deleted...]
-2 балла</w:t>
+4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0 баллов</w:t>
+0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="918" w:type="dxa"/>
+            <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
+            <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Доля обучающихся, продолжающих обучение от общего количества обучающихся принятых на определенный срок обучения</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3221" w:type="dxa"/>
+Белгілі бір оқу мерзіміне қабылданған білім алушылардың жалпы санынан оқуды жалғастыратын білім алушылардың үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Контингент на конец учебного года – 90%;</w:t>
-[...33 lines deleted...]
-            <w:tcW w:w="1351" w:type="dxa"/>
+Оқу жылының соңындағы контингент-90%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оқу жылының соңындағы контингент-80%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оқу жылының соңындағы контингент-70% және төмен;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 балла</w:t>
-[...27 lines deleted...]
-0 баллов</w:t>
+5 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="918" w:type="dxa"/>
+            <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
+            <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...34 lines deleted...]
-            <w:tcW w:w="3221" w:type="dxa"/>
+              <w:t>
+Облыстық, республикалық, халықаралық олимпиадалардың, конкурстардың, жарыстардың жеңімпаздары (жүлдегерлері) болған оқушылардың саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Международный уровень;</w:t>
-[...47 lines deleted...]
-            <w:tcW w:w="1351" w:type="dxa"/>
+Халықаралық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республикалық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Областық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық деңгей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 балла</w:t>
-[...27 lines deleted...]
-2 балла</w:t>
+4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="918" w:type="dxa"/>
+            <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
+            <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Участие организации образования в международных проектах</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3221" w:type="dxa"/>
+Білім беру ұйымының халықаралық жобаларға қатысуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Участие в нескольких проектах;</w:t>
-[...19 lines deleted...]
-            <w:tcW w:w="1351" w:type="dxa"/>
+Бірнеше жобаларға қатысуы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бір ғана жобаға қатысуы; бағаланатын көрсеткіш жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 балла</w:t>
+5 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 балла</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0 баллов</w:t>
+0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> Эффективность развития кадрового потенциала, инновационной деятельности  (максимальное количество баллов по критерию – 24) "руководитель третьей категории" - 10-15 баллов; "руководитель второй категории" - 16-20 баллов; "руководитель первой категории" - 21-24 баллов;</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Кадрлық әлеуетті, инновациялық қызметті дамытудың тиімділігі </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(өлшемшарттар бойынша балдың ең жоғарғы саны – 24)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"үшінші санатты басшы" - 10-15 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"екінші санатты басшы" - 16-20 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"бірінші санатты басшы" - 21-24 балл;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="918" w:type="dxa"/>
+            <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
+            <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Доля педагогов с высшим профессиональным образованием от общего количества педагогов организации образования</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3221" w:type="dxa"/>
+Білім беру ұйымдары педагогтерінің жалпы санынан жоғары кәсіптік білімі бар педагогтердің үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34699,243 +34601,243 @@
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 70 – 80%;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...6 lines deleted...]
-            <w:tcW w:w="1351" w:type="dxa"/>
+              <w:t>
+70% және төмен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 балла</w:t>
-[...41 lines deleted...]
-0 баллов</w:t>
+4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="918" w:type="dxa"/>
+            <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
+            <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...6 lines deleted...]
-            <w:tcW w:w="3221" w:type="dxa"/>
+              <w:t>
+Ғылыми/академиялық дәрежесі бар педагогтердің үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Не менее 30%; </w:t>
+30%-дан төмен; </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20-29%;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -34946,257 +34848,257 @@
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10 — 14%;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...6 lines deleted...]
-            <w:tcW w:w="1351" w:type="dxa"/>
+              <w:t>
+10% және төмен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 балла</w:t>
-[...27 lines deleted...]
-2 балла</w:t>
+4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0 баллов</w:t>
+0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="918" w:type="dxa"/>
+            <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
+            <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...6 lines deleted...]
-            <w:tcW w:w="3221" w:type="dxa"/>
+              <w:t xml:space="preserve">
+Білім беру ұйымдары педагогтерінің жалпы санынан "педагог-зерттеуші", "педагог-шебер" біліктілік санаты бар педагогтердің үлесі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Не менее 60%;</w:t>
+60%-дан төмен емес;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40 — 59%;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -35208,3710 +35110,3724 @@
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25 — 29%;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Ниже 25% </w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1351" w:type="dxa"/>
+25% және төмен </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 балла</w:t>
-[...27 lines deleted...]
-2 балла</w:t>
+4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0 баллов</w:t>
+0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="918" w:type="dxa"/>
+            <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
+            <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие молодых специалистов</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3221" w:type="dxa"/>
+Жас мамандардың болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Оцениваемый показатель присутствует;</w:t>
-[...19 lines deleted...]
-            <w:tcW w:w="1351" w:type="dxa"/>
+Бағаланатын көрсеткіш бар;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын көрсеткіш жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0 баллов</w:t>
+0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="918" w:type="dxa"/>
+            <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
+            <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...6 lines deleted...]
-            <w:tcW w:w="3221" w:type="dxa"/>
+              <w:t xml:space="preserve">
+Білім беру ұйымы басшысының менеджмент саласындағы біліктілікті арттыру курстары туралы сертификатының болуы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Оцениваемый показатель присутствует;</w:t>
-[...19 lines deleted...]
-            <w:tcW w:w="1351" w:type="dxa"/>
+Бағаланатын көрсеткіш бар;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын көрсеткіш жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0 баллов</w:t>
+0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="918" w:type="dxa"/>
+            <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
+            <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Количество педагогов, ставших победителями/призерами конкурсов профессионального мастерства</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3221" w:type="dxa"/>
+Кәсіби шеберлік конкурстарының жеңімпаздары/жүлдегерлері болған педагогтер саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Международный уровень;</w:t>
-[...47 lines deleted...]
-            <w:tcW w:w="1351" w:type="dxa"/>
+Халықаралық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республикалық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Областық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық деңгей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 балла</w:t>
-[...27 lines deleted...]
-2 балла</w:t>
+4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="918" w:type="dxa"/>
+            <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
+            <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Наличие разработанных программ, учебно-методических комплексов, методических рекомендаций/пособий, одобренных учебно-методическим советом </w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3221" w:type="dxa"/>
+Оқу-әдістемелік кеңес мақұлдаған әзірленген бағдарламалардың, оқу-әдістемелік кешендердің, әдістемелік ұсынымдардың/құралдардың болуы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Республиканский уровень;</w:t>
-[...27 lines deleted...]
-Районный уровень;</w:t>
+Халықаралық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республикалық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Областық деңгей;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Оцениваемые показатель отсутствует </w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1351" w:type="dxa"/>
+Аудандық деңгей бағаланатын көрсеткіш жоқ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 балла</w:t>
-[...13 lines deleted...]
-2 балла</w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0 баллов</w:t>
+0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="918" w:type="dxa"/>
+            <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
+            <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Инновационно-экспериментальная деятельность, участие в социальных/образовательных проектах</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3221" w:type="dxa"/>
+Инновациялық-эксперименттік қызмет, әлеуметтік/білім беру жобаларына қатысу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Республиканский уровень;</w:t>
-[...47 lines deleted...]
-            <w:tcW w:w="1351" w:type="dxa"/>
+Республикалық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Областық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық деңгей бағаланатын көрсеткіш жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 балла</w:t>
-[...13 lines deleted...]
-2 балла</w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0 баллов</w:t>
+0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> Эффективность материально — технического обеспечения (максимальное количество баллов по критерию – 4) "руководитель третьей категории" - 3 балл; "руководитель второй категории" - 3 балла; "руководитель первой категории" - 4 балла;</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Материалдық техникалық қамтамасыз ету тиімділігі </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(өлшемшарттар бойынша балдың ең жоғарғы саны – 4)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"үшінші санатты басшы" - 3 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"екінші санатты басшы" - 3 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+"бірінші санатты басшы" - 4 балл; </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="918" w:type="dxa"/>
+            <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
+            <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Улучшение материально-технической базы (приобретение современного оборудования, цифровых лабораторий, интерактивного оборудования, учебных кабинетов и т.д.)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3221" w:type="dxa"/>
+Материалдық-техникалық базаны жақсарту (қазіргі заманғы жабдықтарды, сандық зертханаларды, интерактивті жабдықтарды, оқу кабинеттері мен т. б. сатып алу)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+бағаланатын көрсеткіш бар бағаланатын көрсеткіш жоқ қосымша:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">
-Оцениваемый показатель присутствует </w:t>
-[...47 lines deleted...]
-            <w:tcW w:w="1351" w:type="dxa"/>
+бюджеттен тыс қаражат есебінен тыс иелену </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...27 lines deleted...]
-0 баллов</w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> Показатели снижения баллов (максимальное количество уменьшения баллов по критерию – минус 13 баллов)</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Балды төмендету көрсеткіштері </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(өлшемшарттар бойынша балды төмендетудің ең жоғарғы саны–13 балдан кем)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="918" w:type="dxa"/>
+            <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
+            <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие зарегистрированных случаев травматизма, повлекших за собой причинение вреда здоровью обучающихся/воспитанников, работников на территории организации образования во время учебно-воспитательного процесса</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3221" w:type="dxa"/>
+Оқу-тәрбие процесі кезінде білім беру ұйымының аумағында білім алушылардың/тәрбиеленушілердің, қызметкерлердің денсаулығына зиян келтіруге әкеп соққан тіркелген жарақаттану жағдайларының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Оцениваемый показатель присутствует </w:t>
-[...19 lines deleted...]
-            <w:tcW w:w="1351" w:type="dxa"/>
+бағаланатын көрсеткіш бар бағаланатын көрсеткіш жартылай бар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-минус 2 балла;</w:t>
-[...13 lines deleted...]
-минус 1 балл</w:t>
+2 балл кем;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл кем</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="918" w:type="dxa"/>
+            <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
+            <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие случаев суицида</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3221" w:type="dxa"/>
+Суицид жағдайларының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...12 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">
-Попытка суицида </w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1351" w:type="dxa"/>
+Аяқталған суицид; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Суицид әрекеті </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-минус 3 балла;</w:t>
-[...13 lines deleted...]
-минус 2 балл</w:t>
+3 балл кем;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл кем</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="918" w:type="dxa"/>
+            <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
+            <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...6 lines deleted...]
-            <w:tcW w:w="3221" w:type="dxa"/>
+              <w:t xml:space="preserve">
+Қылмыстардың, құқық бұзушылықтардың болуы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Оцениваемый показатель присутствует;</w:t>
-[...19 lines deleted...]
-            <w:tcW w:w="1351" w:type="dxa"/>
+Бағаланатын көрсеткіш бар Бағаланатын көрсеткіш жартылай бар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-минус 2 балла;</w:t>
-[...13 lines deleted...]
-минус 1 балл</w:t>
+2 балл кем;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл кем</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="918" w:type="dxa"/>
+            <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
+            <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Отсутствие комфортных условий и безопасной среды:</w:t>
-[...13 lines deleted...]
-- отсутствие видеонаблюдения;</w:t>
+Қолайлы жағдайлар мен қауіпсіз ортаны құру:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- бейнебақылаудың болмауы;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-- отсутствие возможности контроля и наблюдения за детьми в местах массового скопления (соответствие с </w:t>
-[...67 lines deleted...]
-            <w:tcW w:w="3221" w:type="dxa"/>
+- жаппай жиналатын жерлерде балаларды бақылау және бақылау мүмкіндігінің болмауы (ҚР Үкіметінің 2015 жылғы 3 сәуірдегі № 191 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қаулысына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- істен шыққан камералардың болуы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- ұрлық және бұзу;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- басқа мемлекеттік органдар тарапынан айыппұл санкцияларының болуы (ІІД және ТЖД мониторингі бойынша)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1351" w:type="dxa"/>
+            <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-минус 2</w:t>
-[...55 lines deleted...]
-минус 1</w:t>
+2 балл кем</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл кем</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1балл кем</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл кем</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл кем</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="918" w:type="dxa"/>
+            <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
+            <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие текучести кадров</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3221" w:type="dxa"/>
+Кадрлар тұрақтамауының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Текучесть свыше 20%;</w:t>
-[...33 lines deleted...]
-            <w:tcW w:w="1351" w:type="dxa"/>
+20%-дан жоғары тұрақтамау;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 – 19%-тұрақтамау;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 – 9%- тұрақтамау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-минус 3 балла;</w:t>
-[...27 lines deleted...]
-минус 1 балл</w:t>
+3 балл кем;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл кем;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл кем</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="918" w:type="dxa"/>
+            <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
+            <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Некачественное заполнения НОБД</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3221" w:type="dxa"/>
+ҰББД сапасыз толтыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...6 lines deleted...]
-            <w:tcW w:w="1351" w:type="dxa"/>
+              <w:t>
+Сандық көрсеткіштерде анықтықтың болмауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-минус 5 баллов;</w:t>
-[...27 lines deleted...]
-минус 5 баллов</w:t>
+5 балл кем;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 балл кем;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 балл кем</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="918" w:type="dxa"/>
+            <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
+            <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Наличие педагогов, не прошедших курсы повышения квалификации 1 раз в 5 лет (согласно </w:t>
-[...25 lines deleted...]
-            <w:tcW w:w="3221" w:type="dxa"/>
+5 жылда 1 рет біліктілікті арттыру курстарынан өтпеген педагогтердің болуы ("Педагог мәртебесі туралы" ҚР </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Заңына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Оцениваемый показатель присутствует </w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1351" w:type="dxa"/>
+Бағаланатын көрсеткіш бар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-минус 1 балл;</w:t>
+1 балл кем;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="918" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t xml:space="preserve"> И Т О Г О</w:t>
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> "руководитель третьей категории" - 33 – 44 баллов; "руководитель второй категории" - 45-56 баллов; "руководитель первой категории" - 57-65 балла.</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"үшінші санатты басшы" - 33 – 44 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"екінші санатты басшы" - 45-56 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"бірінші санатты басшы" - 57-65 балл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      *Достижение показателей учитываются за межаттестационный период (период между аттестациями)</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z384" w:id="308"/>
+      * Көрсеткіштерге қол жеткізу аттестаттау аралық кезеңде ескеріледі (аттестаттау арасындағы кезең)</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Показатели эффективности деятельности руководителя методического кабинета (центра) (максимальное количество баллов – 24)</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="308"/>
+        <w:t xml:space="preserve"> Әдістемелік кабинет (орталық) басшысы қызметінің тиімділік көрсеткіштері) (ең жоғарғы балл саны-24)</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1012"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1711"/>
+        <w:gridCol w:w="1404"/>
+        <w:gridCol w:w="5013"/>
+        <w:gridCol w:w="4264"/>
+        <w:gridCol w:w="1619"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1012" w:type="dxa"/>
-[...129 lines deleted...]
-              <w:t xml:space="preserve"> Баллы</w:t>
+            <w:tcW w:w="1404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5013" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Өлшемшарттар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4264" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Көрсеткіштер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5071" w:type="dxa"/>
+            <w:tcW w:w="5013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Открытость организации образования:</w:t>
-[...33 lines deleted...]
-            <w:tcW w:w="4506" w:type="dxa"/>
+Білім беру ұйымының ашықтығы:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- сайттың болуы (web-беттер),</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- апта сайын жаңартылып отыратын әлеуметтік желілердегі беттің болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4264" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Оцениваемый показатель присутствует; </w:t>
+Бағаланатын көрсеткіш бар; </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Оцениваемый показатель частично присутствует; </w:t>
-[...19 lines deleted...]
-            <w:tcW w:w="1711" w:type="dxa"/>
+Бағаланатын көрсеткіш жартылай бар; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын көрсеткіш жоқ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...12 lines deleted...]
-              <w:t>
 1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,5 баллов</w:t>
-[...13 lines deleted...]
-0 баллов</w:t>
+0,5 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5071" w:type="dxa"/>
+            <w:tcW w:w="5013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...6 lines deleted...]
-            <w:tcW w:w="4506" w:type="dxa"/>
+              <w:t>
+Ғылыми/академиялық дәрежесінің болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4264" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ученая степень;</w:t>
-[...33 lines deleted...]
-            <w:tcW w:w="1711" w:type="dxa"/>
+Ғылыми дәреже;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Академиялық дәреже;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын көрсеткіш жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 балла;</w:t>
+2 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0 баллов</w:t>
+0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5071" w:type="dxa"/>
+            <w:tcW w:w="5013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Доля методистов с ученой/академической степенью от количества методистов</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="4506" w:type="dxa"/>
+Әдіскерлер санынан ғылыми / академиялық дәрежесі бар әдіскерлердің үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4264" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -38953,256 +38869,256 @@
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20 — 29%;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Ниже 20% </w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1711" w:type="dxa"/>
+20% және төмен </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 балла</w:t>
-[...27 lines deleted...]
-2 балла</w:t>
+4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0 баллов</w:t>
+0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5071" w:type="dxa"/>
+            <w:tcW w:w="5013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Доля методистов с квалификационной категорией "педагог-исследователь", "педагог-мастер" от количества методистов</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="4506" w:type="dxa"/>
+Әдіскерлер санынан "педагог-зерттеуші", "педагог-шебер" біліктілік санаты бар әдіскерлердің үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4264" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Не менее 90%;</w:t>
+90% дан кем емес;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80 — 89%;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -39213,1877 +39129,1911 @@
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65 — 69%;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...6 lines deleted...]
-            <w:tcW w:w="1711" w:type="dxa"/>
+              <w:t>
+ 65% төмен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 балла</w:t>
-[...27 lines deleted...]
-2 балла</w:t>
+4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0 баллов</w:t>
+0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5071" w:type="dxa"/>
+            <w:tcW w:w="5013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...6 lines deleted...]
-            <w:tcW w:w="4506" w:type="dxa"/>
+              <w:t xml:space="preserve">
+Әдістемелік жұмыс тәжірибесін трансляциялау бойынша республикалық/халықаралық іс-шараларда басшының сөйлеген сөзі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4264" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Международный уровень;</w:t>
+Халықаралық деңгей;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Республиканский уровень </w:t>
-[...19 lines deleted...]
-            <w:tcW w:w="1711" w:type="dxa"/>
+Республикалық деңгей </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын көрсеткіш жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 балла</w:t>
+2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0 баллов</w:t>
+0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5071" w:type="dxa"/>
+            <w:tcW w:w="5013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Автор/соавтор разработанных программ, учебно-методического комплекса, методических рекомендаций/пособия по методической работе, одобренных Республиканским учебно-методическим советом</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="4506" w:type="dxa"/>
+Республикалық оқу-әдістемелік кеңес мақұлдаған әзірленген бағдарламалардың, оқу-әдістемелік кешеннің, әдістемелік жұмыс жөніндегі әдістемелік ұсынымдардың/ құралдардың авторы/тең авторы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4264" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Оцениваемый показатель присутствует;</w:t>
-[...19 lines deleted...]
-            <w:tcW w:w="1711" w:type="dxa"/>
+Бағаланатын көрсеткіш бар;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын көрсеткіш жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...12 lines deleted...]
-              <w:t>
 1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0 баллов</w:t>
+0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5071" w:type="dxa"/>
+            <w:tcW w:w="5013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Количество методистов, в том числе руководителя МК, ставших победителями/призерами в профессиональных конкурсах, участвовавших в социальных/образовательных проектах</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="4506" w:type="dxa"/>
+Әлеуметтік/білім беру жобаларына қатысқан кәсіби конкурстарда жеңімпаз/жүлдегер болған әдіскерлердің, оның ішінде МК басшысының саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4264" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Международный уровень;</w:t>
-[...27 lines deleted...]
-Областной уровень;</w:t>
+Халықаралық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республикалық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Областық деңгей</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Оцениваемый показатель отсутствует </w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1711" w:type="dxa"/>
+Бағаланатын көрсеткіш жоқ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 балла</w:t>
-[...13 lines deleted...]
-2 балла</w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0 баллов</w:t>
+0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5071" w:type="dxa"/>
+            <w:tcW w:w="5013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...6 lines deleted...]
-            <w:tcW w:w="4506" w:type="dxa"/>
+              <w:t xml:space="preserve">
+Әдістемелік жұмыс бойынша біліктілікті арттыру курстары туралы сертификаттың болуы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4264" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Оцениваемый показатель присутствует;</w:t>
-[...19 lines deleted...]
-            <w:tcW w:w="1711" w:type="dxa"/>
+Бағаланатын көрсеткіш бар;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын көрсеткіш жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0 баллов</w:t>
+0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5071" w:type="dxa"/>
+            <w:tcW w:w="5013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Количество активно действующих ассоциаций педагогов-предметников</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="4506" w:type="dxa"/>
+Белсенді жұмыс істейтін пән педагогтері қауымдастықтарының саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4264" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Не менее 6 ассоциаций;</w:t>
-[...33 lines deleted...]
-            <w:tcW w:w="1711" w:type="dxa"/>
+кемінде 6 қауымдастық;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3-5 қауымдастық;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 3 қауымдастық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 балла</w:t>
+2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0 баллов</w:t>
+0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5071" w:type="dxa"/>
+            <w:tcW w:w="5013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Участие руководителя методического кабинета (центра) в рабочих или экспертных группах </w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="4506" w:type="dxa"/>
+Әдістемелік кабинет (орталық) басшысының жұмыс немесе сараптамалық топтарға қатысуы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4264" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Международный уровень;</w:t>
-[...47 lines deleted...]
-            <w:tcW w:w="1711" w:type="dxa"/>
+Халықаралық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республикалық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Областық деңгей</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын көрсеткіш жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 балла</w:t>
-[...13 lines deleted...]
-2 балла</w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0 баллов</w:t>
+0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> Показатели снижения баллов (максимальное количество уменьшения баллов по критерию – минус 4 балла)</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балдың төмендеу көрсеткіші</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(өлшемшарттар бойынша балды төмендетудің ең көп саны –4 балл кем)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 11. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5071" w:type="dxa"/>
+            <w:tcW w:w="5013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...6 lines deleted...]
-            <w:tcW w:w="4506" w:type="dxa"/>
+              <w:t xml:space="preserve">
+Педагогтердің, әдістемелік кабинет (орталық) қызметкерлерінің негізделген шағымдарының, өтініштерінің болуы) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4264" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Оцениваемый показатель присутствует </w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1711" w:type="dxa"/>
+Бағаланатын көрсеткіш бар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-минус 1 балла;</w:t>
+1 балл кем;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5071" w:type="dxa"/>
+            <w:tcW w:w="5013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие текучести кадров</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="4506" w:type="dxa"/>
+Кадрлар тұрақтамауының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4264" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Текучесть свыше 20%;</w:t>
-[...33 lines deleted...]
-            <w:tcW w:w="1711" w:type="dxa"/>
+20%-дан жоғары тұрақтамау;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 – 19%-тұрақтамау;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 – 9%- тұрақтамау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-минус 3 балла;</w:t>
-[...27 lines deleted...]
-минус 1 балл</w:t>
+3 балл кем;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл кем;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл кем</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1012" w:type="dxa"/>
-[...27 lines deleted...]
-              <w:t xml:space="preserve"> Итого</w:t>
+            <w:tcW w:w="1404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> "руководитель третьей категории" - 17-19 баллов; "руководитель второй категории" - 20-21 баллов; "руководитель первой категории" - 22-24 балла.</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"үшінші санатты басшы" - 17-19 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"екінші санатты басшы" - 20-21 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"бірінші санатты басшы" - 22-24 балл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      *Достижение показателей учитываются за межаттестационный период (период между аттестациями)</w:t>
+      *Көрсеткіштерге қол жеткізу аттестаттау аралық кезеңде ескеріледі (аттестаттау арасындағы кезең)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -41119,298 +41069,272 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 15 к Правилам</w:t>
-[...246 lines deleted...]
-              <w:t>области образования и науки</w:t>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытудың, бастауыш, негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орта және жалпы орта білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>берудің жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандандырылған және арнайы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру бағдарламаларын іске</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында лауазымдарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атқаратын педагогтерді және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру мен ғылым</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы өзге де азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>15-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -41431,872 +41355,882 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z387" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">                    Протокол заседания аттестационной комиссии</w:t>
-[...114 lines deleted...]
-      Аттестованы на заявленную квалификационную категорию следующие руководители организаций образования:</w:t>
+        <w:t xml:space="preserve"> Аттестаттау комиссиясы отырысының хаттамасы </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "___"___________________ 20____ жыл</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия төрағасы:_____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия мүшелері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1.________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аттестаттау кезеңдерінің қорытындысы бойынша комиссияның ШЕШІМІ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Білім беру ұйымдарының келесі басшылары өтініш берілген біліктілік санаттарына аттестатталды:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="845"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1904"/>
+        <w:gridCol w:w="810"/>
+        <w:gridCol w:w="5203"/>
+        <w:gridCol w:w="810"/>
+        <w:gridCol w:w="1318"/>
+        <w:gridCol w:w="2333"/>
+        <w:gridCol w:w="1826"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="845" w:type="dxa"/>
+            <w:tcW w:w="810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4898" w:type="dxa"/>
+            <w:tcW w:w="5203" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ф.И.О. (при наличии)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="845" w:type="dxa"/>
+Т.А.Ә. (бар болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Должность</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1904" w:type="dxa"/>
+Лауазымы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Имеющаяся квалификационная категория</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1904" w:type="dxa"/>
+Біліктілік санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2333" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Заявляемая квалификационная категория</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1904" w:type="dxa"/>
+Өтініш берілген біліктілік санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Присвоенная квалификационная категория</w:t>
+Берілген біліктілік санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="845" w:type="dxa"/>
+            <w:tcW w:w="810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4898" w:type="dxa"/>
+            <w:tcW w:w="5203" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="845" w:type="dxa"/>
+            <w:tcW w:w="810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1904" w:type="dxa"/>
+            <w:tcW w:w="1318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1904" w:type="dxa"/>
+            <w:tcW w:w="2333" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1904" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="845" w:type="dxa"/>
+            <w:tcW w:w="810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4898" w:type="dxa"/>
+            <w:tcW w:w="5203" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="845" w:type="dxa"/>
+            <w:tcW w:w="810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1904" w:type="dxa"/>
+            <w:tcW w:w="1318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1904" w:type="dxa"/>
+            <w:tcW w:w="2333" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1904" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -42306,2499 +42240,1754 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Аттестованы на заявленную квалификационную категорию с ротацией следующие руководители организаций образования:</w:t>
+      Білім беру ұйымдарының келесі басшылары өтініш берілген біліктілік санаттарына ротациямен аттестатталды:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="860"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="861"/>
+        <w:gridCol w:w="810"/>
+        <w:gridCol w:w="5203"/>
+        <w:gridCol w:w="810"/>
+        <w:gridCol w:w="1318"/>
+        <w:gridCol w:w="2333"/>
+        <w:gridCol w:w="1826"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="860" w:type="dxa"/>
+            <w:tcW w:w="810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3907" w:type="dxa"/>
+            <w:tcW w:w="5203" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ФИО (отчество при наличии)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="860" w:type="dxa"/>
+Т.А.Ә. (бар болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Должность</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1937" w:type="dxa"/>
+Лауазымы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Имеющаяся квалификационная категория</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1937" w:type="dxa"/>
+Біліктілік санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2333" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Заявляемая квалификационная категория</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1938" w:type="dxa"/>
+Өтініш берілген біліктілік санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Присвоенная квалификационная категория</w:t>
-[...35 lines deleted...]
-Причина</w:t>
+Берілген біліктілік санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="860" w:type="dxa"/>
+            <w:tcW w:w="810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3907" w:type="dxa"/>
+            <w:tcW w:w="5203" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="860" w:type="dxa"/>
+            <w:tcW w:w="810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1937" w:type="dxa"/>
+            <w:tcW w:w="1318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1937" w:type="dxa"/>
+            <w:tcW w:w="2333" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1938" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="861" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="860" w:type="dxa"/>
+            <w:tcW w:w="810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3907" w:type="dxa"/>
+            <w:tcW w:w="5203" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="860" w:type="dxa"/>
+            <w:tcW w:w="810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1937" w:type="dxa"/>
+            <w:tcW w:w="1318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1937" w:type="dxa"/>
+            <w:tcW w:w="2333" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1938" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...315 lines deleted...]
-        </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Не аттестованы на заявленную квалификационную категорию следующие руководители организаций образования:</w:t>
+        <w:t xml:space="preserve">
+      Білім беру ұйымдарының келесі басшылары өтініш берілген біліктілік санаттарына аттестатталмады: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="790"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="792"/>
+        <w:gridCol w:w="760"/>
+        <w:gridCol w:w="4881"/>
+        <w:gridCol w:w="760"/>
+        <w:gridCol w:w="1236"/>
+        <w:gridCol w:w="2189"/>
+        <w:gridCol w:w="1713"/>
+        <w:gridCol w:w="761"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="790" w:type="dxa"/>
+            <w:tcW w:w="760" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4583" w:type="dxa"/>
+            <w:tcW w:w="4881" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ф.И.О. (при наличии)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="791" w:type="dxa"/>
+Т.А.Ә. (бар болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="760" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Должность</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1781" w:type="dxa"/>
+Лауазымы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Имеющаяся квалификационная категория</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1781" w:type="dxa"/>
+Біліктілік санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Заявляемая квалификационная категория</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1782" w:type="dxa"/>
+Өтініш берілген біліктілік санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Присвоенная квалификационная категория</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="792" w:type="dxa"/>
+Берілген біліктілік санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="761" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Причина</w:t>
+              <w:t xml:space="preserve">
+Себебі </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="790" w:type="dxa"/>
+            <w:tcW w:w="760" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4583" w:type="dxa"/>
+            <w:tcW w:w="4881" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="791" w:type="dxa"/>
+            <w:tcW w:w="760" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1781" w:type="dxa"/>
+            <w:tcW w:w="1236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1781" w:type="dxa"/>
+            <w:tcW w:w="2189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1782" w:type="dxa"/>
+            <w:tcW w:w="1713" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="792" w:type="dxa"/>
+            <w:tcW w:w="761" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="790" w:type="dxa"/>
+            <w:tcW w:w="760" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4583" w:type="dxa"/>
+            <w:tcW w:w="4881" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="791" w:type="dxa"/>
+            <w:tcW w:w="760" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1781" w:type="dxa"/>
+            <w:tcW w:w="1236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1781" w:type="dxa"/>
+            <w:tcW w:w="2189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1782" w:type="dxa"/>
+            <w:tcW w:w="1713" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="792" w:type="dxa"/>
+            <w:tcW w:w="761" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...276 lines deleted...]
-      </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Председатель Комиссии</w:t>
-[...181 lines deleted...]
-        <w:t>(подпись)</w:t>
+      Комиссия төрағасы __________________________ (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия мүшелері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. ___________________________ (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. ___________________________ (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. ___________________________ (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. ___________________________ (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Хатшы: ___________________________ (қолы)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -44834,298 +44023,272 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 16 к Правилам</w:t>
-[...246 lines deleted...]
-              <w:t>области образования и науки</w:t>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытудың, бастауыш, негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орта және жалпы орта білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>берудің жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандандырылған және арнайы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру бағдарламаларын іске</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында лауазымдарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атқаратын педагогтерді және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру мен ғылым</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы өзге де азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>16-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -45146,336 +44309,340 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z390" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                УДОСТОВЕРЕНИЕ</w:t>
-[...264 lines deleted...]
-        <w:t>Дата выдачи "____" __________ 20 ____ года</w:t>
+        <w:t xml:space="preserve"> Біліктілік санатын беру (растау) арқылы аттестаттау туралы КУӘЛІК</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Білім беру ұйымының немесе білім беруді басқару органының толық атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы куәлік 20_____жылғы _____ № "___" бұйрығымен аттесттаттау комиссиясының шешіміне сәйкес</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________берілді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Т.А.Ә. (бар болған жағдайда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20_____жылғы ___ ___________№ "___" біліктілік санаты берілді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________ ________бойынша лауазымы ______________ (лауазым атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы аталған куәлік 20____жылғы "____" ______________дейін жарамды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Білім беру ұйымының басшысы ______________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Т.А.Ә. (бар болған жағдайда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мөр орны</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тіркеу нөмірі __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Берілген күні "____" __________ 20 ____ жыл</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -45511,298 +44678,272 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 17 к Правилам</w:t>
-[...246 lines deleted...]
-              <w:t>области образования и науки</w:t>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытудың, бастауыш, негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орта және жалпы орта білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>берудің жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандандырылған және арнайы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру бағдарламаларын іске</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында лауазымдарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атқаратын педагогтерді және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру мен ғылым</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы өзге де азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>17-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -45823,595 +44964,916 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z393" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">              Журнал регистрации и выдачи удостоверений об аттестации</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="311"/>
+        <w:t xml:space="preserve"> Аттестаттау туралы куәлікті тіркеу және беру журналы</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="773"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="831"/>
+        <w:gridCol w:w="3137"/>
+        <w:gridCol w:w="2055"/>
+        <w:gridCol w:w="1100"/>
+        <w:gridCol w:w="2974"/>
+        <w:gridCol w:w="1101"/>
+        <w:gridCol w:w="1102"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="773" w:type="dxa"/>
+            <w:tcW w:w="831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-п/п</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2920" w:type="dxa"/>
+р/н</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Фамилия, имя, отчество (при наличии)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2482" w:type="dxa"/>
+Т.А.Ә. (бар болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2055" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование должности и присвоенной/ подтвержденной квалификационной категории</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1024" w:type="dxa"/>
+Біліктілік талаптарын беру/растау лауазымының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дата решения комиссии</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3052" w:type="dxa"/>
+Комиссия шешімінің күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дата и номер приказа о присвоении/ подтверждении квалификационной категории</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1024" w:type="dxa"/>
+Біліктілік талаптарын беру/растау туралы бұйрықтың нөмірі мен күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1101" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дата выдачи удостоверения</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+Куәлік берілген күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1102" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Подпись в получении</w:t>
+Табыстау туралы қолы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="773" w:type="dxa"/>
+            <w:tcW w:w="831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2920" w:type="dxa"/>
+            <w:tcW w:w="3137" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2482" w:type="dxa"/>
+            <w:tcW w:w="2055" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3052" w:type="dxa"/>
+            <w:tcW w:w="2974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1101" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="1102" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -46483,170 +45945,272 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2</w:t>
-[...38 lines deleted...]
-              <w:t>от 27 января 2016 года № 83</w:t>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білім және ғылым министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2016 жылғы 27 қаңтардағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 83 бұйрығына 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z48" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мектепке дейінгі, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарында жұмыс істейтін педагог қызметкерлер мен оларға теңестірілген тұлғаларды аттестаттаудан өткізу қағидалары мен шарттары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 2 исключено в соответствии с приказом Министра образования и науки РК от 17.10.2017 </w:t>
+      Ескерту. 2-қосымша алып тасталды – ҚР Білім және ғылым министрінің 17.10.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 530</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
+					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
@@ -46985,35 +46549,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>