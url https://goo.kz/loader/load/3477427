--- v0 (2025-12-08)
+++ v1 (2025-12-29)
@@ -1,2785 +1,5340 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00C1362C" w:rsidRPr="00C1362C" w:rsidRDefault="00C1362C" w:rsidP="00C1362C">
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C1362C">
+      <w:r w:rsidRPr="007967EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>«Отбасы мен мектеп бірге»</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00C1362C" w:rsidRPr="00C1362C" w:rsidRDefault="00C1362C" w:rsidP="00C1362C">
+        <w:t>ПРОТОКОЛ №1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C1362C">
-[...23 lines deleted...]
-      <w:r w:rsidRPr="00C1362C">
+      <w:r w:rsidRPr="007967EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ҚҰРЫЛТАЙШЫЛЫҚ ЖИНАЛЫСЫНЫҢ</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00C1362C" w:rsidRPr="00C1362C" w:rsidRDefault="00C1362C" w:rsidP="00C1362C">
+        <w:t>УЧРЕДИТЕЛЬНОГО СОБРАНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C1362C">
+      <w:r w:rsidRPr="007967EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>N 1 ХАТТАМАСЫ</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00C1362C" w:rsidRPr="00C1362C" w:rsidRDefault="00C1362C" w:rsidP="00C1362C">
+        <w:t>Общественного фонда</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C1362C">
-[...81 lines deleted...]
-      <w:r w:rsidRPr="00C1362C">
+      <w:r w:rsidRPr="007967EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ҚАТЫСҚАНДАР:</w:t>
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00C1362C">
+        <w:t>« СЕМЬЯ И ШКОЛА ВМЕСТЕ» («FAST»)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Город Павлодар                                                              25.08.2017 г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C1362C" w:rsidRPr="00C1362C" w:rsidRDefault="00C1362C" w:rsidP="00C1362C">
-[...241 lines deleted...]
-      <w:r w:rsidRPr="00C1362C">
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>УЧАСТВОВАЛИ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C1362C" w:rsidRPr="00C1362C" w:rsidRDefault="00C1362C" w:rsidP="00C1362C">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00C1362C">
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.Ахметзянова Елена </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Равильевна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, №041946784, МВД РК от04.11.2016 , адрес проживания Республика  Казахстан, г. Павлодар, улица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Камзина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>  д. 358, квартира 61</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.Мигачева Евгения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сергеевна,уд.личности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 022007621, МЮ РК от 10.06.2008  адрес проживания Республика Казахстан,      г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>авлодар, улица  Курская    дом 63  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.Ахмолдина Александра </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Александровна,уд.личности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №, 039646968 МВД РК  от 29.09.2015, адрес проживания Республика Казахстан,   г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>авлодар, улица    Кутузова    д. 285 , квартира 188 ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.Айтуар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>РизатБоранбайұлы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ,</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уд.личности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 038568486, ҚР ІІМ  от 08.06.2015, адрес проживания Республика Казахстан, г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>авлодар, улица Кутузова   д. 297 , квартира 264 ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Хамитова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Светлана </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Николаевна,уд.личности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №015948388, МВД РК от 25.06.2004, адрес проживания Республика Казахстан, г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>авлодар, улица  Кутузова  д. 287 , квартира 320 ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.Комарова Евгения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Николаевна,уд.личности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 020825392 МЮ РК от 20.09.2007 , адрес проживания Республика Казахстан,  г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">авлодар, улица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Камзина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,  д. 350,        квартира 109  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.Мазеин Оксана Георгиевна, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уд.личности№</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 005255144,МВД РК от13.10.1999 ,адрес проживания Республика Казахстан, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>авлодар,улица</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кутузова ,д. 295,квартира 68</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8.Ахметжанова </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>АлтыншашКупеевна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уд</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ичности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №037610902,МВД РК от 27.10.2014, адрес проживания Республика Казахстан, п. Тобол улица Элеваторная  д.24,квартира 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9.Максимычева Наталья </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Владимировна,уд.личности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №032298698 МВД РК от 31.10.2011  ,адрес проживания Республика Казахстан, г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>авлодар улица  Кутузова  д.297,квартира 183</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10.Загитова </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>АлияКахармановна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уд.личности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 035571876,МВД РК от 28.08.2013, адрес проживания г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">авлодар, улица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Камзина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> д.358 квартира 11</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C1362C" w:rsidRPr="00C1362C" w:rsidRDefault="00C1362C" w:rsidP="00C1362C">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00C1362C">
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Председателем собрания </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>избрана</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Базарбаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Азиза</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сериковна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Секретарем </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>избрана</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ахмолдина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>   Александра Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Присутствие участников 100%. Кворум соблюдён.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Жиналыстың төрағасы болып Е.Р.Ахметзянова  сайланды.</w:t>
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00C1362C">
+        <w:t>Повестка дня:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1.Об учреждении общественного фонда «Семья и школа вместе»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2.О местонахождении общественного фонда «Семья и школа вместе»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3.Об учредительном договоре и уставе общественного фонда «Семья и школа вместе</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> руководстве общественного фонда « Семья и школа вместе» и Ревизоре.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.О назначении председателя, исполнительного органа, ревизора общественного фонда « Семья и школа вместе», а </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>такжеоб</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> избрании Попечительского совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5.Огосударственной регистрации общественного фонда « Семья и школа вместе»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ПО ПЕРВОМУ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ВОПРОСУ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>повестки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дня выступила   </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Хатшы:                       А.А Ахмолдина</w:t>
-[...38 lines deleted...]
-      <w:r w:rsidRPr="00C1362C">
+        <w:t>Мазеин</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>КҮН ТӘРТІБІ:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00C1362C" w:rsidRPr="00C1362C" w:rsidRDefault="00C1362C" w:rsidP="00C1362C">
+        <w:t xml:space="preserve"> Оксана Георгиевна</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, которая предложила создать общественный  фонд « Семья и школа вместе»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Голосовали по первому вопросу:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЗА - 10  человек</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ПРОТИВ – 0 человек</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ВОЗДЕРЖАЛИСЬ – 0 человек</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ПО ВТОРОМУ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ВОПРОСУ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>повестки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дня </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>выспутила</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мигачева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Евгения Сергеевна</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, которая предложила местонахождением Фонда </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>определеить</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Республика Казахстан,140011, Павлодарская область, город Павлодар, улица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Камзина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, 346 кабинет №3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Голосовали по второму вопросу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЗА – 10</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ПРОТИВ – 0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ВОЗДЕРЖАЛИСЬ –0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ПО ТРЕТЬЕМУ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ВОПРОСУ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>повестки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дня выступил </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Айтуаров</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ризат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Боранбаевич</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,                который предложила утвердить Учредительный договор и устав общественного фонда</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Голосовали по третьему  вопросу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЗА – 10</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ПРОТИВ – 0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ВОЗДЕРЖАЛИСЬ –0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ПО ЧЕТВЕРТОМУ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ВОПРОСУ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>повестки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дня выступила Комарова Евгения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Николаевна</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оторая</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предложила избрать Председателем общественного фонда </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ахметзянова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Е.Р.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> а также назначить исполнительным органом «Семья и школа»с правом первой подписи на всех банковских и финансовых документах, сроком на 5 (пять) лет</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Избрать Ревизором Фонда </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мигачеву</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Евгению Сергеевну</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> сроком на 2 (два) года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Избрать Попечительский совет, сроком на два года в количестве 7 человек в составе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.Ахметзянова Елена </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Равильевна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2.Ахмолдина Александра Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">3.Айтуаров </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ризат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Боранбайұлы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4.Хамитова Светлана Николаевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5.Комарова Евгения Николаевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6.Максимычева Наталья Владимировна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.Загитова </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Алия</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кахармановна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8.Мигачева Евгения Сергеевна                </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9.Ахметжанова </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>АлтыншашКупеевна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>10.Мазеин Оксана Георгиевна                  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">А также назначить Попечительский совет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>предстваительным</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> органом фонда                       « Семья и школа вместе»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Голосовали по четвертому вопросу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЗА –10</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ПРОТИВ – 0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ВОЗДЕРЖАЛИСЬ – 0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ПО ПЯТОМУ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ВОПРОСУ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>повестки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дня выступила </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Загитова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Алия</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кахармановна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, которая сообщила, что необходимо зарегистрировать Фонд в органах юстиции, статистики и налоговом управлении по городу Павлодар и предложила поручить</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Максимычевой Наталье  Владимировна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>произвести все необходимые действия по регистрации Фонда « Семья и школа вместе».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Голосовали по пятому  вопросу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЗА – 10 человека</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ПРОТИВ – 0 человек</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ВОЗДЕРЖАЛИСЬ – 0 человек</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>РЕШЕНИЕ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C1362C">
-[...31 lines deleted...]
-    <w:p w:rsidR="00C1362C" w:rsidRPr="00C1362C" w:rsidRDefault="00C1362C" w:rsidP="00C1362C">
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Создать общественный фонд « Семья и школа вместе»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C1362C">
-[...31 lines deleted...]
-    <w:p w:rsidR="00C1362C" w:rsidRPr="00C1362C" w:rsidRDefault="00C1362C" w:rsidP="00C1362C">
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Определить местонахождением общественного фонда «Семья и школа вместе» Республика Казахстан, 140011, Павлодарская область, город Павлодар, улица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Камзина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, 346, кабинет №3.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C1362C">
-[...31 lines deleted...]
-    <w:p w:rsidR="00C1362C" w:rsidRPr="00C1362C" w:rsidRDefault="00C1362C" w:rsidP="00C1362C">
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Утвердить Учредительный договор и Устав общественного фонда « Семья и школа вместе»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C1362C">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00C1362C">
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Избрать Председателем общественного фонда « Семья и школа вместе, а также  назначить исполнительным органом фонд « Семья и школа вместе</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> правом первой подписи на всех банковских и финансовых документах, сроком на 5 (пять) лет</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Избрать Ревизором Фонда </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Отбасы мен мектеп бірге</w:t>
-[...39 lines deleted...]
-      <w:r w:rsidRPr="00C1362C">
+        <w:t>Мигачеву</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Отбасы мен мектеп бірге</w:t>
-[...25 lines deleted...]
-      <w:r w:rsidRPr="00C1362C">
+        <w:t xml:space="preserve"> Евгению Сергеевну</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>  сроком на 2 (два) года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="708"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Избрать членов Учредительного фонда, сроком на два года в количестве 7 человек в составе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.Ахметзянова Елена </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Равильевна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2.Ахмолдина Александра Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.Айтуаров </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ризат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Боранбайұлы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4.Хамитова Светлана Николаевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5.Комарова Евгения Николаевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6.Максимычева Наталья Владимировна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.Загитова </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Алия</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кахармановна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8.Мигачева Евгения Сергеевна                </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9.Ахметжанова </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>АлтыншашКупеевна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>10.Мазеин Оксана Георгиевна                  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Попечительский совет  назначить  представительным органом фонда « Семья и школа вместе»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Произвести все действия, необходимые для государственной регистрации общественного фонда « Семья и школа вместе</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> органах юстиции, статистики и налоговом управлении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Председатель</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:А</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>хметзянова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Елена </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Равильевна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Секретарь</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:А</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>хмолдина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Александра Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C1362C" w:rsidRPr="00C1362C" w:rsidRDefault="00C1362C" w:rsidP="00C1362C">
-[...22 lines deleted...]
-      <w:r w:rsidRPr="00C1362C">
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>РЕШЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ПОПЕЧИТЕЛЬСКОГО СОВЕТА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Общественного фонда </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007967EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>БІРІНШІ МӘСЕЛЕ БОЙЫНША </w:t>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00C1362C">
+        <w:t>«Семья и школа вместе» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о назначении исполнительного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Город Павлодар                                       «___» ______2017 г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ПРИСУТСТВОВАЛИ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.1.Ахметзянова Елена </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Равильевна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2.Ахмолдина Александра Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.Айтуаров </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ризат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Боранбайұлы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4.Хамитова Светлана Николаевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5.Комарова Евгения  Николаевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6.Максимычева Наталья Владимировна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.Загитова </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Алия</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кахармановна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8.Ахметжанова </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Алтыншаш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Купеевна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>9.Мазеин Оксана Георгиевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>10.Мигачева  Евгения Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Председателем собрания </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>избрана</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Базарбаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Азиза</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сериковна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                         ;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Секретарем </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>избрана</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ахмолдина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Александра Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Отбасы мен мектеп бірге</w:t>
-[...121 lines deleted...]
-      <w:r w:rsidRPr="00C1362C">
+        <w:t>Повестка дня:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1.О назначении исполнительного органа общественный фонд «Семья и школа вместе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ПО ПЕРВОМУ ВОПРОСУ повестки дня выступила председатель попечительского совета </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ахметзянова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Е.Р., которая предложила назначить исполнительным органом фонда «Семья и школа вместе» Председателя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>общественного фонда « Семья и школа вместе» с правом первой подписи на всех банковских и финансовых документах</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C1362C" w:rsidRPr="00C1362C" w:rsidRDefault="00C1362C" w:rsidP="00C1362C">
-[...153 lines deleted...]
-      <w:r w:rsidRPr="00C1362C">
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Голосовали по первому  вопросу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЗА – 10</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ПРОТИВ – 0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ВОЗДЕРЖАЛИСЬ – 0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C1362C" w:rsidRPr="00C1362C" w:rsidRDefault="00C1362C" w:rsidP="00C1362C">
-[...175 lines deleted...]
-      <w:r w:rsidRPr="00C1362C">
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ПРИНЯТО РЕШЕНИЕ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.Назначить исполнительным органом фонд «Семья и школа вместе»  Председателя общественный фонд  «Семья и школа вместе» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Базарбаеву</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А.С.с правом первой подписи на всех банковских и финансовых документах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C1362C" w:rsidRPr="00C1362C" w:rsidRDefault="00C1362C" w:rsidP="00C1362C">
-[...1278 lines deleted...]
-    <w:sectPr w:rsidR="00EE6E69" w:rsidSect="00464C0B">
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Председатель: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ахметзянова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Елена </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Равильевна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="007967EA" w:rsidRPr="007967EA" w:rsidRDefault="007967EA" w:rsidP="007967EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Секретарь</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:А</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>хмолдина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007967EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Александра Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE6E69" w:rsidRDefault="007967EA"/>
+    <w:sectPr w:rsidR="00EE6E69" w:rsidSect="00A7664F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="1F0E0D9D"/>
+    <w:nsid w:val="102A4668"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="9F40D55C"/>
+    <w:tmpl w:val="DFFAFE04"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -2845,184 +5400,69 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
-[...111 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="130"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00C1362C"/>
+    <w:rsidRoot w:val="007967EA"/>
     <w:rsid w:val="00153992"/>
-    <w:rsid w:val="00464C0B"/>
+    <w:rsid w:val="007967EA"/>
     <w:rsid w:val="0084783F"/>
-    <w:rsid w:val="00C1362C"/>
+    <w:rsid w:val="00A7664F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -3165,150 +5605,115 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00464C0B"/>
-[...19 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00A7664F"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="20">
-[...13 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C1362C"/>
+    <w:rsid w:val="007967EA"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00C1362C"/>
+    <w:rsid w:val="007967EA"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="737365013">
+    <w:div w:id="1122962860">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
@@ -3551,51 +5956,51 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>4749</Characters>
+  <Pages>3</Pages>
+  <Words>1121</Words>
+  <Characters>6395</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>39</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>53</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5571</CharactersWithSpaces>
+  <CharactersWithSpaces>7501</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>