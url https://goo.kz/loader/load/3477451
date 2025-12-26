--- v0 (2025-12-05)
+++ v1 (2025-12-26)
@@ -1,1955 +1,2124 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00AB5176" w:rsidRPr="00AB5176" w:rsidRDefault="00AB5176" w:rsidP="00AB5176">
+    <w:p w:rsidR="00870215" w:rsidRPr="00870215" w:rsidRDefault="00870215" w:rsidP="00870215">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AB5176">
+      <w:r w:rsidRPr="00870215">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>«Добро и милосердие»қоғамдық қорының  жұмыс жоспары  20</w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> оқу жылы</w:t>
+        <w:t>ПЛАН РАБОТЫ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB5176" w:rsidRPr="00AB5176" w:rsidRDefault="00AB5176" w:rsidP="00AB5176">
+    <w:p w:rsidR="00870215" w:rsidRPr="00870215" w:rsidRDefault="00870215" w:rsidP="00870215">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AB5176">
+      <w:r w:rsidRPr="00870215">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Общественного фонда « Добро и милосердие»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00870215" w:rsidRPr="00870215" w:rsidRDefault="00870215" w:rsidP="00870215">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00870215">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ГУ « Средняя общеобразовательная школа № 28» города Павлодара</w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="00870215" w:rsidRPr="00870215" w:rsidRDefault="00870215" w:rsidP="00870215">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00870215">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на 2019-2020 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00870215">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уч</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00870215">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.г</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="8940" w:type="dxa"/>
+        <w:tblW w:w="7950" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="393"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3324"/>
+        <w:gridCol w:w="323"/>
+        <w:gridCol w:w="5732"/>
+        <w:gridCol w:w="1895"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AB5176" w:rsidRPr="00AB5176" w:rsidTr="00AB5176">
-[...30 lines deleted...]
-            <w:r w:rsidRPr="00AB5176">
+      <w:tr w:rsidR="00870215" w:rsidRPr="00870215" w:rsidTr="00870215">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00870215" w:rsidRPr="00870215" w:rsidRDefault="00870215" w:rsidP="00870215">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00870215">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AB5176" w:rsidRPr="00AB5176" w:rsidRDefault="00AB5176" w:rsidP="00AB5176">
-[...103 lines deleted...]
-              <w:t>мерзімі</w:t>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5687" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00870215" w:rsidRPr="00870215" w:rsidRDefault="00870215" w:rsidP="00870215">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00870215">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Содержание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1787" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00870215" w:rsidRPr="00870215" w:rsidRDefault="00870215" w:rsidP="00870215">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00870215">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сроки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB5176" w:rsidRPr="00AB5176" w:rsidTr="00AB5176">
-[...2 lines deleted...]
-            <w:tcW w:w="8895" w:type="dxa"/>
+      <w:tr w:rsidR="00870215" w:rsidRPr="00870215" w:rsidTr="00870215">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7887" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AB5176" w:rsidRPr="00AB5176" w:rsidRDefault="00AB5176" w:rsidP="00AB5176">
-[...19 lines deleted...]
-              <w:t>Қамқоршылық кеңесінің жиналысы</w:t>
+          <w:p w:rsidR="00870215" w:rsidRPr="00870215" w:rsidRDefault="00870215" w:rsidP="00870215">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00870215">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Заседания Попечительского совета</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB5176" w:rsidRPr="00AB5176" w:rsidTr="00AB5176">
-[...30 lines deleted...]
-            <w:r w:rsidRPr="00AB5176">
+      <w:tr w:rsidR="00870215" w:rsidRPr="00870215" w:rsidTr="00870215">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00870215" w:rsidRPr="00870215" w:rsidRDefault="00870215" w:rsidP="00870215">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00870215">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5235" w:type="dxa"/>
-[...77 lines deleted...]
-              <w:t>қыркүйек</w:t>
+            <w:tcW w:w="5687" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00870215" w:rsidRPr="00870215" w:rsidRDefault="00870215" w:rsidP="00870215">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00870215">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Отчет о работе Попечительского совета школы за 2019учебный год. Корректировка состава ( в случае необходимости</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00870215">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00870215">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">равления Попечительского совета на 2019/2020 учебный год. Утверждение плана работы на 2019/2020 учебный год. Обсуждение вопросов по обновленному содержанию обучения </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00870215">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">( </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00870215">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>включая вопрос о необходимости выполнения Приказа МОН РК « Об утверждении  требований  к обязательной школьной форме для организаций среднего образования»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1787" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00870215" w:rsidRPr="00870215" w:rsidRDefault="00870215" w:rsidP="00870215">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00870215">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB5176" w:rsidRPr="00AB5176" w:rsidTr="00AB5176">
-[...30 lines deleted...]
-            <w:r w:rsidRPr="00AB5176">
+      <w:tr w:rsidR="00870215" w:rsidRPr="00870215" w:rsidTr="00870215">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00870215" w:rsidRPr="00870215" w:rsidRDefault="00870215" w:rsidP="00870215">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00870215">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5235" w:type="dxa"/>
-[...169 lines deleted...]
-              <w:t>Жыл бойы, демеушілердің тартылуына қарай</w:t>
+            <w:tcW w:w="5687" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00870215" w:rsidRPr="00870215" w:rsidRDefault="00870215" w:rsidP="00870215">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00870215">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Организация работы по оказанию помощи школе:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00870215" w:rsidRPr="00870215" w:rsidRDefault="00870215" w:rsidP="00870215">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00870215">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1. О привлечении спонсорских сре</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00870215">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дств дл</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00870215">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>я проведения  ремонта школы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00870215" w:rsidRPr="00870215" w:rsidRDefault="00870215" w:rsidP="00870215">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00870215">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2. Изготовление 3Dстендов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00870215" w:rsidRPr="00870215" w:rsidRDefault="00870215" w:rsidP="00870215">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00870215">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3. Ремонт 2-х дополнительных классных кабинетов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00870215" w:rsidRPr="00870215" w:rsidRDefault="00870215" w:rsidP="00870215">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00870215">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4. Приобретение 4-х </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00870215">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>класс-комплектов</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00870215">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мебели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1787" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00870215" w:rsidRPr="00870215" w:rsidRDefault="00870215" w:rsidP="00870215">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00870215">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в течение года, по мере привлечения спонсоров</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB5176" w:rsidRPr="00AB5176" w:rsidTr="00AB5176">
-[...30 lines deleted...]
-            <w:r w:rsidRPr="00AB5176">
+      <w:tr w:rsidR="00870215" w:rsidRPr="00870215" w:rsidTr="00870215">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00870215" w:rsidRPr="00870215" w:rsidRDefault="00870215" w:rsidP="00870215">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00870215">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5235" w:type="dxa"/>
-[...77 lines deleted...]
-              <w:t>Жыл бойы</w:t>
+            <w:tcW w:w="5687" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00870215" w:rsidRPr="00870215" w:rsidRDefault="00870215" w:rsidP="00870215">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00870215">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Участие в мероприятиях школы </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00870215">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">( </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00870215">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>по необходимости)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1787" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00870215" w:rsidRPr="00870215" w:rsidRDefault="00870215" w:rsidP="00870215">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00870215">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB5176" w:rsidRPr="00AB5176" w:rsidTr="00AB5176">
-[...122 lines deleted...]
-              <w:t>Тоқсан бойынша 1 ретмәлімделген мәселелер тізбесіне сәйкес</w:t>
+      <w:tr w:rsidR="00870215" w:rsidRPr="00870215" w:rsidTr="00870215">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00870215" w:rsidRPr="00870215" w:rsidRDefault="00870215" w:rsidP="00870215">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00870215">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5687" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00870215" w:rsidRPr="00870215" w:rsidRDefault="00870215" w:rsidP="00870215">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00870215">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Заседания  Попечительского совета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1787" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00870215" w:rsidRPr="00870215" w:rsidRDefault="00870215" w:rsidP="00870215">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00870215">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1 раз в квартал</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB5176" w:rsidRPr="00AB5176" w:rsidTr="00AB5176">
-[...2 lines deleted...]
-            <w:tcW w:w="8895" w:type="dxa"/>
+      <w:tr w:rsidR="00870215" w:rsidRPr="00870215" w:rsidTr="00870215">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7887" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AB5176" w:rsidRPr="00AB5176" w:rsidRDefault="00AB5176" w:rsidP="00AB5176">
-[...42 lines deleted...]
-              <w:t>Шараларға қатысу</w:t>
+          <w:p w:rsidR="00870215" w:rsidRPr="00870215" w:rsidRDefault="00870215" w:rsidP="00870215">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00870215">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Принять участие в мероприятиях</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB5176" w:rsidRPr="00AB5176" w:rsidTr="00AB5176">
-[...121 lines deleted...]
-              <w:t>желтоқсан</w:t>
+      <w:tr w:rsidR="00870215" w:rsidRPr="00870215" w:rsidTr="00870215">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00870215" w:rsidRPr="00870215" w:rsidRDefault="00870215" w:rsidP="00870215">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00870215">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5687" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00870215" w:rsidRPr="00870215" w:rsidRDefault="00870215" w:rsidP="00870215">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00870215">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Новогодние праздники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1787" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00870215" w:rsidRPr="00870215" w:rsidRDefault="00870215" w:rsidP="00870215">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00870215">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB5176" w:rsidRPr="00AB5176" w:rsidTr="00AB5176">
-[...121 lines deleted...]
-              <w:t>жыл бойы</w:t>
+      <w:tr w:rsidR="00870215" w:rsidRPr="00870215" w:rsidTr="00870215">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00870215" w:rsidRPr="00870215" w:rsidRDefault="00870215" w:rsidP="00870215">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00870215">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5687" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00870215" w:rsidRPr="00870215" w:rsidRDefault="00870215" w:rsidP="00870215">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00870215">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Спортивно-массовые мероприятия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1787" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00870215" w:rsidRPr="00870215" w:rsidRDefault="00870215" w:rsidP="00870215">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00870215">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB5176" w:rsidRPr="00AB5176" w:rsidTr="00AB5176">
-[...121 lines deleted...]
-              <w:t>мамыр</w:t>
+      <w:tr w:rsidR="00870215" w:rsidRPr="00870215" w:rsidTr="00870215">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00870215" w:rsidRPr="00870215" w:rsidRDefault="00870215" w:rsidP="00870215">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00870215">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5687" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00870215" w:rsidRPr="00870215" w:rsidRDefault="00870215" w:rsidP="00870215">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00870215">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Неделя «Семьи»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1787" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00870215" w:rsidRPr="00870215" w:rsidRDefault="00870215" w:rsidP="00870215">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00870215">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>май</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB5176" w:rsidRPr="00AB5176" w:rsidTr="00AB5176">
-[...121 lines deleted...]
-              <w:t>ақпан</w:t>
+      <w:tr w:rsidR="00870215" w:rsidRPr="00870215" w:rsidTr="00870215">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00870215" w:rsidRPr="00870215" w:rsidRDefault="00870215" w:rsidP="00870215">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00870215">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5687" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00870215" w:rsidRPr="00870215" w:rsidRDefault="00870215" w:rsidP="00870215">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00870215">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Вечер встреч выпускников</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1787" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00870215" w:rsidRPr="00870215" w:rsidRDefault="00870215" w:rsidP="00870215">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00870215">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB5176" w:rsidRPr="00AB5176" w:rsidTr="00AB5176">
-[...121 lines deleted...]
-              <w:t>мамыр</w:t>
+      <w:tr w:rsidR="00870215" w:rsidRPr="00870215" w:rsidTr="00870215">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00870215" w:rsidRPr="00870215" w:rsidRDefault="00870215" w:rsidP="00870215">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00870215">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5687" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00870215" w:rsidRPr="00870215" w:rsidRDefault="00870215" w:rsidP="00870215">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00870215">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Праздник последнего школьного звонка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1787" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00870215" w:rsidRPr="00870215" w:rsidRDefault="00870215" w:rsidP="00870215">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00870215">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>май</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB5176" w:rsidRPr="00AB5176" w:rsidTr="00AB5176">
-[...121 lines deleted...]
-              <w:t>жыл бойы</w:t>
+      <w:tr w:rsidR="00870215" w:rsidRPr="00870215" w:rsidTr="00870215">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00870215" w:rsidRPr="00870215" w:rsidRDefault="00870215" w:rsidP="00870215">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00870215">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5687" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00870215" w:rsidRPr="00870215" w:rsidRDefault="00870215" w:rsidP="00870215">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00870215">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Организация встреч с родительскими комитетами классов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1787" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00870215" w:rsidRPr="00870215" w:rsidRDefault="00870215" w:rsidP="00870215">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00870215">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB5176" w:rsidRPr="00AB5176" w:rsidTr="00AB5176">
-[...121 lines deleted...]
-              <w:t>жыл бойы</w:t>
+      <w:tr w:rsidR="00870215" w:rsidRPr="00870215" w:rsidTr="00870215">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00870215" w:rsidRPr="00870215" w:rsidRDefault="00870215" w:rsidP="00870215">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00870215">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5687" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00870215" w:rsidRPr="00870215" w:rsidRDefault="00870215" w:rsidP="00870215">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00870215">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Выступления на общешкольных  родительских собраниях с отчетом по использованию добровольных денежных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1787" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00870215" w:rsidRPr="00870215" w:rsidRDefault="00870215" w:rsidP="00870215">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00870215">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AB3810" w:rsidRDefault="00AB5176"/>
+    <w:p w:rsidR="00AB3810" w:rsidRDefault="00870215">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
     <w:sectPr w:rsidR="00AB3810">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="000A074E"/>
-    <w:rsid w:val="000A074E"/>
+    <w:rsidRoot w:val="006E7117"/>
     <w:rsid w:val="006B3631"/>
-    <w:rsid w:val="00AB5176"/>
+    <w:rsid w:val="006E7117"/>
+    <w:rsid w:val="00870215"/>
     <w:rsid w:val="00C777A6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -2126,59 +2295,70 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00AB5176"/>
+    <w:rsid w:val="00870215"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00870215"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -2332,68 +2512,79 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00AB5176"/>
+    <w:rsid w:val="00870215"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00870215"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1740597987">
+    <w:div w:id="2011785681">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
@@ -2662,54 +2853,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>190</Words>
-  <Characters>1087</Characters>
+  <Words>216</Words>
+  <Characters>1235</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
+  <Lines>10</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1275</CharactersWithSpaces>
+  <CharactersWithSpaces>1449</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>