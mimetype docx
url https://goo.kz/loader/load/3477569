--- v0 (2025-12-07)
+++ v1 (2025-12-28)
@@ -2,2943 +2,3095 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00C4250E" w:rsidRPr="00B06DD4" w:rsidRDefault="00C4250E" w:rsidP="00C4250E">
+    <w:p w:rsidR="00C750E0" w:rsidRPr="008F1F6C" w:rsidRDefault="00C750E0" w:rsidP="00EF5864">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="6936"/>
-          <w:tab w:val="right" w:pos="9355"/>
+          <w:tab w:val="left" w:pos="5529"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B06DD4">
-[...10 lines deleted...]
-    <w:p w:rsidR="00446B1A" w:rsidRDefault="00C4250E" w:rsidP="00C4250E">
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Утверждаю</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C750E0" w:rsidRPr="008F1F6C" w:rsidRDefault="00890B5F" w:rsidP="00EF5864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B06DD4">
-[...10 lines deleted...]
-    <w:p w:rsidR="00C4250E" w:rsidRPr="00B06DD4" w:rsidRDefault="00C4250E" w:rsidP="00C4250E">
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Руководитель</w:t>
+      </w:r>
+      <w:r w:rsidR="00C750E0" w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ГККП ЦЗРДО</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C750E0" w:rsidRPr="008F1F6C" w:rsidRDefault="00C750E0" w:rsidP="00EF5864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00C4250E" w:rsidRPr="00B06DD4" w:rsidRDefault="006949BF" w:rsidP="00C4250E">
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Павлодар дарыны»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C750E0" w:rsidRPr="008F1F6C" w:rsidRDefault="00C902E6" w:rsidP="00EF5864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B06DD4">
-[...9 lines deleted...]
-      <w:r w:rsidR="002B6AF0" w:rsidRPr="00B06DD4">
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_________ </w:t>
+      </w:r>
+      <w:r w:rsidR="00890B5F" w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мухаметжанова</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F1F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00C4250E" w:rsidRPr="00B06DD4" w:rsidRDefault="00C4250E" w:rsidP="00C4250E">
+      <w:r w:rsidR="00890B5F" w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00890B5F" w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Л</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0BA4" w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C750E0" w:rsidRPr="008F1F6C" w:rsidRDefault="00C750E0" w:rsidP="00EF5864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...33 lines deleted...]
-    <w:p w:rsidR="00803C27" w:rsidRPr="00B06DD4" w:rsidRDefault="00803C27" w:rsidP="008E1246">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E46C71" w:rsidRPr="008F1F6C" w:rsidRDefault="00E46C71" w:rsidP="00E46C71">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="360"/>
+        <w:ind w:left="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00B670AB" w:rsidRPr="00B06DD4" w:rsidRDefault="00B670AB" w:rsidP="00B670AB">
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ПОЛОЖЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E46C71" w:rsidRPr="008F1F6C" w:rsidRDefault="00E46C71" w:rsidP="00E46C71">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B06DD4">
-[...10 lines deleted...]
-    <w:p w:rsidR="00B670AB" w:rsidRPr="00B06DD4" w:rsidRDefault="00B670AB" w:rsidP="00B670AB">
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о проведении  городского дистанционного конкурса </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E46C71" w:rsidRPr="008F1F6C" w:rsidRDefault="00E46C71" w:rsidP="00E46C71">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="00B670AB" w:rsidRPr="00B06DD4" w:rsidRDefault="00B670AB" w:rsidP="002B3B05">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">интеллектуальной экспедиции «Выдающийся мыслитель Востока», </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E46C71" w:rsidRPr="008F1F6C" w:rsidRDefault="00E46C71" w:rsidP="00E46C71">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="00B670AB" w:rsidRPr="00B06DD4" w:rsidRDefault="00B670AB" w:rsidP="00B670AB">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>посвященного 1150</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD1DBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD1DBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>летию</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Аль-Фараби</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C70B9E" w:rsidRPr="008F1F6C" w:rsidRDefault="00C70B9E" w:rsidP="00E46C71">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF184B" w:rsidRPr="008F1F6C" w:rsidRDefault="00711517" w:rsidP="00E825E5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B06DD4">
-[...10 lines deleted...]
-    <w:p w:rsidR="00B670AB" w:rsidRPr="00B06DD4" w:rsidRDefault="00B670AB" w:rsidP="00B670AB">
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Общее положение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E46C71" w:rsidRPr="008F1F6C" w:rsidRDefault="00E46C71" w:rsidP="00E46C71">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Настоящее Положение определяет цели и задачи, порядок его организации, проведения, подведение итогов и определение победителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E46C71" w:rsidRPr="008F1F6C" w:rsidRDefault="00E46C71" w:rsidP="00E46C71">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="348"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E05486" w:rsidRPr="008F1F6C" w:rsidRDefault="00E05486" w:rsidP="00E825E5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...30 lines deleted...]
-        <w:ind w:firstLine="708"/>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Цель </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB6256" w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и задачи</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E46C71" w:rsidRPr="008F1F6C" w:rsidRDefault="00E46C71" w:rsidP="00E46C71">
+      <w:pPr>
+        <w:ind w:left="426" w:firstLine="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...114 lines deleted...]
-      <w:r w:rsidR="006A1C21">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A512C8" w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ероприятие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проводится среди учащихся школ города, в целях освоения детьми  философского наследия вели</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD1DBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кого  национального  мыслителя,</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD1DBB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B06DD4">
-[...344 lines deleted...]
-        </w:pBdr>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">формирования и развития их философского мышления, выработки личностной позиции в отношении к проблемам развития духовности личности. Содержание данного  проекта </w:t>
+      </w:r>
+      <w:r w:rsidR="00A512C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> процесс</w:t>
+      </w:r>
+      <w:r w:rsidR="00A512C8" w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выполнения задания </w:t>
+      </w:r>
+      <w:r w:rsidR="00A512C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">направлен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>на расширение кругозора детей,   осмысление философии</w:t>
+      </w:r>
+      <w:r w:rsidR="00A512C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Аль – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A512C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Фараби</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Дать возможность оценки  влияния  идей, мыслей великого мыслителя, на философию во всем мире.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E46C71" w:rsidRPr="008F1F6C" w:rsidRDefault="00E46C71" w:rsidP="00E46C71">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...49 lines deleted...]
-    <w:p w:rsidR="00B06DD4" w:rsidRDefault="00B06DD4" w:rsidP="00803C27">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Задачи конкурса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E46C71" w:rsidRPr="008F1F6C" w:rsidRDefault="00E46C71" w:rsidP="00E46C71">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">расширить кругозор детей в области национального наследия: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E46C71" w:rsidRPr="008F1F6C" w:rsidRDefault="00E46C71" w:rsidP="00E46C71">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>стимулировать у ребят дальнейший интерес к  национальной истории;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E46C71" w:rsidRPr="008F1F6C" w:rsidRDefault="00E46C71" w:rsidP="00E46C71">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00A512C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>изучить материалы, сохранившие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  бесценные  трактаты  и  произведения великих  сынов казахской степи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E46C71" w:rsidRPr="008F1F6C" w:rsidRDefault="00E46C71" w:rsidP="00E46C71">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- вызвать у детей неподдельный интерес к национальной истории, философии  казахского народа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E46C71" w:rsidRPr="008F1F6C" w:rsidRDefault="00E46C71" w:rsidP="00E46C71">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- активизировать  у у</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">чащихся  стремление  к самообразованию и  самостоятельному   поиску материала, для глубокого погружения в тему и ее раскрытия; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E46C71" w:rsidRPr="008F1F6C" w:rsidRDefault="00E46C71" w:rsidP="00E46C71">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003547E5" w:rsidRPr="008F1F6C" w:rsidRDefault="003547E5" w:rsidP="00E825E5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Организаторы конкурса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E6DC1" w:rsidRPr="008F1F6C" w:rsidRDefault="003547E5" w:rsidP="00E46C71">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ГККП «Центр занятости и развития детской одаренности «Павлодар дарыны»» </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0BA4" w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отдела образования г. Павлодара. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF0768" w:rsidRPr="008F1F6C" w:rsidRDefault="009C20F5" w:rsidP="00E825E5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Участники конкурса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E093F" w:rsidRPr="008F1F6C" w:rsidRDefault="00C423D1" w:rsidP="008F1F6C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA055E" w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурсе принимают участие </w:t>
+      </w:r>
+      <w:r w:rsidR="00E46C71" w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>учащиеся 5-10</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF0768" w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC77E8" w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">классов </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF0768" w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">общеобразовательных школ </w:t>
+      </w:r>
+      <w:r w:rsidR="001E6DC1" w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC77E8" w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орода</w:t>
+      </w:r>
+      <w:r w:rsidR="001E6DC1" w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Павлодар</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF0768" w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="001E6DC1" w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E093F" w:rsidRPr="008F1F6C" w:rsidRDefault="009C20F5" w:rsidP="00E825E5">
       <w:pPr>
         <w:pStyle w:val="a6"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="005D4652" w:rsidRPr="00B06DD4" w:rsidRDefault="005D4652" w:rsidP="00803C27">
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Условия участия в конкурсе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00356491" w:rsidRDefault="00A87A24" w:rsidP="00E46C71">
       <w:pPr>
         <w:pStyle w:val="a6"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:jc w:val="center"/>
-[...25 lines deleted...]
-        <w:ind w:firstLine="708"/>
+        <w:ind w:left="426" w:firstLine="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B06DD4">
-[...115 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заявки  на участие</w:t>
+      </w:r>
+      <w:r w:rsidR="00C902E6" w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(форме  Excel, шрифт Times New Roman) с указанием  сведений об участниках,  и  </w:t>
+      </w:r>
+      <w:r w:rsidR="00C902E6" w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">работы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>принимаются</w:t>
+      </w:r>
+      <w:r w:rsidR="009C20F5" w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E46C71" w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">12 тамызға </w:t>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>до 12 августа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> д</w:t>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t xml:space="preserve"> до 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0BA4" w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ейін</w:t>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сағат 16:00 ге дейін</w:t>
-[...38 lines deleted...]
-      <w:r w:rsidR="003367C6">
+        <w:t>:00</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0BA4" w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> часов </w:t>
+      </w:r>
+      <w:r w:rsidR="00A67F28" w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на электронный адрес: </w:t>
+      </w:r>
+      <w:r w:rsidR="00872698" w:rsidRPr="00AD1DBB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="003367C6" w:rsidRPr="00EB69FD">
-[...5 lines deleted...]
-      <w:r w:rsidR="003367C6">
+      <w:r w:rsidR="00E46C71" w:rsidRPr="00AD1DBB">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00E46C71" w:rsidRPr="00AD1DBB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00E46C71" w:rsidRPr="00AD1DBB">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> "</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00E46C71" w:rsidRPr="00AD1DBB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:instrText>mailto</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00E46C71" w:rsidRPr="00AD1DBB">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:instrText>:</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00E46C71" w:rsidRPr="00AD1DBB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:instrText>massovyy</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00E46C71" w:rsidRPr="00AD1DBB">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:instrText>.</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00E46C71" w:rsidRPr="00AD1DBB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:instrText>otdel</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00E46C71" w:rsidRPr="00AD1DBB">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:instrText>@</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00E46C71" w:rsidRPr="00AD1DBB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:instrText>mail</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00E46C71" w:rsidRPr="00AD1DBB">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:instrText>.</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00E46C71" w:rsidRPr="00AD1DBB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:instrText>ru</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00E46C71" w:rsidRPr="00AD1DBB">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:instrText xml:space="preserve">" </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00872698" w:rsidRPr="00AD1DBB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="002B3B05" w:rsidRPr="0098437D">
+      <w:r w:rsidR="00E46C71" w:rsidRPr="00AD1DBB">
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="auto"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="003367C6">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>massovyy</w:t>
+      </w:r>
+      <w:r w:rsidR="00E46C71" w:rsidRPr="00AD1DBB">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E46C71" w:rsidRPr="00AD1DBB">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>otdel</w:t>
+      </w:r>
+      <w:r w:rsidR="00E46C71" w:rsidRPr="00AD1DBB">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>@</w:t>
+      </w:r>
+      <w:r w:rsidR="00E46C71" w:rsidRPr="00AD1DBB">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mail</w:t>
+      </w:r>
+      <w:r w:rsidR="00E46C71" w:rsidRPr="00AD1DBB">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E46C71" w:rsidRPr="00AD1DBB">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ru</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00872698" w:rsidRPr="00AD1DBB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="002B3B05" w:rsidRPr="0098437D">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00E46C71" w:rsidRPr="00AD1DBB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0098437D">
-[...46 lines deleted...]
-    <w:p w:rsidR="008634F3" w:rsidRPr="00B06DD4" w:rsidRDefault="008634F3" w:rsidP="00B42326">
+      <w:r w:rsidRPr="00AD1DBB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE3442" w:rsidRPr="00AD1DBB">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в связи большим колличеством работ, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1DBB">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">указывайте в </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE3442" w:rsidRPr="00AD1DBB">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">разделе </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1DBB">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тем</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE3442" w:rsidRPr="00AD1DBB">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1DBB">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> название конкурса</w:t>
+      </w:r>
+      <w:r w:rsidR="00E46C71" w:rsidRPr="00AD1DBB">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Аль-Фараби</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE3442" w:rsidRPr="00AD1DBB">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1DBB">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidR="001C4AB1" w:rsidRPr="00AD1DBB">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F1F6C" w:rsidRPr="008F1F6C" w:rsidRDefault="008F1F6C" w:rsidP="00E46C71">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="426" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A67F28" w:rsidRPr="008F1F6C" w:rsidRDefault="00A24B08" w:rsidP="00E825E5">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002B6AF0" w:rsidRPr="00B06DD4" w:rsidRDefault="00FE7306" w:rsidP="002B6AF0">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Требования</w:t>
+      </w:r>
+      <w:r w:rsidR="002A4281" w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к конкурсу</w:t>
+      </w:r>
+      <w:r w:rsidR="001C4AB1" w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E46C71" w:rsidRPr="008F1F6C" w:rsidRDefault="00E46C71" w:rsidP="00E46C71">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...41 lines deleted...]
-        <w:ind w:firstLine="709"/>
+        <w:ind w:left="426" w:firstLine="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...102 lines deleted...]
-    <w:p w:rsidR="00B42326" w:rsidRPr="00B06DD4" w:rsidRDefault="00B42326" w:rsidP="00B42326">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Участникам проекта  предлагается подготовить фото – видео материал о более значимых объектах, центрах и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.д</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> , посвященных Аль –</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Фараби</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, как в РК  так и в странах СНГ и за рубежом.   Рекомендуется брать один объект (город, страну, центр), для </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>более расширенного</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рассказа и подборке сведений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E46C71" w:rsidRPr="008F1F6C" w:rsidRDefault="00E46C71" w:rsidP="00E825E5">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="002B6AF0" w:rsidRPr="00B06DD4" w:rsidRDefault="002B6AF0" w:rsidP="002B6AF0">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E46C71" w:rsidRPr="008F1F6C" w:rsidRDefault="00E46C71" w:rsidP="00E46C71">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="31"/>
+          <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...75 lines deleted...]
-    <w:p w:rsidR="00B42326" w:rsidRPr="00B06DD4" w:rsidRDefault="00FE7306" w:rsidP="002B6AF0">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Работа должна иметь титульный лист с указанием фамилии и имени участника, школа, класс. Материал  в максимально хорошем качестве.  Авторами проекта можно  выступать как  индивидуально, так и  группой человек.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E46C71" w:rsidRPr="008F1F6C" w:rsidRDefault="00E46C71" w:rsidP="00E46C71">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="31"/>
+          <w:numId w:val="28"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B06DD4">
-[...109 lines deleted...]
-        <w:ind w:firstLine="426"/>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Присылая свою работу на конкурс, автор (участник) автоматически дает право организаторам конкурса на использование присланного материала (размещение в сети интернет и т.п.), на обработку своих персональных данных: Ф.И.О..</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C902E6" w:rsidRPr="008F1F6C" w:rsidRDefault="00C902E6" w:rsidP="00C902E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="786"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Критерии оценивания: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C902E6" w:rsidRPr="008F1F6C" w:rsidRDefault="00C902E6" w:rsidP="00C902E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="786"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>соответствие содержания работы теме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C902E6" w:rsidRPr="008F1F6C" w:rsidRDefault="00C902E6" w:rsidP="00C902E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="786"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- яркость и образность изложения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C902E6" w:rsidRPr="008F1F6C" w:rsidRDefault="00C902E6" w:rsidP="00C902E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="786"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- оригинальность изложения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C902E6" w:rsidRPr="008F1F6C" w:rsidRDefault="00C902E6" w:rsidP="00C902E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="786"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
-[...15 lines deleted...]
-      <w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- самостоятельность, креативность мышления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C902E6" w:rsidRPr="008F1F6C" w:rsidRDefault="00C902E6" w:rsidP="00C902E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="786"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- кругозор, последовательность изложения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E46C71" w:rsidRPr="008F1F6C" w:rsidRDefault="00E46C71" w:rsidP="00C902E6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="426"/>
-[...20 lines deleted...]
-      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C4AB1" w:rsidRPr="008F1F6C" w:rsidRDefault="00356491" w:rsidP="00E825E5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="426"/>
-[...91 lines deleted...]
-        <w:ind w:firstLine="426"/>
+        <w:ind w:left="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...30 lines deleted...]
-    <w:p w:rsidR="002B6AF0" w:rsidRPr="00B06DD4" w:rsidRDefault="002B6AF0" w:rsidP="00803C27">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Дата и форма проведения:</w:t>
+      </w:r>
+      <w:r w:rsidR="009C20F5" w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C902E6" w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00C902E6" w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5 августа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2020 г., дистанционно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C902E6" w:rsidRPr="008F1F6C" w:rsidRDefault="00C902E6" w:rsidP="00E825E5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00B42326" w:rsidRPr="00B06DD4" w:rsidRDefault="00A53EC0" w:rsidP="00803C27">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00562080" w:rsidRPr="008F1F6C" w:rsidRDefault="00562080" w:rsidP="00E825E5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B06DD4">
-[...50 lines deleted...]
-    <w:p w:rsidR="00B42326" w:rsidRPr="00B06DD4" w:rsidRDefault="00803C27" w:rsidP="009E03C7">
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жюри конкурса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00562080" w:rsidRPr="008F1F6C" w:rsidRDefault="008F1F6C" w:rsidP="008F1F6C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B06DD4">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00DD017B" w:rsidRPr="00B06DD4">
-[...18 lines deleted...]
-    <w:p w:rsidR="00B42326" w:rsidRPr="00B06DD4" w:rsidRDefault="00B42326" w:rsidP="00B42326">
+      <w:r w:rsidR="00FF0BA4" w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В целях оценки </w:t>
+      </w:r>
+      <w:r w:rsidR="00562080" w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>участников и определения победителей создается жюри конкурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF0BA4" w:rsidRPr="008F1F6C" w:rsidRDefault="00562080" w:rsidP="00E825E5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B06DD4">
-[...45 lines deleted...]
-    <w:p w:rsidR="008634F3" w:rsidRPr="00B06DD4" w:rsidRDefault="008634F3" w:rsidP="00B42326">
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Решение жюри заносится в протокол, является окончательным, обсуждению и изменению не подлежит. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00562080" w:rsidRPr="008F1F6C" w:rsidRDefault="00562080" w:rsidP="00E825E5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00B42326" w:rsidRPr="00B06DD4" w:rsidRDefault="00DD017B" w:rsidP="00B42326">
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Награждение участников</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA7283" w:rsidRPr="008F1F6C" w:rsidRDefault="00562080" w:rsidP="008F1F6C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E825E5" w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Победители  конкурса, набравшие наибольшее </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>количество баллов,  награждаются</w:t>
+      </w:r>
+      <w:r w:rsidR="00B12F68" w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  дипломами І, ІІ, ІІІ степеней ЦЗРДО «Павлодар дарыны». </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA7283" w:rsidRPr="008F1F6C" w:rsidRDefault="00562080" w:rsidP="00EF5864">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA7283" w:rsidRPr="008F1F6C" w:rsidRDefault="00DA7283" w:rsidP="00EF5864">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B06DD4">
-[...10 lines deleted...]
-    <w:p w:rsidR="00803C27" w:rsidRPr="00B06DD4" w:rsidRDefault="00B42326" w:rsidP="00B06DD4">
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заявка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C902E6" w:rsidRPr="008F1F6C" w:rsidRDefault="00DA7283" w:rsidP="00C902E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на участие </w:t>
+      </w:r>
+      <w:r w:rsidR="00C902E6" w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">городского дистанционного конкурса </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA7283" w:rsidRPr="008F1F6C" w:rsidRDefault="00C902E6" w:rsidP="00C902E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F1F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>интеллектуальной экспедиции «Выдающийся мыслитель Востока»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA7283" w:rsidRPr="008F1F6C" w:rsidRDefault="00DA7283" w:rsidP="00EF5864">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0"/>
-[...204 lines deleted...]
-        <w:ind w:left="0"/>
+        <w:ind w:left="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
         <w:tblW w:w="9888" w:type="dxa"/>
         <w:tblInd w:w="426" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="392"/>
-        <w:gridCol w:w="991"/>
+        <w:gridCol w:w="533"/>
+        <w:gridCol w:w="850"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="993"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="709"/>
-        <w:gridCol w:w="1275"/>
-        <w:gridCol w:w="1561"/>
+        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="1419"/>
         <w:gridCol w:w="1841"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E1118C" w:rsidRPr="00B06DD4" w:rsidTr="00BC7B06">
+      <w:tr w:rsidR="00B12F68" w:rsidRPr="008F1F6C" w:rsidTr="00F2512C">
         <w:trPr>
           <w:trHeight w:val="337"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="533" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00E1118C" w:rsidRPr="00B06DD4" w:rsidRDefault="00E1118C" w:rsidP="00BC7B06">
+          <w:p w:rsidR="00DA7283" w:rsidRPr="008F1F6C" w:rsidRDefault="00DA7283" w:rsidP="00EF5864">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B06DD4">
+            <w:r w:rsidRPr="008F1F6C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="991" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00E1118C" w:rsidRPr="00B06DD4" w:rsidRDefault="00E1118C" w:rsidP="00E1118C">
+          <w:p w:rsidR="00DA7283" w:rsidRPr="008F1F6C" w:rsidRDefault="00DA7283" w:rsidP="00EF5864">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F1F6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ф.И.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA7283" w:rsidRPr="008F1F6C" w:rsidRDefault="00DA7283" w:rsidP="00EF5864">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B06DD4">
+            <w:r w:rsidRPr="008F1F6C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ТА</w:t>
+              <w:t>Школа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00E1118C" w:rsidRPr="00B06DD4" w:rsidRDefault="00E1118C" w:rsidP="00BC7B06">
+          <w:p w:rsidR="00DA7283" w:rsidRPr="008F1F6C" w:rsidRDefault="00DA7283" w:rsidP="00EF5864">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B06DD4">
+            <w:r w:rsidRPr="008F1F6C">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мектеп</w:t>
+              <w:t>Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00E1118C" w:rsidRPr="00B06DD4" w:rsidRDefault="00E1118C" w:rsidP="00E1118C">
+          <w:p w:rsidR="00DA7283" w:rsidRPr="008F1F6C" w:rsidRDefault="00DA7283" w:rsidP="00EF5864">
             <w:pPr>
-              <w:pStyle w:val="a6"/>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B06DD4">
+            <w:r w:rsidRPr="008F1F6C">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Сынып </w:t>
+              <w:t>Язык обучения</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E1118C" w:rsidRPr="00B06DD4" w:rsidRDefault="00E1118C" w:rsidP="00BC7B06">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA7283" w:rsidRPr="008F1F6C" w:rsidRDefault="00DA7283" w:rsidP="00EF5864">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F1F6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Статус ученика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1841" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA7283" w:rsidRPr="008F1F6C" w:rsidRDefault="00DA7283" w:rsidP="00EF5864">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F1F6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ф.И.О. руководителя контакты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C902E6" w:rsidRPr="008F1F6C" w:rsidTr="00F2512C">
+        <w:trPr>
+          <w:trHeight w:val="1398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="533" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00C902E6" w:rsidRPr="008F1F6C" w:rsidRDefault="00C902E6" w:rsidP="00EF5864">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
-[...113 lines deleted...]
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="002B6AF0" w:rsidRPr="00B06DD4" w:rsidRDefault="002B6AF0" w:rsidP="00BC7B06">
-[...22 lines deleted...]
-          <w:p w:rsidR="002B6AF0" w:rsidRPr="00B06DD4" w:rsidRDefault="002B6AF0" w:rsidP="00BC7B06">
+          <w:p w:rsidR="00C902E6" w:rsidRPr="008F1F6C" w:rsidRDefault="00C902E6" w:rsidP="00EF5864">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="002B6AF0" w:rsidRPr="00B06DD4" w:rsidRDefault="002B6AF0" w:rsidP="00BC7B06">
+          <w:p w:rsidR="00C902E6" w:rsidRPr="008F1F6C" w:rsidRDefault="00C902E6" w:rsidP="00EF5864">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="002B6AF0" w:rsidRPr="00B06DD4" w:rsidRDefault="002B6AF0" w:rsidP="00BC7B06">
+          <w:p w:rsidR="00C902E6" w:rsidRPr="008F1F6C" w:rsidRDefault="00C902E6" w:rsidP="00EF5864">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="002B6AF0" w:rsidRPr="00B06DD4" w:rsidRDefault="002B6AF0" w:rsidP="00BC7B06">
+          <w:p w:rsidR="00C902E6" w:rsidRPr="008F1F6C" w:rsidRDefault="00C902E6" w:rsidP="00EF5864">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B6AF0" w:rsidRPr="00B06DD4" w:rsidRDefault="002B6AF0" w:rsidP="00E1118C">
+          <w:p w:rsidR="00C902E6" w:rsidRPr="008F1F6C" w:rsidRDefault="00C902E6" w:rsidP="00EF5864">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B06DD4">
+            <w:r w:rsidRPr="008F1F6C">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>А</w:t>
-[...18 lines deleted...]
-              <w:t>Қ</w:t>
+              <w:t>м/о</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B6AF0" w:rsidRPr="00B06DD4" w:rsidRDefault="002B6AF0" w:rsidP="00E1118C">
+          <w:p w:rsidR="00C902E6" w:rsidRPr="008F1F6C" w:rsidRDefault="00C902E6" w:rsidP="00EF5864">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B06DD4">
+            <w:r w:rsidRPr="008F1F6C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>АСП алатындар</w:t>
+              <w:t>получают АСП</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1561" w:type="dxa"/>
+            <w:tcW w:w="1419" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B6AF0" w:rsidRPr="00B06DD4" w:rsidRDefault="002B6AF0" w:rsidP="00BC7B06">
+          <w:p w:rsidR="00C902E6" w:rsidRPr="008F1F6C" w:rsidRDefault="00C902E6" w:rsidP="00EF5864">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B06DD4">
+            <w:r w:rsidRPr="008F1F6C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Күн көрісі төмен</w:t>
+              <w:t>ниже прожиточного минимума</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1841" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="002B6AF0" w:rsidRPr="00B06DD4" w:rsidRDefault="002B6AF0" w:rsidP="00BC7B06">
+          <w:p w:rsidR="00C902E6" w:rsidRPr="008F1F6C" w:rsidRDefault="00C902E6" w:rsidP="00EF5864">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E1118C" w:rsidRPr="00B06DD4" w:rsidRDefault="00E1118C" w:rsidP="00E1118C">
+    <w:p w:rsidR="00453B0A" w:rsidRPr="008F1F6C" w:rsidRDefault="00453B0A" w:rsidP="00EF5864">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C4250E" w:rsidRPr="00B06DD4" w:rsidRDefault="00C4250E" w:rsidP="00E1118C">
-[...8 lines deleted...]
-        </w:pBdr>
+    <w:p w:rsidR="00453B0A" w:rsidRPr="008F1F6C" w:rsidRDefault="00453B0A" w:rsidP="00EF5864">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="284"/>
-[...33 lines deleted...]
-    <w:p w:rsidR="00F93663" w:rsidRPr="00B06DD4" w:rsidRDefault="002B6AF0" w:rsidP="00F93663">
+        <w:ind w:left="66"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA5254" w:rsidRPr="008F1F6C" w:rsidRDefault="00F2512C" w:rsidP="00EF5864">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...43 lines deleted...]
-      <w:r w:rsidR="00F93663" w:rsidRPr="00B06DD4">
+      <w:r w:rsidRPr="008F1F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 87778816022</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00F93663" w:rsidRPr="00B06DD4" w:rsidRDefault="00F93663" w:rsidP="00F93663">
+        <w:t>Исп. Каирбекова Н.Е. 87778816022</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2512C" w:rsidRPr="008F1F6C" w:rsidRDefault="00F2512C" w:rsidP="00EF5864">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B06DD4">
+      <w:r w:rsidRPr="008F1F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Абдужалилов С.У.  870</w:t>
       </w:r>
-      <w:r w:rsidR="00495346" w:rsidRPr="00B06DD4">
+      <w:r w:rsidR="00DB6724" w:rsidRPr="008F1F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>85096014</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B6AF0" w:rsidRPr="00B06DD4" w:rsidRDefault="002B6AF0" w:rsidP="00E1118C">
-[...8 lines deleted...]
-        </w:pBdr>
+    <w:p w:rsidR="00453B0A" w:rsidRPr="008F1F6C" w:rsidRDefault="00453B0A" w:rsidP="00EF5864">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00453B0A" w:rsidRPr="008F1F6C" w:rsidRDefault="00453B0A" w:rsidP="00EF5864">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00453B0A" w:rsidRPr="008F1F6C" w:rsidRDefault="00453B0A" w:rsidP="00EF5864">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00453B0A" w:rsidRPr="008F1F6C" w:rsidRDefault="00453B0A" w:rsidP="00EF5864">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00453B0A" w:rsidRPr="008F1F6C" w:rsidRDefault="00453B0A" w:rsidP="00EF5864">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00453B0A" w:rsidRPr="008F1F6C" w:rsidRDefault="00453B0A" w:rsidP="00EF5864">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00453B0A" w:rsidRPr="008F1F6C" w:rsidRDefault="00453B0A" w:rsidP="00EF5864">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00453B0A" w:rsidRPr="008F1F6C" w:rsidRDefault="00453B0A" w:rsidP="00EF5864">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00453B0A" w:rsidRPr="008F1F6C" w:rsidRDefault="00453B0A" w:rsidP="00EF5864">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00453B0A" w:rsidRPr="008F1F6C" w:rsidRDefault="00453B0A" w:rsidP="00EF5864">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00453B0A" w:rsidRPr="008F1F6C" w:rsidRDefault="00453B0A" w:rsidP="00EF5864">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00453B0A" w:rsidRPr="008F1F6C" w:rsidRDefault="00453B0A" w:rsidP="00EF5864">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00453B0A" w:rsidRPr="008F1F6C" w:rsidRDefault="00453B0A" w:rsidP="00EF5864">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00453B0A" w:rsidRPr="008F1F6C" w:rsidRDefault="00453B0A" w:rsidP="00EF5864">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00453B0A" w:rsidRPr="008F1F6C" w:rsidRDefault="00453B0A" w:rsidP="00EF5864">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00453B0A" w:rsidRPr="008F1F6C" w:rsidRDefault="00453B0A" w:rsidP="00EF5864">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00453B0A" w:rsidRPr="008F1F6C" w:rsidRDefault="00453B0A" w:rsidP="00EF5864">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00453B0A" w:rsidRPr="008F1F6C" w:rsidRDefault="00453B0A" w:rsidP="00EF5864">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00453B0A" w:rsidRPr="008F1F6C" w:rsidRDefault="00453B0A" w:rsidP="00EF5864">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00453B0A" w:rsidRPr="008F1F6C" w:rsidRDefault="00453B0A" w:rsidP="00EF5864">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00453B0A" w:rsidRPr="008F1F6C" w:rsidRDefault="00453B0A" w:rsidP="00EF5864">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E4B79" w:rsidRPr="008F1F6C" w:rsidRDefault="007E4B79" w:rsidP="00EF5864">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="284"/>
-[...9 lines deleted...]
-    <w:sectPr w:rsidR="002B6AF0" w:rsidRPr="00B06DD4" w:rsidSect="00E825E5">
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="007E4B79" w:rsidRPr="008F1F6C" w:rsidSect="00E825E5">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="709" w:right="851" w:bottom="284" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -4860,163 +5012,50 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5106" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5826" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6546" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="5F0B00FD"/>
-[...111 lines deleted...]
-  <w:abstractNum w:abstractNumId="19">
     <w:nsid w:val="6C3F6A89"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5BF6656C"/>
     <w:lvl w:ilvl="0" w:tplc="D9FE722C">
       <w:start w:val="7"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5085,51 +5124,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20">
+  <w:abstractNum w:abstractNumId="19">
     <w:nsid w:val="6EC37C57"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="26ACE53A"/>
     <w:lvl w:ilvl="0" w:tplc="A9B04E96">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1506" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -5197,51 +5236,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5826" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6546" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21">
+  <w:abstractNum w:abstractNumId="20">
     <w:nsid w:val="70617E29"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="82D46D72"/>
     <w:lvl w:ilvl="0" w:tplc="AC3E3B26">
       <w:start w:val="7"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5310,51 +5349,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22">
+  <w:abstractNum w:abstractNumId="21">
     <w:nsid w:val="70D26A4F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75CA58B8"/>
     <w:lvl w:ilvl="0" w:tplc="9990D302">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5423,51 +5462,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23">
+  <w:abstractNum w:abstractNumId="22">
     <w:nsid w:val="70DB421D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="CBFC39AA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
@@ -5550,51 +5589,51 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24">
+  <w:abstractNum w:abstractNumId="23">
     <w:nsid w:val="76835BD5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="CBFC39AA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
@@ -5677,51 +5716,51 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25">
+  <w:abstractNum w:abstractNumId="24">
     <w:nsid w:val="7699113B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6DFE0504"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
@@ -5800,51 +5839,51 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26">
+  <w:abstractNum w:abstractNumId="25">
     <w:nsid w:val="77165E2F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2D405630"/>
     <w:lvl w:ilvl="0" w:tplc="A75AD738">
       <w:start w:val="4"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1074" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1794" w:hanging="360"/>
       </w:pPr>
@@ -5915,141 +5954,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6114" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6834" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27">
-[...89 lines deleted...]
-  <w:abstractNum w:abstractNumId="28">
+  <w:abstractNum w:abstractNumId="26">
     <w:nsid w:val="7CE70E45"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CF84B566"/>
     <w:lvl w:ilvl="0" w:tplc="D32E0E74">
       <w:start w:val="7"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6118,51 +6067,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29">
+  <w:abstractNum w:abstractNumId="27">
     <w:nsid w:val="7D09076E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7C82F00A"/>
     <w:lvl w:ilvl="0" w:tplc="85741B16">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1932" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2652" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -6208,375 +6157,257 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6252" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6972" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7692" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30">
-[...87 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="9">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="15">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="16">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="17">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="18">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="19">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="20">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="21">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="22">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="23">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="24">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="25">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="26">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="27">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="28">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="29">
-[...7 lines deleted...]
-  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="105"/>
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00283871"/>
     <w:rsid w:val="0002058A"/>
     <w:rsid w:val="00052DE0"/>
     <w:rsid w:val="00065F5B"/>
-    <w:rsid w:val="000F0714"/>
     <w:rsid w:val="001513B2"/>
     <w:rsid w:val="001C4AB1"/>
+    <w:rsid w:val="001D27EC"/>
     <w:rsid w:val="001E6DC1"/>
     <w:rsid w:val="00205456"/>
     <w:rsid w:val="00211ECF"/>
     <w:rsid w:val="0024641C"/>
     <w:rsid w:val="00256A35"/>
     <w:rsid w:val="00283871"/>
     <w:rsid w:val="00292E40"/>
     <w:rsid w:val="002A4281"/>
-    <w:rsid w:val="002B3B05"/>
-    <w:rsid w:val="002B6AF0"/>
     <w:rsid w:val="00300DC0"/>
     <w:rsid w:val="00301D19"/>
     <w:rsid w:val="003158F4"/>
-    <w:rsid w:val="003367C6"/>
     <w:rsid w:val="003547E5"/>
     <w:rsid w:val="00356491"/>
     <w:rsid w:val="003A7F9C"/>
     <w:rsid w:val="003D1501"/>
     <w:rsid w:val="003E093F"/>
     <w:rsid w:val="003F032E"/>
-    <w:rsid w:val="00446B1A"/>
     <w:rsid w:val="00453B0A"/>
     <w:rsid w:val="00483F18"/>
-    <w:rsid w:val="00495346"/>
     <w:rsid w:val="004B3AFC"/>
     <w:rsid w:val="004F41C4"/>
     <w:rsid w:val="005264EB"/>
     <w:rsid w:val="00537A59"/>
     <w:rsid w:val="00550BB8"/>
     <w:rsid w:val="00553297"/>
     <w:rsid w:val="00562080"/>
     <w:rsid w:val="005B3BE9"/>
     <w:rsid w:val="005C189D"/>
-    <w:rsid w:val="005D4652"/>
     <w:rsid w:val="005F40F1"/>
     <w:rsid w:val="006132E3"/>
     <w:rsid w:val="0061799C"/>
     <w:rsid w:val="00627830"/>
     <w:rsid w:val="00635F31"/>
     <w:rsid w:val="006900EC"/>
     <w:rsid w:val="00690BA0"/>
-    <w:rsid w:val="006949BF"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006E12B3"/>
     <w:rsid w:val="006E25FE"/>
     <w:rsid w:val="006E34F9"/>
     <w:rsid w:val="00711517"/>
     <w:rsid w:val="0073538C"/>
-    <w:rsid w:val="00775611"/>
     <w:rsid w:val="00781F55"/>
     <w:rsid w:val="00793AE3"/>
     <w:rsid w:val="007B6B1E"/>
     <w:rsid w:val="007D64AB"/>
     <w:rsid w:val="007E1407"/>
     <w:rsid w:val="007E4B79"/>
     <w:rsid w:val="007E4C5A"/>
     <w:rsid w:val="007F3C83"/>
-    <w:rsid w:val="00803C27"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00874951"/>
+    <w:rsid w:val="00872698"/>
+    <w:rsid w:val="00890B5F"/>
     <w:rsid w:val="00891EDD"/>
     <w:rsid w:val="008A37AF"/>
     <w:rsid w:val="008C37D1"/>
-    <w:rsid w:val="008E1246"/>
+    <w:rsid w:val="008F1F6C"/>
     <w:rsid w:val="0092298D"/>
     <w:rsid w:val="00982368"/>
-    <w:rsid w:val="0098437D"/>
     <w:rsid w:val="009B17BE"/>
     <w:rsid w:val="009C20F5"/>
     <w:rsid w:val="009C60F6"/>
-    <w:rsid w:val="009E03C7"/>
     <w:rsid w:val="00A24B08"/>
     <w:rsid w:val="00A36175"/>
-    <w:rsid w:val="00A53EC0"/>
+    <w:rsid w:val="00A512C8"/>
     <w:rsid w:val="00A67F28"/>
     <w:rsid w:val="00A87A24"/>
     <w:rsid w:val="00A9768E"/>
     <w:rsid w:val="00AA6D31"/>
-    <w:rsid w:val="00B06DD4"/>
+    <w:rsid w:val="00AD1DBB"/>
     <w:rsid w:val="00B12F68"/>
-    <w:rsid w:val="00B42326"/>
-    <w:rsid w:val="00B670AB"/>
     <w:rsid w:val="00B752EF"/>
     <w:rsid w:val="00B77FDA"/>
     <w:rsid w:val="00BB31CE"/>
     <w:rsid w:val="00BC77E8"/>
     <w:rsid w:val="00C22DD1"/>
     <w:rsid w:val="00C423D1"/>
-    <w:rsid w:val="00C4250E"/>
     <w:rsid w:val="00C70B9E"/>
     <w:rsid w:val="00C7280A"/>
     <w:rsid w:val="00C750E0"/>
-    <w:rsid w:val="00CB6680"/>
+    <w:rsid w:val="00C902E6"/>
+    <w:rsid w:val="00CA0DB6"/>
     <w:rsid w:val="00D5279E"/>
     <w:rsid w:val="00D90D87"/>
     <w:rsid w:val="00DA325A"/>
     <w:rsid w:val="00DA5254"/>
     <w:rsid w:val="00DA7283"/>
     <w:rsid w:val="00DB6256"/>
-    <w:rsid w:val="00DD017B"/>
+    <w:rsid w:val="00DB6724"/>
     <w:rsid w:val="00DD3784"/>
     <w:rsid w:val="00DF0768"/>
     <w:rsid w:val="00DF184B"/>
     <w:rsid w:val="00E05486"/>
-    <w:rsid w:val="00E1118C"/>
     <w:rsid w:val="00E12CC4"/>
     <w:rsid w:val="00E17D29"/>
     <w:rsid w:val="00E23720"/>
+    <w:rsid w:val="00E46C71"/>
     <w:rsid w:val="00E825E5"/>
     <w:rsid w:val="00E86F6F"/>
     <w:rsid w:val="00EA055E"/>
-    <w:rsid w:val="00EB5980"/>
-    <w:rsid w:val="00EB69FD"/>
     <w:rsid w:val="00EC1C2A"/>
     <w:rsid w:val="00EC7B25"/>
     <w:rsid w:val="00EF5864"/>
     <w:rsid w:val="00EF6EB4"/>
-    <w:rsid w:val="00F1652D"/>
     <w:rsid w:val="00F171E9"/>
     <w:rsid w:val="00F22013"/>
+    <w:rsid w:val="00F2512C"/>
     <w:rsid w:val="00F33D49"/>
-    <w:rsid w:val="00F50937"/>
-    <w:rsid w:val="00F93663"/>
     <w:rsid w:val="00FE3442"/>
-    <w:rsid w:val="00FE7306"/>
     <w:rsid w:val="00FF0BA4"/>
     <w:rsid w:val="00FF52CC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -6802,94 +6633,72 @@
     <w:rsid w:val="00BB31CE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="No Spacing"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a7"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00DF184B"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a8">
+  <w:style w:type="character" w:styleId="a7">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="007F3C83"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
-    </w:rPr>
-[...19 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -7090,94 +6899,72 @@
     <w:rsid w:val="00BB31CE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="No Spacing"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a7"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00DF184B"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a8">
+  <w:style w:type="character" w:styleId="a7">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="007F3C83"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
-    </w:rPr>
-[...19 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
     <w:div w:id="116066364">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="325977908">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
@@ -7499,78 +7286,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6396CE7A-69D2-4AC7-A5F9-0E7EB663E957}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8CD454FA-1B08-4DDA-9F92-0A064850F1F5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>567</Words>
-  <Characters>3235</Characters>
+  <Words>551</Words>
+  <Characters>3141</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>26</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3795</CharactersWithSpaces>
+  <CharactersWithSpaces>3685</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Администратор</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>