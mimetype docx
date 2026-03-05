--- v0 (2025-12-12)
+++ v1 (2026-03-05)
@@ -1,187 +1,186 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="004B5749" w:rsidRDefault="006B7C05">
-      <w:r w:rsidRPr="006B7C05">
+    <w:p w:rsidR="004B5749" w:rsidRDefault="000A104D">
+      <w:r w:rsidRPr="000A104D">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="9251950" cy="6541450"/>
             <wp:effectExtent l="0" t="0" r="6350" b="0"/>
-            <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\ShpigarN\AppData\Local\Temp\Rar$DIa0.365\Памятка ата-анага.jpg"/>
+            <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\ShpigarN\AppData\Local\Temp\Rar$DIa0.052\Памятка родителя.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\ShpigarN\AppData\Local\Temp\Rar$DIa0.365\Памятка ата-анага.jpg"/>
+                    <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\ShpigarN\AppData\Local\Temp\Rar$DIa0.052\Памятка родителя.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="9251950" cy="6541450"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="004B5749" w:rsidSect="00E800E1">
+    <w:sectPr w:rsidR="004B5749" w:rsidSect="000A104D">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="850" w:right="1134" w:bottom="1701" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E800E1"/>
+    <w:rsidRoot w:val="000A104D"/>
+    <w:rsid w:val="000A104D"/>
     <w:rsid w:val="004B5749"/>
-    <w:rsid w:val="006B7C05"/>
-    <w:rsid w:val="00E800E1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{F1B84098-9EE5-482C-8C83-144E2D6C25B9}"/>
+  <w15:docId w15:val="{6BD3A160-FB08-4F82-9619-1BE1F48F982D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>