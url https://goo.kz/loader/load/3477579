--- v0 (2025-12-12)
+++ v1 (2026-03-05)
@@ -1,3664 +1,1412 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00E16DC6" w:rsidRPr="00A34197" w:rsidRDefault="00E16DC6" w:rsidP="00E16DC6">
-      <w:pPr>
+    <w:p w:rsidR="00673A93" w:rsidRPr="000023CC" w:rsidRDefault="00673A93" w:rsidP="00673A93">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:pPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="000023CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">ПАМЯТКА ДЛЯ РОДИТЕЛЕЙ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D0BA4" w:rsidRPr="000023CC" w:rsidRDefault="00673A93" w:rsidP="00673A93">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A34197">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000023CC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00E16DC6" w:rsidRPr="00A34197" w:rsidRDefault="003D404C" w:rsidP="00E16DC6">
+        </w:rPr>
+        <w:t>ПО ОРГАНИЗАЦИИ ДИСТАНЦИОННОГО ОБУЧЕНИЯ ДЕТЕЙ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00673A93" w:rsidRDefault="00673A93" w:rsidP="00673A93">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000023CC" w:rsidRPr="000023CC" w:rsidRDefault="000023CC" w:rsidP="000023CC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A34197">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000023CC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...28 lines deleted...]
-    <w:p w:rsidR="00E16DC6" w:rsidRPr="00A34197" w:rsidRDefault="00E16DC6" w:rsidP="00430A71">
+        </w:rPr>
+        <w:t xml:space="preserve">Как организовать дистанционное обучение? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000023CC" w:rsidRPr="000023CC" w:rsidRDefault="000023CC" w:rsidP="000023CC">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000023CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...48 lines deleted...]
-    <w:p w:rsidR="00E16DC6" w:rsidRPr="00A34197" w:rsidRDefault="00CE6459" w:rsidP="00E16DC6">
+        </w:rPr>
+        <w:t>ОБСУДИТЕ И СОГЛАСУЙТЕ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000023CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с Вашим классным руководителем один из трёх форматов дистанционного обучения Вашего ребёнка: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000023CC" w:rsidRPr="000023CC" w:rsidRDefault="00963F54" w:rsidP="000023CC">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>дистанционный  урок</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="000023CC" w:rsidRPr="000023CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...92 lines deleted...]
-    <w:p w:rsidR="00E16DC6" w:rsidRPr="00A34197" w:rsidRDefault="00CE6459" w:rsidP="00E16DC6">
+        <w:t xml:space="preserve"> с использованием интернет-платформ </w:t>
+      </w:r>
+      <w:r w:rsidR="000023CC" w:rsidRPr="000023CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – для участия в таких уроках школьнику нужен компьютер и высокоскоростной интернет; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000023CC" w:rsidRPr="000023CC" w:rsidRDefault="00963F54" w:rsidP="000023CC">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00A34197">
+        <w:t>истанционный</w:t>
+      </w:r>
+      <w:r w:rsidR="000023CC" w:rsidRPr="000023CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> урок, </w:t>
+      </w:r>
+      <w:r w:rsidR="000023CC" w:rsidRPr="000023CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>осуществляемы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r w:rsidR="000023CC" w:rsidRPr="000023CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000023CC" w:rsidRPr="000023CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>посредством телевидения или радиопрограмм в режиме прямой трансляции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="000023CC" w:rsidRPr="000023CC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Тікелей хабар тарату режимінде теле</w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000023CC" w:rsidRPr="000023CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>дидар</w:t>
-[...21 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E16DC6" w:rsidRPr="00A34197" w:rsidRDefault="00CE6459" w:rsidP="00E16DC6">
+    <w:p w:rsidR="000023CC" w:rsidRPr="000023CC" w:rsidRDefault="00963F54" w:rsidP="000023CC">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r w:rsidR="000023CC" w:rsidRPr="000023CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">истанционный урок,  представляемый </w:t>
+      </w:r>
+      <w:r w:rsidR="000023CC" w:rsidRPr="000023CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>заранее подготовленными  уроками на бумажном</w:t>
+      </w:r>
+      <w:r w:rsidR="000023CC" w:rsidRPr="000023CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000023CC" w:rsidRPr="000023CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>носителе,</w:t>
+      </w:r>
+      <w:r w:rsidR="000023CC" w:rsidRPr="000023CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000023CC" w:rsidRPr="000023CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>которые высылаются через отделения почты, электронную почту</w:t>
+      </w:r>
+      <w:r w:rsidR="000023CC" w:rsidRPr="000023CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...54 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E16DC6" w:rsidRPr="00A34197">
-[...49 lines deleted...]
-    <w:p w:rsidR="00E16DC6" w:rsidRPr="00A34197" w:rsidRDefault="0088007B" w:rsidP="00E16DC6">
+      <w:r w:rsidR="000023CC" w:rsidRPr="000023CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>– нет необходимости в компьютерном оборудовании и интернете.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000023CC" w:rsidRPr="000023CC" w:rsidRDefault="000023CC" w:rsidP="000023CC">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A34197">
-[...17 lines deleted...]
-      <w:r w:rsidR="00924021" w:rsidRPr="00A34197">
+      <w:r w:rsidRPr="000023CC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00E16DC6" w:rsidRPr="00A34197">
+        </w:rPr>
+        <w:t>ИЗУЧИТЕ</w:t>
+      </w:r>
+      <w:r w:rsidR="00963F54">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A34197">
+        </w:rPr>
+        <w:t xml:space="preserve"> заранее расписание уроков</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000023CC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...31 lines deleted...]
-    <w:p w:rsidR="00E16DC6" w:rsidRPr="00A34197" w:rsidRDefault="0088007B" w:rsidP="00E16DC6">
+        </w:rPr>
+        <w:t>, которое Вам направит классный руководитель, расписание публикуется на школьном сайте.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000023CC" w:rsidRPr="000023CC" w:rsidRDefault="000023CC" w:rsidP="000023CC">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A34197">
+      <w:r w:rsidRPr="000023CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">ПОДДЕРЖИВАЙТЕ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000023CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>постоянную связь с классным руководителем, учителями-предметниками любым удобным для Вас способом</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000023CC" w:rsidRDefault="000023CC" w:rsidP="000023CC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для проведения </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000023CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>истанционн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ого</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000023CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  урок</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000023CC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Сынып жетекшіңізбен, </w:t>
-[...5 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> с использованием интернет-платформ</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000023CC" w:rsidRPr="00470007" w:rsidRDefault="000023CC" w:rsidP="000023CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00470007">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ПРОВЕРЬТЕ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00470007">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работоспособность оборудования: компьютера, средств мобильной связи и других устройств, которые позволят обеспечить дистанционное обучение, уточните скорость Интернета; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00470007">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ОБЕСПЕЧЬТЕ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00470007">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Вашему школьнику свободный доступ к компьютеру и интернету, создайте ему собственный электронный адрес; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000023CC" w:rsidRPr="00470007" w:rsidRDefault="000023CC" w:rsidP="000023CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00470007">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>УСТАНОВИТЕ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00470007">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> программу родительского контроля на устройствах Вашего ребёнка, подключенных к интернету из рекомендованных Вашим классным руководителем;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000023CC" w:rsidRDefault="000023CC" w:rsidP="000023CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00470007">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ИЗУЧИТЕ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00470007">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> правила безопасного поведения в интернете и обсудите их с ребёнком</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A34197">
-[...488 lines deleted...]
-        <w:r w:rsidR="00ED3509" w:rsidRPr="00A34197">
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidRPr="00F6280E">
           <w:rPr>
             <w:rStyle w:val="a4"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-            <w:lang w:val="kk-KZ"/>
           </w:rPr>
-          <w:t>https://www.youtube.com/watch?v=2IWl2GVDgfM</w:t>
+          <w:t>https://www.youtube.com/watch?v=MbkPNbcVSqQ</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-    <w:p w:rsidR="00E16DC6" w:rsidRPr="00A34197" w:rsidRDefault="009D225A" w:rsidP="00E16DC6">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000023CC" w:rsidRDefault="000023CC" w:rsidP="000023CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000023CC" w:rsidRPr="00470007" w:rsidRDefault="000023CC" w:rsidP="000023CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:lang w:val="kk-KZ"/>
-[...23 lines deleted...]
-      <w:r w:rsidRPr="00A34197">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00470007">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для проведения дистанционного урока, представленного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00470007">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>заранее подготовленными  уроками на бумажном</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00470007">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00E16DC6" w:rsidRPr="00A34197">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00470007">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:lang w:val="kk-KZ"/>
-[...47 lines deleted...]
-      <w:r w:rsidR="00924021" w:rsidRPr="00A34197">
+        </w:rPr>
+        <w:t>носителе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D761C3" w:rsidRDefault="000023CC" w:rsidP="000023CC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00470007">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...54 lines deleted...]
-      <w:r w:rsidR="00924021" w:rsidRPr="00A34197">
+        </w:rPr>
+        <w:t>ОБГОВОРИТЕ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000023CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заранее с классным руководителем место </w:t>
+      </w:r>
+      <w:r w:rsidR="00D761C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000023CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">время обмена </w:t>
+      </w:r>
+      <w:r w:rsidR="00D761C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>материалами</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000023CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и выполненными домашними заданиями; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000023CC" w:rsidRDefault="000023CC" w:rsidP="000023CC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D761C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...67 lines deleted...]
-    <w:p w:rsidR="00E16DC6" w:rsidRPr="00A34197" w:rsidRDefault="00924021" w:rsidP="00E16DC6">
+        </w:rPr>
+        <w:t xml:space="preserve">ОТВЕТСТВЕННОСТЬ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000023CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>за обмен учебными материалами и информацией лежит на учителях и родителях ученика, минимизируйте случаи личного контакта Ваших детей с работниками школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D761C3" w:rsidRPr="00C91B95" w:rsidRDefault="00D761C3" w:rsidP="00D761C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="230" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A34197">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C91B95">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="00E16DC6" w:rsidRPr="00A34197" w:rsidRDefault="00BB587B" w:rsidP="00E16DC6">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ОБРАТИТЕ ВНИМАНИЕ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D761C3" w:rsidRPr="00C91B95" w:rsidRDefault="00D761C3" w:rsidP="00D761C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="230" w:lineRule="atLeast"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A34197">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C91B95">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="0084272A" w:rsidRPr="00A34197">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обучение ребёнка в дистанционной форме требует от Вас учёта некоторых правил и создания особого учебного пространства в </w:t>
+      </w:r>
+      <w:r w:rsidR="00963F54">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A34197">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">домашних </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C91B95">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>условиях. Вам необходимо продумать, где лучше всего расположить рабочее место ученика.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D761C3" w:rsidRPr="00C91B95" w:rsidRDefault="00D761C3" w:rsidP="00D761C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="230" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A34197">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C91B95">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оно должно удовлетворять некоторым важным требованиям:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D761C3" w:rsidRPr="00C91B95" w:rsidRDefault="00D761C3" w:rsidP="00D761C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="230" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A34197">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C91B95">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1.   Рабочий стол с оборудованием должен находиться недалеко от естественного освещения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D761C3" w:rsidRPr="00C91B95" w:rsidRDefault="00D761C3" w:rsidP="00D761C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="230" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A34197">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C91B95">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2.   Лучше, если это будет   отдельный стол с прямой столешницей, чтобы можно было поставить не только компьютер, но и должно быть оставлено место для ручной работы ребёнка на столе, для записей на бумаге со стороны ведущей руки (обычно справа). Все технические средства должны быть расположены недалеко друг от друга, на расстоянии вытянутой руки от ребёнка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D761C3" w:rsidRPr="00C91B95" w:rsidRDefault="00D761C3" w:rsidP="00D761C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="230" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="0084272A" w:rsidRPr="00A34197">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C91B95">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3.   Оборудование должно быть недоступно домашним животным.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D761C3" w:rsidRPr="00C91B95" w:rsidRDefault="00D761C3" w:rsidP="00D761C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="230" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="0084272A" w:rsidRPr="00A34197">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C91B95">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00D56970" w:rsidRPr="00A34197">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>4.   Для освещения применять обычные светильники (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C91B95">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00E16DC6" w:rsidRPr="00A34197">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>люминисцентные</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C91B95">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00E16DC6" w:rsidRPr="00A34197" w:rsidRDefault="00E16DC6" w:rsidP="00E16DC6">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> желательно не использовать). Свет должен падать на клавиатуру сверху.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D761C3" w:rsidRPr="00C91B95" w:rsidRDefault="00D761C3" w:rsidP="00D761C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="230" w:lineRule="atLeast"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A34197">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C91B95">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...684 lines deleted...]
-    <w:p w:rsidR="00E16DC6" w:rsidRPr="00A34197" w:rsidRDefault="00924021" w:rsidP="00E16DC6">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5.   Хорошо если Вы так организуете учебное место своего ребёнка, чтобы можно было убрать оборудование, или лучше прикрыть его, когда ребёнок не работает.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D761C3" w:rsidRDefault="00D761C3" w:rsidP="000023CC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D761C3" w:rsidRPr="00C91B95" w:rsidRDefault="00D761C3" w:rsidP="00D761C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="230" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A34197">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C91B95">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00E16DC6" w:rsidRPr="00A34197" w:rsidRDefault="004106E6" w:rsidP="00E16DC6">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ПОМНИТЕ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D761C3" w:rsidRPr="00C91B95" w:rsidRDefault="00D761C3" w:rsidP="00D761C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="230" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A34197">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C91B95">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00F830BA" w:rsidRPr="00A34197">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Обязательно контролируйте время работы ребёнка на компьютере. Перерывы необходимо устраивать через каждые полчаса. Старайтесь снижать зрительную нагрузку ребёнка при работе с компьютером.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D761C3" w:rsidRPr="00C91B95" w:rsidRDefault="00D761C3" w:rsidP="00D761C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="230" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C91B95">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00E16DC6" w:rsidRPr="00A34197">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Если ребёнок встречается с техническими трудностями при работе с оборудованием, трудностями при регистрации или работе на образовательных онлайн платформах или проблемами другого характера, помогите ему справиться с этим или сообщите об этом классному руководителю в любой форме (по телефону, сообщение в системе «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00F830BA" w:rsidRPr="00A34197">
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Kundelik</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D761C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00E16DC6" w:rsidRPr="00A34197">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00F830BA" w:rsidRPr="00A34197">
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C91B95">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A34197">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>» и  т.д.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D761C3" w:rsidRPr="00C91B95" w:rsidRDefault="00D761C3" w:rsidP="00D761C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="230" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C91B95">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00F830BA" w:rsidRPr="00A34197">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В случае затруднений при изучении нового материала необходимо обратиться к учителю посредством обратной связи через систему «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00E16DC6" w:rsidRPr="00A34197">
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Kundelik</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D761C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00F830BA" w:rsidRPr="00A34197">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00E16DC6" w:rsidRPr="00A34197">
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C91B95">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00F830BA" w:rsidRPr="00A34197">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>» для организации индивидуальной консультации по изучению нового материала. По темам и заданиям, вызвавшим затруднения обучающихся при самостоятельном изучении, учителем проводится корректировка полученных знаний после выхода с дистанционной формы обучения, пробелы устраняются через индивидуальную работу с обучающимися.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D761C3" w:rsidRPr="00C91B95" w:rsidRDefault="00D761C3" w:rsidP="00D761C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="230" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C91B95">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00E16DC6" w:rsidRPr="00A34197">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Выполнение заданий является обязательным требованием при организации дистанционной формы обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00470007" w:rsidRPr="00963F54" w:rsidRDefault="00D761C3" w:rsidP="00D761C3">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00F830BA" w:rsidRPr="00A34197">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C91B95">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...845 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E16DC6" w:rsidRPr="00A34197" w:rsidRDefault="00E16DC6" w:rsidP="00E16DC6">
+    <w:p w:rsidR="00D761C3" w:rsidRPr="00D761C3" w:rsidRDefault="00D761C3" w:rsidP="00D761C3">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A34197">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D761C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...68 lines deleted...]
-    <w:p w:rsidR="00E16DC6" w:rsidRPr="00A34197" w:rsidRDefault="00F52F6C" w:rsidP="00E16DC6">
+        </w:rPr>
+        <w:t xml:space="preserve">ИСПОЛЬЗУЙТЕ ПОЛЕЗНЫЕ ИНТЕРНЕТ-РЕСУРСЫ: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D761C3" w:rsidRPr="00D761C3" w:rsidRDefault="00D761C3" w:rsidP="00D761C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
-[...52 lines deleted...]
-    <w:p w:rsidR="00ED3509" w:rsidRPr="00A34197" w:rsidRDefault="00A34197" w:rsidP="00E16DC6">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D761C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Портал дистанционного обучения в Республике Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D761C3" w:rsidRPr="00D761C3" w:rsidRDefault="000C1416" w:rsidP="00D761C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
-[...107 lines deleted...]
-        <w:r w:rsidR="00ED3509" w:rsidRPr="00A34197">
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidR="00D761C3" w:rsidRPr="00D761C3">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
-          <w:t>https://www.youtube.com/watch?v=wrIJxRpb6w0</w:t>
+          <w:t>https://www.gov.kz/memleket/entities/edu/activities/3317?lang=ru</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00ED3509" w:rsidRPr="00A34197" w:rsidRDefault="00ED3509" w:rsidP="00E16DC6">
+    <w:p w:rsidR="00D761C3" w:rsidRPr="00D761C3" w:rsidRDefault="00D761C3" w:rsidP="00D761C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...12 lines deleted...]
-    <w:p w:rsidR="00ED3509" w:rsidRPr="00A34197" w:rsidRDefault="00A34197" w:rsidP="00E16DC6">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D761C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Безопасность в сети</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D761C3" w:rsidRPr="00D761C3" w:rsidRDefault="000C1416" w:rsidP="00D761C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-        <w:r w:rsidR="00ED3509" w:rsidRPr="00A34197">
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidR="00D761C3" w:rsidRPr="00D761C3">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
-          <w:t>https://www.youtube.com/watch?v=0hTlhuMFdcM</w:t>
+          <w:t>https://www.youtube.com/watch?v=MbkPNbcVSqQ</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-    <w:p w:rsidR="00E16DC6" w:rsidRPr="00A34197" w:rsidRDefault="00E16DC6" w:rsidP="00E16DC6">
+      <w:r w:rsidR="00D761C3" w:rsidRPr="00D761C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D761C3" w:rsidRPr="00D761C3" w:rsidRDefault="00D761C3" w:rsidP="00D761C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D761C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Мы сохраняем наше здоровье</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D761C3" w:rsidRPr="00D761C3" w:rsidRDefault="000C1416" w:rsidP="00D761C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="00D761C3" w:rsidRPr="00D761C3">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>https://www.youtube.com/watch?v=Jqw32Eaz7lg</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00D761C3" w:rsidRPr="00D761C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E16DC6" w:rsidRPr="00A34197" w:rsidRDefault="00E16DC6" w:rsidP="00E16DC6">
+    <w:p w:rsidR="00D761C3" w:rsidRPr="00D761C3" w:rsidRDefault="00D761C3" w:rsidP="00D761C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D761C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Правила работы на компьютере</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D761C3" w:rsidRPr="00D761C3" w:rsidRDefault="000C1416" w:rsidP="00D761C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="00D761C3" w:rsidRPr="00D761C3">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>https://www.youtube.com/watch?v=z3bI0hmZqc0</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00D761C3" w:rsidRPr="00D761C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D761C3" w:rsidRPr="00D761C3" w:rsidRDefault="00D761C3" w:rsidP="00D761C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D761C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Информационная безопасность</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D761C3" w:rsidRPr="00D761C3" w:rsidRDefault="000C1416" w:rsidP="00D761C3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="00D761C3" w:rsidRPr="00D761C3">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>https://www.youtube.com/watch?v=vmtDt4suUGQ</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00D761C3" w:rsidRPr="00D761C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D761C3" w:rsidRPr="00C91B95" w:rsidRDefault="00D761C3" w:rsidP="00D761C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="230" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E16DC6" w:rsidRPr="00A34197" w:rsidRDefault="00E16DC6" w:rsidP="00E16DC6">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00D761C3" w:rsidRPr="00D761C3" w:rsidRDefault="00D761C3" w:rsidP="00D761C3">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005C3B89" w:rsidRPr="00A34197" w:rsidRDefault="005C3B89">
-[...31 lines deleted...]
-    <w:sectPr w:rsidR="0020518B" w:rsidRPr="00A34197">
+    <w:sectPr w:rsidR="00D761C3" w:rsidRPr="00D761C3">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2B953560"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D0A62C3C"/>
     <w:lvl w:ilvl="0" w:tplc="4024169C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -3704,51 +1452,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47D90317"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="92344594"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3827,659 +1575,568 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
-  <w:hyphenationZone w:val="141"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00323475"/>
-[...32 lines deleted...]
-    <w:rsid w:val="00F830BA"/>
+    <w:rsidRoot w:val="00673A93"/>
+    <w:rsid w:val="000023CC"/>
+    <w:rsid w:val="000C1416"/>
+    <w:rsid w:val="00470007"/>
+    <w:rsid w:val="00673A93"/>
+    <w:rsid w:val="006D0BA4"/>
+    <w:rsid w:val="00963F54"/>
+    <w:rsid w:val="00CD091D"/>
+    <w:rsid w:val="00D761C3"/>
+    <w:rsid w:val="00DB4BBC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w15:docId w15:val="{A329B17A-3F67-44B8-8BE3-A3379D82132F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E16DC6"/>
-[...24 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00E16DC6"/>
+    <w:rsid w:val="000023CC"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E16DC6"/>
+    <w:rsid w:val="000023CC"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
-    </w:rPr>
-[...11 lines deleted...]
-      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00903CF2"/>
-[...262 lines deleted...]
-    <w:rsid w:val="00903CF2"/>
+    <w:rsid w:val="00D761C3"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=CmhS9WSeYj8" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.kz/memleket/entities/edu/activities/3317?lang=kk" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=2IWl2GVDgfM" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=0hTlhuMFdcM" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=wrIJxRpb6w0" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=kJ8QkvzHjuc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=Jqw32Eaz7lg" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=MbkPNbcVSqQ" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.kz/memleket/entities/edu/activities/3317?lang=ru" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=MbkPNbcVSqQ" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=vmtDt4suUGQ" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=z3bI0hmZqc0" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4728,65 +2385,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>751</Words>
-  <Characters>4287</Characters>
+  <Words>740</Words>
+  <Characters>4222</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>35</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5028</CharactersWithSpaces>
+  <CharactersWithSpaces>4953</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>hr4</dc:creator>
+  <dc:creator>tipo3</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>