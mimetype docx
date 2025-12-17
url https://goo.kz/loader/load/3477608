--- v0 (2025-12-16)
+++ v1 (2025-12-17)
@@ -1,54431 +1,10940 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
-[...4 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="7b957f2" w14:textId="7b957f2">
+    <w:p w:rsidR="00261E94" w:rsidRDefault="0058098A">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-[...1 lines deleted...]
-        <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...8 lines deleted...]
-      <w:r>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00E558AC">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="0" name="" descr=""/>
+            <wp:docPr id="1" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
-              <a:graphicFrameLocks noChangeAspect="true"/>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
-            <a:graphic>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-                <pic:pic>
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3"/>
+                    <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2057400" cy="571500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...3 lines deleted...]
-        <w:t>Отбасы және балалар саласында мемлекеттік қызметтерді көрсету қағидаларын бекіту туралы</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Об утверждении Правил оказания государственных услуг в сфере семьи и детей</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2020 жылғы 24 сәуірдегі № 158 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 24 сәуірде № 20478 болып тіркелді</w:t>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 24 апреля 2020 года № 158. Зарегистрирован в Министерстве юстиции Республики Казахстан 24 апреля 2020 года № 20478</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...62 lines deleted...]
-        <w:t>. қараңыз</w:t>
+      <w:bookmarkStart w:id="1" w:name="z4"/>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В соответствии с подпунктом 1) статьи 10 Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1" w:id="0"/>
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> 1) тармақшасына сәйкес БҰЙЫРАМЫН:</w:t>
+      <w:bookmarkStart w:id="2" w:name="z5"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Утвердить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="0058098A" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      1. Мыналар:</w:t>
+      <w:bookmarkStart w:id="3" w:name="z6"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) Правила оказания государственных услуг "Выдача справок по опеке и попечительству" согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058098A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1 к настоящему приказу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="0058098A" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес "Қорғаншылық және қамқоршылық жөнінде анықтамалар беру" мемлекеттік қызметті көрсету қағидалары;</w:t>
+      <w:bookmarkStart w:id="4" w:name="z7"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="0058098A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058098A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) Правила оказания государственных услуг "Выдача справок для распоряжения имуществом несовершеннолетних" согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058098A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2 к настоящему приказу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="0058098A" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес "Кәмелетке толмағандардың мүлкіне иелік ету үшін анықтамалар беру" мемлекеттік қызметті көрсету қағидалары;</w:t>
+      <w:bookmarkStart w:id="5" w:name="z8"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="0058098A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058098A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) Правила оказания государственных услуг "Установление опеки или попечительства над ребенком-сиротой (детьми-сиротами) и ребенком (детьми), оставшимся без попечения родителей" согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058098A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3 к настоящему приказу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="0058098A" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес "Жетім балаға (жетім балаларға) және ата-анасының қамқорлығынсыз қалған балаға (балаларға) қамқоршылық немесе қорғаншылық белгілеу" мемлекеттік қызметті көрсету қағидалары;</w:t>
+      <w:bookmarkStart w:id="6" w:name="z9"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="0058098A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058098A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) Правила оказания государственных услуг "Назначение выплаты пособия опекунам или попечителям на содержание ребенка-сироты (детей-сирот) и ребенка (детей), оставшегося без попечения родителей" согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058098A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4 к настоящему приказу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="0058098A" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес "Қамқоршыларға немесе қорғаншыларға жетім баланы (жетім балаларды) және ата-анасының қамқорлығынсыз қалған баланы (балаларды) асырап-бағуға жәрдемақы төлеуді тағайындау" мемлекеттік қызметті көрсету қағидалары;</w:t>
+      <w:bookmarkStart w:id="7" w:name="z10"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="0058098A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058098A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) Правила оказания государственных услуг "Передача ребенка (детей) на патронатное воспитание и назначение выплаты денежных средств на содержание ребенка (детей), переданного патронатным воспитателям" согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058098A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5 к настоящему приказу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="0058098A" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес "Баланы (балаларды) патронаттық тәрбиелеуге беру және патронат тәрбиешiлерге берiлген баланы (балаларды) асырап-бағуға ақшалай қаражат төлеуді тағайындау" мемлекеттік қызметті көрсету қағидалары;</w:t>
+      <w:bookmarkStart w:id="8" w:name="z11"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="0058098A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058098A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) Правила оказания государственных услуг "Передача ребенка (детей) на воспитание в приемную семью и назначение выплаты денежных средств на их содержание" согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058098A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6 к настоящему приказу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="0058098A" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес "Баланы (балаларды) қабылдаушы отбасына тәрбиелеуге беру және оларды асырауға ақшалай қаражат төлеуді тағайындау" мемлекеттік қызметті көрсету қағидалары;</w:t>
+      <w:bookmarkStart w:id="9" w:name="z12"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="0058098A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058098A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) Правила оказания государственных услуг "Назначение единовременной денежной выплаты в связи с усыновлением ребенка-сироты и (или) ребенка, оставшегося без попечения родителей" согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058098A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>7 к настоящему приказу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="0058098A" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес "Жетім баланы және (немесе) ата-анасының қамқорлығынсыз қалған баланы асырап алуға байланысты біржолғы ақшалай төлемді тағайындау" мемлекеттік қызметті көрсету қағидалары;</w:t>
+      <w:bookmarkStart w:id="10" w:name="z13"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="0058098A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058098A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) Правила оказания государственных услуг "Выдача разрешения на свидания с ребенком родителям, лишенным родительских прав, не оказывающие </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">на ребенка негативного влияния" согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058098A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>8 к настоящему приказу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="0058098A" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес "Балаға кері әсер етпейтін ата-ана құқықтарынан айырылған ата-аналарға баламен кездесуіне рұқсат беру" мемлекеттік қызметті көрсету қағидалары;</w:t>
+      <w:bookmarkStart w:id="11" w:name="z14"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="0058098A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058098A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9) Правила оказания государственных услуг "Предоставление бесплатного подвоза к общеобразовательным организациям и обратно домой детям, проживающим в отдаленных сельских пунктах" согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058098A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>9 к настоящему приказу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="0058098A" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес "Шалғайдағы ауылдық елді мекендерде тұратын балаларды жалпы білім беру ұйымдарына және кейін үйлеріне тегін тасымалдауды ұсыну" мемлекеттік қызметті көрсету қағидалары;</w:t>
+      <w:bookmarkStart w:id="12" w:name="z15"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="0058098A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058098A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10) Правила оказания государственных услуг "Предоставление бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах" согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058098A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>10 к настоящему приказу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="0058098A" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес "Жалпы білім беретін мектептердегі білім алушылар мен тәрбиеленушілердің жекелеген санаттарын тегін және жеңілдікпен тамақтандыруды ұсыну" мемлекеттік қызметті көрсету қағидалары; </w:t>
+      <w:bookmarkStart w:id="13" w:name="z16"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="0058098A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058098A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11) Правила оказания государственных услуг "Прием документов и выдача направлений на предоставление отдыха в загородных и пришкольных лагерях отдельным категориям обучающихся и воспитанников государственных учреждений образования" согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058098A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>11 к настоящему приказу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="0058098A" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес "Мемлекеттік білім беру мекемелеріндегі білім алушылар мен тәрбиенушілердің жекелеген санаттарына қала сыртындағы және мектеп жанындағы лагерьлерде демалуы үшін құжаттар қабылдау және жолдама беру" мемлекеттік қызметті көрсету қағидалары;</w:t>
+      <w:bookmarkStart w:id="14" w:name="z17"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="0058098A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058098A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12) Правила оказания государственных услуг "Выдача решения органа опеки и попечительства об учете мнения ребенка, достигшего десятилетнего возраста" согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058098A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>12 к настоящему приказу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="0058098A" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес "Он жасқа толған баланың пiкiрi ескеру туралы қорғаншылық немесе қамқоршылық органының шешімін беру" мемлекеттік қызметті көрсету қағидалары бекітілсін.</w:t>
+      <w:bookmarkStart w:id="15" w:name="z18"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="0058098A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058098A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Признать утратившими силу некоторые приказы Министерства образования и науки Республики Казахстан согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058098A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>13 к настоящему приказу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Білім және ғылым министрлігінің кейбір бұйрықтарының күші жойылды деп танылсын. </w:t>
+      <w:bookmarkStart w:id="16" w:name="z19"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058098A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Комитету по охране прав детей Министерства образования и науки Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      3. Қазақстан Республикасы Білім және ғылым министрлігінің Балалардың құқықтарын қорғау комитеті заңнамада белгіленген тәртіппен:</w:t>
+      <w:bookmarkStart w:id="17" w:name="z20"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+      <w:bookmarkStart w:id="18" w:name="z21"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) размещение настоящего приказа на интернет-ресурсе Министерства образования и науки Республики Казахстан после его официального опубликования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      2) осы бұйрықтың Қазақстан Республикасы Білім және ғылым министрлігінің интернет-ресурсында орналастырылуын қамтамасыз етсін;</w:t>
+      <w:bookmarkStart w:id="19" w:name="z22"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в Юридический департамент Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      3) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде осы тармақтың 1) және 2) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді Қазақстан Республикасы Білім және ғылым министрлігінің Заң департаментіне ұсынуды қамтамасыз етсін.</w:t>
+      <w:bookmarkStart w:id="20" w:name="z23"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра образования и науки Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      4. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Білім және ғылым вице-министріне жүктелсін.</w:t>
+      <w:bookmarkStart w:id="21" w:name="z24"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования, за исключением абзацев двенадцатого и двадцать четвертого пункта 8 и абзаца четырнадцатого пункта 9 стандарта государственной услуги "Установление опеки или </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>попечительства над ребенком-сиротой (детьми-сиротами) и ребенком (детьми), оставшимся без попечения родителей", абзаца восьмого пункта 8 и абзаца четырнадцатого пункта 9 стандарта государственной услуги "Передача ребенка (детей) на патронатное воспитание и назначение выплаты денежных средств на содержание ребенка (детей), переданного патронатным воспитателям", абзацев девять и восемнадцать пункта 8 и абзаца четырнадцатого пункта 9 стандарта государственной услуги "Передача ребенка (детей) на воспитание в приемную семью и назначение выплаты денежных средств на их содержание" которые вводятся в действие с 1 июля 2020 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="20"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="6243"/>
+        <w:gridCol w:w="3534"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00261E94">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7795" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:bookmarkEnd w:id="21"/>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
-              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...11 lines deleted...]
-                <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      Қазақстан Республикасының </w:t>
-[...7 lines deleted...]
-                <w:b w:val="false"/>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...11 lines deleted...]
-</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министр образования и науки</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4205" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
-              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...11 lines deleted...]
-                <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>А. Аймагамбетов</w:t>
-            </w:r>
-[...9 lines deleted...]
-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      Қазақстан Республикасы</w:t>
+      <w:bookmarkStart w:id="22" w:name="z26"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "СОГЛАСОВАН"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Министерство</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>цифрового развития,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>инноваций и аэрокосмической</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>промышленности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...62 lines deleted...]
-      "КЕЛІСІЛДІ"</w:t>
+      <w:bookmarkStart w:id="23" w:name="z606"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (подпись)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7780"/>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="5989"/>
+        <w:gridCol w:w="3788"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00261E94" w:rsidRPr="0058098A">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:bookmarkEnd w:id="23"/>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...59 lines deleted...]
-              <w:t>1-қосымша</w:t>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 9 к Приказу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 24 апреля 2020 года № 158</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z23" w:id="21"/>
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+      <w:bookmarkStart w:id="24" w:name="z608"/>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> "Қорғаншылық және қамқоршылық жөнінде анықтамалар беру" мемлекеттік қызметті көрсету қағидалары</w:t>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правила оказания государственной услуги "Предоставление бесплатного подвоза к общеобразовательным организациям и обратно домой детям, проживающим в отдаленных сельских пунктах"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+      <w:bookmarkStart w:id="25" w:name="z609"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> 1) тармақшасына сәйкес әзірленді және қорғаншыларға немесе қамқоршыларға қорғаншылық және қамқоршылық жөнінде анықтамалар беру тәртібін айқындайды.</w:t>
+      <w:bookmarkStart w:id="26" w:name="z610"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Настоящие Правила оказания государственной услуги "Предоставление бесплатного подвоза к общеобразовательным организациям и обратно домой детям, проживающим в отдаленных сельских пунктах" (далее – Правила) разработаны в соответствии с подпунктом 1) статьи 10 Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" (далее - Закон) и определяют порядок предоставления бесплатного подвоза к общеобразовательным организациям и обратно домой детям, проживающим в отдаленных сельских пунктах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      2. Осы Қағидаларда мынадай ұғымдар пайдаланылады:</w:t>
+      <w:bookmarkStart w:id="27" w:name="z611"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. В настоящих Правилах используются следующие понятия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      1) мемлекеттік көрсетілетін қызмет стандарты – мемлекеттік қызмет көрсету ерекшеліктері ескеріле отырып, қызмет көрсету процесінің сипаттамаларын, нысанын, мазмұны мен нәтижесін, сондай-ақ өзге де мәліметтерді қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесі;</w:t>
+      <w:bookmarkStart w:id="28" w:name="z612"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация) – юридическое лицо, созданное по решению Правительства Республики Казахстан для оказания государственных услуг, услуг по выдаче технических условий на подключение к сетям субъектов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>естественных монополий и услуг субъектов квазигосударственного сектора в соответствии с законодательством Республики Казахстан, организации работы по приему заявлений на оказание государственных услуг, услуг по выдаче технических условий на подключение к сетям субъектов естественных монополий, услуг субъектов квазигосударственного сектора и выдаче их результатов услугополучателю по принципу "одного окна", а также обеспечения оказания государственных услуг в электронной форме, осуществляющее государственную регистрацию прав на недвижимое имущество по месту его нахождения (далее – Государственная корпорация);</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      2) "электрондық үкіметтің" веб-порталы – нормативтік құқықтық базаны қоса алғанда, бүкіл шоғырландырылған үкіметтік ақпаратқа және электрондық нысанда көрсетілетін мемлекеттік қызметтерге, табиғи монополиялар субъектілерінің желілеріне қосуға техникалық шарттарды беру жөніндегі қызметтерге және квазимемлекеттік сектор субъектілерінің қызметтеріне қол жеткізудің бірыңғай терезесі болатын ақпараттық жүйе (бұдан әрі - портал);</w:t>
+      <w:bookmarkStart w:id="29" w:name="z613"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) индивидуальный идентификационный номер - уникальный номер, формируемый для физического лица, в том числе индивидуального предпринимателя, осуществляющего деятельность в виде личного предпринимательства;</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      3) электрондық цифрлық қолтаңба – электрондық цифрлық қолтаңба құралдарымен жасалған және электрондық құжаттың анықтығын, оның тиесілілігін және мазмұнының өзгермейтіндігін растайтын электрондық цифрлық нышандар жиынтығы (бұдан әрі - ЭЦҚ). </w:t>
+      <w:bookmarkStart w:id="30" w:name="z614"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) стандарт государственной услуги – перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="25"/>
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 2-тарау. Мемлекеттік қызмет көрсету тәртібі</w:t>
+      <w:bookmarkStart w:id="31" w:name="z615"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) веб-портал "электронного правительства" – информационная система, представляющая собой единое окно доступа ко всей консолидированной правительственной информации, включая нормативную правовую базу, и к государственным услугам, услугам по выдаче технических условий на подключение к сетям субъектов естественных монополий и услугам субъектов квазигосударственного сектора, оказываемым в электронной форме (далее - портал);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысан бойынша көрсетілетін қызметті алушының ЭЦҚ-сы қойылған немесе бір рет пайдаланатын құпия сөзбен куәландырылған, көрсетілетін қызметті алушының ұялы байланыс операторы ұсынған абоненттік нөмірі порталдың есеп жазбасына тіркелген және қосылған жағдайда өтініш береді. </w:t>
+      <w:bookmarkStart w:id="32" w:name="z616"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) электронная цифровая подпись – набор электронных цифровых символов, созданный средствами электронной цифровой подписи и подтверждающий достоверность электронного документа, его принадлежность и неизменность содержания (далее - ЭЦП).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес "Қорғаншылық және қамқоршылық жөнінде анықтама беру" мемлекеттік қызмет стандартына сәйкес көрсетіледі. </w:t>
+      <w:bookmarkStart w:id="33" w:name="z617"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="27"/>
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="0058098A" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      4. Жеке басын куәландыратын құжаттар туралы мәліметтерді, баланың туу туралы куәлігін ("АХАЖ тіркеу пункті" ақпараттық жүйесінде мәліметтер болмаған жағдайда) Нұр-Сұлтан, Алматы және Шымкент қалаларының, аудандардың және облыстық маңызы бар қалалардың жергілікті атқарушы органдары (бұдан әрі – көрсетілетін қызметті беруші) "электрондық үкімет" шлюзі арқылы тиісті мемлекеттік ақпараттық жүйелерден алады.</w:t>
+      <w:bookmarkStart w:id="34" w:name="z618"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Для получения государственной услуги "Предоставление бесплатного подвоза к общеобразовательным организациям и обратно домой детям, проживающим в отдаленных сельских пунктах" (далее – государственная услуга) физические лица (далее – услугополучатель) подают акимам поселка, села, сельского округа (далее – услугодатель), в Государственную корпорацию или через портал заявление, по форме, согласно приложению 1 к настоящим Правилам с приложением документов, предусмотренных стандартом государственной услуги "Предоставление бесплатного подвоза к </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">общеобразовательным организациям и обратно домой детям, проживающим в отдаленных сельских пунктах" согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058098A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2 к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      5. Көрсетілетін қызметті алушының "жеке кабинетіне" мемлекеттік көрсетілетін қызметке сұрау салудың қабылданғаны туралы мәртебе, сондай-ақ хабарлама жіберіледі.</w:t>
+      <w:bookmarkStart w:id="35" w:name="z619"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058098A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4. При приеме документов через Государственную корпорацию услугополучателю выдается расписка о приеме соответствующих документов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="0058098A" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысан бойынша беріледі не мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауап көрсетілетін қызметті алушының "жеке кабинетіне" көрсетілетін қызметті берушінің уәкілетті адамының ЭЦҚ қойылған электрондық құжат нысанында жіберіледі.</w:t>
+      <w:bookmarkStart w:id="36" w:name="z620"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. В случае предоставления услугополучателем неполного пакета документов и (или) документов с истекшим сроком действия работник Государственной корпорации отказывает в приеме заявления и выдает расписку об отказе в приеме документов по форме, согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058098A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 к настоящим Правилам. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      7. Құжаттарды қараудың жалпы мерзімі және қорғаншылық және қамқоршылық жөнінде анықтама беру не мемлекеттік қызмет көрсетуден бас тарту 30 (отыз) минутты құрайды.</w:t>
+      <w:bookmarkStart w:id="37" w:name="z621"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058098A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6. Государственная корпорация осуществляет доставку пакета документов через курьера услугодателю в течение 1 (одного) рабочего дня.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 3-тарау. Мемлекеттік қызмет көрсету процесінде көсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
+      <w:bookmarkStart w:id="38" w:name="z622"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При обращении в Государственную корпорацию день приема не входит в срок оказания государственной услуги. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      8 Мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің шешіміне, әрекетіне (әрекетсіздігіне) шағым көрсетілетін қызметті беруші басшысының атына, мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға Қазақстан Республикасының заңнамасына сәйкес беріледі. </w:t>
+      <w:bookmarkStart w:id="39" w:name="z623"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. В случае обращения через портал услугополучателю в "личный кабинет" направляется статус о принятии запроса на государственную услугу, а также уведомление с указанием даты и времени получения результата государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес тіркелген күнінен бастап 5 (бес) жұмыс күні ішінде қаралуға жатады.</w:t>
+      <w:bookmarkStart w:id="40" w:name="z624"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8. Услугодатель в течение 1 (одного) рабочего дня с момента получения документов, проверяет полноту представленных документов.</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      Мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап 15 (он бес) жұмыс күні ішінде қарастыруға жатады.</w:t>
+      <w:bookmarkStart w:id="41" w:name="z625"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9. Сведения о документах, удостоверяющих личность услугополучателя, свидетельстве о рождении ребенка (при отсутствии сведений в информационной системе "Регистрационный пункт ЗАГС") работник Государственной корпорации и услугодатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="33"/>
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      9. Көрсетілген мемлекеттік қызмет нәтижесімен келіспеген жағдайда көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасында белгіленген тәртіппен сотқа жүгінеді.</w:t>
+      <w:bookmarkStart w:id="42" w:name="z626"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Услугодатель и работник Государственной корпорации получает согласие услугополучателя на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="z627"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В случае представления услугополучателем неполного пакета документов и (или) документов с истекшим сроком действия услугодатель отказывает услугополучателю в приеме заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="44" w:name="z628"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10. По итогам проверки документов услугодатель в течение 3 (трех) рабочих дней готовит справку о предоставлении бесплатного подвоза к общеобразовательной организации и обратно домой (далее - справка) по форме, согласно приложению 4 к настоящим Правилам либо мотивированный ответ об отказе в оказании государственной услуги. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="z629"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11. Услугодатель в течение 1 (одного) рабочего дня направляет справку либо мотивированный ответ об отказе в оказании государственной услуги услугополучателю или в Государственную корпорацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="z630"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12. В Государственной корпорации выдача готовых документов осуществляется при предъявлении удостоверения личности (либо его представителя по доверенности, удостоверенный нотариально).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="z631"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Государственная корпорация обеспечивает хранение результата в течение одного месяца, после чего передает его услугодателю для дальнейшего хранения. При обращении услугополучателя по истечении одного месяца по запросу Государственной корпорации услугодатель в течение одного рабочего дня направляет готовые документы в Государственную корпорацию для выдачи услугополучателю.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="48" w:name="z632"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13. Общий срок рассмотрения документов и получение справки либо отказ в оказании государственной услуги составляет 5 (пять) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="49" w:name="z633"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) услугодателя и (или) его должностных лиц в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="50" w:name="z634"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14. Жалоба на решение, действий (бездействия) услугодателя по вопросам оказания государственных услуг подается на имя руководителя услугодателя, в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг, в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="51" w:name="z635"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба услугополучателя, поступившая в адрес услугодателя непосредственно оказавшего государственную услугу, в соответствии с пунктом 2 статьи 25 Закона подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="52" w:name="z636"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="z637"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15. В случаях несогласия с результатами оказания государственной услуги услугополучатель обращается в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7780"/>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="5664"/>
+        <w:gridCol w:w="4113"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00261E94" w:rsidRPr="0058098A">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:bookmarkEnd w:id="53"/>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...72 lines deleted...]
-              <w:t>1-қосымша</w:t>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 1 к Правилам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>оказания государственной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услуги "Предоставление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>бесплатного подвоза к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общеобразовательным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>организациям и обратно домой</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>детям, проживающим в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>отдаленных сельских</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>пунктах"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00261E94">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...4 lines deleted...]
-              </w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...5 lines deleted...]
-              <w:t>Нысан</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00261E94" w:rsidRPr="0058098A">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...83 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Акиму поселка, аула (села),</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>аульного (сельского) округа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от _________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
-            <w:r>
-[...101 lines deleted...]
-              <w:t>телефоны___________________</w:t>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Ф.И.О. (при его наличии) и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>индивидуальный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>идентификационный номер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заявителя, адрес проживания и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>телефон</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z37" w:id="34"/>
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+      <w:bookmarkStart w:id="54" w:name="z641"/>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> Өтініш</w:t>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...206 lines deleted...]
-                                                қорғаншының (қамқоршының) қолы</w:t>
+      <w:bookmarkStart w:id="55" w:name="z642"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Прошу Вас обеспечить подвоз моего(их) несовершеннолетнего(их) ребенка (детей)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>______________________________________________________________,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(Ф.И.О.(при его наличии) и индивидуальный идентификационный номер, дата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>рождения) проживающего в ____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(указать наименование населенного пункта, района) и обучающегося в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(указать № класса, полное наименование организации образования) к общеобразовательной организации образования и обратно домой на 20 __ - 20__ учебный год (указать учебный год). Согласен(а) на использования сведений, составляющих охраняемую Законом РК "О персональных данных и их защите" тайну,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>содержащихся в информационных системах.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"__" _____________ 20 ___года ___________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (подпись заявителя)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7780"/>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="5841"/>
+        <w:gridCol w:w="3936"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00261E94" w:rsidRPr="0058098A">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:bookmarkEnd w:id="55"/>
+          <w:p w:rsidR="00261E94" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...72 lines deleted...]
-              <w:t>2-қосымша</w:t>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 2 к Правилам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>оказания государственной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услуги "Предоставление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>бесплатного подвоза к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общеобразовательным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>организациям и обратно домой</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>детям, проживающим в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>отдаленных сельских пунктах"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+      <w:bookmarkStart w:id="56" w:name="z644"/>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> "Қорғаншылық және қамқоршылық жөнінде анықтамалар беру" мемлекеттік көрсетілетін қызмет стандарты</w:t>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стандарт государственной услуги "Предоставление бесплатного подвоза к общеобразовательным организациям и обратно домой детям, проживающим в отдаленных сельских пунктах"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...4 lines deleted...]
-          <w:insideV w:val="none"/>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="632"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="8993"/>
+        <w:gridCol w:w="445"/>
+        <w:gridCol w:w="2020"/>
+        <w:gridCol w:w="3423"/>
+        <w:gridCol w:w="3748"/>
+        <w:gridCol w:w="26"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00261E94" w:rsidRPr="0058098A">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="632" w:type="dxa"/>
+            <w:tcW w:w="539" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:bookmarkEnd w:id="56"/>
+          <w:p w:rsidR="00261E94" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-1</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2675" w:type="dxa"/>
+            <w:tcW w:w="2184" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Көрсетілетін қызметті берушінің атауы</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8993" w:type="dxa"/>
+            <w:tcW w:w="9577" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Нұр-Сұлтан, Алматы және Шымкент қалаларының, аудандар мен облыстық маңызы бар қалалардың жергілікті атқарушы органдары</w:t>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Акимы поселков, села, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00261E94" w:rsidRPr="0058098A">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="632" w:type="dxa"/>
+            <w:tcW w:w="539" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-2</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2675" w:type="dxa"/>
+            <w:tcW w:w="2184" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Мемлекеттік қызметті ұсыну тәсілдері</w:t>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Способы предоставления государственной услуги (каналы доступа)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8993" w:type="dxa"/>
+            <w:tcW w:w="9577" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="57" w:name="z645"/>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Прием заявления и выдача результата оказания государственной услуги осуществляются через:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) канцелярию услугодателя;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">3) веб-портал "электронного правительства" </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Өтінішті қабылдау және мемлекеттік қызмет көрсетудің нәтижесін беру "электрондық үкіметтің" www.egov.kz веб-порталы (бұдан әрі - портал) арқылы жүзеге асырылады.</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>egov</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее – портал).</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="57"/>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00261E94" w:rsidRPr="0058098A">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="632" w:type="dxa"/>
+            <w:tcW w:w="539" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-3</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2675" w:type="dxa"/>
+            <w:tcW w:w="2184" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Мемлекеттік қызмет көрсету мерзімі</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8993" w:type="dxa"/>
+            <w:tcW w:w="9577" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-30 (отыз) минут</w:t>
+            <w:bookmarkStart w:id="58" w:name="z648"/>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) с момента сдачи документов услугодателю, в Государственную корпорацию, а также при обращении на портал – 5 (пять) рабочих дней.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) максимально допустимое время ожидания для сдачи документов у услугодателя или Государственной корпорации – 15 минут;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3) максимально допустимое время обслуживания у услугодателя – 30 минут, в Государственной корпорации – 15 минут.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="58"/>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00261E94" w:rsidRPr="0058098A">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="632" w:type="dxa"/>
+            <w:tcW w:w="539" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-4</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2675" w:type="dxa"/>
+            <w:tcW w:w="2184" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Көрсету нысаны</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма оказания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8993" w:type="dxa"/>
+            <w:tcW w:w="9577" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Электрондық (толық автоматтандырылған)</w:t>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Электронная (частично автоматизированная) и (или) бумажная</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00261E94" w:rsidRPr="0058098A">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="632" w:type="dxa"/>
+            <w:tcW w:w="539" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-5</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2675" w:type="dxa"/>
+            <w:tcW w:w="2184" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Мемлекеттік қызметті көрсету нәтижесі</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8993" w:type="dxa"/>
+            <w:tcW w:w="9577" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...22 lines deleted...]
-Порталда мемлекеттік қызмет көрсетудің нәтижесі көрсетілетін қызметті алушының "жеке кабинетіне" сақталады.</w:t>
+            <w:bookmarkStart w:id="59" w:name="z650"/>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Справка о предоставлении бесплатного подвоза к общеобразовательной организации образования и обратно домой либо мотивированный ответ об отказе в оказании государственной услуги в случаях и по основаниям, предусмотренным пунктом 9 настоящего порядка оказания государственной услуги.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>На портале результат оказания государственной услуги направляется и хранится в "личном кабинете" услугополучателя.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="59"/>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00261E94">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="632" w:type="dxa"/>
+            <w:tcW w:w="539" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-6</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2675" w:type="dxa"/>
+            <w:tcW w:w="2184" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Көрсетілетін қызметті алушыдан алынатын төлем мөлшері Қазақстан Республикасының заңнамасында көзделген жағдайларда мемлекеттік қызмет көрсету кезінде мемлекеттік қызмет көрсету тәртібі және оны алу тәсілдері</w:t>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8993" w:type="dxa"/>
+            <w:tcW w:w="9577" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Тегін</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бесплатно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00261E94" w:rsidRPr="0058098A">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="632" w:type="dxa"/>
+            <w:tcW w:w="539" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-7</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2675" w:type="dxa"/>
+            <w:tcW w:w="2184" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Жұмыс кестесі</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>График работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8993" w:type="dxa"/>
+            <w:tcW w:w="9577" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="60" w:name="z651"/>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) услугодателя: с понедельника по пятницу включительно, с 9.00 до 18.30 часов, с перерывом на обед с 13.00 часов до 14.30 часов, кроме выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) Государственной корпорации: с понедельника по субботу включительно в соответствии с установленным графиком работы с 9.00 до 20.00 часов без перерыва на обед, за исключением воскресенья и праздничных дней, согласно трудовому законодательству.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Прием осуществляется в порядке "электронной" очереди, по месту регистрации услугополучателя, или по месту регистрации несовершеннолетнего, нуждающегося в опеке, без ускоренного обслуживания, возможно "бронирование" электронной очереди посредством портала.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3) портала: круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Адреса мест оказания государственной услуги размещены на:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) интернет-ресурсе Министерства образования и науки Республики Казахстан: </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-1) көрсетілетін қызметті берушіде: Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбіден бастап жұманы қоса алғанда сағат 13.00-ден 14.30-ға дейінгі аралықтағы түскі үзіліспен сағат 9.00-ден 18.30-ға дейін.</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r>
-              <w:br/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>edu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-2) порталда: жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда тәулік бойы (Қазақстан Республикасының еңбек заңнамасына сәйкес көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген жағдайда өтінішті қабылдау және мемлекеттік қызмет көрсету нәтижесін беру келесі жұмыс күнімен жүзеге асырылады).</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>gov</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r>
-              <w:br/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) портале: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r>
-              <w:br/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>egov</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...20 lines deleted...]
-2) www.egov.kz порталында орналасқан.</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="60"/>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00261E94" w:rsidRPr="0058098A">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="632" w:type="dxa"/>
+            <w:tcW w:w="539" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-8</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2675" w:type="dxa"/>
+            <w:tcW w:w="2184" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Құжаттардың тізбесі</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Перечень документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8993" w:type="dxa"/>
+            <w:tcW w:w="9577" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Белгіленген нысандағы өтініш</w:t>
+            <w:bookmarkStart w:id="61" w:name="z657"/>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>При обращении к услугодателю и в Государственную корпорацию:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) заявление;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) документ, удостоверяющий личность услугополучателя (требуется для идентификации личности);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3) копия свидетельства о рождении ребенка (детей), при отсутствии сведений в информационной системе "Регистрационный пункт ЗАГС" (далее – ИС ЗАГС) либо родившегося за пределами Республики Казахстан;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4) справка с места учебы по форме согласно приложению к настоящему стандарту государственной услуги.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Документы представляются в подлинниках для сверки, после чего подлинники возвращаются услугополучателю;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на портал:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) заявление в форме электронного документа, подписанное ЭЦП услугополучателя или удостоверенное одноразовым паролем, в случае регистрации и подключения абонентского номера услугополучателя, предоставленного оператором сотовой связи, к учетной записи портала;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) электронная копия справки с места учебы по форме согласно приложению к настоящему стандарту государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="61"/>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00261E94" w:rsidRPr="0058098A">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="632" w:type="dxa"/>
+            <w:tcW w:w="539" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-9</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2675" w:type="dxa"/>
+            <w:tcW w:w="2184" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8993" w:type="dxa"/>
+            <w:tcW w:w="9577" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...56 lines deleted...]
-3) көрсетілетін қызметті алушыға қатысты соттың заңды күшіне енген үкімінің болуы, оның негізінде көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алумен байланысты арнаулы құқығынан айырылуы бойынша мемлекеттік қызметтерді көрсетуден бас тартады.</w:t>
+            <w:bookmarkStart w:id="62" w:name="z665"/>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным Законом Республики Казахстан от 27 июля 2007 года "Об образовании" и постановлением Правительства Республики Казахстан от 21 декабря 2007 года № 1256 "Об утверждении гарантированного государственного норматива сети организаций образования";</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3) в отношении услугополучателя имеется вступившее в законную силу решение суда, на основании которого услугополучатель лишен специального права, связанного с получением государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="62"/>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00261E94" w:rsidRPr="0058098A">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="632" w:type="dxa"/>
+            <w:tcW w:w="539" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-10</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2675" w:type="dxa"/>
+            <w:tcW w:w="2184" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Мемлекеттік қызмет көрсетудің, оның ішінде электрондық нысанда көрсетілетін қызметтің ерекшеліктерін ескере отырып қойылатын өзге де талаптар</w:t>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8993" w:type="dxa"/>
+            <w:tcW w:w="9577" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Көрсетілетін қызметті алушының мемлекеттік қызметті көрсету тәртібі мен мәртебесі туралы ақпаратты қашықтықтан қол жеткізу режимінде порталдағы "жеке кабинеті", көрсетілетін қызметті берушінің анықтамалық қызметтері, сондай-ақ "1414", 8-800-080-7777 Бірыңғай байланыс орталығы арқылы алуға мүмкіндігі бар.</w:t>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством Единого контакт-центра "1414", 8-800-080-7777.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...17 lines deleted...]
-      <w:tr>
+      <w:tr w:rsidR="00261E94" w:rsidRPr="0058098A">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="35" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...72 lines deleted...]
-              <w:t>3-қосымша</w:t>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 3 к Правилам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>оказания государственной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услуги "Предоставление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>бесплатного подвоза к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общеобразовательным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>организациям и обратно домой</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>детям, проживающим в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>отдаленных сельских</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>пунктах"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00261E94">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="35" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...5 lines deleted...]
-              <w:t>Нысан</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z41" w:id="36"/>
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+      <w:bookmarkStart w:id="63" w:name="z669"/>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> Қорғаншылық және қамқоршылық белгілеу туралы анықтама</w:t>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Расписка об отказе в приеме документов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...350 lines deleted...]
-      (қолы)                                                 (Т.А.Ә. (бар болғанда)</w:t>
+      <w:bookmarkStart w:id="64" w:name="z670"/>
+      <w:bookmarkEnd w:id="63"/>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Руководствуясь пунктом 2 статьи 20 Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах", Государственная корпорация (указать адрес) отказывает в приеме документов на оказание государственной услуги ________________________ ввиду представления Вами неполного пакета документов согласно перечню, предусмотренному стандартом государственной услуги, а именно:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Наименование отсутствующих документов:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>1)________________________________________;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2)________________________________________;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3)….</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Настоящая расписка составлена в 2 экземплярах, по одному для каждой стороны.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0058098A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________________ ___________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058098A">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0058098A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ФИО (работника Государственной корпорации) (подпись)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058098A">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0058098A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Исполнитель. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Ф.И.О._____________ Телефон__________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Получил:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Ф.И.О. / подпись услугополучателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>"___" _________ 20__ г.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7780"/>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="5841"/>
+        <w:gridCol w:w="3936"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00261E94" w:rsidRPr="0058098A">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:bookmarkEnd w:id="64"/>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...59 lines deleted...]
-              <w:t>2-қосымша</w:t>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 4 к Правилам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>оказания государственной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услуги "Предоставление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>бесплатного подвоза к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общеобразовательным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>организациям и обратно домой</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>детям, проживающим в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>отдаленных сельских</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>пунктах"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...515 lines deleted...]
-      <w:tr>
+      <w:tr w:rsidR="00261E94">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...70 lines deleted...]
-              <w:t>1-қосымша</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="65" w:name="z673"/>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> СПРАВКА о предоставлении бесплатного подвоза к общеобразовательной организации образования и обратно домой</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="66" w:name="z674"/>
+      <w:bookmarkEnd w:id="65"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дана ___________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(ФИО (при его наличии) обучающегося и воспитанника) в том, что он (она) действительно будет обеспечен (-а) бесплатным подвозом к общеобразовательной организации образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№__________________________ (наименование школы) и обратно домой.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Справка действительна на период учебного года.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Аким поселка, аула (села), аульного (сельского) округа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Ф.И.О. (при его наличии)_________ (подпись) _________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(наименование населенного пункта)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Место печати</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5841"/>
+        <w:gridCol w:w="3936"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00261E94" w:rsidRPr="0058098A">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:bookmarkEnd w:id="66"/>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>Нысан</w:t>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение к стандарту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>государственной услуги</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Предоставление бесплатного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>подвоза к общеобразовательным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>организациям и обратно домой</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>детям, проживающим в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>отдаленных сельских пунктах"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00261E94">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...161 lines deleted...]
-              <w:t>телефоны</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z58" w:id="51"/>
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+      <w:bookmarkStart w:id="67" w:name="z677"/>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> Кәмелетке толмағандардың мүлкіне иелік ету үшін анықтамалар беру туралы өтініш</w:t>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">                                      СПРАВКА</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     с места учебы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...224 lines deleted...]
-                                                      (өтініш берушінің қолы)</w:t>
+      <w:bookmarkStart w:id="68" w:name="z678"/>
+      <w:bookmarkEnd w:id="67"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дана ________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(Ф.И.О. (при его наличии) обучающегося и воспитанника) в том, что он действительно обучается в _________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(указать наименование школы) в _____ классе ______ смены</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(период обучения с ___ до ____ часов) и нуждается в подвозе.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Справка дана для предъявления по месту требования.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Директор школы №___________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(указать наименование школы)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Ф.И.О. (при его наличии)_______________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(инициалы и подпись)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Место печати</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7780"/>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="5989"/>
+        <w:gridCol w:w="3788"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00261E94" w:rsidRPr="0058098A">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:bookmarkEnd w:id="68"/>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...72 lines deleted...]
-              <w:t>2-қосымша</w:t>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 10 к Приказу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 24 апреля 2020 года № 158</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z60" w:id="52"/>
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+      <w:bookmarkStart w:id="69" w:name="z680"/>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> "Кәмелетке толмағандардың мүлкіне иелік ету үшін анықтамалар беру" мемлекеттік көрсетілетін қызмет стандарты</w:t>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правила оказания государственной услуги "Предоставление бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="70" w:name="z681"/>
+      <w:bookmarkEnd w:id="69"/>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="71" w:name="z682"/>
+      <w:bookmarkEnd w:id="70"/>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Настоящие Правила оказания государственной услуги "Предоставление бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах" (далее – Правила) разработаны в соответствии с подпунктом 1) статьи 10 Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" (далее - Закон) и определяют порядок предоставления бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="72" w:name="z683"/>
+      <w:bookmarkEnd w:id="71"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. В настоящих Правилах используются следующие понятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="73" w:name="z684"/>
+      <w:bookmarkEnd w:id="72"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) индивидуальный идентификационный номер - уникальный номер, формируемый для физического лица, в том числе индивидуального предпринимателя, осуществляющего деятельность в виде личного предпринимательства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="74" w:name="z685"/>
+      <w:bookmarkEnd w:id="73"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) стандарт государственной услуги – перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="75" w:name="z686"/>
+      <w:bookmarkEnd w:id="74"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) веб-портал "электронного правительства" – информационная система, представляющая собой единое окно доступа ко всей консолидированной правительственной информации, включая нормативную правовую базу, и к государственным услугам, услугам по выдаче технических условий на подключение к сетям субъектов естественных монополий и услугам субъектов квазигосударственного сектора, оказываемым в электронной форме (далее - портал);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="76" w:name="z687"/>
+      <w:bookmarkEnd w:id="75"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) электронная цифровая подпись – набор электронных цифровых символов, созданный средствами электронной цифровой подписи и подтверждающий достоверность электронного документа, его принадлежность и неизменность содержания (далее - ЭЦП).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="77" w:name="z688"/>
+      <w:bookmarkEnd w:id="76"/>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="0058098A" w:rsidRDefault="00E558AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="78" w:name="z689"/>
+      <w:bookmarkEnd w:id="77"/>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Для получения государственной услуги "Предоставление бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах" (далее – государственная услуга) физические лица (далее - услугополучатель) подают в местные исполнительные органы областей, городов Нур-Султана, Алматы и Шымкента, районов и городов областного значения (далее – услугодатель), организации образования или через портал заявление по форме, согласно приложению 1 к настоящим Правилам с приложением документов, предусмотренных стандартом государственной услуги "Предоставление бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах", согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058098A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="79" w:name="z690"/>
+      <w:bookmarkEnd w:id="78"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058098A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4. В случае обращения через портал услугополучателю в "личный кабинет" направляется статус о принятии запроса на государственную услугу, а также уведомление с указанием даты и времени получения результата государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="80" w:name="z691"/>
+      <w:bookmarkEnd w:id="79"/>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Услугодатель в течение 1 (одного) рабочего дня с момента получения документов, проверяет полноту представленных документов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="81" w:name="z692"/>
+      <w:bookmarkEnd w:id="80"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. Сведения о документах, удостоверяющих личность услугополучателя, рождение ребенка, заключение или расторжении брака (при отсутствии сведений в информационной системе "Регистрационный пункт ЗАГС"), о регистрации в качестве безработного, о принадлежности услугополучателя (семьи) к получателям государственной адресной социальной помощи, справка об опеке и попечительстве (для опекунов) услугодатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="82" w:name="z693"/>
+      <w:bookmarkEnd w:id="81"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В случае представления услугополучателем неполного пакета документов и (или) документов с истекшим сроком действия услугодатель отказывает услугополучателю в приеме заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="83" w:name="z694"/>
+      <w:bookmarkEnd w:id="82"/>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. По итогам проверки документов услугодатель в течение 3 (трех) рабочих дней готовит справку о предоставлении бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах (далее - справка) по форме, согласно приложению 3 к настоящим Правилам либо мотивированный ответ об отказе в оказании государственной услуги. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="84" w:name="z695"/>
+      <w:bookmarkEnd w:id="83"/>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8. Услугодатель в течение 1 (одного) рабочего дня направляет справку либо мотивированный ответ об отказе в оказании государственной услуги услугополучателю. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="85" w:name="z696"/>
+      <w:bookmarkEnd w:id="84"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9. Общий срок рассмотрения документов и получение справки либо отказ в оказании государственной услуги составляет 5 (пять) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="86" w:name="z697"/>
+      <w:bookmarkEnd w:id="85"/>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) услугодателя и (или) его должностных лиц в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="87" w:name="z698"/>
+      <w:bookmarkEnd w:id="86"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10. Жалоба на решение, действий (бездействия) услугодателя по вопросам оказания государственных услуг подается на имя руководителя услугодателя, в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг, в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="88" w:name="z699"/>
+      <w:bookmarkEnd w:id="87"/>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба услугополучателя, поступившая в адрес услугодателя непосредственно оказавшего государственную услугу, в соответствии с пунктом 2 статьи 25 Закона подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="89" w:name="z700"/>
+      <w:bookmarkEnd w:id="88"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="90" w:name="z701"/>
+      <w:bookmarkEnd w:id="89"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11. В случаях несогласия с результатами оказания государственной услуги услугополучатель обращается в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5664"/>
+        <w:gridCol w:w="4113"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00261E94" w:rsidRPr="0058098A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="90"/>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 1 к Правилам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>оказания государственной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услуги "Предоставление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>бесплатного и льготного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>питания отдельным категориям</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обучающихся и воспитанников в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общеобразовательных школах"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00261E94">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00261E94" w:rsidRDefault="00E558AC">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00261E94" w:rsidRPr="0058098A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00261E94" w:rsidRDefault="00E558AC">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Руководителю местного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>исполнительного органа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>городов Нур-Султана, Алматы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и Шымкента, районов и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>городов областного значения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от гражданина</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(ки)_________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Ф.И.О. (при его наличии) и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>индивидуальный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>идентификационный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>номер заявителя,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>проживающего(-ей) по адресу:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(наименование населенного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>пункта, адрес места проживания,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>телефон)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="91" w:name="z705"/>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="92" w:name="z706"/>
+      <w:bookmarkEnd w:id="91"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Прошу Вас включить моего несовершеннолетнего ребенка (Ф.И.О. (при его наличии) и индивидуальный идентификационный номер, дата рождения), обучающегося в (указать № школы, № и литер класса) в список обучающихся и воспитанников, обеспечивающихся бесплатным и льготным питанием на (указать учебный год).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261E94" w:rsidRDefault="00E558AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="93" w:name="z707"/>
+      <w:bookmarkEnd w:id="92"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"___" __________20__года Подпись гражданина (-ки)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5846"/>
+        <w:gridCol w:w="3931"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00261E94" w:rsidRPr="0058098A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="93"/>
+          <w:p w:rsidR="00261E94" w:rsidRDefault="00E558AC">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 2 к Правилам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>оказания государственной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> услуги "Предоставление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>бесплатного и льготного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>питания отдельным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категориям обучающихся и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>воспитанников в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общеобразовательных школах"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="94" w:name="z709"/>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стандарт государственной услуги "Предоставление бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах"</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...4 lines deleted...]
-          <w:insideV w:val="none"/>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="374"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="10497"/>
+        <w:gridCol w:w="6"/>
+        <w:gridCol w:w="335"/>
+        <w:gridCol w:w="1677"/>
+        <w:gridCol w:w="3909"/>
+        <w:gridCol w:w="3710"/>
+        <w:gridCol w:w="25"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00261E94" w:rsidRPr="0058098A">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridBefore w:val="1"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="378" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:bookmarkEnd w:id="94"/>
+          <w:p w:rsidR="00261E94" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-1</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1429" w:type="dxa"/>
+            <w:tcW w:w="1532" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Көрсетілетін қызметті берушінің атауы</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10497" w:type="dxa"/>
+            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Нұр-Сұлтан, Алматы және Шымкент қалаларының, аудандар мен облыстық маңызы бар қалалардың жергілікті атқарушы органдары</w:t>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Местные исполнительные органы областей, городов Нур-Султана, Алматы и Шымкента, районов и городов областного значения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00261E94" w:rsidRPr="0058098A">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridBefore w:val="1"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="378" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-2</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1429" w:type="dxa"/>
+            <w:tcW w:w="1532" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Мемлекеттік қызметті ұсыну тәсілдері</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Способы предоставления государственной услуги </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10497" w:type="dxa"/>
+            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="95" w:name="z710"/>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Прием заявления и выдача результата оказания государственной услуги осуществляются через:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) канцелярию услугодателя;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) организации образования;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) веб-портал "электронного правительства" </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Өтінішті қабылдау және мемлекеттік қызмет көрсетудің нәтижесін беру "электрондық үкіметтің" www.egov.kz веб-порталы (бұдан әрі - портал) арқылы жүзеге асырылады</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>egov</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее – портал).</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="95"/>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00261E94" w:rsidRPr="0058098A">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridBefore w:val="1"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="378" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-3</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1429" w:type="dxa"/>
+            <w:tcW w:w="1532" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Мемлекеттік қызмет көрсету мерзімі</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10497" w:type="dxa"/>
+            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-3 (үш) жұмыс күні</w:t>
+            <w:bookmarkStart w:id="96" w:name="z713"/>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) с момента сдачи документов услугодателю, а также при обращении на портал – 5 (пять) рабочих дней;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) максимально допустимое время ожидания для сдачи документов у услугодателя – 15 минут;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3) максимально допустимое время обслуживания услугодателем – 30 минут.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="96"/>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00261E94" w:rsidRPr="0058098A">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridBefore w:val="1"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="378" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-4</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1429" w:type="dxa"/>
+            <w:tcW w:w="1532" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Көрсету нысаны</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма оказания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10497" w:type="dxa"/>
+            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Электронды (ішінара автоматтандырылған)</w:t>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Электронная (частично автоматизированная) и (или) бумажная</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00261E94" w:rsidRPr="0058098A">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridBefore w:val="1"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="378" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-5</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1429" w:type="dxa"/>
+            <w:tcW w:w="1532" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Мемлекеттік қызметті көрсету нәтижесі</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Результат </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10497" w:type="dxa"/>
+            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...22 lines deleted...]
-Порталда мемлекеттік қызмет көрсетудің нәтижесі көрсетілетін қызметті алушының "жеке кабинетіне" жолданады және сақталады.</w:t>
+            <w:bookmarkStart w:id="97" w:name="z715"/>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Справка о предоставлении бесплатного и льготного питания в общеобразовательной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>школе либо мотивированный ответ об отказе в оказании государственной услуги в случаях и по основаниям, предусмотренным в пункте 9 настоящего стандарта государственной услуги.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>На портале результат оказания государственной услуги направляется и хранится в "личном кабинете" услугополучателя.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="97"/>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00261E94">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridBefore w:val="1"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="378" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-6</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1429" w:type="dxa"/>
+            <w:tcW w:w="1532" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Көрсетілетін қызметті алушыдан алынатын төлем мөлшері Қазақстан Республикасының заңнамасында көзделген жағдайларда мемлекеттік қызмет көрсету кезінде мемлекеттік қызмет көрсету тәртібі және оны алу тәсілдері</w:t>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10497" w:type="dxa"/>
+            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Тегін</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бесплатно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00261E94" w:rsidRPr="0058098A">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridBefore w:val="1"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="378" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-7</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1429" w:type="dxa"/>
+            <w:tcW w:w="1532" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Жұмыс кестесі</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>График работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10497" w:type="dxa"/>
+            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="98" w:name="z716"/>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) услугодателя: с понедельника по пятницу включительно, с 9.00 до 18.30 часов, с перерывом на обед с 13.00 часов до 14.30 часов, кроме выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) портала: круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Адреса мест оказания государственной услуги размещены на:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) интернет-ресурсе Министерства образования и науки Республики Казахстан: </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-1) көрсетілетін қызметті беруші: Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбіден бастап жұманы қоса алғанда сағат 13.00-ден 14.30-ға дейінгі аралықтағы түскі үзіліспен сағат 9.00-ден 18.30-ға дейін.</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r>
-              <w:br/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>edu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-2) порталдағы: жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда тәулік бойы (Қазақстан Республикасының еңбек заңнамасына сәйкес көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген жағдайда өтінішті қабылдау және мемлекеттік қызмет көрсету нәтижесін беру келесі жұмыс күнімен жүзеге асырылады).</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>gov</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r>
-              <w:br/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) портале: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r>
-              <w:br/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>egov</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...20 lines deleted...]
-2) www.egov.kz порталында орналасқан.</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="98"/>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00261E94" w:rsidRPr="0058098A">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridBefore w:val="1"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="378" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-8</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1429" w:type="dxa"/>
+            <w:tcW w:w="1532" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Құжаттардың тізбесі</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Перечень документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10497" w:type="dxa"/>
+            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="003B5692" w:rsidP="003B5692">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="99" w:name="z720"/>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...76 lines deleted...]
-6) осы бұйрықпен бекітілген отбасы және балалар саласында мемлекеттік қызметті көрсету қағидаларына 12-қосымшаға сәйкес (он жасқа толған жағдайда) баланың (балалардың) пікірінің электрондық көшірмесі.</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E558AC" w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателю:</w:t>
+            </w:r>
+            <w:r w:rsidR="00E558AC" w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00E558AC" w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) заявление;</w:t>
+            </w:r>
+            <w:r w:rsidR="00E558AC" w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00E558AC" w:rsidRPr="00E558AC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) документ, удостоверяющий личность родителя (требуется для идентификации личности);</w:t>
+            </w:r>
+            <w:r w:rsidR="00E558AC" w:rsidRPr="00E558AC">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00E558AC" w:rsidRPr="00E558AC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3) копия свидетельства о рождении ребенка (при отсутствии сведений в информационной системе "Регистрационный пункт ЗАГС" (далее – ИС ЗАГС)) либо родившегося за пределами Республики Казахстан;</w:t>
+            </w:r>
+            <w:r w:rsidR="00E558AC" w:rsidRPr="00E558AC">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00E558AC" w:rsidRPr="00E558AC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4) копия свидетельства о заключении или расторжении брака (при отсутствии сведений в ИС ЗАГС) либо за пределами Республики Казахстан;</w:t>
+            </w:r>
+            <w:r w:rsidR="00E558AC" w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00E558AC" w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5) копия документа, подтверждающего статус:</w:t>
+            </w:r>
+            <w:r w:rsidR="00E558AC" w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00E558AC" w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>для детей из семей, имеющих право на получение государственной адресной социальной помощи - справка, подтверждающая принадлежность услугополучателя (семьи) к получателям государственной адресной социальной помощи, предоставляемая местными исполнительными органами;</w:t>
+            </w:r>
+            <w:r w:rsidR="00E558AC" w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00E558AC" w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>для детей из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума - документы о полученных доходах (справка о заработной плате работающих родителей или лиц их заменяющих, о доходах от предпринимательской и других видов деятельности, о доходах в виде алиментов на детей и других иждивенцев);</w:t>
+            </w:r>
+            <w:r w:rsidR="00E558AC" w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00E558AC" w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">для детей - сирот и детей, оставшиеся без попечения родителей, проживающих в семьях - решение уполномоченного органа об утверждении опеки (попечительства), патронатного воспитания для детей-сирот и детей, оставшихся без попечения </w:t>
+            </w:r>
+            <w:r w:rsidR="00E558AC" w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>родителей, воспитывающихся в семьях;</w:t>
+            </w:r>
+            <w:r w:rsidR="00E558AC" w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00E558AC" w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>для детей из семей, требующих экстренной помощи в результате чрезвычайных ситуаций и иных категории обучающихся и воспитанников, определяемых коллегиальным органом управления организации образования - решение коллегиального органа на основании обследования материально-бытового положения семьи.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E558AC" w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00E558AC" w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Документы представляются в подлинниках для сверки, после чего подлинники возвращаются услугополучателю.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E558AC" w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00E558AC" w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на портал:</w:t>
+            </w:r>
+            <w:r w:rsidR="00E558AC" w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00E558AC" w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) заявление в форме электронного документа, подписанное ЭЦП услугополучателя или удостоверенное одноразовым паролем, в случае регистрации и подключения абонентского номера услугополучателя, предоставленного оператором сотовой связи, к учетной записи портала;</w:t>
+            </w:r>
+            <w:r w:rsidR="00E558AC" w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00E558AC" w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) электронная копия свидетельства о рождении ребенка, при отсутствии сведений в ИС ЗАГС либо родившегося за пределами Республики Казахстан;</w:t>
+            </w:r>
+            <w:r w:rsidR="00E558AC" w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00E558AC" w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3) электронная копия свидетельства о заключении или расторжении брака, при отсутствии сведений в ИС ЗАГС либо за пределами Республики Казахстан;</w:t>
+            </w:r>
+            <w:r w:rsidR="00E558AC" w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00E558AC" w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4) электронная копия документа, подтверждающего статус:</w:t>
+            </w:r>
+            <w:r w:rsidR="00E558AC" w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00E558AC" w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>для детей из семей, имеющих право на получение государственной адресной социальной помощи - справка, подтверждающая принадлежность услугополучателя (семьи) к получателям государственной адресной социальной помощи, предоставляемая местными исполнительными органами;</w:t>
+            </w:r>
+            <w:r w:rsidR="00E558AC" w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00E558AC" w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>для детей из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума - документы о полученных доходах (справка о заработной плате работающих родителей или лиц их заменяющих, о доходах от предпринимательской и других видов деятельности, о доходах в виде алиментов на детей и других иждивенцев);</w:t>
+            </w:r>
+            <w:r w:rsidR="00E558AC" w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00E558AC" w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>для детей - сирот и детей, оставшиеся без попечения родителей, проживающих в семьях - решение уполномоченного органа об утверждении опеки (попечительства), патронатного воспитания для детей-сирот и детей, оставшихся без попечения родителей, воспитывающихся в семьях;</w:t>
+            </w:r>
+            <w:r w:rsidR="00E558AC" w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00E558AC" w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>для детей из семей, требующих экстренной помощи в результате чрезвычайных ситуаций и иных категории обучающихся и воспитанников, определяемых коллегиальным органом управления организации образования - решение коллегиального органа на основании обследования материально-бытового положения семьи.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="99"/>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00261E94" w:rsidRPr="0058098A">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridBefore w:val="1"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="378" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-9</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1429" w:type="dxa"/>
+            <w:tcW w:w="1532" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10497" w:type="dxa"/>
+            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...90 lines deleted...]
-4) көрсетілетін қызметті алушыға қатысты соттың заңды күшіне енген үкімінің болуы, оның негізінде көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алумен байланысты арнаулы құқығынан айырылуы бойынша мемлекеттік қызметтерді көрсетуден бас тартады.</w:t>
+            <w:bookmarkStart w:id="100" w:name="z739"/>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным постановлением Правительства Республики Казахстан от 25 января 2008 года № 64 "Об утверждении Правил формирования, направления расходования и учета средств, выделяемых на оказание финансовой и материальной помощи обучающимся и воспитанникам государственных учреждений образования из семей, имеющих право на получение государственной адресной социальной помощи, а также из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума, и детям - сиротам, детям, оставшимся без попечения родителей, проживающим в семьях, детям из семей, требующих экстренной помощи в результате чрезвычайных ситуаций, и иным категориям обучающихся и воспитанников";</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) в отношении услугополучателя имеется вступившее в законную силу решение суда, на основании которого услугополучатель лишен специального права, связанного с </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>получением государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="100"/>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00261E94" w:rsidRPr="0058098A">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridBefore w:val="1"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="378" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-10</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1429" w:type="dxa"/>
+            <w:tcW w:w="1532" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10497" w:type="dxa"/>
+            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Көрсетілетін қызметті алушының мемлекеттік қызмет көрсету тәртібі мен мәртебесі туралы ақпаратты қашықтықтан қол жеткізу режимінде порталдағы "жеке кабинеті" арқылы алуға мүмкіндігі бар.</w:t>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, справочных служб услугодателя, а также Единого контакт-центра "1414", 8-800-080-7777.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...17 lines deleted...]
-      <w:tr>
+      <w:tr w:rsidR="00261E94" w:rsidRPr="0058098A">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="35" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...72 lines deleted...]
-              <w:t>3-қосымша</w:t>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 3 к Правилам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>оказания государственной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услуги "Предоставление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>бесплатного и льготного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>питания отдельным категориям</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обучающихся и воспитанников в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002951D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общеобразовательных школах"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00261E94">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="35" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00261E94" w:rsidRDefault="00E558AC">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...5 lines deleted...]
-              <w:t>Нысан</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z62" w:id="53"/>
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+      <w:bookmarkStart w:id="101" w:name="z743"/>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> Кәмелетке толмаған балалардың мүлкіне иелік ету үшін анықтама</w:t>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> СПРАВКА</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о предоставлении бесплатного и льготного питания в общеобразовательной школе</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      Нұр-Сұлтан, Алматы және Шымкент, қалаларының, облыстық маңызы бар аудандар </w:t>
+      <w:bookmarkStart w:id="102" w:name="z744"/>
+      <w:bookmarkEnd w:id="101"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дана __________________ в том, что он/она включен(-а) в список</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(Ф.И.О. (при его наличии)) обучающихся и воспитанников, обеспечивающихся бесплатным питанием в 20__ - 20__ учебном году.</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00261E94" w:rsidRPr="002951D9" w:rsidRDefault="00E558AC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="103" w:name="z745"/>
+      <w:bookmarkEnd w:id="102"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ___________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дата, подпись руководителя местного исполнительного органа областей, городов Нур-Султана, Алматы и Шымкента, районов и городов областного значения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002951D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Место печати</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="103"/>
     </w:p>
-    <w:p>
-[...46481 lines deleted...]
-    <w:sectPr>
+    <w:sectPr w:rsidR="00261E94" w:rsidRPr="002951D9">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
-      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
+      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+  <w:zoom w:percent="100"/>
+  <w:defaultTabStop w:val="708"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00261E94"/>
+    <w:rsid w:val="00261E94"/>
+    <w:rsid w:val="002951D9"/>
+    <w:rsid w:val="003B5692"/>
+    <w:rsid w:val="0058098A"/>
+    <w:rsid w:val="00B74873"/>
+    <w:rsid w:val="00E558AC"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="ru-RU"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="321C09FE"/>
+  <w15:docId w15:val="{D6DFD1D0-DA17-4879-A652-103DBBB3C185}"/>
+</w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
-[...9 lines deleted...]
-    <w:lsdException w:name="Table Grid" w:uiPriority="59" w:semiHidden="false" w:unhideWhenUsed="false"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Light Shading"/>
+    <w:lsdException w:name="Light List"/>
+    <w:lsdException w:name="Light Grid"/>
+    <w:lsdException w:name="Medium Shading 1"/>
+    <w:lsdException w:name="Medium Shading 2"/>
+    <w:lsdException w:name="Medium List 1"/>
+    <w:lsdException w:name="Medium List 2"/>
+    <w:lsdException w:name="Medium Grid 1"/>
+    <w:lsdException w:name="Medium Grid 2"/>
+    <w:lsdException w:name="Medium Grid 3"/>
+    <w:lsdException w:name="Dark List"/>
+    <w:lsdException w:name="Colorful Shading"/>
+    <w:lsdException w:name="Colorful List"/>
+    <w:lsdException w:name="Colorful Grid"/>
+    <w:lsdException w:name="Light Shading Accent 1"/>
+    <w:lsdException w:name="Light List Accent 1"/>
+    <w:lsdException w:name="Light Grid Accent 1"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1"/>
+    <w:lsdException w:name="Medium List 1 Accent 1"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1"/>
+    <w:lsdException w:name="Dark List Accent 1"/>
+    <w:lsdException w:name="Colorful Shading Accent 1"/>
+    <w:lsdException w:name="Colorful List Accent 1"/>
+    <w:lsdException w:name="Colorful Grid Accent 1"/>
+    <w:lsdException w:name="Light Shading Accent 2"/>
+    <w:lsdException w:name="Light List Accent 2"/>
+    <w:lsdException w:name="Light Grid Accent 2"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2"/>
+    <w:lsdException w:name="Medium List 1 Accent 2"/>
+    <w:lsdException w:name="Medium List 2 Accent 2"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2"/>
+    <w:lsdException w:name="Dark List Accent 2"/>
+    <w:lsdException w:name="Colorful Shading Accent 2"/>
+    <w:lsdException w:name="Colorful List Accent 2"/>
+    <w:lsdException w:name="Colorful Grid Accent 2"/>
+    <w:lsdException w:name="Light Shading Accent 3"/>
+    <w:lsdException w:name="Light List Accent 3"/>
+    <w:lsdException w:name="Light Grid Accent 3"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3"/>
+    <w:lsdException w:name="Medium List 1 Accent 3"/>
+    <w:lsdException w:name="Medium List 2 Accent 3"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3"/>
+    <w:lsdException w:name="Dark List Accent 3"/>
+    <w:lsdException w:name="Colorful Shading Accent 3"/>
+    <w:lsdException w:name="Colorful List Accent 3"/>
+    <w:lsdException w:name="Colorful Grid Accent 3"/>
+    <w:lsdException w:name="Light Shading Accent 4"/>
+    <w:lsdException w:name="Light List Accent 4"/>
+    <w:lsdException w:name="Light Grid Accent 4"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4"/>
+    <w:lsdException w:name="Medium List 1 Accent 4"/>
+    <w:lsdException w:name="Medium List 2 Accent 4"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4"/>
+    <w:lsdException w:name="Dark List Accent 4"/>
+    <w:lsdException w:name="Colorful Shading Accent 4"/>
+    <w:lsdException w:name="Colorful List Accent 4"/>
+    <w:lsdException w:name="Colorful Grid Accent 4"/>
+    <w:lsdException w:name="Light Shading Accent 5"/>
+    <w:lsdException w:name="Light List Accent 5"/>
+    <w:lsdException w:name="Light Grid Accent 5"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5"/>
+    <w:lsdException w:name="Medium List 1 Accent 5"/>
+    <w:lsdException w:name="Medium List 2 Accent 5"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5"/>
+    <w:lsdException w:name="Dark List Accent 5"/>
+    <w:lsdException w:name="Colorful Shading Accent 5"/>
+    <w:lsdException w:name="Colorful List Accent 5"/>
+    <w:lsdException w:name="Colorful Grid Accent 5"/>
+    <w:lsdException w:name="Light Shading Accent 6"/>
+    <w:lsdException w:name="Light List Accent 6"/>
+    <w:lsdException w:name="Light Grid Accent 6"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6"/>
+    <w:lsdException w:name="Medium List 1 Accent 6"/>
+    <w:lsdException w:name="Medium List 2 Accent 6"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6"/>
+    <w:lsdException w:name="Dark List Accent 6"/>
+    <w:lsdException w:name="Colorful Shading Accent 6"/>
+    <w:lsdException w:name="Colorful List Accent 6"/>
+    <w:lsdException w:name="Colorful Grid Accent 6"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="true">
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
-    <w:basedOn w:val="DocDefaults"/>
     <w:qFormat/>
     <w:rsid w:val="004A3277"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading1Char"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading2Char"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading3Char"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading4">
+  <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading4Char"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="true">
+  <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
-[...183 lines deleted...]
-  <w:style w:type="table" w:styleId="TableNormal" w:default="true">
+  <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
-[...2 lines deleted...]
-    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Caption">
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Normal Indent"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:ind w:left="86"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="8" w:space="4" w:color="5B9BD5" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:spacing w:after="300"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Заголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="aa">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D1197D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ab">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ac">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="caption"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007109C0"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="disclaimer">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="a"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="DocDefaults">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
-    <w:pPr>
-[...7 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+  <a:themeElements>
+    <a:clrScheme name="Стандартная">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="44546A"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E7E6E6"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="5B9BD5"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="ED7D31"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="A5A5A5"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="FFC000"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4472C4"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="70AD47"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0563C1"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="954F72"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Стандартная">
+      <a:majorFont>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Стандартная">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
+</a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>17</Pages>
+  <Words>5660</Words>
+  <Characters>32267</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>268</Lines>
+  <Paragraphs>75</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>37852</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+</cp:coreProperties>
 </file>