--- v0 (2025-12-05)
+++ v1 (2026-02-11)
@@ -1,902 +1,1057 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="00EF4E93" w:rsidRPr="00384B06" w:rsidRDefault="00EF4E93" w:rsidP="00EF4E93">
+    <w:p w:rsidR="00892E1E" w:rsidRPr="0039294A" w:rsidRDefault="00892E1E" w:rsidP="00892E1E">
       <w:pPr>
         <w:rPr>
           <w:color w:val="3399FF"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E46B70">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:color w:val="3399FF"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
+      <w:r w:rsidRPr="0039294A">
+        <w:rPr>
+          <w:color w:val="3399FF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Нұр-Сұлтан қ</w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00384B06">
+      <w:r w:rsidRPr="0039294A">
         <w:rPr>
           <w:color w:val="3399FF"/>
         </w:rPr>
-        <w:t>Нұр-Сұлтан</w:t>
+        <w:t>аласы</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00384B06">
+      <w:r w:rsidRPr="0039294A">
         <w:rPr>
           <w:color w:val="3399FF"/>
-        </w:rPr>
-[...78 lines deleted...]
-        <w:adjustRightInd/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                         город Нур-Султан                                                                                                               </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE69B8" w:rsidRPr="0039294A" w:rsidRDefault="00EE69B8" w:rsidP="00934587">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00642211" w:rsidRPr="0039294A" w:rsidRDefault="00642211" w:rsidP="00934587">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A94F99" w:rsidRPr="0039294A" w:rsidRDefault="00A94F99" w:rsidP="00934587">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A94F99" w:rsidRPr="0039294A" w:rsidRDefault="00A94F99" w:rsidP="00934587">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A94F99" w:rsidRPr="0039294A" w:rsidRDefault="00A94F99" w:rsidP="00934587">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A94F99" w:rsidRPr="0039294A" w:rsidRDefault="00A94F99" w:rsidP="00934587">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A94F99" w:rsidRPr="0039294A" w:rsidRDefault="00A94F99" w:rsidP="00A94F99">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00384B06">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0039294A">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00E46B70" w:rsidRPr="00384B06">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Білім беру объектілеріне қойылатын санитариялық-эпидемиологиялық талаптар» санитариялық қағидаларын бекіту туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="002175B5" w:rsidRPr="0039294A">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...40 lines deleted...]
-        <w:adjustRightInd/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>» Қазақстан Республикасы Денсаулық сақтау министрінің 2017 жылғы 16 тамыздағы № 611 бұйрығына өзгерістер енгізу туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A94F99" w:rsidRPr="0039294A" w:rsidRDefault="00A94F99" w:rsidP="00A94F99">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A94F99" w:rsidRPr="0039294A" w:rsidRDefault="00A94F99" w:rsidP="00A94F99">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A94F99" w:rsidRPr="0039294A" w:rsidRDefault="00A94F99" w:rsidP="00A94F99">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
-[...26 lines deleted...]
-        <w:ind w:firstLine="709"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0039294A">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>БҰЙЫРАМЫН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039294A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A94F99" w:rsidRPr="0039294A" w:rsidRDefault="002175B5" w:rsidP="00A94F99">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00E46B70" w:rsidRPr="00384B06" w:rsidRDefault="00E46B70" w:rsidP="00947E9A">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0039294A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Білім беру объектілеріне қойылатын санитариялық-эпидемиологиялық талаптар» санитариялық қағидаларын бекіту туралы» Қазақстан Республикасы Денсаулық сақтау министрінің 2017 жылғы 16 тамыздағы № 611 бұйрығына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 15681 болып тіркелген, Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r w:rsidR="003A032B" w:rsidRPr="0039294A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039294A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ормативтік құқықтық актілерінің </w:t>
+      </w:r>
+      <w:r w:rsidR="003A032B" w:rsidRPr="0039294A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>э</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039294A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">талондық бақылау банкінде 2017 жылғы </w:t>
+      </w:r>
+      <w:r w:rsidR="006A1880" w:rsidRPr="0039294A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0039294A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6 қазанда жарияланған) </w:t>
+      </w:r>
+      <w:r w:rsidR="003A032B" w:rsidRPr="0039294A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мынадай </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039294A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өзгерістер енгізілсін</w:t>
+      </w:r>
+      <w:r w:rsidR="006A1880" w:rsidRPr="0039294A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A1880" w:rsidRPr="0039294A" w:rsidRDefault="006A1880" w:rsidP="006A1880">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0039294A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Білім беру объектілеріне қойылатын санитариялық-эпидемиологиялық талаптар» санитариялық қағидалары </w:t>
+      </w:r>
+      <w:r w:rsidR="003D065B" w:rsidRPr="0039294A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осы бұйрыққа </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039294A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қосымшаға сәйкес редакцияда жазылсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A94F99" w:rsidRPr="0039294A" w:rsidRDefault="00A94F99" w:rsidP="00A94F99">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0039294A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Денсаулық сақтау министрлігінің Тауарлар мен көрсетілетін қызметтердің сапасы мен қауіпсіздігін бақылау комитеті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A94F99" w:rsidRPr="0039294A" w:rsidRDefault="00A94F99" w:rsidP="00A94F99">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00384B06">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0039294A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...110 lines deleted...]
-    <w:p w:rsidR="005E33C6" w:rsidRPr="00384B06" w:rsidRDefault="005E33C6" w:rsidP="005E33C6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A94F99" w:rsidRPr="0039294A" w:rsidRDefault="00A94F99" w:rsidP="00A94F99">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00384B06">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0039294A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:bCs/>
-[...101 lines deleted...]
-    <w:p w:rsidR="005E33C6" w:rsidRPr="00384B06" w:rsidRDefault="005E33C6" w:rsidP="005E33C6">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>осы бұйрықты Қазақстан Республикасы Денсаулық сақтау министрлігінің интернет-ресурсында орналастыруды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A94F99" w:rsidRPr="0039294A" w:rsidRDefault="00A94F99" w:rsidP="00A94F99">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:bCs/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00384B06">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0039294A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде осы тармақтың 1) және 2) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039294A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Контроль за исполнением настоящего приказа возложить на </w:t>
-[...12 lines deleted...]
-    <w:p w:rsidR="005E33C6" w:rsidRPr="00384B06" w:rsidRDefault="005E33C6" w:rsidP="005E33C6">
+        <w:t>Қазақстан Республикасы Денсаулық сақтау министрлігінің Заң департаментіне ұсынуды қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A94F99" w:rsidRPr="0039294A" w:rsidRDefault="00A94F99" w:rsidP="00A94F99">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:bCs/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00384B06">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0039294A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:bCs/>
-[...5 lines deleted...]
-      <w:r w:rsidR="001E74CE" w:rsidRPr="00384B06">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Осы бұйрықтың орындалуын бақылау Қазақстан Республикасының Денсаулық сақтау вице-министрі Л. Бюрабековаға жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A94F99" w:rsidRPr="0039294A" w:rsidRDefault="00A94F99" w:rsidP="00A94F99">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:bCs/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00384B06">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0039294A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:bCs/>
-[...17 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Осы бұйрық алғашқы ресми жарияланған күнінен </w:t>
+      </w:r>
+      <w:r w:rsidR="00221669" w:rsidRPr="0039294A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039294A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A94F99" w:rsidRPr="0039294A" w:rsidRDefault="00A94F99" w:rsidP="00A94F99">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A94F99" w:rsidRPr="0039294A" w:rsidRDefault="00A94F99" w:rsidP="00A94F99">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a9"/>
         <w:tblW w:w="8930" w:type="dxa"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3652"/>
         <w:gridCol w:w="2126"/>
         <w:gridCol w:w="3152"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0038799B" w:rsidRPr="00384B06" w:rsidTr="0038799B">
+      <w:tr w:rsidR="008858D2" w:rsidRPr="0039294A" w:rsidTr="008858D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B60151" w:rsidRDefault="00024EFA">
+          <w:p w:rsidR="00AB27E2" w:rsidRDefault="00566446">
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t>Министр здравоохранения Республики Казахстан</w:t>
+              <w:t>Қазақстан Республикасы Денсаулық сақтау министрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B60151" w:rsidRDefault="00B60151"/>
+          <w:p w:rsidR="00AB27E2" w:rsidRDefault="00AB27E2"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B60151" w:rsidRDefault="00024EFA">
+          <w:p w:rsidR="00AB27E2" w:rsidRDefault="00566446">
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>А. Цой</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0094678B" w:rsidRPr="00384B06" w:rsidRDefault="0094678B" w:rsidP="00934587">
-[...125 lines deleted...]
-    <w:p w:rsidR="005E33C6" w:rsidRPr="00384B06" w:rsidRDefault="005E33C6" w:rsidP="005E33C6">
+    <w:p w:rsidR="00A94F99" w:rsidRPr="0039294A" w:rsidRDefault="00A94F99" w:rsidP="00A94F99">
       <w:pPr>
         <w:overflowPunct/>
-        <w:jc w:val="both"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00384B06">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A94F99" w:rsidRPr="0039294A" w:rsidRDefault="00A94F99" w:rsidP="00A94F99">
+      <w:pPr>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...6 lines deleted...]
-    <w:p w:rsidR="005E33C6" w:rsidRPr="00384B06" w:rsidRDefault="005E33C6" w:rsidP="005E33C6">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A94F99" w:rsidRPr="0039294A" w:rsidRDefault="00A94F99" w:rsidP="00A94F99">
       <w:pPr>
         <w:overflowPunct/>
-        <w:jc w:val="both"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00384B06">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A94F99" w:rsidRPr="0039294A" w:rsidRDefault="00A94F99" w:rsidP="00A94F99">
+      <w:pPr>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...6 lines deleted...]
-    <w:p w:rsidR="005E33C6" w:rsidRPr="00E46B70" w:rsidRDefault="005E33C6" w:rsidP="005E33C6">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A94F99" w:rsidRPr="0039294A" w:rsidRDefault="00A94F99" w:rsidP="00A94F99">
       <w:pPr>
         <w:overflowPunct/>
-        <w:jc w:val="both"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00384B06">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A94F99" w:rsidRPr="0039294A" w:rsidRDefault="00A94F99" w:rsidP="00A94F99">
+      <w:pPr>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...7 lines deleted...]
-    <w:p w:rsidR="00B60151" w:rsidRDefault="00B60151">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A94F99" w:rsidRPr="0039294A" w:rsidRDefault="00A94F99" w:rsidP="00A94F99">
+      <w:pPr>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A94F99" w:rsidRPr="0039294A" w:rsidRDefault="00A94F99" w:rsidP="00A94F99">
+      <w:pPr>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A94F99" w:rsidRPr="0039294A" w:rsidRDefault="00A94F99" w:rsidP="00A94F99">
+      <w:pPr>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A94F99" w:rsidRPr="0039294A" w:rsidRDefault="00A94F99" w:rsidP="00A94F99">
+      <w:pPr>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A94F99" w:rsidRPr="0039294A" w:rsidRDefault="00A94F99" w:rsidP="00A94F99">
+      <w:pPr>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A94F99" w:rsidRPr="0039294A" w:rsidRDefault="00A94F99" w:rsidP="00A94F99">
+      <w:pPr>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A94F99" w:rsidRPr="0039294A" w:rsidRDefault="00A94F99" w:rsidP="00A94F99">
+      <w:pPr>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A94F99" w:rsidRPr="0039294A" w:rsidRDefault="00A94F99" w:rsidP="00A94F99">
+      <w:pPr>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A94F99" w:rsidRPr="0039294A" w:rsidRDefault="00A94F99" w:rsidP="00A94F99">
+      <w:pPr>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A94F99" w:rsidRPr="0039294A" w:rsidRDefault="00A94F99" w:rsidP="00A94F99">
+      <w:pPr>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A94F99" w:rsidRPr="0039294A" w:rsidRDefault="00A94F99" w:rsidP="00A94F99">
+      <w:pPr>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A94F99" w:rsidRPr="0039294A" w:rsidRDefault="00A94F99" w:rsidP="00A94F99">
+      <w:pPr>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A94F99" w:rsidRPr="0039294A" w:rsidRDefault="00A94F99" w:rsidP="00A94F99">
+      <w:pPr>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00B60151" w:rsidSect="005E33C6">
-[...1 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId9"/>
+    <w:p w:rsidR="00A94F99" w:rsidRPr="0039294A" w:rsidRDefault="00A94F99" w:rsidP="00A94F99">
+      <w:pPr>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A94F99" w:rsidRPr="0039294A" w:rsidRDefault="00A94F99" w:rsidP="00A94F99">
+      <w:pPr>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A94F99" w:rsidRPr="0039294A" w:rsidRDefault="00A94F99" w:rsidP="00A94F99">
+      <w:pPr>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A94F99" w:rsidRPr="0039294A" w:rsidRDefault="00A94F99" w:rsidP="00A94F99">
+      <w:pPr>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0039294A">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«КЕЛІСІЛДІ»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A94F99" w:rsidRPr="0039294A" w:rsidRDefault="00A94F99" w:rsidP="00A94F99">
+      <w:pPr>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0039294A">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00642211" w:rsidRPr="00226F0F" w:rsidRDefault="00A94F99" w:rsidP="006340C9">
+      <w:pPr>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0039294A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім және ғылым</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039294A">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> министрлігі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB27E2" w:rsidRDefault="00AB27E2"/>
+    <w:sectPr w:rsidR="00AB27E2" w:rsidSect="00A94F99">
+      <w:headerReference w:type="even" r:id="rId7"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="851" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00024EFA" w:rsidRDefault="00024EFA">
+    <w:p w:rsidR="00566446" w:rsidRDefault="00566446">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00024EFA" w:rsidRDefault="00024EFA">
+    <w:p w:rsidR="00566446" w:rsidRDefault="00566446">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times/Kazakh">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
@@ -913,293 +1068,291 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00B60151" w:rsidRDefault="00B60151">
+  <w:p w:rsidR="004B6D21" w:rsidRDefault="004B6D21">
+    <w:pPr>
+      <w:pStyle w:val="af2"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00AB27E2" w:rsidRDefault="00AB27E2">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00B60151" w:rsidRDefault="00024EFA">
+  <w:p w:rsidR="00AB27E2" w:rsidRDefault="00566446">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
-      <w:t xml:space="preserve">Нормативтік құқықтық актілерді мемлекеттік тіркеудің </w:t>
+      <w:t>Нормативтік құқықтық актілерді мемлекеттік тіркеудің тізіліміне № 21142 болып енгізілді</w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="00AB27E2" w:rsidRDefault="00566446">
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:t>ИС «ИПГО</w:t>
     </w:r>
     <w:r>
-      <w:t>тізіліміне № 21142 болып енгізілді</w:t>
+      <w:t>». Копия электронного документа. Дата  28.08.2020.</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00B60151" w:rsidRDefault="00024EFA">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00566446"/>
+  <w:p w:rsidR="004B6D21" w:rsidRDefault="004B6D21">
+    <w:pPr>
+      <w:pStyle w:val="af2"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00AB27E2" w:rsidRDefault="00AB27E2">
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:p>
+  <w:p w:rsidR="00AB27E2" w:rsidRDefault="00566446">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t>ИС «ИПГО». Копия электронного документа. Дата  28.08.2020.</w:t>
     </w:r>
   </w:p>
-</w:ftr>
-[...4 lines deleted...]
-  <w:p w:rsidR="00B60151" w:rsidRDefault="00B60151">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00566446"/>
+  <w:p w:rsidR="004B6D21" w:rsidRDefault="004B6D21">
     <w:pPr>
-      <w:jc w:val="center"/>
+      <w:pStyle w:val="af2"/>
     </w:pPr>
-  </w:p>
-[...6 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00024EFA" w:rsidRDefault="00024EFA">
+    <w:p w:rsidR="00566446" w:rsidRDefault="00566446">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00024EFA" w:rsidRDefault="00024EFA">
+    <w:p w:rsidR="00566446" w:rsidRDefault="00566446">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="00BE78CA" w:rsidRDefault="00BE78CA" w:rsidP="00E43190">
     <w:pPr>
       <w:pStyle w:val="aa"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
-        <w:rStyle w:val="af1"/>
+        <w:rStyle w:val="af0"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="af1"/>
+        <w:rStyle w:val="af0"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="af1"/>
+        <w:rStyle w:val="af0"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="af1"/>
+        <w:rStyle w:val="af0"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00BE78CA" w:rsidRDefault="00BE78CA">
     <w:pPr>
       <w:pStyle w:val="aa"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="00BE78CA" w:rsidRDefault="00BE78CA" w:rsidP="00E43190">
     <w:pPr>
       <w:pStyle w:val="aa"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
-        <w:rStyle w:val="af1"/>
+        <w:rStyle w:val="af0"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="af1"/>
+        <w:rStyle w:val="af0"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="af1"/>
+        <w:rStyle w:val="af0"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="af1"/>
+        <w:rStyle w:val="af0"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="002942C4">
+    <w:r w:rsidR="006970C3">
       <w:rPr>
-        <w:rStyle w:val="af1"/>
+        <w:rStyle w:val="af0"/>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="af1"/>
+        <w:rStyle w:val="af0"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00BE78CA" w:rsidRDefault="00BE78CA">
     <w:pPr>
       <w:pStyle w:val="aa"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10325" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3936"/>
       <w:gridCol w:w="2126"/>
       <w:gridCol w:w="4263"/>
     </w:tblGrid>
     <w:tr w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidTr="00073119">
       <w:trPr>
         <w:trHeight w:val="1348"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3936" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
-        <w:p w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidRDefault="00A646AF" w:rsidP="003A32C7">
+        <w:p w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidRDefault="00B12C86" w:rsidP="009E6F83">
           <w:pPr>
             <w:spacing w:line="288" w:lineRule="auto"/>
             <w:ind w:right="459"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:color w:val="3A7298"/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00A646AF">
+          <w:r w:rsidRPr="00B12C86">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
             </w:rPr>
             <w:t xml:space="preserve">ҚАЗАҚСТАН РЕСПУБЛИКАСЫ </w:t>
           </w:r>
-          <w:r w:rsidR="003A32C7">
-[...7 lines deleted...]
-          <w:r w:rsidR="003A32C7">
+          <w:r w:rsidR="009E6F83">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
             <w:t>ДЕНСАУЛЫҚ САҚТАУ</w:t>
           </w:r>
-          <w:r w:rsidRPr="00A646AF">
+          <w:r w:rsidRPr="00B12C86">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
             </w:rPr>
-            <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-            <w:t>МИНИСТРЛІГІ</w:t>
+            <w:t xml:space="preserve"> МИНИСТРЛІГІ</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2126" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
-        <w:p w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidRDefault="00D42C93" w:rsidP="00782A16">
+        <w:p w:rsidR="004B400D" w:rsidRPr="00C723BA" w:rsidRDefault="00C723BA" w:rsidP="00782A16">
           <w:pPr>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="972820" cy="972820"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="2" name="Рисунок 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -1226,100 +1379,100 @@
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="972820" cy="972820"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4263" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
-        <w:p w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidRDefault="00A646AF" w:rsidP="003A32C7">
+        <w:p w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidRDefault="00B12C86" w:rsidP="009E6F83">
           <w:pPr>
             <w:spacing w:line="288" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:color w:val="3A7298"/>
               <w:sz w:val="29"/>
               <w:szCs w:val="29"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00A646AF">
+          <w:r w:rsidRPr="00B12C86">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
             <w:t xml:space="preserve">МИНИСТЕРСТВО </w:t>
           </w:r>
-          <w:r w:rsidR="003A32C7">
+          <w:r w:rsidR="009E6F83">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
             <w:br/>
             <w:t>ЗДРАВООХРАНЕНИЯ</w:t>
           </w:r>
-          <w:r w:rsidRPr="00A646AF">
+          <w:r w:rsidRPr="00B12C86">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:r w:rsidR="003A32C7">
+          <w:r w:rsidR="009E6F83">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
             <w:br/>
           </w:r>
-          <w:r w:rsidRPr="00A646AF">
+          <w:r w:rsidRPr="00B12C86">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
             <w:t>РЕСПУБЛИКИ КАЗАХСТАН</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="00642211" w:rsidRPr="00D100F6" w:rsidTr="00073119">
       <w:trPr>
         <w:trHeight w:val="591"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3936" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w:rsidR="00642211" w:rsidRDefault="00642211" w:rsidP="00642211">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:ind w:right="459"/>
             <w:jc w:val="center"/>
@@ -1486,78 +1639,86 @@
                         <a:tailEnd/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:noFill/>
                           </a14:hiddenFill>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="20A41475" id="Line 26" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from=".55pt,119.95pt" to="505.4pt,119.95pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF 90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA 0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893 SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY 22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA IQCTVymCHQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2jAQvVfqf7B8hyQQWIgIqyqBXrZd pN32bmyHWHVsyzYEVPW/d2w+yraXqurFGWdm3ryZeV48HjuJDtw6oVWJs2GKEVdUM6F2Jf7yuh7M MHKeKEakVrzEJ+7w4/L9u0VvCj7SrZaMWwQgyhW9KXHrvSmSxNGWd8QNteEKnI22HfFwtbuEWdID eieTUZpOk15bZqym3Dn4W5+deBnxm4ZT/9w0jnskSwzcfDxtPLfhTJYLUuwsMa2gFxrkH1h0RCgo eoOqiSdob8UfUJ2gVjvd+CHVXaKbRlAee4BusvS3bl5aYnjsBYbjzG1M7v/B0s+HjUWCwe4wUqSD FT0JxdFoGkbTG1dARKU2NjRHj+rFPGn6zSGlq5aoHY8UX08G8rKQkbxJCRdnoMC2/6QZxJC913FO x8Z2qJHCfA2JARxmgY5xMafbYvjRIwo/p3mWTeYTjOjVl5AiQIREY53/yHWHglFiCfQjIDk8OR8o /QoJ4UqvhZRx71KhHspPZg+TmOG0FCx4Q5yzu20lLToQkM54PJ+v17FB8NyHWb1XLKK1nLDVxfZE yLMN1aUKeNAL8LlYZ218n6fz1Ww1ywf5aLoa5GldDz6sq3wwXWcPk3pcV1Wd/QjUsrxoBWNcBXZX nWb53+ng8mLOCrsp9TaH5C16HBiQvX4j6bjWsMmzJraanTb2um6QZgy+PKOg/fs72PePffkTAAD/ /wMAUEsDBBQABgAIAAAAIQBfiVmO3AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv SPyDtUjcqJ0iCk3jVKiCG5e2OXB04iWJGq9D7DSBr2crIcFxdkazb7Lt7DpxxiG0njQkCwUCqfK2 pVpDcXy9ewIRoiFrOk+o4QsDbPPrq8yk1k+0x/Mh1oJLKKRGQxNjn0oZqgadCQvfI7H34QdnIsuh lnYwE5e7Ti6VWklnWuIPjelx12B1OoxOw+oxeDV+l7v9S/H+WUxDKB/cm9a3N/PzBkTEOf6F4YLP 6JAzU+lHskF0rBMOaljer9cgLr5KFG8pf08yz+T/CfkPAAAA//8DAFBLAQItABQABgAIAAAAIQC2 gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG AAgAAAAhAJNXKYIdAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A FAAGAAgAAAAhAF+JWY7cAAAACgEAAA8AAAAAAAAAAAAAAAAAdwQAAGRycy9kb3ducmV2LnhtbFBL BQYAAAAABAAEAPMAAACABQAAAAA= " strokecolor="#39f" strokeweight="1.25pt">
+            <v:line w14:anchorId="34D675A1" id="Line 26" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from=".55pt,119.95pt" to="505.4pt,119.95pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF 90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA 0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893 SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY 22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA IQCTVymCHQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2jAQvVfqf7B8hyQQWIgIqyqBXrZd pN32bmyHWHVsyzYEVPW/d2w+yraXqurFGWdm3ryZeV48HjuJDtw6oVWJs2GKEVdUM6F2Jf7yuh7M MHKeKEakVrzEJ+7w4/L9u0VvCj7SrZaMWwQgyhW9KXHrvSmSxNGWd8QNteEKnI22HfFwtbuEWdID eieTUZpOk15bZqym3Dn4W5+deBnxm4ZT/9w0jnskSwzcfDxtPLfhTJYLUuwsMa2gFxrkH1h0RCgo eoOqiSdob8UfUJ2gVjvd+CHVXaKbRlAee4BusvS3bl5aYnjsBYbjzG1M7v/B0s+HjUWCwe4wUqSD FT0JxdFoGkbTG1dARKU2NjRHj+rFPGn6zSGlq5aoHY8UX08G8rKQkbxJCRdnoMC2/6QZxJC913FO x8Z2qJHCfA2JARxmgY5xMafbYvjRIwo/p3mWTeYTjOjVl5AiQIREY53/yHWHglFiCfQjIDk8OR8o /QoJ4UqvhZRx71KhHspPZg+TmOG0FCx4Q5yzu20lLToQkM54PJ+v17FB8NyHWb1XLKK1nLDVxfZE yLMN1aUKeNAL8LlYZ218n6fz1Ww1ywf5aLoa5GldDz6sq3wwXWcPk3pcV1Wd/QjUsrxoBWNcBXZX nWb53+ng8mLOCrsp9TaH5C16HBiQvX4j6bjWsMmzJraanTb2um6QZgy+PKOg/fs72PePffkTAAD/ /wMAUEsDBBQABgAIAAAAIQBfiVmO3AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv SPyDtUjcqJ0iCk3jVKiCG5e2OXB04iWJGq9D7DSBr2crIcFxdkazb7Lt7DpxxiG0njQkCwUCqfK2 pVpDcXy9ewIRoiFrOk+o4QsDbPPrq8yk1k+0x/Mh1oJLKKRGQxNjn0oZqgadCQvfI7H34QdnIsuh lnYwE5e7Ti6VWklnWuIPjelx12B1OoxOw+oxeDV+l7v9S/H+WUxDKB/cm9a3N/PzBkTEOf6F4YLP 6JAzU+lHskF0rBMOaljer9cgLr5KFG8pf08yz+T/CfkPAAAA//8DAFBLAQItABQABgAIAAAAIQC2 gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG AAgAAAAhAJNXKYIdAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A FAAGAAgAAAAhAF+JWY7cAAAACgEAAA8AAAAAAAAAAAAAAAAAdwQAAGRycy9kb3ducmV2LnhtbFBL BQYAAAAABAAEAPMAAACABQAAAAA= " strokecolor="#39f" strokeweight="1.25pt">
               <w10:wrap anchory="page"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00642211" w:rsidRPr="00E04401">
+    <w:r w:rsidR="004B6D21">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="3399FF"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="kk-KZ"/>
+      </w:rPr>
+      <w:t>2020 жылғы 28 тамызы</w:t>
+    </w:r>
+    <w:r w:rsidR="006340C9">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="3399FF"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="kk-KZ"/>
+      </w:rPr>
+      <w:t xml:space="preserve">                                                                    </w:t>
+    </w:r>
+    <w:r w:rsidR="006340C9" w:rsidRPr="0087566C">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="3399FF"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
-      <w:t xml:space="preserve">№ ҚР ДСМ-98/2020                                                                                  </w:t>
-[...10 lines deleted...]
-      <w:t xml:space="preserve">    от 28 августа 2020 года</w:t>
+      <w:t xml:space="preserve">№ ҚР ДСМ-98/2020           </w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="004B400D" w:rsidRPr="00123C1D" w:rsidRDefault="004B400D" w:rsidP="004B400D">
     <w:pPr>
       <w:rPr>
         <w:color w:val="3A7234"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="kk-KZ"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="004726FE" w:rsidRPr="00934587" w:rsidRDefault="004726FE" w:rsidP="00934587">
     <w:pPr>
       <w:rPr>
         <w:color w:val="3A7234"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="kk-KZ"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
@@ -1658,50 +1819,228 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6100"/>
         </w:tabs>
         <w:ind w:left="6100" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6820"/>
         </w:tabs>
         <w:ind w:left="6820" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1B5F324C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3E6C1E3E"/>
+    <w:lvl w:ilvl="0" w:tplc="B2C85A56">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="33074CCE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BC20B078"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3C7A5260"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97E0FD48"/>
     <w:lvl w:ilvl="0" w:tplc="EB50223A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1065" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1785" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -1743,235 +2082,50 @@
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5385" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6105" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6825" w:hanging="180"/>
-      </w:pPr>
-[...183 lines deleted...]
-        <w:ind w:left="6828" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C204AF5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F454F34A"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1669"/>
         </w:tabs>
         <w:ind w:left="1669" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2045,279 +2199,275 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6709"/>
         </w:tabs>
         <w:ind w:left="6709" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7429"/>
         </w:tabs>
         <w:ind w:left="7429" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="4"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A47D62"/>
-    <w:rsid w:val="00024EFA"/>
-    <w:rsid w:val="00066A87"/>
+    <w:rsid w:val="0002773D"/>
     <w:rsid w:val="00073119"/>
+    <w:rsid w:val="000870F9"/>
     <w:rsid w:val="000922AA"/>
+    <w:rsid w:val="000A6B00"/>
     <w:rsid w:val="000D4DAC"/>
     <w:rsid w:val="000F48E7"/>
-    <w:rsid w:val="001204BA"/>
-    <w:rsid w:val="00131450"/>
     <w:rsid w:val="001319EE"/>
-    <w:rsid w:val="001361A4"/>
     <w:rsid w:val="00143292"/>
+    <w:rsid w:val="00144F2E"/>
     <w:rsid w:val="001763DE"/>
     <w:rsid w:val="001A1881"/>
-    <w:rsid w:val="001B4792"/>
     <w:rsid w:val="001B61C1"/>
-    <w:rsid w:val="001C1B14"/>
-    <w:rsid w:val="001E74CE"/>
+    <w:rsid w:val="001C03E7"/>
     <w:rsid w:val="001F4925"/>
     <w:rsid w:val="001F64CB"/>
     <w:rsid w:val="002000F4"/>
+    <w:rsid w:val="002175B5"/>
     <w:rsid w:val="0022101F"/>
-    <w:rsid w:val="00225BD6"/>
+    <w:rsid w:val="00221669"/>
+    <w:rsid w:val="00226F0F"/>
     <w:rsid w:val="0023374B"/>
-    <w:rsid w:val="00236BBD"/>
     <w:rsid w:val="00251F3F"/>
-    <w:rsid w:val="002942C4"/>
     <w:rsid w:val="002A394A"/>
-    <w:rsid w:val="002F14B2"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00330B0F"/>
+    <w:rsid w:val="002C19C0"/>
+    <w:rsid w:val="002D2DB0"/>
+    <w:rsid w:val="002F11B1"/>
+    <w:rsid w:val="00341898"/>
     <w:rsid w:val="00364E0B"/>
-    <w:rsid w:val="00384B06"/>
-[...2 lines deleted...]
-    <w:rsid w:val="003D781A"/>
+    <w:rsid w:val="0039294A"/>
+    <w:rsid w:val="003A032B"/>
+    <w:rsid w:val="003D065B"/>
     <w:rsid w:val="003F241E"/>
-    <w:rsid w:val="00404E1F"/>
+    <w:rsid w:val="00405738"/>
     <w:rsid w:val="00423754"/>
     <w:rsid w:val="00430E89"/>
-    <w:rsid w:val="00462C75"/>
     <w:rsid w:val="004726FE"/>
+    <w:rsid w:val="00486F3C"/>
     <w:rsid w:val="0049623C"/>
     <w:rsid w:val="004B400D"/>
+    <w:rsid w:val="004B6D21"/>
     <w:rsid w:val="004C34B8"/>
-    <w:rsid w:val="004C4C4E"/>
-    <w:rsid w:val="004D6C57"/>
     <w:rsid w:val="004E49BE"/>
     <w:rsid w:val="004F3375"/>
-    <w:rsid w:val="00577792"/>
-[...2 lines deleted...]
-    <w:rsid w:val="005E33C6"/>
+    <w:rsid w:val="00566446"/>
+    <w:rsid w:val="00576F43"/>
+    <w:rsid w:val="005C23BC"/>
+    <w:rsid w:val="005C5F30"/>
     <w:rsid w:val="005F582C"/>
+    <w:rsid w:val="006340C9"/>
     <w:rsid w:val="00642211"/>
+    <w:rsid w:val="0067240F"/>
+    <w:rsid w:val="006970C3"/>
+    <w:rsid w:val="006A1880"/>
+    <w:rsid w:val="006B0963"/>
     <w:rsid w:val="006B6938"/>
     <w:rsid w:val="007006E3"/>
-    <w:rsid w:val="00704969"/>
     <w:rsid w:val="007111E8"/>
+    <w:rsid w:val="00720FC6"/>
     <w:rsid w:val="00731B2A"/>
+    <w:rsid w:val="00735FF4"/>
     <w:rsid w:val="00740441"/>
-    <w:rsid w:val="007646D1"/>
+    <w:rsid w:val="007702A5"/>
     <w:rsid w:val="007767CD"/>
     <w:rsid w:val="00782A16"/>
-    <w:rsid w:val="00783D50"/>
-[...1 lines deleted...]
-    <w:rsid w:val="007D5C5B"/>
+    <w:rsid w:val="007D7524"/>
     <w:rsid w:val="007E588D"/>
     <w:rsid w:val="0081000A"/>
-    <w:rsid w:val="00824C39"/>
-    <w:rsid w:val="00830952"/>
     <w:rsid w:val="008436CA"/>
     <w:rsid w:val="00866964"/>
     <w:rsid w:val="00867FA4"/>
-    <w:rsid w:val="008856E3"/>
-    <w:rsid w:val="008E47E3"/>
+    <w:rsid w:val="008858D2"/>
+    <w:rsid w:val="00892E1E"/>
     <w:rsid w:val="009139A9"/>
     <w:rsid w:val="00914138"/>
     <w:rsid w:val="00915A4B"/>
     <w:rsid w:val="00934587"/>
-    <w:rsid w:val="0094678B"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00986C9B"/>
+    <w:rsid w:val="0094547D"/>
+    <w:rsid w:val="00965DB2"/>
     <w:rsid w:val="009924CE"/>
     <w:rsid w:val="009B69F4"/>
+    <w:rsid w:val="009C464C"/>
+    <w:rsid w:val="009C4FD7"/>
+    <w:rsid w:val="009E6F83"/>
     <w:rsid w:val="00A10052"/>
     <w:rsid w:val="00A17FE7"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A47D62"/>
-    <w:rsid w:val="00A646AF"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A90EFD"/>
+    <w:rsid w:val="00A94F99"/>
     <w:rsid w:val="00AA225A"/>
+    <w:rsid w:val="00AB27E2"/>
     <w:rsid w:val="00AC76FB"/>
-    <w:rsid w:val="00AD462C"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B60151"/>
+    <w:rsid w:val="00AF4542"/>
+    <w:rsid w:val="00B12C86"/>
+    <w:rsid w:val="00B2298B"/>
+    <w:rsid w:val="00B5615F"/>
+    <w:rsid w:val="00B841B2"/>
     <w:rsid w:val="00B86340"/>
-    <w:rsid w:val="00BC1C29"/>
-    <w:rsid w:val="00BD42EA"/>
     <w:rsid w:val="00BE3CFA"/>
     <w:rsid w:val="00BE78CA"/>
-    <w:rsid w:val="00C03C69"/>
+    <w:rsid w:val="00BF1029"/>
+    <w:rsid w:val="00C33D18"/>
+    <w:rsid w:val="00C44E63"/>
+    <w:rsid w:val="00C723BA"/>
     <w:rsid w:val="00C7780A"/>
     <w:rsid w:val="00CA1875"/>
     <w:rsid w:val="00CC7D90"/>
+    <w:rsid w:val="00CD3C51"/>
     <w:rsid w:val="00CE6A1B"/>
-    <w:rsid w:val="00D02BDF"/>
     <w:rsid w:val="00D03D0C"/>
     <w:rsid w:val="00D11982"/>
     <w:rsid w:val="00D14F06"/>
-    <w:rsid w:val="00D42C93"/>
-    <w:rsid w:val="00D52DE8"/>
+    <w:rsid w:val="00D20AA8"/>
+    <w:rsid w:val="00DD35CD"/>
     <w:rsid w:val="00E43190"/>
-    <w:rsid w:val="00E46B70"/>
     <w:rsid w:val="00E57A5B"/>
-    <w:rsid w:val="00E8227B"/>
     <w:rsid w:val="00E866E0"/>
     <w:rsid w:val="00EB54A3"/>
     <w:rsid w:val="00EC3C11"/>
-    <w:rsid w:val="00EC6599"/>
+    <w:rsid w:val="00ED617A"/>
     <w:rsid w:val="00EE1A39"/>
-    <w:rsid w:val="00EF4E93"/>
+    <w:rsid w:val="00EE69B8"/>
     <w:rsid w:val="00F22932"/>
-    <w:rsid w:val="00F32A0B"/>
     <w:rsid w:val="00F525B9"/>
     <w:rsid w:val="00F64017"/>
-    <w:rsid w:val="00F66167"/>
     <w:rsid w:val="00F93EE0"/>
-    <w:rsid w:val="00FA7E02"/>
+    <w:rsid w:val="00FE2290"/>
     <w:rsid w:val="00FF4CCD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="67B96923"/>
   <w15:docId w15:val="{44B4A029-4937-433D-8A03-B537D66F88E0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2459,51 +2609,51 @@
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -2978,287 +3128,244 @@
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ad">
     <w:name w:val="Знак Знак Знак"/>
     <w:basedOn w:val="a"/>
     <w:autoRedefine/>
     <w:rsid w:val="0023374B"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="SimSun"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="List Paragraph"/>
-    <w:aliases w:val="маркированный,Абзац списка1"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="af"/>
-    <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00CE6A1B"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af0">
+  <w:style w:type="paragraph" w:styleId="af">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="00364E0B"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="af1">
+  <w:style w:type="character" w:styleId="af0">
     <w:name w:val="page number"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="00BE78CA"/>
   </w:style>
-  <w:style w:type="character" w:styleId="af2">
+  <w:style w:type="character" w:styleId="af1">
     <w:name w:val="Strong"/>
     <w:qFormat/>
     <w:rsid w:val="007111E8"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af3">
+  <w:style w:type="paragraph" w:styleId="af2">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="af4"/>
+    <w:link w:val="af3"/>
     <w:rsid w:val="004726FE"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="af4">
+  <w:style w:type="character" w:customStyle="1" w:styleId="af3">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="af3"/>
+    <w:link w:val="af2"/>
     <w:rsid w:val="004726FE"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af5">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af4">
     <w:name w:val="Знак"/>
     <w:basedOn w:val="a"/>
     <w:autoRedefine/>
     <w:rsid w:val="004B400D"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="SimSun"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af6">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af5">
     <w:name w:val="Знак"/>
     <w:basedOn w:val="a"/>
     <w:autoRedefine/>
     <w:rsid w:val="00934587"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="SimSun"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af7">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af6">
     <w:name w:val="Знак"/>
     <w:basedOn w:val="a"/>
     <w:autoRedefine/>
     <w:rsid w:val="001A1881"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="SimSun"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="af">
-[...38 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
-    <w:div w:id="809253203">
+    <w:div w:id="785733947">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1355838385">
+    <w:div w:id="1644888438">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1502040128">
+    <w:div w:id="1842575027">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="2029867968">
+    <w:div w:id="2070569760">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011204" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -3511,67 +3618,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>320</Words>
-  <Characters>1826</Characters>
+  <Words>318</Words>
+  <Characters>1819</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ЌАЗАЌСТАН</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>АО НИТ</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2142</CharactersWithSpaces>
+  <CharactersWithSpaces>2133</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ЌАЗАЌСТАН</dc:title>
   <dc:creator>user</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>