--- v0 (2025-12-05)
+++ v1 (2025-12-19)
@@ -6,7893 +6,16219 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="5949" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3396"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002B0FB8" w:rsidRPr="00867083" w:rsidTr="00380A66">
+      <w:tr w:rsidR="005507DA" w:rsidRPr="00A45EF8" w:rsidTr="00F51D3F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3396" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002B0FB8" w:rsidRPr="00867083" w:rsidRDefault="002B0FB8" w:rsidP="000B4B22">
+          <w:p w:rsidR="00F51D3F" w:rsidRPr="00A45EF8" w:rsidRDefault="00B077E9" w:rsidP="00B077E9">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00867083">
-[...6 lines deleted...]
-            <w:r w:rsidR="00382E1A" w:rsidRPr="00867083">
+            <w:r w:rsidRPr="00A45EF8">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>Б</w:t>
             </w:r>
+            <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ұйры</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A45EF8">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ққа </w:t>
+            </w:r>
+            <w:r w:rsidR="005507DA" w:rsidRPr="00A45EF8">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қ</w:t>
+            </w:r>
+            <w:r w:rsidR="005507DA" w:rsidRPr="00A45EF8">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="005507DA" w:rsidRPr="00A45EF8">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сымша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E71B4B" w:rsidRPr="00867083" w:rsidRDefault="00E71B4B" w:rsidP="00E71B4B">
-[...1 lines deleted...]
-        <w:ind w:left="5954"/>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5387"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z96"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5954"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:ind w:left="5954"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00867083">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5954"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00867083">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00867083">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім және ғылым министрінің</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5954"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00867083">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...24 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2008 жылғы 18 наурыздағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5954"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>№ 125 бұйрығына 2-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5387"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарындағы білім алушылардың үлгеріміне ағымдағы бақылауды, аралық және қорытынды аттестаттауды өткізудің үлгі қағидалары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00492D99" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="00492D99">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="z158"/>
-      <w:r w:rsidRPr="00867083">
+      <w:bookmarkStart w:id="1" w:name="z997"/>
+    </w:p>
+    <w:p w:rsidR="00492D99" w:rsidRPr="00A45EF8" w:rsidRDefault="00492D99" w:rsidP="00492D99">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="00492D99">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00867083">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00867083">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...29 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00B077E9" w:rsidRPr="00A45EF8">
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00867083">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1-тарау.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00867083">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Негізгі ережелер</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="z998"/>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w:rsidR="00492D99" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00382E1A" w:rsidRPr="00867083">
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="00492D99" w:rsidP="009A623B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:r w:rsidR="00E71B4B" w:rsidRPr="00867083">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Осы техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарындағы білім алушылардың үлгеріміне ағымдағы бақылауды, аралық және қорытынды аттестаттауды өткізудің үлгі қағидалары (бұдан әрі - Қағидалар) «Білім туралы» Қазақстан Республикасы Заңының 5-бабының 19) тармақшасына сәйкес әзірленген және меншік нысаны мен ведомстволық бағыныстылығына қарамастан техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарындағы білім алушылардың үлгеріміне ағымдағы бақылауды, аралық және қорытынды аттестаттауды өткізудің тәртібін айқындайды.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="z999"/>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қағидаларда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мынадай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>анықтамалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пайдаланылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>емтиханы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>теориялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>практикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дайындықтың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тәжірибе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құзыреттіліктің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жеткілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>екендігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>объективті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>айқындауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>олардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>талаптарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкестігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бағалауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>деңгейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>беруге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мүмкіндік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>әсім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>комиссиясы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>техникалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кәсіптік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алушыларына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шеңберінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кәсіптік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>модульді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>игеру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қорытындылары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жұмысшы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>біліктілігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>рәсімін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өткізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құрылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алқ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орган;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алушыларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аралық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аттестаттау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сабағының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пәні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>модульдің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шеңберінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кәсіптік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>модульдердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бөлігінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бүкіл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>көлемінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мазмұнын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>зерделеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бітіргеннен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>меңгеру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сапасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мақсатында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жүргізілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>әсім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алушыларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қорытынды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аттестаттау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>олардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тиі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>деңгейінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жалпыға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>міндетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>стандартында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>көзделген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сабақтарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пәндерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>модульдердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>көлемін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>меңгеру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дәрежесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>айқындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мақсатында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жүргізілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>рәсім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>үлгеріміне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ағымдағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бақылау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қытушының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пәнді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>модульді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бағдарламасына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ағымдағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сабақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>барысында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өткізген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білімін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жүйелі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тексеруі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">6) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дипломдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жоба</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жұмысшыларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>буын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданбалы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бакалавр </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мамандарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>даярлайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бағдарламалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>студенттердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өзіндік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шығармашылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жұмысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қорытынды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аттестаттау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>комиссиясы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>техникалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кәсіптік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білімнен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бітірушілеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қорытынды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аттестаттау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өткізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құрылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ал</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қалы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орган;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8) оқу жетістіктерін бағалаудың балдық–рейтингтік әріптік жүйесі - халықаралық практикада қабылданған сандық эквивалентті әріптік жүйеге сәйкес келетін және білім алушылардың рейтингін белгілеуге мүмкіндік беретін оқу жетістіктерінің деңгейін балмен бағалау жүйесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00676870" w:rsidRPr="00A45EF8" w:rsidRDefault="00455B74" w:rsidP="00676870">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00676870" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім алушылардың білімін бағалау цифрлық бес балдық жүйе бойынша жүргізіледі: (5-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00676870" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өте жақсы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00676870" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, 4-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«ж</w:t>
+      </w:r>
+      <w:r w:rsidR="00676870" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ақсы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00676870" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, 3-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00676870" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қанағаттанарлық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00676870" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, 2-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00676870" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қанағаттанарлықсыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00676870" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="00676870" w:rsidP="00676870">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Балдық-рейтингтік әріптік жүйені қолдану кезінде б</w:t>
+      </w:r>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ілім алушылардың оқу жетістіктері (білім, білік, дағды және құзыреттілік) осы </w:t>
+      </w:r>
+      <w:r w:rsidR="0064707B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ағидаларға қосымшаға сәйкес 4 балдық шкала бойынша тиісті цифрлық эквиваленті бар халықаралық тәжірибеде қабылданған әріптік жүйеге (оң бағалар, кемуіне қарай, «А» - дан «D»-ға дейін, «қанағаттанарлықсыз» - «F») сәйкес келетін 100 балдық шкала бойынша бағаланады.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="z1005"/>
+    </w:p>
+    <w:p w:rsidR="00492D99" w:rsidRPr="00A45EF8" w:rsidRDefault="00492D99" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00492D99" w:rsidRPr="00A45EF8" w:rsidRDefault="00492D99" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00E71B4B" w:rsidRPr="00867083" w:rsidRDefault="00E71B4B" w:rsidP="00E71B4B">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="00A26705" w:rsidP="009A623B">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...29 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2-тарау</w:t>
+      </w:r>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Білім алушыларды ағымдағы бақылаудан және аралық аттестаттаудан өткізу</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="z1006"/>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p w:rsidR="00492D99" w:rsidRPr="00A45EF8" w:rsidRDefault="00492D99" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="00202803" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім беру ұйымдары білім алушылардың үлгерімін ағымдағы бақылауды және аралық аттестаттауды өткізудің нысандарын, тәртібін және кезеңділігін дербес таңдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ағымдағы бақылау пәндер және (немесе) модульдер бойынша практикалық және семинарлық сабақтар жоқ болған жағдайда</w:t>
+      </w:r>
+      <w:r w:rsidR="00676870" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқытушының оқу бағдарламасында көзделген міндетті бақылау жұмыстарын (жазбаша тапсырмалар, рефераттар) тексеруі арқылы</w:t>
+      </w:r>
+      <w:r w:rsidR="00676870" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00676870" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оның ішінде оқытудың жеке траекториясын ескере отырып </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жүзеге асырылады.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ерекше білім берілуіне қажеттілігі бар тұлғалардың пәндер және (немесе) модульдер бойынша үлгеріміне ағымдағы бақылау психофизикалық даму ерекшеліктері ескеріле отырып жеке тапсырмалар бойынша өткізіледі.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="z1007"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қашықтықтан білім беру технологияларын (бұдан әрі-ҚБТ) қолдана отырып, білім алушылардың үлгерімін ағымдағы бақылау:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) білім алушы мен оқытушының телекоммуникациялық құралдарды пайдалана отырып онлайн </w:t>
+      </w:r>
+      <w:r w:rsidR="00676870" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">немесе офлайн </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>режимінде тікелей қарым-қатынасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) автоматтандырылған тестілеу кешендері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) жеке тапсырмаларды тексеру (білім алушылардың мессенджерлер, электрондық поштасына тапсырмалар беру) арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Білім алушылардың үлгеріміне ағымдағы бақылауды жүргізу нысандарын </w:t>
+      </w:r>
+      <w:r w:rsidR="003E1349" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу материалының мақсатын, мазмұнын ескере отырып анықтайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="00202803" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Оқу жоспарына сәйкес оқыту дәрістік курспен шектелетін пәндер және (немесе) модульдер бойынша міндетті бақылау жұмыстары болмаған жағдайда, үлгерімді ағымдағы бақылау жүзеге асырылмайды. Пәндердің және (немесе) модульдердің тізбесін білім беру ұйымдарының алқалы органы айқындайды.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="z1008"/>
+      <w:bookmarkEnd w:id="6"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="00202803" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Білім алушыларды аралық аттестаттаудан өткізу пәндерінің және (немесе) модульдерінің тізбесі мен нысанын жұмыс оқу жоспарларына сәйкес техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдары белгілейді және оқу жылының басында оқу-тәрбие процесінің кестесіне енгізіледі.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҚБТ қолдану кезінде мына аралық аттестаттау нысандары:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:softHyphen/>
+        <w:t>1) тапсырманы орындауға кететін уақытты шектеу мүмкіндігі бар автоматтандырылған тест жүйелерін қолдана отырып тестілеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) жеке жобаны іске асыру (онлайн, офлайн);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) практикалық, шығармашылық тапсырманы орындау (онлайн, офлайн);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) емтиханды онлайн режимінде тапсыру (ауызша немесе жазбаша түрде) қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жалпы білім беретін пәндер бойынша аралық аттестаттау: тіл, әдебиет, Қазақстан тарихы, математика және техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдары таңдаған пән бойынша емтихан өткізуді көздейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім алушыларға жұмысшы біліктілігін беруге арналған аралық аттестаттау өткізу үшін техникалық және кәсіптік, орта білімнен кейінгі ұйымдары білім беру ұйымы басшысының бұйрығымен біліктілік комиссиясы құрылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жұмысшы біліктілігін беру туралы куәлік беру туралы шешім осы біліктілік бойынша жұмыс түрлерін орындау жөніндегі біліктілік емтиханы негізінде қабылданады.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="z1009"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="00202803" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарындағы білім алушыларды аралық аттестаттау оқу жұмыс жоспарлары мен бағдарламаларына сәйкес курстық жобаларды (жұмыстарды) қорғау, практика бойынша есептер, сынақтар және емтихандар нысанында жүзеге асырылады, бұл ретте сынақтар мен курстық жобаларды (жұмыстарды) қорғау емтихандар басталғанға дейін өткізіледі.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Курстық жобалар (жұмыстар) аталған пән және (немесе) модуль бойынша курстық жобаны (жұмысты) орындау үшін жеткілікті білімді меңгеруді қамтамасыз ететін пәннің және (немесе) модульдің теориялық бөлімі немесе тарауы аяқталғаннан кейін орындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Техникалық және кәсіптік білім беру ұйымдарында ерекше білім берілуіне қажеттілігі бар тұлғаларды аралық аттестаттау емтихандар және/немесе сынақтар нысанында өткізіледі.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="z1010"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="00202803" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Егер ағымдағы семестрдің оқу жоспарында аталған пән және (немесе) модуль бойынша емтихан немесе қорытынды сынақ түрінде аралық аттестаттау қарастырылмаса, сынақтар келесі семестрге ауысқан пәндер және (немесе) модульдер бойынша өткізіледі.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сараланған бағалармен («үздік», «жақсы», «қанағаттанарлық» және «қанағаттанарлықсыз») өткізілетін сынақтар курстық жобалар (жұмыстар), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>кәсіптік практика бойынша, сондай-ақ тізбесі оқу жұмыс жоспарына сәйкес айқындалатын арнайы пәндер және (немесе) модульдер бойынша жүргізіледі.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="z1011"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="00202803" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Білім алушыларды аралық аттестаттау материалдары әрбір оқу пәнінің және (немесе) модульдің оқу жұмыс жоспарлары мен бағдарламаларының негізінде жасалады.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="z1012"/>
+      <w:bookmarkEnd w:id="10"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="00202803" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Білім алушыларды аралық аттестаттауға даярлау кезеңінде консультацияға бөлінген жалпы бюджет уақыты есебінен консультация өткізіледі.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="12" w:name="z1013"/>
+      <w:bookmarkEnd w:id="11"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00202803" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Білім алушыларды емтихан нысанында аралық аттестаттаудан өткізу үшін:</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="13" w:name="z1014"/>
+      <w:bookmarkEnd w:id="12"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) емтихан билеттері (емтихандық бақылау тапсырмалары), тест тапсырмалары, ситуациялық тапсырмалар;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="14" w:name="z1015"/>
+      <w:bookmarkEnd w:id="13"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) емтихан кезінде пайдалануға рұқсат берілген көрнекі құралдар, анықтама сипатындағы материалдар, нормативтік құжаттар мен техника үлгілері;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="15" w:name="z1016"/>
+      <w:bookmarkEnd w:id="14"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оқ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>әне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>технологогиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>карталар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="16" w:name="z1017"/>
+      <w:bookmarkEnd w:id="15"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) спорт </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>залдары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жабдықтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>үкәммалдар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="17" w:name="z1018"/>
+      <w:bookmarkEnd w:id="16"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>емтихан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ведомосы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дайын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қажет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="18" w:name="z1019"/>
+      <w:bookmarkEnd w:id="17"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00202803" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Аралық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аттестаттауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>емтихандар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сынақтарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оқытушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аталған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ән</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) модуль </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> семестр </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бойы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сабақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>берген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оқытушылар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>басшысының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тапсырмасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пәннің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>модульдің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бейініне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>келетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>біліктілігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оқытушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="19" w:name="z1020"/>
+      <w:bookmarkEnd w:id="18"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00202803" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Аралық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аттестаттауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>әрбі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пән</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) модуль </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00676870" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00676870" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00676870" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00676870" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00676870" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жоспарлары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00676870" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00676870" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00676870" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00676870" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бағдарламаларына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00676870" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00676870" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00676870" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>барлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>практикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>зертханалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>есептік-графикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>курстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыстарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жобаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сынақтарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>толық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>орындаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ағымдағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>есебінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қорытындысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қанағаттанарлықсыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бағасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жоқ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алушылар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жіберіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="19"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Емтиханға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>әннен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>модульден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қанағаттанарлықсыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бағасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>басшысының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>рұқсатымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>екеуден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>көп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қанағаттанарлықсыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бағасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кеңестің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шешімімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жіберіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="20" w:name="z1021"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00202803" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Аралық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аттестаттауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өткізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кезінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>емтихан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>билеттері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тапсырмаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>орындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="20"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>әрбі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алушыға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ауызша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>емтиханға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 25 (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жиырма</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бес) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>минуттан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>көп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жазбаша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>емтиханды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өткізуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="21" w:name="z1022"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>әдебиет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шығарма</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>астрономиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сағаттан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="22" w:name="z1023"/>
+      <w:bookmarkEnd w:id="21"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) математика </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>арнайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>әндер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>модульдер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>академиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сағаттан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="23" w:name="z1024"/>
+      <w:bookmarkEnd w:id="22"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>әне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>орыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мазмұндама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>астрономиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сағаттан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="24" w:name="z1025"/>
+      <w:bookmarkEnd w:id="23"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тіл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>орыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (диктант) 2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>астрономиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сағаттан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>уақыт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бөлінеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="24"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Жазбаша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>емтихан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыстары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (тест </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тапсырмалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мөртабаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қойылғ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағаздарда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>орындалады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="25" w:name="z1026"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00202803" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Тыңдауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыстарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қарауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, спорт </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>іністеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>байланысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>арнайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пәндер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>модульдер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>емтихандарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тиісті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пәндік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>циклдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>комиссиялардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кафедралардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бөлімдердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оқытушылары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қабылдайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Оларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өткізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нақты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жұмсалатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бірақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оқушыға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>академиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сағаттан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аспайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>уақыт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қарастырылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="26" w:name="z1027"/>
+      <w:bookmarkEnd w:id="25"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00202803" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Аралық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аттестаттауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>емтихандар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сынақтарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өткізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кезінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>техникалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кәсіптік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білімнен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>басшысының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұқсатынсыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ісі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыстар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жөніндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>басшының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>орынбасарынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бөлім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>меңгерушісі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пәндік-циклдік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>комиссияның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>төрағасынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>төрайымынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өгде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>адамдардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қатысуына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>болмайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="27" w:name="z1028"/>
+      <w:bookmarkEnd w:id="26"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00202803" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сырқаттануына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>байланысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бас</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дәлелді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>себептермен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аралық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аттестаттаудан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өтпеген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алушыларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>техникалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кәсіптік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білімнен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>орнының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>басшысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тапсыруға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мерзімді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бекітілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>белгілейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="28" w:name="z1030"/>
+      <w:bookmarkEnd w:id="27"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00202803" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қанағаттанарлықсыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>» (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сынақтан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өткен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жоқ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>деген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>баға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>емтиханды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қайта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тапсыруға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пән</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) модуль </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>реттен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>артық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>рұқсат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>етілмейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="28"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Емтиханды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сынақты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қайта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тапсыруға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>әнді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жүргізетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оқытушыға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, модуль </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шеңберінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оқытушыларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>белгіленген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мерзімде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бөлім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>меңгерушісі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жазбаша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>түрде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>рұқсат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>берген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жіберіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сабақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оқытушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>болмаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пәннің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>модульдің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бейініне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>біліктілігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бас</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оқытушыға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тапсыруға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Аралық аттестаттау нәтижелері бойынша 2-ден аспайтын «қанағаттанарлық» бағасы бар білім алушылар үшін бөлім меңгерушісінің (директор орынбасарының) жолдамасы бойынша бағаны неғұрлым жоғары деңгейге қайта тапсыруға рұқсат етіледі.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="29" w:name="z1031"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00202803" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Аралық аттестаттау нәтижелері бойынша үштен астам «қанағаттанарлықсыз» бағасы бар білім алушылар педагогикалық кеңестің шешімі бойынша техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымы басшысының бұйрығымен білім беру ұйымынан шығарылады, оған белгіленген үлгідегі анықтама беріледі.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="30" w:name="z1032"/>
+      <w:bookmarkEnd w:id="29"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="00202803" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Белгіленген курстағы оқу жоспарының талаптарын толықтай орындаған, аралық аттестаттаудың барлық сынақтары мен емтихандарын табысты тапсырған білім алушылар келесі курсқа техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымы басшысының бұйрығымен көшіріледі.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="31" w:name="z1033"/>
+      <w:bookmarkEnd w:id="30"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00202803" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Аралық аттестаттауға шығарылмайтын пәндер, модульдер бойынша қорытынды бағаларды оқытушылар курс аяқталған соң үлгерімді ағымдағы бақылау бағаларының негізінде қояды.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="32" w:name="z1034"/>
+      <w:bookmarkEnd w:id="31"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00202803" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Ағымдағы оқу сабақтарынан қол үзбей, аралық аттестаттау емтихандарын мерзімінен бұрын тапсыруға техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдары басшысының бұйрығымен:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) ағымдағы семестрдің пәндері және (немесе) модульдері бойынша </w:t>
+      </w:r>
+      <w:r w:rsidR="001E63C1" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оқу жұмыс жоспарлары мен білім беру бағдарламаларына сәйкес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>зертханалық, практикалық, есептік-графикалық және курстық жұмыстарды (жобаларды), сынақтарды «өте жақсы» деген бағаға тапсырған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2) белгіленген мерзімде аралық аттестаттаудан өтуге мүмкіндігі жоқ (тиісті құжаттармен расталған дәлелді себептер бойынша) білім алушылар жіберіледі.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="33" w:name="z1035"/>
+      <w:bookmarkEnd w:id="32"/>
+    </w:p>
+    <w:p w:rsidR="00492D99" w:rsidRPr="00A45EF8" w:rsidRDefault="00492D99" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00492D99" w:rsidRPr="00A45EF8" w:rsidRDefault="00492D99" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00202803" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-тарау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Білім алушыларға қорытынды аттестаттауды өткізу</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="34" w:name="z1036"/>
+      <w:bookmarkEnd w:id="33"/>
+    </w:p>
+    <w:p w:rsidR="00492D99" w:rsidRPr="00A45EF8" w:rsidRDefault="00492D99" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00202803" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарының білім алушыларын қорытынды аттестаттау, медициналық білім беру бағдарламалары бойынша білім алушыларды қоспағанда, жалпы кәсіби және арнайы пәндер және (немесе) модульдер бойынша қорытынды емтихандар тапсыруды немесе арнайы пәндердің және (немесе) модульдердің бірінде қорытынды емтихан тапсыру арқылы диплом жобасын (жұмысын) орындау мен қорғауды қамтиды.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="34"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Медициналық білім беру бағдарламалары бойынша білім алушыларды қорытынды аттестаттау Қазақстан Республикасы Денсаулық сақтау министрінің 2019 жылғы 23 сәуірдегі № ҚР ДСМ-46 бұйрығымен (Нормативтік құқықтық актілердің тізілімінде № 18577 тіркелген) бекітілген Білім алушылардың медициналық білім беру бағдарламалары бойынша білімі мен дағдыларын бағалау қағидалары сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қорытынды аттестаттау оны өткізудің алдын ала </w:t>
+      </w:r>
+      <w:r w:rsidR="001E63C1" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бекітілген </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кестесі бойынша өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қорытынды аттестаттауға академиялық қарызы жоқ және </w:t>
+      </w:r>
+      <w:r w:rsidR="0032294F" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасы Білім және ғылым министрінің 2018 жылғы 31 қазандағы № 604 бұйрығымен бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17669 болып тіркелген) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">техникалық және кәсіптік, орта білімнен кейінгі білімнің мемлекеттік жалпыға міндетті стандарттары </w:t>
+      </w:r>
+      <w:r w:rsidR="0032294F" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(бұдан әрі - МЖМБС) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>талаптарына сәйкес білім беру бағдарламаларын толық көлемде меңгерген білім алушылар жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҚБТ-ны қолдана отырып, қорытынды аттестаттауды өткізу кезінде білім беру ұйымы білім алушылардың жеке басын сәйкестендіруді қамтамасыз етеді, оның тәсілін ұйым дербес таңдайды және оны өткізу тәртібінің сақталуын бақылайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E164FB" w:rsidRPr="00A45EF8" w:rsidRDefault="00E164FB" w:rsidP="00E164FB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="z1074"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім алушыларды сәйкестендіру білім алушының жеке басын бейне камера алдында ашық түрде ұсынылған жеке басын куәландыратын құжаттың деректерімен визуалды салыстыру арқылы жүзеге асырылады. Білім алушылар байланыс жабдықтары мен арналарына қойылатын техникалық талаптар туралы алдын ала хабардар етіледі. Білім беру ұйымы білім алушылардың техникалық мүмкіндігіне байланысты алдын ала тексеру арқылы көз жеткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E164FB" w:rsidRPr="00A45EF8" w:rsidRDefault="00E164FB" w:rsidP="00E164FB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Компьютерлік тестілеу ақпараттық жүйелерге енгізілген құралдардың көмегімен немесе жеке құралдардың көмегімен жүзеге асырылады. Тестілеу процесі автоматтандырылған. Тестілеу нәтижелерін автоматтандырылған өңдеу және сақтау қамтамасыз етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00194E76" w:rsidRPr="00A45EF8" w:rsidRDefault="00202803" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>24</w:t>
+      </w:r>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidR="00194E76" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дипломдық жобаны (жұмысты) жұмысшы біліктілігі бойынша білім алатын студенттер, сондай-ақ жаратылыстану-ғылыми, гуманитарлық, экономикалық және шығармашылық мамандықтар бойынша білім алушылар </w:t>
+      </w:r>
+      <w:r w:rsidR="00194E76" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>орындайды және ол бітірушілердің арнайы теориялық білімі мен практикалық дағдыларын жүйелеуге, қорытындылауға және тексеруге бағытталған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00194E76" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дипломдық жобаны </w:t>
+      </w:r>
+      <w:r w:rsidR="00194E76" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(жұмысты) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">орта буын маманын, қолданбалы бакалавр дайындау кезінде техникалық, технологиялық және шаруашылық мамандықтар бойынша білім алатын студенттер орындайды, және </w:t>
+      </w:r>
+      <w:r w:rsidR="00194E76" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ол </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кейбір техникалық құралдар мен технологиялар жасауды немесе олардың есебін болжайды. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="36" w:name="z1037"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00202803" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Білім беру ұйымдарында білім алушыларды қорытынды аттестаттауды өткізу үшін білім беру ұйымы басшысының бұйрығымен қорытынды аттестаттау комиссиясы құрылады.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="36"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қорытынды аттестаттау комиссиясының құрамы дауыс беру құқығынсыз хатшыны қоса алғанда кәсіпорындардың білікті мамандарынан, арнайы пәндер оқытушыларынан, өндірістік оқыту шеберлерінен және оқу орнын басқарудың алқалы органдары өкілдерінен, яғни жұмыс берушілер өкілдерінен 65% және техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарының өкілдерінен 35% арақатынасында құрылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Медициналық білім беру бағдарламалары бойынша қорытынды аттестаттау комиссиясының құрамына қосымша денсаулық сақтау саласындағы уәкілетті орган аккредиттеген білім алушылардың білімі мен дағдыларын бағалауды жүзеге асыратын ұйымдардың өкілдері кіреді.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="37" w:name="z1038"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00202803" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Комиссия қорытынды аттестаттауды өткізу кезеңінде қорытынды аттестаттауды өткізуге бір ай қалғанда құрылады.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="38" w:name="z1039"/>
+      <w:bookmarkEnd w:id="37"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00202803" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Комиссия:</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="39" w:name="z1040"/>
+      <w:bookmarkEnd w:id="38"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) техникалық және кәсіптік, орта білімнен кейінгі білім берудің білім беру бағдарламаларында белгіленген білім алушылардың теориялық және практикалық даярлық деңгейінің сәйкестігін;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="40" w:name="z1041"/>
+      <w:bookmarkEnd w:id="39"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) білім алушылардың өндірістік оқыту, жалпы кәсіптік және арнайы пәндер және (немесе) кәсіптік модульдер бойынша нақты білім, іскерлік деңгейін және практикалық дағдыларын, кәсіптер (мамандықтар) бойынша оқу бағдарламалары мен біліктілік сипаттамаларының талаптарына сәйкестігін айқындайды.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="41" w:name="z1042"/>
+      <w:bookmarkEnd w:id="40"/>
+    </w:p>
+    <w:p w:rsidR="00492D99" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00202803" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="42" w:name="z1043"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r w:rsidR="00492D99" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Комиссия отырыстарының ұзақтығы күніне 6 сағаттан аспайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00202803" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарындағы білім алушыларды қорытынды аттестаттау, оның ішінде ҚБТ-ны қолдана отырып, оқу процесінің кестесінде көрсетілген мерзімде және </w:t>
+      </w:r>
+      <w:r w:rsidR="000E0A28" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>МЖМБС</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген оқу жұмыс жоспарларының нысандары бойынша өткізіледі.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="42"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Медициналық білім беру бағдарламалары бойынша білім алушыларды қорытынды аттестаттау медициналық білім беру бағдарламалары бойынша білім алушылардың білімі мен дағдыларын бағалау бойынша денсаулық сақтау саласындағы уәкілетті орган аккредиттеген ұйымдармен келісілген мерзімде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жүргізіледі.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="43" w:name="z1044"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қорытынды аттестаттау басталғанға дейін, оның ішінде қорытынды аттестаттауды өткізу тәртібі, жұмысты ресімдеу ережесі, жұмыстың орындалу ұзақтығы, қорытынды аттестаттау нәтижелерімен келіспеу туралы апелляция беру тәртібі туралы нұсқаулық өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Білім алушыларды қорытынды аттестаттауды өткізу тәртібімен таныстыруды білім беру ұйымы кемінде 20 жұмыс күні бұрын жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім алушыларды қорытынды аттестаттауға жіберу білім беру ұйымы басшысының бұйрығымен ресімделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E0A28" w:rsidRPr="00A45EF8" w:rsidRDefault="000E0A28" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҚБТ-ны пайдалана отырып қорытынды аттестаттауды өткізу қорытынды аттестаттау басталғанға дейін бір айдан кешіктірмей білім беру ұйымы басшысының атына берілетін жеке өтініш негізінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім беру ұйымдарында ҚБТ-ны қолдана отырып, қорытынды аттестаттауды өткізу үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) білім алушыларды үздіксіз бейне және аудио бақылау, бейнежазба жүргізуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) дипломдық жобаларды (жұмыстарды) қорғау кезінде білім алушылардың презентациялық материалдарын көрсету мүмкіндігін қамтамасыз ететін қажетті жабдықтар жиынтығы бар бөлмелер жабдықталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="00FE469F" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҚБТ-ны қолдана отырып қорытынды аттестаттауға қатысатын білім алушылардың процедураның тұтастығын қамтамасыз етуге мүмкіндік беретін техникалық құралдары мен бағдарламалық қамтамасыз етуі болады.</w:t>
+      </w:r>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="00202803" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Комиссия</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мынадай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>материалдар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құжаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұсынылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="43"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мамандық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оқ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жоспары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>техникалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кәсіптік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>басшысының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алушыларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қорытынды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аттестаттау</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жіберу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қорытынды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бағаларының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жиынтық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ведомосы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бағдарламасына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қорытынды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>емтихан</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>емтихан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>билеттерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жиынтығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сұрақтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тізбесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>денсаулық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сақтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кадрларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>даярлау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бағыты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оқ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>у-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бірлестікпен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>келісілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>медициналық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бағдарламалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алушыларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тест </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тапсырмаларының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>техникалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ерекшеліктері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>клиникалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>станциялар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тізімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>күндізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нысанында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оқитын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алушының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>денсаулық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>байланысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қорытынды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аттестаттау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мерзімін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жылжыту</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құқығын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>растайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құжаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сырттай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нысанында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оқитын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алушының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>денсаулық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>орнынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дәлелді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құжаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұсынылғанына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>байланысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қорытынды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аттестаттау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мерзімін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жылжыту</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құқығын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>растайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құжаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="44" w:name="z1050"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="00202803" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>31</w:t>
+      </w:r>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Техникалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кәсіптік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білімнен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алушыларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қорытынды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аттестаттау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кәсіби</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>арнайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>әндер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>модульдер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қорытынды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>емтихандар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тапсыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>арнайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пәндердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>модульдердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бірінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қорытынды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>емтихан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тапсыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> диплом </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жобасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мысын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>орындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қорғау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нысанында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өткізіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="44"/>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ерекше білім беру қажеттіліктері бар тұлғалар үшін қорытынды аттестаттау олардың денсаулық жағдайына теріс факторлардың әсерін болдырмайтын және білім алушылардың физиологиялық ерекшеліктері мен денсаулық жағдайына жауап беретін жағдайларда жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">ҚБТ-ны қолдану арқылы қорытынды аттестаттау нақты уақыт режимінде (онлайн)  өткізіледі. Білім беру ұйымдары тарапынан қорытынды аттестаттаудың бағдарламалық құралдарын ұсынуға және техникалық қолдауға жауапты </w:t>
+      </w:r>
+      <w:r w:rsidR="001E63C1" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">білім беру ұйымы басшысының бұйрығымен айқындалған тұлға </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>болып табылады, ол қорытынды аттестаттауды өткізудің техникалық шарттарын тексеруді басталғанға дейін бір тәуліктен кешіктірмей жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Пәндер және (немесе) модульдер бойынша қорытынды емтихандар оқу бағдарламаларына сәйкес: бірнеше арнайы пәндер және (немесе) кәсіптік модульдер бойынша сұрақтарды қамтитын ауызша, жазбаша, кешенді емтихан нысандарында өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҚБТ-ны қолдана отырып, қорытынды аттестаттауды өткізу кезінде білім алушының жеке басын міндетті түрде сәйкестендіруді және кешенді емтихандарды өткізу тәртібінің сақталуын бақылауды жүзеге асыра отырып, компьютерлік тестілеу нысанында кешенді емтихандар өткізу</w:t>
+      </w:r>
+      <w:r w:rsidR="00047A1C" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қарастырылады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Диплом жобасын (жұмысын) қорғау қорытынды аттестаттау өткізу жөніндегі комиссияның ашық отырысында кемінде 2/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 мүшелерінің қатысуымен өткізіледі. </w:t>
+      </w:r>
+      <w:r w:rsidR="000E0A28" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бір дипломдық жобаны (жұмысты) қорғау ұзақтығы бір білім алушыға 30 (отыз) минуттан аспайды. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Диплом жобасын қорғау үшін білім алушы ұзақтығы 10 (он) минуттан аспайтын баяндама жасайды. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="45" w:name="z980"/>
+    </w:p>
+    <w:p w:rsidR="000E0A28" w:rsidRPr="00A45EF8" w:rsidRDefault="000E0A28" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қорытынды аттестаттау басталғанға дейін екі апта бұрын білім алушылар қорғауға жіберілген дипломдық жобаларды (жұмыстарды) рецензиялармен және презентациялық материалдармен ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Дипломдық жобаны (жұмысты) қорғауды өткізу уақыты бекітілген кестемен анықталады және дипломдық жобаларды (жұмыстарды) қорғау басталғанға дейін кемінде үш жұмыс күні бұрын білім алушылардың назарына жеткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дипломдық жобаны (жұмысты), оның ішінде ҚБТ-ны қолдану арқылы қорғау презентация түрінде өтеді. ҚБТ-ны қолдану арқылы дипломдық жобаны (жұмысты) қорғау процесі үзілген жағдайда, білім алушы оны жалғастыру туралы өтінішпен дереу </w:t>
+      </w:r>
+      <w:r w:rsidR="001E63C1" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">басшының оқу жұмысы жөніндегі орынбасарына немесе оқу бөлімінің меңгерушісіне </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жүгінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p w:rsidR="00FE469F" w:rsidRPr="00A45EF8" w:rsidRDefault="00FE469F" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ауызша қорытынды емтиханның ұзақтығы бір білім алушыға 15 (он бес) минуттан аспайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҚБТ-ны пайдалана отырып, қорытынды емтиханды өткізу кезінде жұмыстарды белгіленген уақыттан бұрын орындаған жағдайда, Комиссия төрағасының рұқсатымен бейнеконференцбайланыс сеансын мерзімінен бұрын аяқтауға рұқсат етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ерекше білім берілуіне қажеттілігі бар тұлғаларды қорытынды аттестаттау өндірістік оқыту бойынша практикалық жұмысты тапсыру нысанында орындалатын іс-әрекеттерді түсіндіре отырып, басшының міндетті түрде қатысуымен өткізіледі. Практикалық жұмысты қорғау үшін білім алушы жұмыстың орындалу кезеңдері туралы ұзақтығы 15 (он бес) минуттан аспайтын баяндама жасайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қорытынды аттестаттауды ұйымдастыру кезінде есту қабілеті бұзылған білім алушылар үшін сурдоаудармашы тартылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Қорытынды аттестаттауды өткізудің барлық рәсімі бейнеге жазылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="z1076"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00202803" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>32</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="47" w:name="z1051"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Біліктілік емтиханы </w:t>
+      </w:r>
+      <w:r w:rsidR="001E63C1" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жұмыс берушілердің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кәсіпорындар</w:t>
+      </w:r>
+      <w:r w:rsidR="001E63C1" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ұйымдар, мекемелер) немесе техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымында әрбір біліктілік бойынша қажетті жабдықпен жарақтандырылған өндірістік алаңдар, зертханалар, шеберханалар немесе оқу орталықтары болған жағдайда, оқу орнының базасында өткізіл</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF71BB" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>еді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00202803" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="48" w:name="z1052"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Комиссияның шешімі бойынша ағымдағы оқу жылында тиісті </w:t>
+      </w:r>
+      <w:r w:rsidR="001E63C1" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оқу пәні және (немесе) модуль бойынша </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>емтихан тапсыруға/дипломдық жобаны (жұмысты) қорғауға мыналар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) қорытынды аттестаттауда қанағаттанарлықсыз нәтиже алғандар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) дәлелді себеппен қорытынды аттестаттауға келмеген </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE469F" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(денсаулық жағдайына немесе тиісті құжаттармен расталған өзге де объективті себептерге байланысты)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім алушылар қайта жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қайта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отырысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өткізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мерзі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> комиссия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айқындайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қорытынды емтиханды қайта тапсыру «қанағаттанарлықсыз» деген баға алған пән және (немесе) модуль бойынша ғана жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қорытынды аттестаттау комиссиясының шешімі бойынша білім алушыға сол жұмысты тиісті пысықтаумен қайта қорғауға немесе жаңа тақырыпты әзірлеуге мүмкіндік беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оң бағаны көтеру мақсатында қорытынды емтиханды қайта тапсыруға және дипломдық жобаны (жұмысты) қорғауға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00202803" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Диплом жобасын (жұмыс) қайта қорғаудан немесе қорытынды емтихан тапсыру кезінде «қанағаттанарлықсыз» деген баға алған білім алушыға мамандығы (кәсібі) бойынша оқу курсын толық аяқтағандығы туралы белгіленген үлгідегі анықтама беріледі.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="49" w:name="z1053"/>
+      <w:bookmarkEnd w:id="48"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00202803" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="50" w:name="z1054"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жекелеген жағдайларда, белгіленген мерзімде  қорытынды аттестаттаудан өтуге мүмкіндігі жоқ (денсаулық жағдайына, әскери қызметке шақырылуына немесе тиісті құжаттармен расталған өзге де объективті себептерге байланысты) білім алушыларға оқу процесінің кестесіне сәйкес қорытынды аттестаттау басталатын күнге дейін екі айдан ерте емес мерзімде қорытынды аттестаттауды (сессияны мерзімінен бұрын тапсыру немесе ұзарту) жеке тапсыруға рұқсат етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қылмыстық-атқару жүйесінің түзеу мекемелері жанындағы білім беру ұйымдарының білім алушыларын қорытынды аттестаттауды мерзімінен бұрын тапсыруға, жазасын өтеуден босату туралы мәселе шешілген жағдайда, оқу процесінің кестесіне сәйкес қорытынды аттестаттау басталатын күнге дейін үш айдан ерте емес мерзімде жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Дәлелді себептермен қорытынды аттестаттауға келмеген білім алушы қорытынды аттестаттау комиссиясы төрағасының атына еркін нысанда өтініш жазады және себебін растайтын құжатты ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оң шешім алған жағдайда, білім алушы қорытынды аттестаттау комиссиясы отырысының қорытынды аттестаттауды өткізу кестесінде көзделген басқа күні емтихан тапсырады және (немесе) дипломдық жобаны (жұмысты) қорғайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Қанағаттанарлықсыз баға алғаннан кейін денсаулық жағдайы туралы ұсынылған құжаттар қаралмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҚБТ-ны қолдана отырып, қорытынды аттестаттауды өткізу кезінде техникалық ақаулықтар туындаған жағдайда, білім алушыға басқа күні және (немесе) басқа уақытта қорытынды аттестаттаудан өту мүмкіндігі беріледі. Бұл жағдайда техникалық хатшы электрондық актіні ресімдейді және актінің көшірмесін комиссияның барлық мүшелеріне жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      3</w:t>
+      </w:r>
+      <w:r w:rsidR="00202803" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Қорытынды аттестаттау комиссиясының отырысы тиісті хаттамамен ресімделеді, оған комиссия төрағасы, мүшелері және хатшысы қол қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қорытынды емтихандарды тапсыру және дипломдық жобаны (жұмысты) қорғау нәтижелері өткізілген күні жарияланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қорытынды аттестаттау нәтижелерімен келіспеген білім алушылар апелляцияға өтінішті ол өткізілгеннен кейін келесі жұмыс күнінен кешіктірмей береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ерекше жағдайларда (</w:t>
+      </w:r>
+      <w:r w:rsidR="0040370A" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оның ішінде карантин, әлеуметтік, табиғи және техногендік сипаттағы төтенше жағдайлар жағдайларында уәкілетті органның шешімі бойынша ҚБТ-ны пайдалана отырып оқыту кезінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) қорытынды аттестаттауға қатысушылардың іс-әрекеттеріне байланысты емес өзге де мән-жайлар туындаған кезде, Комиссия осы Ереженің </w:t>
+      </w:r>
+      <w:r w:rsidR="00585D6B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>31</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-тармағына сәйкес, қорытынды аттестаттауды өткізу нысанын өзгерту және қорытынды аттестаттаудың нәтижелерін айқындау жөнінде шешім қабылда</w:t>
+      </w:r>
+      <w:r w:rsidR="00585D6B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>йды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҚБТ-ны қолдана отырып, қорытынды аттестаттауды өткізу кезінде нәтижелерді есепке алу электрондық-цифрлық нысанда жүзеге асырылады. Бұл ретте қорытынды аттестаттау туралы мәліметтерді қағаз тасығышта сақтау міндетті болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D63DA" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="002D63DA">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="51" w:name="z1055"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00202803" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="52" w:name="z1075"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r w:rsidR="002D63DA" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оқу пәндері және (немесе) модульдер, курстық жобалар (жұмыстар) бойынша, оқу жоспарларының тәжірибелері бойынша есептердің сынақтар мен емтихандарының кемінде оқу бағдарламаларының кемінде 75 пайызын </w:t>
+      </w:r>
+      <w:r w:rsidR="00406768" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidRPr="00867083">
-[...25 lines deleted...]
-    <w:p w:rsidR="00E71B4B" w:rsidRPr="00867083" w:rsidRDefault="00E71B4B" w:rsidP="00E71B4B">
+      <w:r w:rsidR="002D63DA" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жақсы</w:t>
+      </w:r>
+      <w:r w:rsidR="00406768" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="002D63DA" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бағалармен ал қалғандарын </w:t>
+      </w:r>
+      <w:r w:rsidR="00406768" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="002D63DA" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00406768" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="002D63DA" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жақсы</w:t>
+      </w:r>
+      <w:r w:rsidR="00406768" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="002D63DA" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бағаларымен тапсырған және игерген және дипломдық жұмысты (жобаны) және (немесе) емтихандарды </w:t>
+      </w:r>
+      <w:r w:rsidR="00406768" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="002D63DA" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жақсы</w:t>
+      </w:r>
+      <w:r w:rsidR="00406768" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidR="002D63DA" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>деген бағамен қорғаған білім алушылар, білім беру ұйымының қорытынды аттестациялық комиссиясының шешімі бойынша үздік диплом беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="002D63DA" w:rsidP="009A623B">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="00E71B4B" w:rsidRPr="00867083" w:rsidRDefault="00E71B4B" w:rsidP="00E71B4B">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Балдық-рейтингтік әріптік жүйені қолдану кезінде б</w:t>
+      </w:r>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ілім беру бағдарламасын «А», «А-», «В+», «В», «В-« бағаларымен игерген және тапсырған және оқудың барлық кезеңінде үлгерімінің орташа балы 3,5-тен төмен емес, сондай-ақ қорытынды аттестаттауды «А», «А-» бағаларымен тапсырған білім алушыларға, оқудың барлық кезеңі ішінде емтихандарды қайта тапсыру болмаған жағдайда, үздік диплом беріледі.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="53" w:name="z1056"/>
+      <w:bookmarkEnd w:id="52"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="00E71B4B" w:rsidRPr="00867083" w:rsidRDefault="00E71B4B" w:rsidP="00E71B4B">
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00202803" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Біліктілік деңгейін көрсете отырып диплом беру туралы шешім пәндер және (немесе) модульдер бойынша қорытынды емтихандар және (немесе) дипломдық жобаларды (жұмыстарды) қорғау нәтижелері негізінде қабылданады.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="54" w:name="z1057"/>
+      <w:bookmarkEnd w:id="53"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="00E71B4B" w:rsidRPr="00867083" w:rsidRDefault="00E71B4B" w:rsidP="00E71B4B">
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00202803" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Комиссияның төрағасы екі апталық мерзімде аттестаттау аяқталысымен аттестаттау қорытындысы туралы есеп дайындайды.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="55" w:name="z1058"/>
+      <w:bookmarkEnd w:id="54"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="00202803" w:rsidP="009A623B">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="00E71B4B" w:rsidRPr="00867083" w:rsidRDefault="00E71B4B" w:rsidP="00E71B4B">
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>40</w:t>
+      </w:r>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Комиссия төрағасының есебінде: білім алушылардың аталған мамандық (кәсіп) бойынша даярлық деңгейі; білім алушылардың емтиханда </w:t>
+      </w:r>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>анықталған біліміне сипаттама; пәндердің және (немесе) модульдердің жекелеген сұрақтары бойынша білім алушылардың даярлығында кездесетін кемшіліктер; техникалық және кәсіптік, орта білімнен кейінгі білім беру кәсіптері (мамандықтары) бойынша білікті кадрлар даярлауды одан әрі жетілдіру бойынша ұсынымдар көрсетіледі.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="56" w:name="z1059"/>
+      <w:bookmarkEnd w:id="55"/>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="00202803" w:rsidP="009A623B">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...2248 lines deleted...]
-      <w:bookmarkStart w:id="57" w:name="z1003"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>41</w:t>
+      </w:r>
+      <w:r w:rsidR="009A623B" w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Комиссия төрағасы педагогикалық кеңеске комиссия жұмысының қорытындылары туралы баяндайды.</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="56"/>
     </w:p>
-    <w:p w:rsidR="00E71B4B" w:rsidRPr="00867083" w:rsidRDefault="00E71B4B" w:rsidP="00E71B4B">
-[...3315 lines deleted...]
-    <w:p w:rsidR="00E71B4B" w:rsidRPr="00867083" w:rsidRDefault="00E71B4B" w:rsidP="00E71B4B">
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="4536"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Техникалық және кәсіптік, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="4536"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орта білімнен кейінгі білім беру</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="4536"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұйымдарындағы білім алушылардың</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="4536"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үлгеріміне ағымдағы бақылауды,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="4536"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аралық және қорытынды </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="4536"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аттестаттауды өткізудің </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="4536"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үлгі қағидаларына қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:ind w:firstLine="4536"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="s1"/>
           <w:b w:val="0"/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00E71B4B" w:rsidRPr="00867083" w:rsidRDefault="00E71B4B" w:rsidP="00E71B4B">
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Төрт балдық жүйе бойынша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:bCs/>
-[...5 lines deleted...]
-        <w:rPr>
           <w:rStyle w:val="s1"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00E71B4B" w:rsidRPr="00867083" w:rsidRDefault="00E71B4B" w:rsidP="00E71B4B">
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>цифрлық баламаға сәйкес келетін білім алушылардың</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:bCs/>
-[...5 lines deleted...]
-        <w:rPr>
           <w:rStyle w:val="s1"/>
-          <w:sz w:val="28"/>
-[...17 lines deleted...]
-      <w:r w:rsidRPr="00867083">
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45EF8">
         <w:rPr>
           <w:rStyle w:val="s1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00867083">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқу жетістіктерін бағалаудың әріптік жүйесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A623B" w:rsidRPr="00A45EF8" w:rsidRDefault="009A623B" w:rsidP="009A623B">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="s1"/>
-          <w:sz w:val="28"/>
-[...22 lines deleted...]
-      </w:r>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2370"/>
         <w:gridCol w:w="2369"/>
         <w:gridCol w:w="2369"/>
         <w:gridCol w:w="2822"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E71B4B" w:rsidRPr="00867083" w:rsidTr="001C68C6">
+      <w:tr w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidTr="00162284">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E71B4B" w:rsidRPr="00867083" w:rsidRDefault="00E71B4B" w:rsidP="00CD6305">
+          <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="00800C09">
             <w:pPr>
               <w:spacing w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="90" w:name="z269"/>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00867083">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A45EF8">
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Оценка по буквенной системе</w:t>
+              <w:t>Ә</w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A45EF8">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A45EF8">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>іптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A45EF8">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A45EF8">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жүйе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A45EF8">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A45EF8">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A45EF8">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A45EF8">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>баға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E71B4B" w:rsidRPr="00867083" w:rsidRDefault="00E71B4B" w:rsidP="00CD6305">
+          <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="00800C09">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00867083">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A45EF8">
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Цифровой эквивалент баллов</w:t>
+              <w:t>Балдардың</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A45EF8">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A45EF8">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сандық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A45EF8">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A45EF8">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>эквиваленті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E71B4B" w:rsidRPr="00867083" w:rsidRDefault="00E71B4B" w:rsidP="00CD6305">
+          <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="00800C09">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00867083">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A45EF8">
               <w:rPr>
-                <w:color w:val="000000"/>
-[...10 lines deleted...]
-                <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>ное</w:t>
+              <w:t>Пайыздық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00867083">
+            <w:r w:rsidRPr="00A45EF8">
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> содержание</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A45EF8">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>мазмұны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1421" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E71B4B" w:rsidRPr="00867083" w:rsidRDefault="00E71B4B" w:rsidP="00CD6305">
+          <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="00800C09">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00867083">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A45EF8">
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Оценка по традиционной системе</w:t>
+              <w:t>Дә</w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A45EF8">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ст</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A45EF8">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>үрлі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A45EF8">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A45EF8">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жүйе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A45EF8">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A45EF8">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A45EF8">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A45EF8">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>баға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidTr="001C68C6">
+      <w:tr w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidTr="00162284">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidRDefault="001C68C6" w:rsidP="009E676F">
+          <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="00162284">
             <w:pPr>
               <w:spacing w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00867083">
+            <w:r w:rsidRPr="00A45EF8">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>А</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidRDefault="001C68C6" w:rsidP="009E676F">
+          <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="00162284">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00867083">
+            <w:r w:rsidRPr="00A45EF8">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidRDefault="001C68C6" w:rsidP="009E676F">
+          <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="00162284">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00867083">
+            <w:r w:rsidRPr="00A45EF8">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>95-100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1421" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidRDefault="001C68C6" w:rsidP="00CD6305">
+          <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="00162284">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00867083">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A45EF8">
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Отлично</w:t>
+              <w:t>Өте</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A45EF8">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A45EF8">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidTr="001C68C6">
+      <w:tr w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidTr="00162284">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidRDefault="001C68C6" w:rsidP="00891BEF">
+          <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="00162284">
             <w:pPr>
               <w:spacing w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00867083">
+            <w:r w:rsidRPr="00A45EF8">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>А-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidRDefault="001C68C6" w:rsidP="00891BEF">
+          <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="00162284">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00867083">
+            <w:r w:rsidRPr="00A45EF8">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3,67</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidRDefault="001C68C6" w:rsidP="00891BEF">
+          <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="00162284">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00867083">
+            <w:r w:rsidRPr="00A45EF8">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>90-94</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1421" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidRDefault="001C68C6" w:rsidP="00CD6305">
+          <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="00162284">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidTr="001C68C6">
+      <w:tr w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidTr="00162284">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidRDefault="001C68C6" w:rsidP="00162284">
+          <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="00162284">
             <w:pPr>
               <w:spacing w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00867083">
+            <w:r w:rsidRPr="00A45EF8">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>В+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidRDefault="001C68C6" w:rsidP="00162284">
+          <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="00162284">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00867083">
+            <w:r w:rsidRPr="00A45EF8">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3,33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidRDefault="001C68C6" w:rsidP="00162284">
+          <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="00162284">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00867083">
+            <w:r w:rsidRPr="00A45EF8">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>85-89</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1421" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidRDefault="001C68C6" w:rsidP="00CD6305">
+          <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="00162284">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00867083">
+            <w:r w:rsidRPr="00A45EF8">
               <w:rPr>
-                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A45EF8">
+              <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Хорошо</w:t>
+              <w:t>ақсы</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidTr="001C68C6">
+      <w:tr w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidTr="00162284">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidRDefault="001C68C6" w:rsidP="00162284">
+          <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="00162284">
             <w:pPr>
               <w:spacing w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00867083">
+            <w:r w:rsidRPr="00A45EF8">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidRDefault="001C68C6" w:rsidP="00162284">
+          <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="00162284">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00867083">
+            <w:r w:rsidRPr="00A45EF8">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidRDefault="001C68C6" w:rsidP="00162284">
+          <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="00162284">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00867083">
+            <w:r w:rsidRPr="00A45EF8">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>80-84</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1421" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidRDefault="001C68C6" w:rsidP="00CD6305">
+          <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="00162284">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidTr="001C68C6">
+      <w:tr w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidTr="00162284">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidRDefault="001C68C6" w:rsidP="00162284">
+          <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="00162284">
             <w:pPr>
               <w:spacing w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00867083">
+            <w:r w:rsidRPr="00A45EF8">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>В-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidRDefault="001C68C6" w:rsidP="00162284">
+          <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="00162284">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00867083">
+            <w:r w:rsidRPr="00A45EF8">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2,67</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidRDefault="001C68C6" w:rsidP="00162284">
+          <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="00162284">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00867083">
+            <w:r w:rsidRPr="00A45EF8">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>75-79</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1421" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidRDefault="001C68C6" w:rsidP="00CD6305">
+          <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="00162284">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidTr="001C68C6">
+      <w:tr w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidTr="00162284">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidRDefault="001C68C6" w:rsidP="00162284">
+          <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="00162284">
             <w:pPr>
               <w:spacing w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00867083">
+            <w:r w:rsidRPr="00A45EF8">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>С+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidRDefault="001C68C6" w:rsidP="00162284">
+          <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="00162284">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00867083">
+            <w:r w:rsidRPr="00A45EF8">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2,33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidRDefault="001C68C6" w:rsidP="00162284">
+          <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="00162284">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00867083">
+            <w:r w:rsidRPr="00A45EF8">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>70-74</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1421" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidRDefault="001C68C6" w:rsidP="00CD6305">
+          <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="00162284">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidTr="001C68C6">
+      <w:tr w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidTr="00162284">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidRDefault="001C68C6" w:rsidP="00162284">
+          <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="00162284">
             <w:pPr>
               <w:spacing w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00867083">
+            <w:r w:rsidRPr="00A45EF8">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>С</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidRDefault="001C68C6" w:rsidP="00162284">
+          <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="00162284">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00867083">
+            <w:r w:rsidRPr="00A45EF8">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidRDefault="001C68C6" w:rsidP="00162284">
+          <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="00162284">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00867083">
+            <w:r w:rsidRPr="00A45EF8">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>65-69</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1421" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidRDefault="001C68C6" w:rsidP="00CD6305">
+          <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="00162284">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00867083">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A45EF8">
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Удовлетворительно</w:t>
+              <w:t>Қанағаттанарлық</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidTr="001C68C6">
+      <w:tr w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidTr="00162284">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidRDefault="001C68C6" w:rsidP="00162284">
+          <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="00162284">
             <w:pPr>
               <w:spacing w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00867083">
+            <w:r w:rsidRPr="00A45EF8">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>С-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidRDefault="001C68C6" w:rsidP="00162284">
+          <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="00162284">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00867083">
+            <w:r w:rsidRPr="00A45EF8">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1,67</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidRDefault="001C68C6" w:rsidP="00162284">
+          <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="00162284">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00867083">
+            <w:r w:rsidRPr="00A45EF8">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>60-64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1421" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidRDefault="001C68C6" w:rsidP="00CD6305">
+          <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="00162284">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidTr="001C68C6">
+      <w:tr w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidTr="00162284">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidRDefault="001C68C6" w:rsidP="00162284">
+          <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="00162284">
             <w:pPr>
               <w:spacing w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00867083">
+            <w:r w:rsidRPr="00A45EF8">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>D+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidRDefault="001C68C6" w:rsidP="00162284">
+          <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="00162284">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00867083">
+            <w:r w:rsidRPr="00A45EF8">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1,33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidRDefault="001C68C6" w:rsidP="00162284">
+          <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="00162284">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00867083">
+            <w:r w:rsidRPr="00A45EF8">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>55-59</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1421" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidRDefault="001C68C6" w:rsidP="00CD6305">
+          <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="00162284">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidTr="001C68C6">
+      <w:tr w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidTr="00162284">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidRDefault="001C68C6" w:rsidP="00162284">
+          <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="00162284">
             <w:pPr>
               <w:spacing w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00867083">
+            <w:r w:rsidRPr="00A45EF8">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidRDefault="001C68C6" w:rsidP="00162284">
+          <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="00162284">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00867083">
+            <w:r w:rsidRPr="00A45EF8">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidRDefault="001C68C6" w:rsidP="00162284">
+          <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="00162284">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00867083">
+            <w:r w:rsidRPr="00A45EF8">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>50-54</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1421" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidRDefault="001C68C6" w:rsidP="00CD6305">
+          <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="00162284">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C68C6" w:rsidRPr="00585B7D" w:rsidTr="001C68C6">
+      <w:tr w:rsidR="00800C09" w:rsidRPr="00585B7D" w:rsidTr="00162284">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidRDefault="001C68C6" w:rsidP="00162284">
+          <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="00162284">
             <w:pPr>
               <w:spacing w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00867083">
+            <w:r w:rsidRPr="00A45EF8">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>F</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidRDefault="001C68C6" w:rsidP="00162284">
+          <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="00162284">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00867083">
+            <w:r w:rsidRPr="00A45EF8">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C68C6" w:rsidRPr="00867083" w:rsidRDefault="001C68C6" w:rsidP="00162284">
+          <w:p w:rsidR="00800C09" w:rsidRPr="00A45EF8" w:rsidRDefault="00800C09" w:rsidP="00162284">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00867083">
+            <w:r w:rsidRPr="00A45EF8">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0-49</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1421" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C68C6" w:rsidRPr="00585B7D" w:rsidRDefault="001C68C6" w:rsidP="00CD6305">
+          <w:p w:rsidR="00800C09" w:rsidRPr="00585B7D" w:rsidRDefault="00800C09" w:rsidP="00162284">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00867083">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A45EF8">
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Неудовлетворительно</w:t>
+              <w:t>Қанағаттанарлықсыз</w:t>
             </w:r>
-            <w:bookmarkStart w:id="94" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="94"/>
+            <w:bookmarkStart w:id="57" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="57"/>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E71B4B" w:rsidRPr="00F95E84" w:rsidRDefault="00E71B4B" w:rsidP="00E71B4B"/>
-[...10 lines deleted...]
-    <w:sectPr w:rsidR="0099366C" w:rsidSect="00196968">
+    <w:p w:rsidR="00800C09" w:rsidRDefault="00800C09" w:rsidP="00800C09">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00800C09" w:rsidSect="006650C4">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1276" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI">
-    <w:panose1 w:val="020B0502040204020203"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
-[...7 lines deleted...]
-    <w:pitch w:val="variable"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0099366C"/>
-[...3 lines deleted...]
-    <w:rsid w:val="000D372C"/>
+    <w:rsidRoot w:val="005507DA"/>
+    <w:rsid w:val="00047A1C"/>
     <w:rsid w:val="000D68F9"/>
-    <w:rsid w:val="001222EC"/>
-[...10 lines deleted...]
-    <w:rsid w:val="002B0FB8"/>
+    <w:rsid w:val="000E0A28"/>
+    <w:rsid w:val="00194E76"/>
+    <w:rsid w:val="001E63C1"/>
+    <w:rsid w:val="00202803"/>
+    <w:rsid w:val="002D63DA"/>
     <w:rsid w:val="002E524A"/>
-    <w:rsid w:val="002F55AB"/>
-[...47 lines deleted...]
-    <w:rsid w:val="00F36C5B"/>
+    <w:rsid w:val="0032294F"/>
+    <w:rsid w:val="003E1349"/>
+    <w:rsid w:val="0040370A"/>
+    <w:rsid w:val="00406768"/>
+    <w:rsid w:val="004457BC"/>
+    <w:rsid w:val="00455B74"/>
+    <w:rsid w:val="00492D99"/>
+    <w:rsid w:val="004D6865"/>
+    <w:rsid w:val="004E33CB"/>
+    <w:rsid w:val="005507DA"/>
+    <w:rsid w:val="00585D6B"/>
+    <w:rsid w:val="0064707B"/>
+    <w:rsid w:val="006650C4"/>
+    <w:rsid w:val="00676870"/>
+    <w:rsid w:val="00711E44"/>
+    <w:rsid w:val="00800C09"/>
+    <w:rsid w:val="008A42D3"/>
+    <w:rsid w:val="009A623B"/>
+    <w:rsid w:val="00A26705"/>
+    <w:rsid w:val="00A45EF8"/>
+    <w:rsid w:val="00B05E16"/>
+    <w:rsid w:val="00B077E9"/>
+    <w:rsid w:val="00BB09B2"/>
+    <w:rsid w:val="00E164FB"/>
+    <w:rsid w:val="00EE3619"/>
+    <w:rsid w:val="00F51D3F"/>
+    <w:rsid w:val="00FB17C5"/>
+    <w:rsid w:val="00FE469F"/>
+    <w:rsid w:val="00FF71BB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -7919,51 +16245,51 @@
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -8035,228 +16361,117 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0099366C"/>
+    <w:rsid w:val="005507DA"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
-    <w:uiPriority w:val="59"/>
-    <w:rsid w:val="0099366C"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="005507DA"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
-[...105 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s1">
     <w:name w:val="s1"/>
-    <w:rsid w:val="00E71B4B"/>
+    <w:rsid w:val="009A623B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b/>
       <w:bCs/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
@@ -8272,51 +16487,51 @@
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -8388,228 +16603,117 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0099366C"/>
+    <w:rsid w:val="005507DA"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
-    <w:uiPriority w:val="59"/>
-    <w:rsid w:val="0099366C"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="005507DA"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
-[...105 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s1">
     <w:name w:val="s1"/>
-    <w:rsid w:val="00E71B4B"/>
+    <w:rsid w:val="009A623B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b/>
       <w:bCs/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
@@ -8848,76 +16952,76 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>13</Pages>
-[...1 lines deleted...]
-  <Characters>25889</Characters>
+  <Pages>14</Pages>
+  <Words>4471</Words>
+  <Characters>25486</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>215</Lines>
-  <Paragraphs>60</Paragraphs>
+  <Lines>212</Lines>
+  <Paragraphs>59</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>30370</CharactersWithSpaces>
+  <CharactersWithSpaces>29898</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Дәулетберді Гаухар</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>