--- v0 (2025-12-15)
+++ v1 (2025-12-16)
@@ -1,4134 +1,2008 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:body>
+    <w:p w14:paraId="38F315E6" w14:textId="77777777" w:rsidR="00EF4E93" w:rsidRDefault="00EF4E93" w:rsidP="00EF4E93">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="3399FF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="3399FF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         Нұр-Сұлтан қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="3399FF"/>
+        </w:rPr>
+        <w:t>аласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D31102">
+        <w:rPr>
+          <w:color w:val="3399FF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="3399FF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                      город </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4908">
+        <w:rPr>
+          <w:color w:val="3399FF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Нур</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="3399FF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-Султан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D31102">
+        <w:rPr>
+          <w:color w:val="3399FF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="3399FF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D31102">
+        <w:rPr>
+          <w:color w:val="3399FF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="609BFAEF" w14:textId="77777777" w:rsidR="005C14F1" w:rsidRDefault="005C14F1" w:rsidP="00934587"/>
+    <w:p w14:paraId="5AF68F9E" w14:textId="77777777" w:rsidR="006E385F" w:rsidRDefault="006E385F" w:rsidP="006E385F"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
+        <w:tblStyle w:val="a9"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="5949" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3396"/>
+        <w:gridCol w:w="5353"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002B0FB8" w:rsidRPr="00D15FDA" w14:paraId="7E33EE4B" w14:textId="77777777" w:rsidTr="00380A66">
+      <w:tr w:rsidR="006E385F" w:rsidRPr="000E13BB" w14:paraId="0BD296B1" w14:textId="77777777" w:rsidTr="00B74215">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3396" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="5353" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59A085A5" w14:textId="77777777" w:rsidR="002B0FB8" w:rsidRPr="00D15FDA" w:rsidRDefault="002B0FB8" w:rsidP="00526C4A">
+          <w:p w14:paraId="3FF096B6" w14:textId="77777777" w:rsidR="006E385F" w:rsidRPr="000E13BB" w:rsidRDefault="006E385F" w:rsidP="00B74215">
+            <w:pPr>
+              <w:ind w:right="-2"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008403A2">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">О </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008403A2">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">внесении </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008403A2">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>изменени</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>я</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008403A2">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в приказ Министра образования и науки Республики Казахстан от 20 марта 2015 года № 137</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072900">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>«Об утверждении Правил организации учебного процесса по дистанционным образовательным технологиям</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F7E96">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="28EBBE39" w14:textId="77777777" w:rsidR="006E385F" w:rsidRPr="000E13BB" w:rsidRDefault="006E385F" w:rsidP="006E385F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76ED53D7" w14:textId="77777777" w:rsidR="006E385F" w:rsidRDefault="006E385F" w:rsidP="006E385F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09B655B8" w14:textId="77777777" w:rsidR="006E385F" w:rsidRDefault="00DE475D" w:rsidP="006E385F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z5"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="006E385F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Внести </w:t>
+      </w:r>
+      <w:r w:rsidR="006E385F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в приказ Министра образования и науки Республики Казахстан от 20 марта 2015 года № 137 «Об утверждении Правил организации учебного процесса по дистанционным образовательным технологиям» (зарегистрирован в Государственном реестре нормативных правовых актов за № 10768, опубликован в информационно-правовой системе «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="006E385F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Әділет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006E385F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>» 12 июня 2015 года) следующее</w:t>
+      </w:r>
+      <w:r w:rsidR="006E385F">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изменение</w:t>
+      </w:r>
+      <w:r w:rsidR="006E385F">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33033C00" w14:textId="77777777" w:rsidR="006E385F" w:rsidRDefault="006E385F" w:rsidP="006E385F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>равила</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организации учебного процесса по дистанционным образовательным технологиям изложить в редакции согласно приложению к настоящему приказу. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="1E21A2C5" w14:textId="77777777" w:rsidR="006E385F" w:rsidRDefault="006E385F" w:rsidP="006E385F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Департаменту технического и профессионального образования Министерства образования и науки Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B6E2015" w14:textId="77777777" w:rsidR="006E385F" w:rsidRDefault="006E385F" w:rsidP="006E385F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:right="-1" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AD1882B" w14:textId="77777777" w:rsidR="006E385F" w:rsidRDefault="006E385F" w:rsidP="006E385F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:right="-1" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> размещение настоящего приказа на интернет-ресурсе Министерства  образования и науки Республики Казахстан после его официального опубликования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7361987C" w14:textId="77777777" w:rsidR="006E385F" w:rsidRDefault="006E385F" w:rsidP="006E385F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:right="-1" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ридическ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ий д</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>епартамент</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) настоящего пункта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0223B61A" w14:textId="77777777" w:rsidR="006E385F" w:rsidRDefault="006E385F" w:rsidP="006E385F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:right="-1" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Контроль за исполнением настоящего приказа возложить на                   курирующего вице-министра образования и науки Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F0DAA09" w14:textId="77777777" w:rsidR="00ED4226" w:rsidRDefault="006E385F" w:rsidP="00ED4226">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:right="-1" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4226">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Настоящий приказ </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4226">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вводится в действие со дня его первого официального опубликования</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4226">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A40E3A7" w14:textId="77777777" w:rsidR="006E385F" w:rsidRDefault="006E385F" w:rsidP="006E385F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:right="-1" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="666A59FA" w14:textId="77777777" w:rsidR="006E385F" w:rsidRDefault="006E385F" w:rsidP="006E385F">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="190AC3A2" w14:textId="77777777" w:rsidR="006E385F" w:rsidRDefault="006E385F" w:rsidP="006E385F"/>
+    <w:p w14:paraId="4CFFE256" w14:textId="77777777" w:rsidR="006E385F" w:rsidRPr="00934587" w:rsidRDefault="006E385F" w:rsidP="006E385F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F9AD7D5" w14:textId="77777777" w:rsidR="0094678B" w:rsidRDefault="0094678B" w:rsidP="00934587"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a9"/>
+        <w:tblW w:w="8930" w:type="dxa"/>
+        <w:tblInd w:w="817" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3652"/>
+        <w:gridCol w:w="2126"/>
+        <w:gridCol w:w="3152"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0038799B" w14:paraId="51AFC388" w14:textId="77777777" w:rsidTr="0038799B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3652" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4256D102" w14:textId="77777777" w:rsidR="0038799B" w:rsidRDefault="0038799B">
             <w:pPr>
               <w:rPr>
-                <w:i/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Должность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="179D1046" w14:textId="77777777" w:rsidR="0038799B" w:rsidRDefault="0038799B">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D15FDA">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F85F909" w14:textId="77777777" w:rsidR="0038799B" w:rsidRDefault="0038799B">
+            <w:pPr>
               <w:rPr>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Приложение к приказу</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00526C4A" w:rsidRPr="00D15FDA">
+            </w:pPr>
+            <w:r>
               <w:rPr>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>ФИО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2949ADE8" w14:textId="77777777" w:rsidR="00526C4A" w:rsidRPr="00D15FDA" w:rsidRDefault="00526C4A" w:rsidP="00526C4A">
-[...3746 lines deleted...]
-    <w:sectPr w:rsidR="0099366C" w:rsidSect="00196968">
+    <w:p w14:paraId="5EED1C95" w14:textId="77777777" w:rsidR="0094678B" w:rsidRPr="00934587" w:rsidRDefault="0094678B" w:rsidP="00934587"/>
+    <w:sectPr w:rsidR="0094678B" w:rsidRPr="00934587" w:rsidSect="00642211">
+      <w:headerReference w:type="even" r:id="rId7"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:headerReference w:type="first" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1276" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="849" w:bottom="993" w:left="1418" w:header="851" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
+      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="283725FA" w14:textId="77777777" w:rsidR="002F140B" w:rsidRDefault="002F140B">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="57CACEFF" w14:textId="77777777" w:rsidR="002F140B" w:rsidRDefault="002F140B">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Times/Kazakh">
+    <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Consolas">
-    <w:panose1 w:val="020B0609020204030204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="modern"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="1C08B892" w14:textId="77777777" w:rsidR="002F140B" w:rsidRDefault="002F140B">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="55C5B9B1" w14:textId="77777777" w:rsidR="002F140B" w:rsidRDefault="002F140B">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+  <w:p w14:paraId="1E26DF1F" w14:textId="77777777" w:rsidR="00BE78CA" w:rsidRDefault="00BE78CA" w:rsidP="00E43190">
+    <w:pPr>
+      <w:pStyle w:val="aa"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
+      <w:rPr>
+        <w:rStyle w:val="af0"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="af0"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="af0"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve">PAGE  </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="af0"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="544A6E65" w14:textId="77777777" w:rsidR="00BE78CA" w:rsidRDefault="00BE78CA">
+    <w:pPr>
+      <w:pStyle w:val="aa"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+  <w:p w14:paraId="4F711C0B" w14:textId="77777777" w:rsidR="00BE78CA" w:rsidRDefault="00BE78CA" w:rsidP="00E43190">
+    <w:pPr>
+      <w:pStyle w:val="aa"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
+      <w:rPr>
+        <w:rStyle w:val="af0"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="af0"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="af0"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve">PAGE  </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="af0"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00E93669">
+      <w:rPr>
+        <w:rStyle w:val="af0"/>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="af0"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="414DB0C8" w14:textId="77777777" w:rsidR="00BE78CA" w:rsidRDefault="00BE78CA">
+    <w:pPr>
+      <w:pStyle w:val="aa"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblW w:w="10325" w:type="dxa"/>
+      <w:tblLayout w:type="fixed"/>
+      <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="3936"/>
+      <w:gridCol w:w="2126"/>
+      <w:gridCol w:w="4263"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="004B400D" w:rsidRPr="00D100F6" w14:paraId="284671F3" w14:textId="77777777" w:rsidTr="00073119">
+      <w:trPr>
+        <w:trHeight w:val="1348"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3936" w:type="dxa"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tcPr>
+        <w:p w14:paraId="447EC2AE" w14:textId="77777777" w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidRDefault="00A646AF" w:rsidP="006E385F">
+          <w:pPr>
+            <w:spacing w:line="288" w:lineRule="auto"/>
+            <w:ind w:right="459"/>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:b/>
+              <w:color w:val="3A7298"/>
+              <w:sz w:val="32"/>
+              <w:szCs w:val="32"/>
+              <w:lang w:val="kk-KZ"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00A646AF">
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="3399FF"/>
+            </w:rPr>
+            <w:t xml:space="preserve">ҚАЗАҚСТАН </w:t>
+          </w:r>
+          <w:r w:rsidR="006E385F">
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="3399FF"/>
+              <w:lang w:val="kk-KZ"/>
+            </w:rPr>
+            <w:t xml:space="preserve">РЕСПУБЛИКАСЫ БІЛІМ ЖӘНЕ ҒЫЛЫМ </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00A646AF">
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="3399FF"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> МИНИСТРЛІГІ</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2126" w:type="dxa"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tcPr>
+        <w:p w14:paraId="4DFF7429" w14:textId="77777777" w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidRDefault="00D42C93" w:rsidP="00782A16">
+          <w:pPr>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w:lang w:val="kk-KZ"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:noProof/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2885B006" wp14:editId="2BBE8CCE">
+                <wp:extent cx="972820" cy="972820"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:docPr id="2" name="Рисунок 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="0" name="Picture 1"/>
+                        <pic:cNvPicPr>
+                          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                        </pic:cNvPicPr>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId1">
+                          <a:extLst>
+                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:srcRect/>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="972820" cy="972820"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="4263" w:type="dxa"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tcPr>
+        <w:p w14:paraId="5C1838C3" w14:textId="77777777" w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidRDefault="00A646AF" w:rsidP="006E385F">
+          <w:pPr>
+            <w:spacing w:line="288" w:lineRule="auto"/>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:b/>
+              <w:color w:val="3A7298"/>
+              <w:sz w:val="29"/>
+              <w:szCs w:val="29"/>
+              <w:lang w:val="kk-KZ"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00A646AF">
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="3399FF"/>
+              <w:lang w:val="kk-KZ"/>
+            </w:rPr>
+            <w:t xml:space="preserve">МИНИСТЕРСТВО </w:t>
+          </w:r>
+          <w:r w:rsidR="006E385F">
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="3399FF"/>
+              <w:lang w:val="kk-KZ"/>
+            </w:rPr>
+            <w:t>ОБРАЗОВАНИЯ И НАУКИ</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00A646AF">
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="3399FF"/>
+              <w:lang w:val="kk-KZ"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> РЕСПУБЛИКИ КАЗАХСТАН</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="00642211" w:rsidRPr="00D100F6" w14:paraId="08A3A239" w14:textId="77777777" w:rsidTr="00073119">
+      <w:trPr>
+        <w:trHeight w:val="591"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3936" w:type="dxa"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tcPr>
+        <w:p w14:paraId="318E3A57" w14:textId="77777777" w:rsidR="00642211" w:rsidRDefault="00642211" w:rsidP="00642211">
+          <w:pPr>
+            <w:widowControl w:val="0"/>
+            <w:ind w:right="459"/>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="3399FF"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+        <w:p w14:paraId="3860E4E3" w14:textId="77777777" w:rsidR="00642211" w:rsidRPr="00642211" w:rsidRDefault="00642211" w:rsidP="00642211">
+          <w:pPr>
+            <w:widowControl w:val="0"/>
+            <w:ind w:right="459"/>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="3399FF"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="0087566C">
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="3399FF"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>БҰЙРЫҚ</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2126" w:type="dxa"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tcPr>
+        <w:p w14:paraId="7839A4AA" w14:textId="77777777" w:rsidR="00642211" w:rsidRDefault="00642211" w:rsidP="00782A16">
+          <w:pPr>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w:lang w:val="kk-KZ"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="4263" w:type="dxa"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tcPr>
+        <w:p w14:paraId="566F038B" w14:textId="77777777" w:rsidR="00642211" w:rsidRDefault="00642211" w:rsidP="001A1881">
+          <w:pPr>
+            <w:spacing w:line="288" w:lineRule="auto"/>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="3399FF"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+        <w:p w14:paraId="7BE7DA03" w14:textId="77777777" w:rsidR="00642211" w:rsidRDefault="00642211" w:rsidP="001A1881">
+          <w:pPr>
+            <w:spacing w:line="288" w:lineRule="auto"/>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="3399FF"/>
+              <w:lang w:val="kk-KZ"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="0087566C">
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="3399FF"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>ПРИКАЗ</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w14:paraId="08932560" w14:textId="77777777" w:rsidR="00C7780A" w:rsidRDefault="00E93669" w:rsidP="004B400D">
+    <w:pPr>
+      <w:pStyle w:val="aa"/>
+      <w:rPr>
+        <w:color w:val="3A7298"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="kk-KZ"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:t>№374   от 28.08.2020</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="100D7DFD" w14:textId="77777777" w:rsidR="004B400D" w:rsidRPr="00207569" w:rsidRDefault="00073119" w:rsidP="004B400D">
+    <w:pPr>
+      <w:pStyle w:val="aa"/>
+      <w:rPr>
+        <w:color w:val="3A7298"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00642211">
+      <w:rPr>
+        <w:noProof/>
+        <w:color w:val="3399FF"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:eastAsia="ru-RU"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="482C7E45" wp14:editId="6DF5092F">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>6985</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>1523365</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="6411595" cy="0"/>
+              <wp:effectExtent l="12700" t="8890" r="14605" b="10160"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1" name="Line 26"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvCnPr>
+                      <a:cxnSpLocks noChangeShapeType="1"/>
+                    </wps:cNvCnPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm flipV="1">
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="6411595" cy="0"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="line">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="15875">
+                        <a:solidFill>
+                          <a:srgbClr val="3399FF"/>
+                        </a:solidFill>
+                        <a:round/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:noFill/>
+                          </a14:hiddenFill>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:bodyPr/>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:line w14:anchorId="04A25A5D" id="Line 26" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from=".55pt,119.95pt" to="505.4pt,119.95pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC1KMKyywEAAHUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vGjEQvVfqf7B8Lwuk0LBiyYGUXmiL&#10;lDR3449dq7bHsg27/PuODSFJe6tysWzPvDdv3tjLu8EacpQhanANnYzGlEjHQWjXNvTX4+bTLSUx&#10;MSeYAScbepKR3q0+flj2vpZT6MAIGQiSuFj3vqFdSr6uqsg7aVkcgZcOgwqCZQmPoa1EYD2yW1NN&#10;x+N51UMQPgCXMeLt/TlIV4VfKcnTT6WiTMQ0FLWlsoay7vNarZasbgPzneYXGew/VFimHRa9Ut2z&#10;xMgh6H+orOYBIqg04mArUEpzWXrAbibjv7p56JiXpRc0J/qrTfH9aPmP4y4QLXB2lDhmcURb7SSZ&#10;zrM1vY81ZqzdLuTm+OAe/Bb470gcrDvmWlkkPp484iYZUb2B5EP0WGDffweBOeyQoPg0qGCJMto/&#10;ZWAmRy/IUAZzug5GDolwvJx/nkxmixkl/DlWsTpTZKAPMX2TYEneNNSg/ELIjtuYsqSXlJzuYKON&#10;KXM3jvRYfnb7ZVYQEYwWOZrzYmj3axPIkeHTublZLDab0iBGXqcFODhR2DrJxNfLPjFtznusbtzF&#10;l2zF2dQ9iNMuPPuFsy0yL+8wP57X54J++S2rPwAAAP//AwBQSwMEFAAGAAgAAAAhAF+JWY7cAAAA&#10;CgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyonSIKTeNUqIIbl7Y5cHTiJYka&#10;r0PsNIGvZyshwXF2RrNvsu3sOnHGIbSeNCQLBQKp8ralWkNxfL17AhGiIWs6T6jhCwNs8+urzKTW&#10;T7TH8yHWgksopEZDE2OfShmqBp0JC98jsffhB2ciy6GWdjATl7tOLpVaSWda4g+N6XHXYHU6jE7D&#10;6jF4NX6Xu/1L8f5ZTEMoH9yb1rc38/MGRMQ5/oXhgs/okDNT6UeyQXSsEw5qWN6v1yAuvkoUbyl/&#10;TzLP5P8J+Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAtSjCsssBAAB1AwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAX4lZjtwAAAAKAQAADwAA&#10;AAAAAAAAAAAAAAAlBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAC4FAAAAAA==&#10;" strokecolor="#39f" strokeweight="1.25pt">
+              <w10:wrap anchory="page"/>
+            </v:line>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="00642211" w:rsidRPr="00E04401">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="3399FF"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:eastAsia="ru-RU"/>
+      </w:rPr>
+      <w:t xml:space="preserve">№  ____________________                                                          </w:t>
+    </w:r>
+    <w:r w:rsidR="008856E3">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="3399FF"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:eastAsia="ru-RU"/>
+      </w:rPr>
+      <w:t xml:space="preserve">    от «___»    ___________  20</w:t>
+    </w:r>
+    <w:r w:rsidR="008856E3">
+      <w:rPr>
+        <w:color w:val="3A7298"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="kk-KZ"/>
+      </w:rPr>
+      <w:t>___</w:t>
+    </w:r>
+    <w:r w:rsidR="00642211" w:rsidRPr="00E04401">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="3399FF"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:eastAsia="ru-RU"/>
+      </w:rPr>
+      <w:t xml:space="preserve">  года</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="70A70988" w14:textId="77777777" w:rsidR="004B400D" w:rsidRPr="00123C1D" w:rsidRDefault="004B400D" w:rsidP="004B400D">
+    <w:pPr>
+      <w:rPr>
+        <w:color w:val="3A7234"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+        <w:lang w:val="kk-KZ"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="53259034" w14:textId="77777777" w:rsidR="004726FE" w:rsidRPr="00934587" w:rsidRDefault="004726FE" w:rsidP="00934587">
+    <w:pPr>
+      <w:rPr>
+        <w:color w:val="3A7234"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+        <w:lang w:val="kk-KZ"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="050E10FA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A4EED4D4"/>
+    <w:lvl w:ilvl="0" w:tplc="94DADD18">
+      <w:start w:val="40"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1720"/>
+        </w:tabs>
+        <w:ind w:left="1720" w:hanging="1020"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1780"/>
+        </w:tabs>
+        <w:ind w:left="1780" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2500"/>
+        </w:tabs>
+        <w:ind w:left="2500" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3220"/>
+        </w:tabs>
+        <w:ind w:left="3220" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3940"/>
+        </w:tabs>
+        <w:ind w:left="3940" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4660"/>
+        </w:tabs>
+        <w:ind w:left="4660" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5380"/>
+        </w:tabs>
+        <w:ind w:left="5380" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6100"/>
+        </w:tabs>
+        <w:ind w:left="6100" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6820"/>
+        </w:tabs>
+        <w:ind w:left="6820" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3C7A5260"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="97E0FD48"/>
+    <w:lvl w:ilvl="0" w:tplc="EB50223A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1065" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1785" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2505" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3225" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3945" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4665" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5385" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6105" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6825" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6C204AF5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F454F34A"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1669"/>
+        </w:tabs>
+        <w:ind w:left="1669" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2389"/>
+        </w:tabs>
+        <w:ind w:left="2389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3109"/>
+        </w:tabs>
+        <w:ind w:left="3109" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3829"/>
+        </w:tabs>
+        <w:ind w:left="3829" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4549"/>
+        </w:tabs>
+        <w:ind w:left="4549" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5269"/>
+        </w:tabs>
+        <w:ind w:left="5269" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5989"/>
+        </w:tabs>
+        <w:ind w:left="5989" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6709"/>
+        </w:tabs>
+        <w:ind w:left="6709" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="7429"/>
+        </w:tabs>
+        <w:ind w:left="7429" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0099366C"/>
-[...72 lines deleted...]
-    <w:rsid w:val="00FF69B6"/>
+    <w:rsidRoot w:val="00A47D62"/>
+    <w:rsid w:val="00066A87"/>
+    <w:rsid w:val="00073119"/>
+    <w:rsid w:val="000922AA"/>
+    <w:rsid w:val="000D4DAC"/>
+    <w:rsid w:val="000F48E7"/>
+    <w:rsid w:val="001204BA"/>
+    <w:rsid w:val="001319EE"/>
+    <w:rsid w:val="00143292"/>
+    <w:rsid w:val="001763DE"/>
+    <w:rsid w:val="001A1881"/>
+    <w:rsid w:val="001B61C1"/>
+    <w:rsid w:val="001F4925"/>
+    <w:rsid w:val="001F64CB"/>
+    <w:rsid w:val="002000F4"/>
+    <w:rsid w:val="0022101F"/>
+    <w:rsid w:val="0023374B"/>
+    <w:rsid w:val="00251F3F"/>
+    <w:rsid w:val="002A394A"/>
+    <w:rsid w:val="002F140B"/>
+    <w:rsid w:val="00330B0F"/>
+    <w:rsid w:val="00364E0B"/>
+    <w:rsid w:val="0037138A"/>
+    <w:rsid w:val="0038799B"/>
+    <w:rsid w:val="003D781A"/>
+    <w:rsid w:val="003F241E"/>
+    <w:rsid w:val="00423754"/>
+    <w:rsid w:val="00430E89"/>
+    <w:rsid w:val="004502BD"/>
+    <w:rsid w:val="004726FE"/>
+    <w:rsid w:val="0049623C"/>
+    <w:rsid w:val="004B400D"/>
+    <w:rsid w:val="004C34B8"/>
+    <w:rsid w:val="004C4C4E"/>
+    <w:rsid w:val="004E49BE"/>
+    <w:rsid w:val="004F3375"/>
+    <w:rsid w:val="0055057E"/>
+    <w:rsid w:val="00567056"/>
+    <w:rsid w:val="005C14F1"/>
+    <w:rsid w:val="005F582C"/>
+    <w:rsid w:val="00602913"/>
+    <w:rsid w:val="00642211"/>
+    <w:rsid w:val="006B6938"/>
+    <w:rsid w:val="006E385F"/>
+    <w:rsid w:val="007006E3"/>
+    <w:rsid w:val="007111E8"/>
+    <w:rsid w:val="00731B2A"/>
+    <w:rsid w:val="00740441"/>
+    <w:rsid w:val="007767CD"/>
+    <w:rsid w:val="00782A16"/>
+    <w:rsid w:val="00787A78"/>
+    <w:rsid w:val="007D5C5B"/>
+    <w:rsid w:val="007E588D"/>
+    <w:rsid w:val="0081000A"/>
+    <w:rsid w:val="008436CA"/>
+    <w:rsid w:val="00866964"/>
+    <w:rsid w:val="00867FA4"/>
+    <w:rsid w:val="008856E3"/>
+    <w:rsid w:val="009139A9"/>
+    <w:rsid w:val="00914138"/>
+    <w:rsid w:val="00915A4B"/>
+    <w:rsid w:val="00934587"/>
+    <w:rsid w:val="0094678B"/>
+    <w:rsid w:val="009924CE"/>
+    <w:rsid w:val="009B69F4"/>
+    <w:rsid w:val="00A10052"/>
+    <w:rsid w:val="00A17FE7"/>
+    <w:rsid w:val="00A338BC"/>
+    <w:rsid w:val="00A47D62"/>
+    <w:rsid w:val="00A646AF"/>
+    <w:rsid w:val="00A721B9"/>
+    <w:rsid w:val="00A958EE"/>
+    <w:rsid w:val="00AA225A"/>
+    <w:rsid w:val="00AC76FB"/>
+    <w:rsid w:val="00AD462C"/>
+    <w:rsid w:val="00B86340"/>
+    <w:rsid w:val="00BD42EA"/>
+    <w:rsid w:val="00BE3CFA"/>
+    <w:rsid w:val="00BE78CA"/>
+    <w:rsid w:val="00C7780A"/>
+    <w:rsid w:val="00CA1875"/>
+    <w:rsid w:val="00CC7D90"/>
+    <w:rsid w:val="00CE6A1B"/>
+    <w:rsid w:val="00D02BDF"/>
+    <w:rsid w:val="00D03D0C"/>
+    <w:rsid w:val="00D11982"/>
+    <w:rsid w:val="00D14F06"/>
+    <w:rsid w:val="00D42C93"/>
+    <w:rsid w:val="00D52DE8"/>
+    <w:rsid w:val="00DE475D"/>
+    <w:rsid w:val="00E37B78"/>
+    <w:rsid w:val="00E43190"/>
+    <w:rsid w:val="00E57A5B"/>
+    <w:rsid w:val="00E8227B"/>
+    <w:rsid w:val="00E866E0"/>
+    <w:rsid w:val="00E93669"/>
+    <w:rsid w:val="00EB54A3"/>
+    <w:rsid w:val="00EC3C11"/>
+    <w:rsid w:val="00EC6599"/>
+    <w:rsid w:val="00ED4226"/>
+    <w:rsid w:val="00EE1A39"/>
+    <w:rsid w:val="00EF4E93"/>
+    <w:rsid w:val="00F22932"/>
+    <w:rsid w:val="00F32A0B"/>
+    <w:rsid w:val="00F525B9"/>
+    <w:rsid w:val="00F64017"/>
+    <w:rsid w:val="00F66167"/>
+    <w:rsid w:val="00F93EE0"/>
+    <w:rsid w:val="00FA7E02"/>
+    <w:rsid w:val="00FF4CCD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6B642451"/>
-  <w15:docId w15:val="{058131BA-2CE2-4E3C-9B42-C5A87E8D63C0}"/>
+  <w14:docId w14:val="5FA89E80"/>
+  <w15:docId w15:val="{2EE87357-1E32-4CF8-A4A3-AB4994B17940}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...9 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
-    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4150,75 +2024,75 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="59" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -4367,584 +2241,922 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0099366C"/>
+    <w:rsid w:val="00A47D62"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:overflowPunct w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:qFormat/>
+    <w:rsid w:val="001763DE"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...20 lines deleted...]
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Times/Kazakh" w:hAnsi="Times/Kazakh"/>
       <w:b/>
-      <w:bCs/>
-[...2 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:sz w:val="26"/>
+      <w:lang w:eastAsia="ko-KR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="a3">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a3">
+    <w:name w:val="Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="00A47D62"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="SimSun"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Body Text Indent"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A47D62"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:ind w:firstLine="1122"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A47D62"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A47D62"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:ind w:firstLine="709"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="No Spacing"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A47D62"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="015">
+    <w:name w:val="Стиль Слева:  0 см Выступ:  15 см"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A47D62"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:before="120"/>
+      <w:ind w:left="851" w:hanging="851"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:snapToGrid w:val="0"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:link w:val="a6"/>
+    <w:rsid w:val="00A47D62"/>
+    <w:rPr>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a9">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
-    <w:uiPriority w:val="59"/>
-[...7 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00A47D62"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
-[...5 lines deleted...]
-    <w:rsid w:val="0099366C"/>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A47D62"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+    </w:pPr>
     <w:rPr>
-      <w:sz w:val="16"/>
-      <w:szCs w:val="16"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
-[...6 lines deleted...]
-    <w:rsid w:val="0099366C"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s0">
+    <w:name w:val="s0"/>
+    <w:rsid w:val="000D4DAC"/>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
-[...5 lines deleted...]
-    <w:rsid w:val="0099366C"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Знак Знак Знак1 Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="000D4DAC"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ab">
+    <w:name w:val="Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="001763DE"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="SimSun"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s1">
+    <w:name w:val="s1"/>
+    <w:rsid w:val="001763DE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
-[...7 lines deleted...]
-    <w:rsid w:val="0099366C"/>
+  <w:style w:type="paragraph" w:styleId="20">
+    <w:name w:val="Body Text Indent 2"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="001763DE"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+      <w:ind w:left="283"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ac">
+    <w:name w:val="Hyperlink"/>
+    <w:rsid w:val="0023374B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:color w:val="333399"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ad">
+    <w:name w:val="Знак Знак Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="0023374B"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="SimSun"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ae">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE6A1B"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00364E0B"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af0">
+    <w:name w:val="page number"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00BE78CA"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="af1">
+    <w:name w:val="Strong"/>
+    <w:qFormat/>
+    <w:rsid w:val="007111E8"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
-[...5 lines deleted...]
-    <w:rsid w:val="0099366C"/>
+  <w:style w:type="paragraph" w:styleId="af2">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af3"/>
+    <w:rsid w:val="004726FE"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af3">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af2"/>
+    <w:rsid w:val="004726FE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af4">
+    <w:name w:val="Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="004B400D"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:eastAsia="SimSun"/>
       <w:b/>
-      <w:bCs/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a9">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af5">
+    <w:name w:val="Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="00934587"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="SimSun"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af6">
+    <w:name w:val="Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="001A1881"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="SimSun"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af7">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="aa"/>
-    <w:uiPriority w:val="99"/>
+    <w:link w:val="af8"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0099366C"/>
+    <w:rsid w:val="006E385F"/>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+  <w:style w:type="character" w:customStyle="1" w:styleId="af8">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a9"/>
-    <w:uiPriority w:val="99"/>
+    <w:link w:val="af7"/>
     <w:semiHidden/>
-    <w:rsid w:val="0099366C"/>
+    <w:rsid w:val="006E385F"/>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...18 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:divs>
-    <w:div w:id="1660570352">
+    <w:div w:id="809253203">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1355838385">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1502040128">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2006739664">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2029867968">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>15086</Characters>
+  <Pages>2</Pages>
+  <Words>291</Words>
+  <Characters>1665</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>125</Lines>
-  <Paragraphs>35</Paragraphs>
+  <Lines>13</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>ЌАЗАЌСТАН</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>SPecialiST RePack</Company>
+  <Company>АО НИТ</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17697</CharactersWithSpaces>
+  <CharactersWithSpaces>1953</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Дәулетберді Гаухар</dc:creator>
+  <dc:title>ЌАЗАЌСТАН</dc:title>
+  <dc:creator>user</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>