--- v0 (2025-12-26)
+++ v1 (2026-03-05)
@@ -1,7944 +1,3212 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:body>
+    <w:p w14:paraId="3F2F32FF" w14:textId="77777777" w:rsidR="00892E1E" w:rsidRPr="005B03D0" w:rsidRDefault="00892E1E" w:rsidP="00892E1E">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D50D43">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Нұр-Сұлтан қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B03D0">
+        <w:t>аласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                         город Нур-Султан                                                                                                               </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10C4287F" w14:textId="77777777" w:rsidR="00EE69B8" w:rsidRPr="005B03D0" w:rsidRDefault="00EE69B8" w:rsidP="00934587">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50524B08" w14:textId="77777777" w:rsidR="00E3566B" w:rsidRPr="005B03D0" w:rsidRDefault="00E3566B" w:rsidP="00E3566B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
+        <w:tblStyle w:val="a9"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="5949" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3396"/>
+        <w:gridCol w:w="5353"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002B0FB8" w:rsidRPr="00867083" w14:paraId="67C2DBA8" w14:textId="77777777" w:rsidTr="00380A66">
+      <w:tr w:rsidR="00D50D43" w:rsidRPr="007864B6" w14:paraId="098539BF" w14:textId="77777777" w:rsidTr="00CD0E05">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3396" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="5353" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="747280C4" w14:textId="77777777" w:rsidR="002B0FB8" w:rsidRPr="00867083" w:rsidRDefault="002B0FB8" w:rsidP="000B4B22">
+          <w:p w14:paraId="001542E8" w14:textId="77777777" w:rsidR="00E3566B" w:rsidRPr="005B03D0" w:rsidRDefault="00E3566B" w:rsidP="00CD0E05">
             <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:i/>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00867083">
-[...6 lines deleted...]
-            <w:r w:rsidR="00382E1A" w:rsidRPr="00867083">
+            <w:r w:rsidRPr="005B03D0">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B03D0">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдары үшін білім алушылардың үлгеріміне ағымдағы бақылауды, оларды аралық және қорытынды аттестаттауды өткізудің үлгілік қағидаларын бекіту туралы»    Қазақстан Республикасы Білім және ғылым министрінің                 2008 жылғы 18 наурыздағы                   № 125 бұйрығына өзгерістер енгізу туралы </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AB47F52" w14:textId="77777777" w:rsidR="00E3566B" w:rsidRPr="005B03D0" w:rsidRDefault="00E3566B" w:rsidP="00CD0E05">
+            <w:pPr>
+              <w:ind w:right="-2"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5705040A" w14:textId="77777777" w:rsidR="00E3566B" w:rsidRPr="005B03D0" w:rsidRDefault="00E3566B" w:rsidP="00E3566B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z5"/>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>БҰЙЫРАМЫН:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7678E18D" w14:textId="77777777" w:rsidR="00343732" w:rsidRPr="005B03D0" w:rsidRDefault="00343732" w:rsidP="00343732">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. «Орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдары үшін білім алушылардың үлгеріміне ағымдағы бақылауды, оларды аралық және қорытынды аттестаттауды өткізудің үлгілік қағидаларын бекіту туралы»    Қазақстан Республикасы Білім және ғылым министрінің 2008 жылғы 18 наурыздағы № 125 бұйрығына (ҚР нормативтік құқықтық актілерді мемлекеттік тізілімінде № 5191 болып тіркелген, 2008 жылғы 30 мамырда № 81 (1307) «Заң газеті» газетінде жарияланған) мынадай өзгерістер енгізілсін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1671C9F9" w14:textId="77777777" w:rsidR="00343732" w:rsidRPr="005B03D0" w:rsidRDefault="00343732" w:rsidP="00343732">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілген бұйрықпен бекітілген Бастауыш, негізгі орта, жалпы орта білімнің білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарындағы білім алушылардың үлгеріміне ағымдық бақылаудың, оларды аралық және қорытынды аттестаттау жүргізудің үлгілік қағидаларында:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="265E10BA" w14:textId="77777777" w:rsidR="00343732" w:rsidRPr="005B03D0" w:rsidRDefault="00343732" w:rsidP="00343732">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2-тармақ мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01B47D0D" w14:textId="77777777" w:rsidR="00343732" w:rsidRPr="005B03D0" w:rsidRDefault="00343732" w:rsidP="00343732">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«2. Осы Қағидаларда мынадай анықтамалар қолданылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="042E0829" w14:textId="77777777" w:rsidR="00343732" w:rsidRPr="005B03D0" w:rsidRDefault="00343732" w:rsidP="00343732">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) бағалау – білім алушылардың оқуда нақты қол жеткізген нәтижелерін оқытудан күтілетін нәтижелермен әзірленген өлшемшарттар негізінде салыстыру процесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74FBB55B" w14:textId="77777777" w:rsidR="00343732" w:rsidRPr="005B03D0" w:rsidRDefault="00343732" w:rsidP="00343732">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) бағалау өлшемшарттары – білім алушылардың оқу жетістіктерін бағалау жүргізуге негіз болатын белгі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7769582F" w14:textId="77777777" w:rsidR="00343732" w:rsidRPr="005B03D0" w:rsidRDefault="00343732" w:rsidP="00343732">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) білім алушылардың үлгерімін ағымдық бақылау - бұл жалпы білім беретін оқу бағдарламасына сәйкес ағымдағы сабақ барысында мұғалім жүргізетін білім алушылардың білімдерін жүйелі тексеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F6908F9" w14:textId="77777777" w:rsidR="00343732" w:rsidRPr="005B03D0" w:rsidRDefault="00343732" w:rsidP="00343732">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>4) білім алушыларды аралық аттестаттау - білім алушылардың бір оқу пәнін оқып аяқтағаннан кейін оның бөлігінің немесе барлық көлемінің мазмұнын меңгеру сапасын бағалау мақсатында жүргізілетін рәсім;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B8A02B7" w14:textId="77777777" w:rsidR="00343732" w:rsidRPr="005B03D0" w:rsidRDefault="00343732" w:rsidP="00343732">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5) білім алушыларды қорытынды аттестаттау - Қазақстан Республикасы Білім және ғылым министрінің 2018 жылғы 31 қазандағы № 604 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17669 болып тіркелген) бекітілген  Орта білім берудің (бастауыш, негізгі орта, жалпы орта білім беру) мемлекеттік жалпыға міндетті білім беру </w:t>
+      </w:r>
+      <w:r w:rsidR="00332885" w:rsidRPr="005B03D0">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00332885" w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://adilet.zan.kz/kaz/docs/P1200001080" \l "z921" </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00332885" w:rsidRPr="005B03D0">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>стандартында</w:t>
+      </w:r>
+      <w:r w:rsidR="00332885" w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> (бұдан әрі - МЖМБС) қарастырылған оқу пәндерінің көлемін меңгеру дәрежесін анықтау мақсатында жүргізілетін рәсім:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1896DA2F" w14:textId="77777777" w:rsidR="00343732" w:rsidRPr="005B03D0" w:rsidRDefault="00343732" w:rsidP="00343732">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6) жиынтық бағалау – белгілі бір оқу кезеңін (тоқсан, оқу жылы), сондай-ақ оқу бағдарламасына сәйкес бөлімдерді (ортақ тақырыптарды) оқып аяқтағаннан кейін өткізілетін бағалау түрі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E3CFD49" w14:textId="77777777" w:rsidR="00343732" w:rsidRPr="005B03D0" w:rsidRDefault="00343732" w:rsidP="00343732">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7) модерация – бағалаудың объективтілігін және айқындығын қамтамасыз ету үшін балдарды қоюды стандарттау мақсатында тоқсандық жиынтық бағалау бойынша білім алушылардың жұмысын талқылау процесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34CDCCE9" w14:textId="77777777" w:rsidR="00343732" w:rsidRPr="005B03D0" w:rsidRDefault="00343732" w:rsidP="00343732">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8) оқытудан күтілетін нәтижелер – оқыту процесі аяқталғанда білім алушының нені біліп, түсініп, көрсете алатынын сипаттайтын құзыреттіліктер жиынтығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="563AD5FE" w14:textId="77777777" w:rsidR="00343732" w:rsidRPr="005B03D0" w:rsidRDefault="00343732" w:rsidP="00343732">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9) формативті бағалау – сыныпта күнделікті жұмыс барысында жүргізілетін бағалау түрі, білім алушылар үлгерімінің ағымдағы көрсеткіші болып табылады, оқыту барысында білім алушылар мен мұғалім арасындағы жедел өзара байланысты, оқушы мен мұғалім арасындағы кері байланысты қамтамасыз етеді және білім беру процесін жетілдіруге мүмкіндік береді.»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A3058D3" w14:textId="77777777" w:rsidR="00343732" w:rsidRPr="005B03D0" w:rsidRDefault="00343732" w:rsidP="00343732">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>13-тармақ мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BCC718B" w14:textId="77777777" w:rsidR="00343732" w:rsidRPr="005B03D0" w:rsidRDefault="00343732" w:rsidP="00343732">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«13. Формативтік бағалау білім алушылардың оқыту мақсатына жету мониторингін жүргізу және орындалған үй жұмысы мен педагогтің жазбаша түрдегі (дәптерге немесе күнделікке) немесе ауызша ұсынымдамаларының қорытындысын ескере отырып сараланған жұмыстарды одан әрі теңестіру үшін жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D2CA1A3" w14:textId="77777777" w:rsidR="006E107F" w:rsidRPr="005B03D0" w:rsidRDefault="007864B6" w:rsidP="00343732">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007864B6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">иісті мемлекеттік органдардың шектеу шаралары, оның ішінде карантин, әлеуметтік, табиғи және техногендік сипаттағы төтенше жағдайлар </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кезінде</w:t>
+      </w:r>
+      <w:r w:rsidR="006E107F" w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және қашықтықтан оқыту нысанында оқыту кезінде білім алушылардың оқу жетістіктері балл қою арқылы формативті бағаланады. 1-11 (12) сынып білім алушыларының оқу жетістіктерін бағалау бір балдан 10 балға дейінгі шекте жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0441B047" w14:textId="77777777" w:rsidR="00343732" w:rsidRPr="005B03D0" w:rsidRDefault="00343732" w:rsidP="00343732">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тоқсанға баға қою кезінде формативті бағалау үшін орташа балл есепке алынады, ол журналдың жеке бағанында қойылады.»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="671440E6" w14:textId="77777777" w:rsidR="00343732" w:rsidRPr="005B03D0" w:rsidRDefault="00343732" w:rsidP="00343732">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>14-тармақ мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F0A9EBC" w14:textId="77777777" w:rsidR="00806795" w:rsidRPr="005B03D0" w:rsidRDefault="00343732" w:rsidP="00343732">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«14. </w:t>
+      </w:r>
+      <w:r w:rsidR="00806795" w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім алушылардың үлгеріміне ағымдық бақылауды тоқсан, бөлім (ортақ тақырып) аяқталғаннан кейін оқу материалдарының мазмұнын меңгеру деңгейін анықтау және қадағалау үшін жиынтық бағалау нысанында педагогтер жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25784A58" w14:textId="77777777" w:rsidR="00343732" w:rsidRPr="005B03D0" w:rsidRDefault="007864B6" w:rsidP="00343732">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007864B6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">иісті мемлекеттік органдардың шектеу шаралары, оның ішінде карантин, әлеуметтік, табиғи және техногендік сипаттағы төтенше жағдайлар </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>кезінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F449C" w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">және қашықтықтан оқыту нысанында оқыту кезінде жиынтық бағалау 2-11 (12) сыныптарда жүргізіледі. </w:t>
+      </w:r>
+      <w:r w:rsidR="00343732" w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бұл ретте пәндер бойынша 1 бөлім/ортақ тақырып бойынша жиынтық бағалау (бұдан әрі - БЖБ) өткізіледі.</w:t>
+      </w:r>
+      <w:r w:rsidR="00343732" w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00343732" w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00343732" w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1-сыныпта білім алушылардың оқу жетістіктері бағаланбайды.»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12C8E6B7" w14:textId="77777777" w:rsidR="00343732" w:rsidRPr="005B03D0" w:rsidRDefault="00343732" w:rsidP="00343732">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>14-1-тармақ мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4047BEAA" w14:textId="77777777" w:rsidR="00343732" w:rsidRPr="005B03D0" w:rsidRDefault="00343732" w:rsidP="00343732">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«14-1. Формативті бағалау, БЖБ және тоқсан бойынша жиынтық бағалау (бұдан әрі - ТЖБ) нәтижелері бойынша білім алушыларға тоқсандық оқу жетістіктерін бағалау кезінде ескерілетін балдар қойылады.»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B6A64D7" w14:textId="77777777" w:rsidR="00343732" w:rsidRPr="005B03D0" w:rsidRDefault="00343732" w:rsidP="00343732">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>19-тармақ мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="z3"/>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w14:paraId="5BAB40DB" w14:textId="77777777" w:rsidR="00343732" w:rsidRPr="005B03D0" w:rsidRDefault="00343732" w:rsidP="00343732">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>19. Даулы мәселелер туындаған жағдайда білім алушылардың тоқсандағы оқу жетістіктерінің нәтижелері бойынша жазбаша түрде өткізілетін жиынтық бағалауда объективтілікті және ашықтықты қамтамасыз ету үшін және/немесе педагогикалық кеңестің шешімімен педагогтер қажет болған жағдайда, ТЖБ бағасы қойылғанға дейін бір күннен кешіктірмей модерация жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53E3E69A" w14:textId="77777777" w:rsidR="00343732" w:rsidRPr="005B03D0" w:rsidRDefault="00343732" w:rsidP="00343732">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Балдары өзгертілуі тиіс болатын білім алушылардың тоқсандық жиынтық жұмыстарының модерациясы жүргізілген жағдайда олар қайта тексеріледі. Модерация қорытындысы бойынша тоқсан ішіндегі жиынтық жұмыс үшін балл өсу жағына да, азаю жағына да өзгереді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69128200" w14:textId="77777777" w:rsidR="00343732" w:rsidRPr="005B03D0" w:rsidRDefault="00343732" w:rsidP="00343732">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20-тармақ мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="061234F6" w14:textId="77777777" w:rsidR="00343732" w:rsidRPr="005B03D0" w:rsidRDefault="00343732" w:rsidP="00343732">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«20. Білім алушылар (денсаулық жағдайына байланысты, жақын туыстарының қайтыс болуы, қолайсыз метеожағдайларға байланысты, барлық деңгейдегі жарыстарға, конференцияларға, олимпиадаларға және ғылыми жобалар конкурстарына қатысу) болмаған жағдайда жиынтық бағалауды жеке кесте бойынша тапсырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0386779F" w14:textId="77777777" w:rsidR="00343732" w:rsidRPr="005B03D0" w:rsidRDefault="00343732" w:rsidP="00343732">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ағымдағы тоқсан/жартыжылдық аяқталғанға дейін Жиынтық жұмыстарды тапсырмаған жағдайда білім алушыға жиынтық жұмыстарды тапсырғанға дейін «уақытша аттестатталмады» деген белгі электронды журналда қойылады. Тапсыру қорытындысы бойынша төртінші/жартыжылдық баға қойылады.»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58A7AF5B" w14:textId="77777777" w:rsidR="00343732" w:rsidRPr="005B03D0" w:rsidRDefault="00343732" w:rsidP="00343732">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>22-тармақ мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33FF106C" w14:textId="77777777" w:rsidR="00343732" w:rsidRPr="005B03D0" w:rsidRDefault="00343732" w:rsidP="00343732">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>22. Ағымдағы жылғы білім алушылардың жиынтық жұмыстары мектепте сол оқу жылы аяқталғанға дейін сақталады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B25DB52" w14:textId="77777777" w:rsidR="00343732" w:rsidRPr="005B03D0" w:rsidRDefault="00343732" w:rsidP="00343732">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>25-тармақ мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="565BBBB2" w14:textId="77777777" w:rsidR="00343732" w:rsidRPr="005B03D0" w:rsidRDefault="00343732" w:rsidP="00343732">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«25. Тоқсандық баға бөлім (ортақ тақырып) және тоқсан бойынша жиынтық бағалау қорытындысының негізінде 50%-да 50% пайыздық арақатынаста қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="183C6C84" w14:textId="77777777" w:rsidR="00343732" w:rsidRPr="005B03D0" w:rsidRDefault="007864B6" w:rsidP="005F449C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007864B6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">иісті мемлекеттік органдардың шектеу шаралары, оның ішінде карантин, әлеуметтік, табиғи және техногендік сипаттағы төтенше жағдайлар </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кезінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F449C" w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>және уәкілетті органның шешімі бойынша қашықтықтан оқыту нысанында оқыту кезінде тоқсандық баға қалыптастырушы бағалау үшін орташа балл, БЖБ мен ТЖБ нәтижелері бойынша тиісінше 25%, 25% және 50% пайыздық арақатынаста қойылады.</w:t>
+      </w:r>
+      <w:r w:rsidR="00343732" w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="611BB70D" w14:textId="77777777" w:rsidR="00343732" w:rsidRPr="005B03D0" w:rsidRDefault="00343732" w:rsidP="00343732">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>31-тармақ  мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F4A6947" w14:textId="77777777" w:rsidR="00343732" w:rsidRPr="005B03D0" w:rsidRDefault="00343732" w:rsidP="00343732">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>31. Оқушылар бір мектептен екінші мектепке ауысқан кезде, оқу жылы көлеміндегі оның жиынтық бағалау нәтижесі (бөлім (ортақ тақырыптар) және тоқсан үшін жиынтық бағалаудың максималды балы және білім алушының қорытынды балдары) электронды (қағаз) журналдан жазба арқылы ресімделіп, директор және мектеп мөрімен расталып, оқушының жеке іс қағазымен беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64B5B6C9" w14:textId="77777777" w:rsidR="00343732" w:rsidRPr="005B03D0" w:rsidRDefault="00343732" w:rsidP="00343732">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім алушы бұрын қандай да бір пән оқытылмаған мектептен ауысқан жағдайда «тоқсан үшін баға» бағанына «оқытылмаған» белгісі енгізіледі. Бұл жағдайда білім алушыға оқу пәні бойынша жылдық баға осы пәнді оқу кезінде одан әрі ағымдағы оқу жылында алынған тоқсандық бағалар сомасының орташа арифметикалық мәні ретінде қойылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A322FBD" w14:textId="77777777" w:rsidR="00343732" w:rsidRPr="005B03D0" w:rsidRDefault="00343732" w:rsidP="00343732">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>37-тармақ мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="625E1CA8" w14:textId="77777777" w:rsidR="00343732" w:rsidRPr="005B03D0" w:rsidRDefault="00343732" w:rsidP="00343732">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«37. 9 (10) сынып білім алушылары үшін қорытынды аттестаттау мынадай нысандарда өткізіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F7E3F4F" w14:textId="77777777" w:rsidR="00343732" w:rsidRPr="005B03D0" w:rsidRDefault="00343732" w:rsidP="00343732">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) қазақ/орыс тілі және өзбек/ұйғыр/тәжік тілінде білім беретін мектептер үшін ана тілі (оқыту тілі) бойынша эссе нысанында жазбаша емтихан:, гуманитарлық цикл пәндерін тереңдетіп оқытатын мектеп оқушылары үшін жазбаша жұмыс (мақала, әңгіме, эссе);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="394F9137" w14:textId="77777777" w:rsidR="00343732" w:rsidRPr="005B03D0" w:rsidRDefault="00343732" w:rsidP="00343732">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) математикадан (алгебрадан) жазбаша емтихан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C82CAD0" w14:textId="77777777" w:rsidR="00343732" w:rsidRPr="005B03D0" w:rsidRDefault="00343732" w:rsidP="00343732">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) орыс, өзбек, ұйғыр және тәжік тілдерінде оқытатын сыныптардағы қазақ тілі мен әдебиеті бойынша жазбаша емтихан және қазақ тілінде оқытатын сыныптардағы орыс тілі мен әдебиеті бойынша жазбаша емтихан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00AB739E" w14:textId="77777777" w:rsidR="00343732" w:rsidRPr="005B03D0" w:rsidRDefault="00343732" w:rsidP="00343732">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) таңдау пәні (физика, химия, биология, география, геометрия, Қазақстан тарихы, дүниежүзі тарихы, әдебиет (оқыту тілі бойынша), шет тілі (ағылшын, француз, неміс), информатика) бойынша жазбаша емтихан.»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C7F3702" w14:textId="77777777" w:rsidR="00343732" w:rsidRPr="005B03D0" w:rsidRDefault="00343732" w:rsidP="00343732">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>39-тармақ мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="476E33ED" w14:textId="77777777" w:rsidR="00343732" w:rsidRPr="005B03D0" w:rsidRDefault="00343732" w:rsidP="00343732">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>39. 11 (12) сынып білім алушыларын қорытынды аттестаттау мынадай нысандарда өткізіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69CAD520" w14:textId="77777777" w:rsidR="00343732" w:rsidRPr="005B03D0" w:rsidRDefault="00343732" w:rsidP="00343732">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) қазақ/орыс тілі бойынша және өзбек/ұйғыр/тәжік тілінде білім беретін мектептер үшін ана тілі (оқыту тілі) бойынша эссе нысанында жазбаша емтихан:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="255F1826" w14:textId="77777777" w:rsidR="00343732" w:rsidRPr="005B03D0" w:rsidRDefault="00343732" w:rsidP="00343732">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) алгебра </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> анализ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бастамалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пәнінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жазбаша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емтихан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C2E3662" w14:textId="77777777" w:rsidR="00343732" w:rsidRPr="005B03D0" w:rsidRDefault="00343732" w:rsidP="00343732">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) Қазақстан тарихынан тестілеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23E91982" w14:textId="77777777" w:rsidR="00343732" w:rsidRPr="005B03D0" w:rsidRDefault="00343732" w:rsidP="00343732">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) орыс, өзбек, ұйғыр және тәжік тілдерінде оқытатын мектептерде қазақ тілінен және қазақ тілінде оқытатын мектептерде орыс тілінен тестілеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="408443C7" w14:textId="77777777" w:rsidR="00343732" w:rsidRPr="005B03D0" w:rsidRDefault="00343732" w:rsidP="00343732">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5) таңдау бойынша пәннен (физика, химия, биология, география, геометрия, дүниежүзі тарихы, құқық негіздері, әдебиет, шетел тілі (ағылшын, француз, неміс), информатика) тестілеу.</w:t>
+      </w:r>
+      <w:r w:rsidR="00061653" w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D2901EF" w14:textId="77777777" w:rsidR="00E3566B" w:rsidRPr="005B03D0" w:rsidRDefault="00E3566B" w:rsidP="00E3566B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілген бұйрыққа 2-қосымшаға сәйкес бекітілген Техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарындағы білім алушылардың үлгеріміне ағымдағы бақылауды, аралық және қорытынды аттестаттауды өткізудің үлгі қағидалары </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>осы бұйрыққа қосымшаға сәйкес редакцияда жазылсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="193C0318" w14:textId="77777777" w:rsidR="00E3566B" w:rsidRPr="005B03D0" w:rsidRDefault="00E3566B" w:rsidP="00E3566B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Қазақстан Республикасы Білім және ғылым министрлігінің техникалық және кәсіптік білім департаменті заңнамада белгіленген тәртіппен:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E4F7E52" w14:textId="77777777" w:rsidR="00E3566B" w:rsidRPr="005B03D0" w:rsidRDefault="00E3566B" w:rsidP="00E3566B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:right="-1" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AADD805" w14:textId="77777777" w:rsidR="00E3566B" w:rsidRPr="005B03D0" w:rsidRDefault="00E3566B" w:rsidP="00E3566B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:right="-1" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) ресми жарияланғаннан кейін осы бұйрықты Қазақстан Республикасы Білім және ғылым министрлігінің интернет-ресурсында орналастыруды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A45158D" w14:textId="77777777" w:rsidR="00E3566B" w:rsidRPr="005B03D0" w:rsidRDefault="00E3566B" w:rsidP="00E3566B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:right="-1" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) осы бұйрық мемлекеттік тіркеуден өткеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Білім және ғылым министрлігінің Заң департаментіне осы тармақтың 1) және 2) тармақшаларында қарастырылған іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0758A4FB" w14:textId="77777777" w:rsidR="00E3566B" w:rsidRPr="005B03D0" w:rsidRDefault="00E3566B" w:rsidP="00E3566B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Осы бұйрықтың орындалуын бақылау жетекшілік жасайтын Қазақстан Республикасының Білім және ғылым вице-министріне жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EBDF418" w14:textId="77777777" w:rsidR="00E3566B" w:rsidRPr="00332811" w:rsidRDefault="00E3566B" w:rsidP="00E3566B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B03D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidR="00332811" w:rsidRPr="00332811">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Осы бұйрық алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r w:rsidR="00332811" w:rsidRPr="00332811">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="084A1E6E" w14:textId="77777777" w:rsidR="00E3566B" w:rsidRPr="005B03D0" w:rsidRDefault="00E3566B" w:rsidP="00E3566B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:right="-1" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E7E100B" w14:textId="77777777" w:rsidR="00E3566B" w:rsidRPr="005B03D0" w:rsidRDefault="00E3566B" w:rsidP="00E3566B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="653A44AB" w14:textId="77777777" w:rsidR="00642211" w:rsidRPr="005B03D0" w:rsidRDefault="00642211" w:rsidP="00934587">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a9"/>
+        <w:tblW w:w="8930" w:type="dxa"/>
+        <w:tblInd w:w="817" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3652"/>
+        <w:gridCol w:w="2126"/>
+        <w:gridCol w:w="3152"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D50D43" w:rsidRPr="00D50D43" w14:paraId="55313C81" w14:textId="77777777" w:rsidTr="008858D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3652" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="076949B0" w14:textId="77777777" w:rsidR="008858D2" w:rsidRPr="005B03D0" w:rsidRDefault="008858D2">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005B03D0">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Лауазымы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D3C9830" w14:textId="77777777" w:rsidR="008858D2" w:rsidRPr="005B03D0" w:rsidRDefault="008858D2">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="48A74C91" w14:textId="77777777" w:rsidR="008858D2" w:rsidRPr="00D50D43" w:rsidRDefault="00B2298B">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B03D0">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Аты-жөні</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3971B0FF" w14:textId="77777777" w:rsidR="00E71B4B" w:rsidRPr="00867083" w:rsidRDefault="00E71B4B" w:rsidP="00E71B4B">
-[...7569 lines deleted...]
-    <w:sectPr w:rsidR="0099366C" w:rsidSect="00196968">
+    <w:p w14:paraId="5CEAF4EE" w14:textId="77777777" w:rsidR="00642211" w:rsidRPr="00D50D43" w:rsidRDefault="00642211" w:rsidP="006340C9">
+      <w:pPr>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00642211" w:rsidRPr="00D50D43" w:rsidSect="00642211">
+      <w:headerReference w:type="even" r:id="rId7"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:headerReference w:type="first" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1276" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="849" w:bottom="993" w:left="1418" w:header="851" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
+      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="159D9180" w14:textId="77777777" w:rsidR="003745A2" w:rsidRDefault="003745A2">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="2D9A76DD" w14:textId="77777777" w:rsidR="003745A2" w:rsidRDefault="003745A2">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Times/Kazakh">
+    <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="2007E9BE" w14:textId="77777777" w:rsidR="003745A2" w:rsidRDefault="003745A2">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="6AA403FD" w14:textId="77777777" w:rsidR="003745A2" w:rsidRDefault="003745A2">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+  <w:p w14:paraId="29551DF6" w14:textId="77777777" w:rsidR="00BE78CA" w:rsidRDefault="00BE78CA" w:rsidP="00E43190">
+    <w:pPr>
+      <w:pStyle w:val="aa"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
+      <w:rPr>
+        <w:rStyle w:val="af1"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="af1"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="af1"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve">PAGE  </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="af1"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="416B3531" w14:textId="77777777" w:rsidR="00BE78CA" w:rsidRDefault="00BE78CA">
+    <w:pPr>
+      <w:pStyle w:val="aa"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+  <w:p w14:paraId="7F8D498E" w14:textId="77777777" w:rsidR="00BE78CA" w:rsidRDefault="00BE78CA" w:rsidP="00E43190">
+    <w:pPr>
+      <w:pStyle w:val="aa"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
+      <w:rPr>
+        <w:rStyle w:val="af1"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="af1"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="af1"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve">PAGE  </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="af1"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00B157DF">
+      <w:rPr>
+        <w:rStyle w:val="af1"/>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>5</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="af1"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="6A4BD6D4" w14:textId="77777777" w:rsidR="00BE78CA" w:rsidRDefault="00BE78CA">
+    <w:pPr>
+      <w:pStyle w:val="aa"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblW w:w="10325" w:type="dxa"/>
+      <w:tblLayout w:type="fixed"/>
+      <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="3936"/>
+      <w:gridCol w:w="2126"/>
+      <w:gridCol w:w="4263"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="004B400D" w:rsidRPr="00D100F6" w14:paraId="5760C0D8" w14:textId="77777777" w:rsidTr="00073119">
+      <w:trPr>
+        <w:trHeight w:val="1348"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3936" w:type="dxa"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tcPr>
+        <w:p w14:paraId="371DC6B2" w14:textId="77777777" w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidRDefault="00B12C86" w:rsidP="008E7BA5">
+          <w:pPr>
+            <w:spacing w:line="288" w:lineRule="auto"/>
+            <w:ind w:right="459"/>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:b/>
+              <w:color w:val="3A7298"/>
+              <w:sz w:val="32"/>
+              <w:szCs w:val="32"/>
+              <w:lang w:val="kk-KZ"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00B12C86">
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="3399FF"/>
+            </w:rPr>
+            <w:t xml:space="preserve">ҚАЗАҚСТАН РЕСПУБЛИКАСЫ </w:t>
+          </w:r>
+          <w:r w:rsidR="008E7BA5">
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="3399FF"/>
+              <w:lang w:val="kk-KZ"/>
+            </w:rPr>
+            <w:t>БІЛІМ ЖӘНЕ ҒЫЛЫМ</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00B12C86">
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="3399FF"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> МИНИСТРЛІГІ</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2126" w:type="dxa"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tcPr>
+        <w:p w14:paraId="0C5C709C" w14:textId="77777777" w:rsidR="004B400D" w:rsidRPr="00C723BA" w:rsidRDefault="00C723BA" w:rsidP="00782A16">
+          <w:pPr>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w:lang w:val="kk-KZ"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:noProof/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2107C63D" wp14:editId="424CE625">
+                <wp:extent cx="972820" cy="972820"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:docPr id="2" name="Рисунок 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="0" name="Picture 1"/>
+                        <pic:cNvPicPr>
+                          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                        </pic:cNvPicPr>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId1">
+                          <a:extLst>
+                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:srcRect/>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="972820" cy="972820"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="4263" w:type="dxa"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tcPr>
+        <w:p w14:paraId="5158D142" w14:textId="77777777" w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidRDefault="00B12C86" w:rsidP="008E7BA5">
+          <w:pPr>
+            <w:spacing w:line="288" w:lineRule="auto"/>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:b/>
+              <w:color w:val="3A7298"/>
+              <w:sz w:val="29"/>
+              <w:szCs w:val="29"/>
+              <w:lang w:val="kk-KZ"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00B12C86">
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="3399FF"/>
+              <w:lang w:val="kk-KZ"/>
+            </w:rPr>
+            <w:t xml:space="preserve">МИНИСТЕРСТВО </w:t>
+          </w:r>
+          <w:r w:rsidR="008E7BA5">
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="3399FF"/>
+              <w:lang w:val="kk-KZ"/>
+            </w:rPr>
+            <w:t>ОБРАЗОВАНИЯ И НАУКИ</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00B12C86">
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="3399FF"/>
+              <w:lang w:val="kk-KZ"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> РЕСПУБЛИКИ КАЗАХСТАН</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="00642211" w:rsidRPr="00D100F6" w14:paraId="4006E7B8" w14:textId="77777777" w:rsidTr="00073119">
+      <w:trPr>
+        <w:trHeight w:val="591"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3936" w:type="dxa"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tcPr>
+        <w:p w14:paraId="35D2FF94" w14:textId="77777777" w:rsidR="00642211" w:rsidRDefault="00642211" w:rsidP="00642211">
+          <w:pPr>
+            <w:widowControl w:val="0"/>
+            <w:ind w:right="459"/>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="3399FF"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+        <w:p w14:paraId="7AA393D3" w14:textId="77777777" w:rsidR="00642211" w:rsidRPr="00642211" w:rsidRDefault="00642211" w:rsidP="00642211">
+          <w:pPr>
+            <w:widowControl w:val="0"/>
+            <w:ind w:right="459"/>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="3399FF"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="0087566C">
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="3399FF"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>БҰЙРЫҚ</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2126" w:type="dxa"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tcPr>
+        <w:p w14:paraId="706AF54B" w14:textId="77777777" w:rsidR="00642211" w:rsidRDefault="00642211" w:rsidP="00782A16">
+          <w:pPr>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w:lang w:val="kk-KZ"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="4263" w:type="dxa"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tcPr>
+        <w:p w14:paraId="525130F6" w14:textId="77777777" w:rsidR="00642211" w:rsidRDefault="00642211" w:rsidP="001A1881">
+          <w:pPr>
+            <w:spacing w:line="288" w:lineRule="auto"/>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="3399FF"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+        <w:p w14:paraId="0FD02ACE" w14:textId="77777777" w:rsidR="00642211" w:rsidRDefault="00642211" w:rsidP="001A1881">
+          <w:pPr>
+            <w:spacing w:line="288" w:lineRule="auto"/>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="3399FF"/>
+              <w:lang w:val="kk-KZ"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="0087566C">
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="3399FF"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>ПРИКАЗ</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w14:paraId="63F4513D" w14:textId="77777777" w:rsidR="00C7780A" w:rsidRDefault="00B157DF" w:rsidP="004B400D">
+    <w:pPr>
+      <w:pStyle w:val="aa"/>
+      <w:rPr>
+        <w:color w:val="3A7298"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="kk-KZ"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:t>№373   28.08.2020</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="2EDD715F" w14:textId="77777777" w:rsidR="004B400D" w:rsidRPr="00207569" w:rsidRDefault="00073119" w:rsidP="004B400D">
+    <w:pPr>
+      <w:pStyle w:val="aa"/>
+      <w:rPr>
+        <w:color w:val="3A7298"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00642211">
+      <w:rPr>
+        <w:noProof/>
+        <w:color w:val="3399FF"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:eastAsia="ru-RU"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B25FBCA" wp14:editId="1B392431">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>6985</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>1523365</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="6411595" cy="0"/>
+              <wp:effectExtent l="12700" t="8890" r="14605" b="10160"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1" name="Line 26"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvCnPr>
+                      <a:cxnSpLocks noChangeShapeType="1"/>
+                    </wps:cNvCnPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm flipV="1">
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="6411595" cy="0"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="line">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="15875">
+                        <a:solidFill>
+                          <a:srgbClr val="3399FF"/>
+                        </a:solidFill>
+                        <a:round/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:noFill/>
+                          </a14:hiddenFill>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:bodyPr/>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:line w14:anchorId="41B54120" id="Line 26" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from=".55pt,119.95pt" to="505.4pt,119.95pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC1KMKyywEAAHUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vGjEQvVfqf7B8Lwuk0LBiyYGUXmiL&#10;lDR3449dq7bHsg27/PuODSFJe6tysWzPvDdv3tjLu8EacpQhanANnYzGlEjHQWjXNvTX4+bTLSUx&#10;MSeYAScbepKR3q0+flj2vpZT6MAIGQiSuFj3vqFdSr6uqsg7aVkcgZcOgwqCZQmPoa1EYD2yW1NN&#10;x+N51UMQPgCXMeLt/TlIV4VfKcnTT6WiTMQ0FLWlsoay7vNarZasbgPzneYXGew/VFimHRa9Ut2z&#10;xMgh6H+orOYBIqg04mArUEpzWXrAbibjv7p56JiXpRc0J/qrTfH9aPmP4y4QLXB2lDhmcURb7SSZ&#10;zrM1vY81ZqzdLuTm+OAe/Bb470gcrDvmWlkkPp484iYZUb2B5EP0WGDffweBOeyQoPg0qGCJMto/&#10;ZWAmRy/IUAZzug5GDolwvJx/nkxmixkl/DlWsTpTZKAPMX2TYEneNNSg/ELIjtuYsqSXlJzuYKON&#10;KXM3jvRYfnb7ZVYQEYwWOZrzYmj3axPIkeHTublZLDab0iBGXqcFODhR2DrJxNfLPjFtznusbtzF&#10;l2zF2dQ9iNMuPPuFsy0yL+8wP57X54J++S2rPwAAAP//AwBQSwMEFAAGAAgAAAAhAF+JWY7cAAAA&#10;CgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyonSIKTeNUqIIbl7Y5cHTiJYka&#10;r0PsNIGvZyshwXF2RrNvsu3sOnHGIbSeNCQLBQKp8ralWkNxfL17AhGiIWs6T6jhCwNs8+urzKTW&#10;T7TH8yHWgksopEZDE2OfShmqBp0JC98jsffhB2ciy6GWdjATl7tOLpVaSWda4g+N6XHXYHU6jE7D&#10;6jF4NX6Xu/1L8f5ZTEMoH9yb1rc38/MGRMQ5/oXhgs/okDNT6UeyQXSsEw5qWN6v1yAuvkoUbyl/&#10;TzLP5P8J+Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAtSjCsssBAAB1AwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAX4lZjtwAAAAKAQAADwAA&#10;AAAAAAAAAAAAAAAlBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAC4FAAAAAA==&#10;" strokecolor="#39f" strokeweight="1.25pt">
+              <w10:wrap anchory="page"/>
+            </v:line>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="004B6D21">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="3399FF"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="kk-KZ"/>
+      </w:rPr>
+      <w:t>20</w:t>
+    </w:r>
+    <w:r w:rsidR="004B6D21">
+      <w:rPr>
+        <w:color w:val="3A7298"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="kk-KZ"/>
+      </w:rPr>
+      <w:t>___</w:t>
+    </w:r>
+    <w:r w:rsidR="006340C9" w:rsidRPr="0087566C">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="3399FF"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve">   </w:t>
+    </w:r>
+    <w:r w:rsidR="006340C9" w:rsidRPr="0087566C">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="3399FF"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="kk-KZ"/>
+      </w:rPr>
+      <w:t>жылғы  __________</w:t>
+    </w:r>
+    <w:r w:rsidR="006340C9">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="3399FF"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="kk-KZ"/>
+      </w:rPr>
+      <w:t xml:space="preserve">                                                                    </w:t>
+    </w:r>
+    <w:r w:rsidR="006340C9" w:rsidRPr="0087566C">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="3399FF"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>№  ____________________</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="005305AF" w14:textId="77777777" w:rsidR="004B400D" w:rsidRPr="00123C1D" w:rsidRDefault="004B400D" w:rsidP="004B400D">
+    <w:pPr>
+      <w:rPr>
+        <w:color w:val="3A7234"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+        <w:lang w:val="kk-KZ"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="0C0DB895" w14:textId="77777777" w:rsidR="004726FE" w:rsidRPr="00934587" w:rsidRDefault="004726FE" w:rsidP="00934587">
+    <w:pPr>
+      <w:rPr>
+        <w:color w:val="3A7234"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+        <w:lang w:val="kk-KZ"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="050E10FA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A4EED4D4"/>
+    <w:lvl w:ilvl="0" w:tplc="94DADD18">
+      <w:start w:val="40"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1720"/>
+        </w:tabs>
+        <w:ind w:left="1720" w:hanging="1020"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1780"/>
+        </w:tabs>
+        <w:ind w:left="1780" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2500"/>
+        </w:tabs>
+        <w:ind w:left="2500" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3220"/>
+        </w:tabs>
+        <w:ind w:left="3220" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3940"/>
+        </w:tabs>
+        <w:ind w:left="3940" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4660"/>
+        </w:tabs>
+        <w:ind w:left="4660" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5380"/>
+        </w:tabs>
+        <w:ind w:left="5380" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6100"/>
+        </w:tabs>
+        <w:ind w:left="6100" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6820"/>
+        </w:tabs>
+        <w:ind w:left="6820" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2B7E4C4F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="872658BC"/>
+    <w:lvl w:ilvl="0" w:tplc="A210F2C8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1065" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1785" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2505" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3225" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3945" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4665" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5385" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6105" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6825" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3C7A5260"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="97E0FD48"/>
+    <w:lvl w:ilvl="0" w:tplc="EB50223A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1065" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1785" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2505" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3225" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3945" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4665" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5385" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6105" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6825" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6C204AF5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F454F34A"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1669"/>
+        </w:tabs>
+        <w:ind w:left="1669" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2389"/>
+        </w:tabs>
+        <w:ind w:left="2389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3109"/>
+        </w:tabs>
+        <w:ind w:left="3109" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3829"/>
+        </w:tabs>
+        <w:ind w:left="3829" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4549"/>
+        </w:tabs>
+        <w:ind w:left="4549" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5269"/>
+        </w:tabs>
+        <w:ind w:left="5269" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5989"/>
+        </w:tabs>
+        <w:ind w:left="5989" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6709"/>
+        </w:tabs>
+        <w:ind w:left="6709" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="7429"/>
+        </w:tabs>
+        <w:ind w:left="7429" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="3"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0099366C"/>
-[...67 lines deleted...]
-    <w:rsid w:val="00F36C5B"/>
+    <w:rsidRoot w:val="00A47D62"/>
+    <w:rsid w:val="0002773D"/>
+    <w:rsid w:val="00061653"/>
+    <w:rsid w:val="00073119"/>
+    <w:rsid w:val="000870F9"/>
+    <w:rsid w:val="000922AA"/>
+    <w:rsid w:val="000D4373"/>
+    <w:rsid w:val="000D4DAC"/>
+    <w:rsid w:val="000F45CD"/>
+    <w:rsid w:val="000F48E7"/>
+    <w:rsid w:val="001319EE"/>
+    <w:rsid w:val="001428D2"/>
+    <w:rsid w:val="00143292"/>
+    <w:rsid w:val="001763DE"/>
+    <w:rsid w:val="0019537B"/>
+    <w:rsid w:val="001A1881"/>
+    <w:rsid w:val="001B61C1"/>
+    <w:rsid w:val="001F4925"/>
+    <w:rsid w:val="001F64CB"/>
+    <w:rsid w:val="002000F4"/>
+    <w:rsid w:val="0022101F"/>
+    <w:rsid w:val="0023374B"/>
+    <w:rsid w:val="00251F3F"/>
+    <w:rsid w:val="00252088"/>
+    <w:rsid w:val="00265F7E"/>
+    <w:rsid w:val="002A394A"/>
+    <w:rsid w:val="002E25D2"/>
+    <w:rsid w:val="002F11B1"/>
+    <w:rsid w:val="00332811"/>
+    <w:rsid w:val="00332885"/>
+    <w:rsid w:val="00341898"/>
+    <w:rsid w:val="00343732"/>
+    <w:rsid w:val="00343B88"/>
+    <w:rsid w:val="00364E0B"/>
+    <w:rsid w:val="00372068"/>
+    <w:rsid w:val="003745A2"/>
+    <w:rsid w:val="003F241E"/>
+    <w:rsid w:val="00423754"/>
+    <w:rsid w:val="00430E89"/>
+    <w:rsid w:val="004726FE"/>
+    <w:rsid w:val="00486F3C"/>
+    <w:rsid w:val="0049623C"/>
+    <w:rsid w:val="004B400D"/>
+    <w:rsid w:val="004B6D21"/>
+    <w:rsid w:val="004C34B8"/>
+    <w:rsid w:val="004E49BE"/>
+    <w:rsid w:val="004F3375"/>
+    <w:rsid w:val="005A46B6"/>
+    <w:rsid w:val="005B03D0"/>
+    <w:rsid w:val="005C5F30"/>
+    <w:rsid w:val="005C665F"/>
+    <w:rsid w:val="005F449C"/>
+    <w:rsid w:val="005F582C"/>
+    <w:rsid w:val="006340C9"/>
+    <w:rsid w:val="00642211"/>
+    <w:rsid w:val="006455F4"/>
+    <w:rsid w:val="0067240F"/>
+    <w:rsid w:val="006B0963"/>
+    <w:rsid w:val="006B6938"/>
+    <w:rsid w:val="006E107F"/>
+    <w:rsid w:val="007006E3"/>
+    <w:rsid w:val="007111E8"/>
+    <w:rsid w:val="00717A4A"/>
+    <w:rsid w:val="00720FC6"/>
+    <w:rsid w:val="00731B2A"/>
+    <w:rsid w:val="00740441"/>
+    <w:rsid w:val="007702A5"/>
+    <w:rsid w:val="007767CD"/>
+    <w:rsid w:val="00782A16"/>
+    <w:rsid w:val="007864B6"/>
+    <w:rsid w:val="007E588D"/>
+    <w:rsid w:val="00806795"/>
+    <w:rsid w:val="0081000A"/>
+    <w:rsid w:val="008436CA"/>
+    <w:rsid w:val="00866964"/>
+    <w:rsid w:val="00867FA4"/>
+    <w:rsid w:val="00876312"/>
+    <w:rsid w:val="008858D2"/>
+    <w:rsid w:val="008865B4"/>
+    <w:rsid w:val="00892E1E"/>
+    <w:rsid w:val="008C1BE2"/>
+    <w:rsid w:val="008E7BA5"/>
+    <w:rsid w:val="009139A9"/>
+    <w:rsid w:val="00914138"/>
+    <w:rsid w:val="00915A4B"/>
+    <w:rsid w:val="00934587"/>
+    <w:rsid w:val="0094547D"/>
+    <w:rsid w:val="00950A47"/>
+    <w:rsid w:val="00965DB2"/>
+    <w:rsid w:val="00990EAA"/>
+    <w:rsid w:val="009924CE"/>
+    <w:rsid w:val="00997CFF"/>
+    <w:rsid w:val="009B69F4"/>
+    <w:rsid w:val="009C4FD7"/>
+    <w:rsid w:val="00A10052"/>
+    <w:rsid w:val="00A1161D"/>
+    <w:rsid w:val="00A17FE7"/>
+    <w:rsid w:val="00A338BC"/>
+    <w:rsid w:val="00A47D62"/>
+    <w:rsid w:val="00AA225A"/>
+    <w:rsid w:val="00AC76FB"/>
+    <w:rsid w:val="00B12C86"/>
+    <w:rsid w:val="00B157DF"/>
+    <w:rsid w:val="00B2298B"/>
+    <w:rsid w:val="00B5615F"/>
+    <w:rsid w:val="00B841B2"/>
+    <w:rsid w:val="00B86340"/>
+    <w:rsid w:val="00BE3CFA"/>
+    <w:rsid w:val="00BE78CA"/>
+    <w:rsid w:val="00C33D18"/>
+    <w:rsid w:val="00C44E63"/>
+    <w:rsid w:val="00C723BA"/>
+    <w:rsid w:val="00C7780A"/>
+    <w:rsid w:val="00CA1875"/>
+    <w:rsid w:val="00CC7D90"/>
+    <w:rsid w:val="00CD3C51"/>
+    <w:rsid w:val="00CE6A1B"/>
+    <w:rsid w:val="00D03D0C"/>
+    <w:rsid w:val="00D11982"/>
+    <w:rsid w:val="00D14F06"/>
+    <w:rsid w:val="00D474BA"/>
+    <w:rsid w:val="00D50D43"/>
+    <w:rsid w:val="00DC2C83"/>
+    <w:rsid w:val="00DD35CD"/>
+    <w:rsid w:val="00E3566B"/>
+    <w:rsid w:val="00E43190"/>
+    <w:rsid w:val="00E57A5B"/>
+    <w:rsid w:val="00E866E0"/>
+    <w:rsid w:val="00EB54A3"/>
+    <w:rsid w:val="00EC3C11"/>
+    <w:rsid w:val="00ED617A"/>
+    <w:rsid w:val="00EE1A39"/>
+    <w:rsid w:val="00EE69B8"/>
+    <w:rsid w:val="00F21D05"/>
+    <w:rsid w:val="00F22932"/>
+    <w:rsid w:val="00F525B9"/>
+    <w:rsid w:val="00F64017"/>
+    <w:rsid w:val="00F66731"/>
+    <w:rsid w:val="00F93EE0"/>
+    <w:rsid w:val="00FF4CCD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="419EEE84"/>
-  <w15:docId w15:val="{EACE3C1E-7DF3-403A-A1B0-B37C02A1AD91}"/>
+  <w14:docId w14:val="55CBFFF7"/>
+  <w15:docId w15:val="{E61790AF-EEFC-4200-97D1-2D215635DB02}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...9 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
-    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7960,75 +3228,75 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="59" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -8177,538 +3445,936 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0099366C"/>
+    <w:rsid w:val="00A47D62"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:overflowPunct w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:qFormat/>
+    <w:rsid w:val="001763DE"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Times/Kazakh" w:hAnsi="Times/Kazakh"/>
+      <w:b/>
+      <w:sz w:val="26"/>
+      <w:lang w:eastAsia="ko-KR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="a3">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a3">
+    <w:name w:val="Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="00A47D62"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="SimSun"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Body Text Indent"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A47D62"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:ind w:firstLine="1122"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A47D62"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A47D62"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:ind w:firstLine="709"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="No Spacing"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A47D62"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="015">
+    <w:name w:val="Стиль Слева:  0 см Выступ:  15 см"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A47D62"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:before="120"/>
+      <w:ind w:left="851" w:hanging="851"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:snapToGrid w:val="0"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:link w:val="a6"/>
+    <w:rsid w:val="00A47D62"/>
+    <w:rPr>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a9">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
-    <w:uiPriority w:val="59"/>
-[...7 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00A47D62"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
-[...5 lines deleted...]
-    <w:rsid w:val="0099366C"/>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A47D62"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+    </w:pPr>
     <w:rPr>
-      <w:sz w:val="16"/>
-      <w:szCs w:val="16"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
-[...6 lines deleted...]
-    <w:rsid w:val="0099366C"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s0">
+    <w:name w:val="s0"/>
+    <w:rsid w:val="000D4DAC"/>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
-[...5 lines deleted...]
-    <w:rsid w:val="0099366C"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Знак Знак Знак1 Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="000D4DAC"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ab">
+    <w:name w:val="Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="001763DE"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="SimSun"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s1">
+    <w:name w:val="s1"/>
+    <w:rsid w:val="001763DE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
-[...7 lines deleted...]
-    <w:rsid w:val="0099366C"/>
+  <w:style w:type="paragraph" w:styleId="20">
+    <w:name w:val="Body Text Indent 2"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="001763DE"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+      <w:ind w:left="283"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ac">
+    <w:name w:val="Hyperlink"/>
+    <w:rsid w:val="0023374B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:color w:val="333399"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ad">
+    <w:name w:val="Знак Знак Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="0023374B"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="SimSun"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ae">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE6A1B"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af0">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00364E0B"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af1">
+    <w:name w:val="page number"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00BE78CA"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="af2">
+    <w:name w:val="Strong"/>
+    <w:qFormat/>
+    <w:rsid w:val="007111E8"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
-[...5 lines deleted...]
-    <w:rsid w:val="0099366C"/>
+  <w:style w:type="paragraph" w:styleId="af3">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af4"/>
+    <w:rsid w:val="004726FE"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af4">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af3"/>
+    <w:rsid w:val="004726FE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af5">
+    <w:name w:val="Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="004B400D"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:eastAsia="SimSun"/>
       <w:b/>
-      <w:bCs/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a9">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af6">
+    <w:name w:val="Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="00934587"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="SimSun"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af7">
+    <w:name w:val="Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="001A1881"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="SimSun"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af8">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="aa"/>
-    <w:uiPriority w:val="99"/>
+    <w:link w:val="af9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0099366C"/>
+    <w:rsid w:val="00E3566B"/>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+  <w:style w:type="character" w:customStyle="1" w:styleId="af9">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a9"/>
-    <w:uiPriority w:val="99"/>
+    <w:link w:val="af8"/>
     <w:semiHidden/>
-    <w:rsid w:val="0099366C"/>
+    <w:rsid w:val="00E3566B"/>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="ab">
-[...4 lines deleted...]
-    <w:rsid w:val="00E71B4B"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af">
+    <w:name w:val="Абзац списка Знак"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="34"/>
+    <w:rsid w:val="00E3566B"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-      <w:effect w:val="none"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+  <w:divs>
+    <w:div w:id="312756711">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="785733947">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1644888438">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1842575027">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2070569760">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>13</Pages>
-[...1 lines deleted...]
-  <Characters>25889</Characters>
+  <Pages>5</Pages>
+  <Words>1586</Words>
+  <Characters>9045</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>215</Lines>
-  <Paragraphs>60</Paragraphs>
+  <Lines>75</Lines>
+  <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>ЌАЗАЌСТАН</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>SPecialiST RePack</Company>
+  <Company>АО НИТ</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>30370</CharactersWithSpaces>
+  <CharactersWithSpaces>10610</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Дәулетберді Гаухар</dc:creator>
+  <dc:title>ЌАЗАЌСТАН</dc:title>
+  <dc:creator>user</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>