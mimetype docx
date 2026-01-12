--- v0 (2025-12-05)
+++ v1 (2026-01-12)
@@ -17,57 +17,57 @@
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9855"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00122B09" w:rsidTr="00122B09">
+      <w:tr w:rsidR="001E076C" w:rsidTr="001E076C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9855" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00122B09" w:rsidRPr="00122B09" w:rsidRDefault="00122B09" w:rsidP="00EF4E93">
+          <w:p w:rsidR="001E076C" w:rsidRPr="001E076C" w:rsidRDefault="001E076C" w:rsidP="00EF4E93">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="0C0000"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="0C0000"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№ исх: 345   от: 13.08.2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00EF4E93" w:rsidRPr="009C0964" w:rsidRDefault="00EF4E93" w:rsidP="00EF4E93">
       <w:pPr>
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
@@ -82,1302 +82,1659 @@
       <w:r w:rsidRPr="009C0964">
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Нұр-Сұлтан қ</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009C0964">
         <w:rPr>
           <w:color w:val="3399FF"/>
         </w:rPr>
         <w:t>аласы</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009C0964">
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                         город Нур-Султан                                                                                                               </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005C14F1" w:rsidRPr="009C0964" w:rsidRDefault="005C14F1" w:rsidP="00934587"/>
     <w:p w:rsidR="0094678B" w:rsidRPr="009C0964" w:rsidRDefault="0094678B" w:rsidP="00934587"/>
-    <w:p w:rsidR="00035FBB" w:rsidRDefault="00035FBB" w:rsidP="00035FBB">
-      <w:pPr>
+    <w:p w:rsidR="0045644E" w:rsidRPr="0045644E" w:rsidRDefault="0045644E" w:rsidP="0045644E">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Об утверждении Методических</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD67FF" w:rsidRDefault="0045644E" w:rsidP="001E389E">
+      <w:pPr>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рекомендаций </w:t>
+      </w:r>
+      <w:r w:rsidR="00913119" w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по </w:t>
+      </w:r>
+      <w:r w:rsidR="00913119">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осуществлению</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E389E" w:rsidRDefault="00FD67FF" w:rsidP="001E389E">
+      <w:pPr>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учебного процесса </w:t>
+      </w:r>
+      <w:r w:rsidR="005C7E3C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в организациях образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0045644E" w:rsidRPr="0045644E" w:rsidRDefault="0045644E" w:rsidP="0045644E">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в период ограничительных мер, связанных</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0045644E" w:rsidRPr="0045644E" w:rsidRDefault="0045644E" w:rsidP="0045644E">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с распространением </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>коронавирусной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> инфекции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0045644E" w:rsidRPr="0045644E" w:rsidRDefault="0045644E" w:rsidP="0045644E"/>
+    <w:p w:rsidR="0045644E" w:rsidRPr="0045644E" w:rsidRDefault="0045644E" w:rsidP="0045644E"/>
+    <w:p w:rsidR="0045644E" w:rsidRPr="0045644E" w:rsidRDefault="0045644E" w:rsidP="0045644E">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В целях </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>обеспечения сохранности жизни и здоровья обучающихся и воспитанников, педагогов, других работников организаций образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">а также </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">предупреждения распространения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>коронавирусной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> инфекции </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>COVID</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-19 в период пандемии, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>объявленной Всемирной организац</w:t>
+      </w:r>
+      <w:r w:rsidR="00B737C0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ей здравоохранения</w:t>
+      </w:r>
+      <w:r w:rsidR="001362B3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045644E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Короновирустық инфекцияның</w:t>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0062656C" w:rsidRDefault="00035FBB" w:rsidP="00035FBB">
-      <w:pPr>
+    <w:p w:rsidR="0045644E" w:rsidRPr="0045644E" w:rsidRDefault="0045644E" w:rsidP="0045644E">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...12 lines deleted...]
-        <w:t>таралуына байланысты шектеу</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Утвердить прилагаемые к приказу: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006C7C98" w:rsidRDefault="00035FBB" w:rsidP="006C7C98">
-[...217 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidR="00F436EC" w:rsidRPr="0045644E" w:rsidRDefault="0045644E" w:rsidP="0045644E">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...412 lines deleted...]
-      <w:pPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE/>
         <w:adjustRightInd/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Методические рекомендации по </w:t>
+      </w:r>
+      <w:r w:rsidR="00A91380">
+        <w:rPr>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осуществлению </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A91380" w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>воспитательно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-образовательного процесса </w:t>
+      </w:r>
+      <w:r w:rsidR="000A707F">
+        <w:rPr>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в дошкольных организациях</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r w:rsidR="00216AAE">
+        <w:rPr>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">классах </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предшкольной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подготовки в период ограничительных мер,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">связанных с распространением </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>коронавирусной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> инфекции</w:t>
+      </w:r>
+      <w:r w:rsidR="00D60BD0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">согласно </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>приложени</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1 к настоящему приказу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0045644E" w:rsidRPr="00F436EC" w:rsidRDefault="0008020C" w:rsidP="00F436EC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidR="0045644E" w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Методические рекомендации по </w:t>
+      </w:r>
+      <w:r w:rsidR="008A0848">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осуществлению учебного </w:t>
+      </w:r>
+      <w:r w:rsidR="00686982">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> процесса в </w:t>
+      </w:r>
+      <w:r w:rsidR="0045644E" w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организациях среднего </w:t>
+      </w:r>
+      <w:r w:rsidR="00A91380" w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">образования </w:t>
+      </w:r>
+      <w:r w:rsidR="00A91380">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidR="004B7BCB" w:rsidRPr="0045644E">
+        <w:rPr>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> период ограничительных мер,</w:t>
+      </w:r>
+      <w:r w:rsidR="004B7BCB" w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>3</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00157935">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004B7BCB" w:rsidRPr="0045644E">
         <w:rPr>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">связанных с распространением </w:t>
+      </w:r>
+      <w:r w:rsidR="00A91380" w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>корона вирусной</w:t>
+      </w:r>
+      <w:r w:rsidR="004B7BCB" w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A91380" w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>инфекции</w:t>
+      </w:r>
+      <w:r w:rsidR="00A91380">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A91380" w:rsidRPr="0008020C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>согласно</w:t>
+      </w:r>
+      <w:r w:rsidR="0045644E" w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Білім және ғылым вице-министрлеріне жүктелсін. </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0045644E" w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>приложени</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0045644E" w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidR="0045644E" w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0045644E" w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2 к настоящему приказу</w:t>
+      </w:r>
+      <w:r w:rsidR="0045644E" w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00157935" w:rsidRDefault="00157935" w:rsidP="00157935">
+    <w:p w:rsidR="0045644E" w:rsidRDefault="0045644E" w:rsidP="0045644E">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Методические рекомендации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по </w:t>
+      </w:r>
+      <w:r w:rsidR="008A0848">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осуществлению</w:t>
+      </w:r>
+      <w:r w:rsidR="004B7BCB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A0848">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учебного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">процесса в организациях технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования в период ограничительных мер,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="4D5156"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">связанных с распространением </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>коронавирусной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> инфекции</w:t>
+      </w:r>
+      <w:r w:rsidR="00D60BD0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">согласно </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>приложени</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3 к настоящему приказу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0045644E" w:rsidRDefault="0045644E" w:rsidP="00F57D5E">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Методические рекомендации </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED446D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по </w:t>
+      </w:r>
+      <w:r w:rsidR="001213F1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осуществлению учебного </w:t>
+      </w:r>
+      <w:r w:rsidR="00A91380">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>процесса в</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA0C43">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организациях высшего и послевузовского образования </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA0C43" w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в период ограничительных мер,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA0C43" w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA0C43" w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">связанных с распространением </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00DA0C43" w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>коронавирусной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DA0C43" w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> инфекции</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB7138">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">согласно </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>приложени</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4 к настоящему приказу</w:t>
+      </w:r>
+      <w:r w:rsidR="00A91380">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0045644E" w:rsidRPr="00E53D87" w:rsidRDefault="0045644E" w:rsidP="00E53D87">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE/>
         <w:adjustRightInd/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:right="139" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
+          <w:spacing w:val="2"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00E53D87">
+        <w:rPr>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E53D87">
+        <w:rPr>
+          <w:kern w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E53D87">
+        <w:rPr>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E53D87">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Структурным подразделениям и ведомствам Министерства образования и науки Республики Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidR="00A91380" w:rsidRPr="00E53D87">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">принять </w:t>
+      </w:r>
+      <w:r w:rsidR="00A91380" w:rsidRPr="00E53D87">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>меры</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E53D87">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E53D87">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E53D87">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вытекающие из</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E53D87">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E53D87">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>настоящего приказа и прилагаемых Методических рекомендаций.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00157935" w:rsidRPr="00157935" w:rsidRDefault="00157935" w:rsidP="00157935">
-[...4 lines deleted...]
-        <w:ind w:firstLine="709"/>
+    <w:p w:rsidR="0045644E" w:rsidRPr="0045644E" w:rsidRDefault="0045644E" w:rsidP="0045644E">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0045644E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра образования и науки Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0045644E" w:rsidRPr="0045644E" w:rsidRDefault="0045644E" w:rsidP="0045644E">
+      <w:pPr>
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00157935" w:rsidRDefault="00157935" w:rsidP="00157935">
-[...11 lines deleted...]
-          <w:szCs w:val="28"/>
+    <w:p w:rsidR="0045644E" w:rsidRPr="0045644E" w:rsidRDefault="0045644E" w:rsidP="0045644E">
+      <w:pPr>
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00157935">
-[...8 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00122B09" w:rsidRDefault="00122B09" w:rsidP="00157935">
-[...19 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="10"/>
+        <w:tblW w:w="8930" w:type="dxa"/>
+        <w:tblInd w:w="817" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3652"/>
+        <w:gridCol w:w="2126"/>
+        <w:gridCol w:w="3152"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0045644E" w:rsidRPr="0045644E" w:rsidTr="009A620C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3652" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0045644E" w:rsidRPr="0045644E" w:rsidRDefault="0045644E" w:rsidP="0045644E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0045644E">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Министр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0045644E" w:rsidRPr="0045644E" w:rsidRDefault="0045644E" w:rsidP="0045644E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0045644E" w:rsidRPr="0045644E" w:rsidRDefault="0045644E" w:rsidP="0045644E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0045644E">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>А. Аймагамбетов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="0045644E" w:rsidRDefault="0045644E" w:rsidP="001E076C"/>
+    <w:p w:rsidR="001E076C" w:rsidRDefault="001E076C" w:rsidP="001E076C"/>
+    <w:p w:rsidR="00A91380" w:rsidRDefault="00A91380" w:rsidP="001E076C"/>
+    <w:p w:rsidR="00A91380" w:rsidRDefault="00A91380" w:rsidP="001E076C"/>
+    <w:p w:rsidR="00A91380" w:rsidRDefault="00A91380" w:rsidP="001E076C"/>
+    <w:p w:rsidR="00A91380" w:rsidRDefault="00A91380" w:rsidP="001E076C"/>
+    <w:p w:rsidR="001E076C" w:rsidRPr="001E076C" w:rsidRDefault="001E076C" w:rsidP="001E076C">
+      <w:pPr>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:kern w:val="3"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="0C0000"/>
-          <w:kern w:val="3"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Результаты согласования</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="0C0000"/>
-          <w:kern w:val="3"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:kern w:val="3"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">13.08.2020 08:32:36: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:kern w:val="3"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Зейнуллаулы</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:kern w:val="3"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> А. З. (Управление правового обеспечения) - - </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:kern w:val="3"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>cогласовано</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:kern w:val="3"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> без замечаний</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:kern w:val="3"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">13.08.2020 09:06:15: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:kern w:val="3"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Мелдебекова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:kern w:val="3"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> М. Т. (Комитет дошкольного и среднего образования) - - </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:kern w:val="3"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>cогласовано</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:kern w:val="3"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> без замечаний</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:kern w:val="3"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">13.08.2020 09:06:15: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:kern w:val="3"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Мелдебекова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:kern w:val="3"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> М. Т. (Комитет дошкольного и среднего образования) - - </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:kern w:val="3"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>cогласовано</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:kern w:val="3"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> без замечаний</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:kern w:val="3"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">13.08.2020 09:41:53: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:kern w:val="3"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Сейтак</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:kern w:val="3"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> С. М. (Управление развития государственного языка) - - </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:kern w:val="3"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>cогласовано</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:kern w:val="3"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> без замечаний</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:kern w:val="3"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">13.08.2020 09:43:06: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:kern w:val="3"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Кобенова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:kern w:val="3"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Г. И. (Комитет по обеспечению качества в сфере образования и науки) - - </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:kern w:val="3"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>cогласовано</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:kern w:val="3"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> без замечаний</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:kern w:val="3"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">13.08.2020 09:55:30: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:kern w:val="3"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Кудеринова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:kern w:val="3"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> А. М. (Комитет дошкольного и среднего образования) - - </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:kern w:val="3"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>cогласовано</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:kern w:val="3"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> без замечаний</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:kern w:val="3"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">13.08.2020 10:37:29: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:kern w:val="3"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Имангалиев</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:kern w:val="3"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Е. Н. (Комитет по охране прав детей) - - </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:kern w:val="3"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>cогласовано</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:kern w:val="3"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> без замечаний</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:kern w:val="3"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">13.08.2020 14:56:01: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:kern w:val="3"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Каринова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:kern w:val="3"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ш. Т. (Руководство) - - </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:kern w:val="3"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>cогласовано</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:kern w:val="3"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> без замечаний</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:kern w:val="3"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">13.08.2020 17:46:48: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:kern w:val="3"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Дауленов</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:kern w:val="3"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> М. М. (Руководство) - - </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:kern w:val="3"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>cогласовано</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:kern w:val="3"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> без замечаний</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
-          <w:kern w:val="3"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00122B09" w:rsidRPr="00122B09" w:rsidSect="00642211">
+    <w:sectPr w:rsidR="001E076C" w:rsidRPr="001E076C" w:rsidSect="0045644E">
       <w:headerReference w:type="even" r:id="rId7"/>
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="849" w:bottom="993" w:left="1418" w:header="851" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="849" w:bottom="568" w:left="1418" w:header="851" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="001221E1" w:rsidRDefault="001221E1">
+    <w:p w:rsidR="006B4E6B" w:rsidRDefault="006B4E6B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="001221E1" w:rsidRDefault="001221E1">
+    <w:p w:rsidR="006B4E6B" w:rsidRDefault="006B4E6B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times/Kazakh">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
@@ -1419,253 +1776,249 @@
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w:rsidR="00572D7E" w:rsidRDefault="00572D7E">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w:rsidR="00572D7E" w:rsidRDefault="00572D7E">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="001221E1" w:rsidRDefault="001221E1">
+    <w:p w:rsidR="006B4E6B" w:rsidRDefault="006B4E6B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="001221E1" w:rsidRDefault="001221E1">
+    <w:p w:rsidR="006B4E6B" w:rsidRDefault="006B4E6B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00572D7E" w:rsidRDefault="00572D7E" w:rsidP="00E43190">
+  <w:p w:rsidR="00572D7E" w:rsidRDefault="009C57FB" w:rsidP="00E43190">
     <w:pPr>
       <w:pStyle w:val="aa"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="af2"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af2"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00572D7E">
       <w:rPr>
         <w:rStyle w:val="af2"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af2"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00572D7E" w:rsidRDefault="00572D7E">
     <w:pPr>
       <w:pStyle w:val="aa"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00572D7E" w:rsidRDefault="00572D7E" w:rsidP="00E43190">
+  <w:p w:rsidR="00572D7E" w:rsidRDefault="009C57FB" w:rsidP="00E43190">
     <w:pPr>
       <w:pStyle w:val="aa"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="af2"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af2"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00572D7E">
       <w:rPr>
         <w:rStyle w:val="af2"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af2"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00581EBE">
+    <w:r w:rsidR="00E85B81">
       <w:rPr>
         <w:rStyle w:val="af2"/>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af2"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00572D7E" w:rsidRDefault="00122B09">
+  <w:p w:rsidR="00572D7E" w:rsidRDefault="00035670">
     <w:pPr>
       <w:pStyle w:val="aa"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>6278880</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>528828</wp:posOffset>
+                <wp:posOffset>528955</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="381000" cy="8019098"/>
-              <wp:effectExtent l="0" t="0" r="0" b="1270"/>
+              <wp:extent cx="381000" cy="8018780"/>
+              <wp:effectExtent l="0" t="2540" r="2540" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="3" name="Надпись 3"/>
-              <wp:cNvGraphicFramePr/>
+              <wp:docPr id="3" name="Text Box 2"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
-                    <wps:cNvSpPr txBox="1"/>
-                    <wps:spPr>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks noChangeArrowheads="1"/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="381000" cy="8019098"/>
+                        <a:ext cx="381000" cy="8018780"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
-                      <a:noFill/>
-                      <a:ln w="6350">
+                      <a:solidFill>
+                        <a:srgbClr val="FFFFFF"/>
+                      </a:solidFill>
+                      <a:ln>
                         <a:noFill/>
                       </a:ln>
-                      <a:effectLst/>
                       <a:extLst>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
-                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="6350">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
-                              <a:prstClr val="black"/>
+                              <a:srgbClr val="000000"/>
                             </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
-                    <wps:style>
-[...12 lines deleted...]
-                    </wps:style>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00122B09" w:rsidRPr="00122B09" w:rsidRDefault="00122B09">
+                        <w:p w:rsidR="001E076C" w:rsidRPr="001E076C" w:rsidRDefault="001E076C">
                           <w:pPr>
                             <w:rPr>
                               <w:color w:val="0C0000"/>
                               <w:sz w:val="14"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:color w:val="0C0000"/>
                               <w:sz w:val="14"/>
                             </w:rPr>
                             <w:t xml:space="preserve">14.08.2020 ЕСЭДО ГО (версия 7.23.0)  </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
-                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
-[...2 lines deleted...]
-                      </a:prstTxWarp>
+                    <wps:bodyPr rot="0" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Надпись 3" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:494.4pt;margin-top:41.65pt;width:30pt;height:631.45pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAScPOkAwMAAFsGAAAOAAAAZHJzL2Uyb0RvYy54bWysVbFu2zAQ3Qv0HwjujiRbsS0jcuAkcFHA&#10;SIImRWaaImMhFKmStC036NC9v9B/6NChW3/B+aMeKclx0g5N0YUi794d794dT0fHVSHQimmTK5ni&#10;6CDEiEmqslzepvj99bQzxMhYIjMilGQp3jCDj8evXx2tyxHrqoUSGdMInEgzWpcpXlhbjoLA0AUr&#10;iDlQJZOg5EoXxMJR3waZJmvwXoigG4b9YK10VmpFmTEgPauVeOz9c86oveDcMItEiiE261ft17lb&#10;g/ERGd1qUi5y2oRB/iGKguQSLt25OiOWoKXOf3NV5FQro7g9oKoIFOc5ZT4HyCYKn2VztSAl87kA&#10;Oabc0WT+n1t6vrrUKM9S3MNIkgJKtP26/bb9vv25/fHw+eEL6jmO1qUZAfSqBLCtTlQFtW7lBoQu&#10;9Yrrwn0hKQR6YHuzY5hVFlEQ9oZRGIKGgmoYRkmYDJ2b4NG61Ma+YapAbpNiDRX0xJLVzNga2kLc&#10;ZVJNcyF8FYVE6xT3e4ehN9hpwLmQDst8P9Ru4FRZ2Ho5BOdrdZ9E3Tg86SadaX846MTT+LCTDMJh&#10;ByI9SfphnMRn00/OexSPFnmWMTnLJWv7Jor/ri5NB9cV953zJHCjRJ65rFxsLtdTodGKQAPPBaF3&#10;DV97qOBpOJ5OyK79+iwDV8G6Un5nN4I5/0K+Yxzq7wvmBP7lsd2VhFImra+15xHQDsUhvJcYNnhn&#10;WlfhJcY7C3+zknZnXORSaV/tZ2Fnd23IvMYDGXt5u62t5lXT2XOVbaCxtYKGg+Y0JZ3mwPuMGHtJ&#10;NMwDEMKMsxewcKGgy1Szw2ih9Mc/yR0+xW7tDsB8DSMmxebDkmiGkXgr4Q0nURyDyvpDfDjowkHv&#10;a+b7GrksThU0QeQD9FuHt6Ldcq2KG5iGE3cxqIikEFyKbbs9tfXgg2lK2WTiQTCFSmJn8qqkzrVj&#10;2LXcdXVDdNm8QQvNdK7aYURGz55ijXWWUk2WVvHcv1PHcU1swz1MMN+SzbR1I3L/7FGP/4TxLwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAGk3R0LhAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj81uwjAQ&#10;hO+V+g7WVuqtOBCE0jQOQoi2h6oHflRxXOJtEhGvo9iQ9O3rnOC2Ozua+TZbDqYRV+pcbVnBdBKB&#10;IC6srrlUcNi/vyQgnEfW2FgmBX/kYJk/PmSYatvzlq47X4oQwi5FBZX3bSqlKyoy6Ca2JQ63X9sZ&#10;9GHtSqk77EO4aeQsihbSYM2hocKW1hUV593FKNhOv9y3PvoDu34zfOjj5oc/z0o9Pw2rNxCeBn8z&#10;w4gf0CEPTCd7Ye1Eo+A1SQK6V5DEMYjREM1H5RSmeL6Ygcwzef9E/g8AAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQAScPOkAwMAAFsGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQBpN0dC4QAAAAwBAAAPAAAAAAAAAAAAAAAAAF0FAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAawYAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
-              <v:fill o:detectmouseclick="t"/>
+            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:494.4pt;margin-top:41.65pt;width:30pt;height:631.4pt;z-index:251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBbOERuhgIAABIFAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1v2yAQ/j5p/wHxPfVLnca24lR9WaZJ&#10;3YvU7gcQwDEaBgYkdjXtv+/ASZt2mjRNywfCccfD3T3PeXk59hLtuXVCqwZnZylGXFHNhNo2+OvD&#10;elZi5DxRjEiteIMfucOXq7dvloOpea47LRm3CECUqwfT4M57UyeJox3viTvThitwttr2xINptwmz&#10;ZAD0XiZ5ml4kg7bMWE25c3B6OznxKuK3Laf+c9s67pFsMOTm42rjuglrslqSemuJ6QQ9pEH+IYue&#10;CAWPPkHdEk/QzorfoHpBrXa69WdU94luW0F5rAGqydJX1dx3xPBYCzTHmac2uf8HSz/tv1gkWIPP&#10;MVKkB4oe+OjRtR5RHrozGFdD0L2BMD/CMbAcK3XmTtNvDil90xG15VfW6qHjhEF2WbiZnFydcFwA&#10;2QwfNYNnyM7rCDS2tg+tg2YgQAeWHp+YCalQODwvszQFDwVXmWbloozUJaQ+3jbW+fdc9yhsGmyB&#10;+YhO9nfOh2xIfQwJjzktBVsLKaNht5sbadGegErW8RcLeBUmVQhWOlybEKcTSBLeCL6QbmT9R5Xl&#10;RXqdV7P1RbmYFetiPqsWaTlLs+q6ukiLqrhd/wwJZkXdCca4uhOKHxWYFX/H8GEWJu1EDaKhwdU8&#10;n08U/bFIaGbo51TFi170wsNAStGHRh+DSB2IfacYXCC1J0JO++Rl+rHL0IPjf+xKlEFgftKAHzcj&#10;oARtbDR7BEFYDXwBt/AVgU1Y8wWYAwxlg933HbEcI/lBga6qrCjA5aNRzBc5GPbUszn1EEU7DbPu&#10;MZq2N36a/J2xYtvBY5OSlb4CLbYiyuQ5sYOCYfBiPYePRJjsUztGPX/KVr8AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQAQ/AZz4AAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqN2m&#10;ikKIUxUkTkiVKBHnbezGaeN1FLtp4OtxTvS2OzuaeVtsJtuxUQ++dSRhuRDANNVOtdRIqL7enzJg&#10;PiAp7BxpCT/aw6a8vyswV+5Kn3rch4bFEPI5SjAh9Dnnvjbaol+4XlO8Hd1gMcR1aLga8BrDbcdX&#10;QqTcYkuxwWCv34yuz/uLlTCK36pO0PGP3Smtzluzeh1331I+PkzbF2BBT+HfDDN+RIcyMh3chZRn&#10;nYTnLIvoQUKWJMBmg1jPyiFOyTpdAi8LfvtE+QcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBbOERuhgIAABIFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQAQ/AZz4AAAAAwBAAAPAAAAAAAAAAAAAAAAAOAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAA7QUAAAAA&#10;" stroked="f">
               <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
                 <w:txbxContent>
-                  <w:p w:rsidR="00122B09" w:rsidRPr="00122B09" w:rsidRDefault="00122B09">
+                  <w:p w:rsidR="001E076C" w:rsidRPr="001E076C" w:rsidRDefault="001E076C">
                     <w:pPr>
                       <w:rPr>
                         <w:color w:val="0C0000"/>
                         <w:sz w:val="14"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="0C0000"/>
                         <w:sz w:val="14"/>
                       </w:rPr>
                       <w:t xml:space="preserve">14.08.2020 ЕСЭДО ГО (версия 7.23.0)  </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
@@ -1749,51 +2102,51 @@
             <w:t xml:space="preserve"> МИНИСТРЛІГІ</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2126" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w:rsidR="00572D7E" w:rsidRPr="00D100F6" w:rsidRDefault="00572D7E" w:rsidP="00782A16">
           <w:pPr>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="48AE34ED" wp14:editId="5E313559">
+              <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="972820" cy="972820"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="2" name="Рисунок 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Picture 1"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
@@ -2006,80 +2359,80 @@
           <w:r w:rsidRPr="0087566C">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>ПРИКАЗ</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w:rsidR="00572D7E" w:rsidRDefault="00572D7E" w:rsidP="004B400D">
     <w:pPr>
       <w:pStyle w:val="aa"/>
       <w:rPr>
         <w:color w:val="3A7298"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00572D7E" w:rsidRPr="00207569" w:rsidRDefault="00572D7E" w:rsidP="004B400D">
+  <w:p w:rsidR="00572D7E" w:rsidRPr="00207569" w:rsidRDefault="00035670" w:rsidP="004B400D">
     <w:pPr>
       <w:pStyle w:val="aa"/>
       <w:rPr>
         <w:color w:val="3A7298"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00642211">
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="3399FF"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="20D87B97" wp14:editId="2C0A04AE">
+            <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>6985</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
-                <wp:posOffset>1523365</wp:posOffset>
+                <wp:posOffset>1523364</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6411595" cy="0"/>
-              <wp:effectExtent l="12700" t="8890" r="14605" b="10160"/>
+              <wp:effectExtent l="0" t="0" r="27305" b="19050"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Line 26"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr>
                       <a:cxnSpLocks noChangeShapeType="1"/>
                     </wps:cNvCnPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm flipV="1">
                         <a:off x="0" y="0"/>
                         <a:ext cx="6411595" cy="0"/>
                       </a:xfrm>
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="15875">
                         <a:solidFill>
                           <a:srgbClr val="3399FF"/>
                         </a:solidFill>
                         <a:round/>
@@ -2087,102 +2440,102 @@
                         <a:tailEnd/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:noFill/>
                           </a14:hiddenFill>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="20CE0A7C" id="Line 26" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from=".55pt,119.95pt" to="505.4pt,119.95pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCTVymCHQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2jAQvVfqf7B8hyQQWIgIqyqBXrZd&#10;pN32bmyHWHVsyzYEVPW/d2w+yraXqurFGWdm3ryZeV48HjuJDtw6oVWJs2GKEVdUM6F2Jf7yuh7M&#10;MHKeKEakVrzEJ+7w4/L9u0VvCj7SrZaMWwQgyhW9KXHrvSmSxNGWd8QNteEKnI22HfFwtbuEWdID&#10;eieTUZpOk15bZqym3Dn4W5+deBnxm4ZT/9w0jnskSwzcfDxtPLfhTJYLUuwsMa2gFxrkH1h0RCgo&#10;eoOqiSdob8UfUJ2gVjvd+CHVXaKbRlAee4BusvS3bl5aYnjsBYbjzG1M7v/B0s+HjUWCwe4wUqSD&#10;FT0JxdFoGkbTG1dARKU2NjRHj+rFPGn6zSGlq5aoHY8UX08G8rKQkbxJCRdnoMC2/6QZxJC913FO&#10;x8Z2qJHCfA2JARxmgY5xMafbYvjRIwo/p3mWTeYTjOjVl5AiQIREY53/yHWHglFiCfQjIDk8OR8o&#10;/QoJ4UqvhZRx71KhHspPZg+TmOG0FCx4Q5yzu20lLToQkM54PJ+v17FB8NyHWb1XLKK1nLDVxfZE&#10;yLMN1aUKeNAL8LlYZ218n6fz1Ww1ywf5aLoa5GldDz6sq3wwXWcPk3pcV1Wd/QjUsrxoBWNcBXZX&#10;nWb53+ng8mLOCrsp9TaH5C16HBiQvX4j6bjWsMmzJraanTb2um6QZgy+PKOg/fs72PePffkTAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBfiVmO3AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqJ0iCk3jVKiCG5e2OXB04iWJGq9D7DSBr2crIcFxdkazb7Lt7DpxxiG0njQkCwUCqfK2&#10;pVpDcXy9ewIRoiFrOk+o4QsDbPPrq8yk1k+0x/Mh1oJLKKRGQxNjn0oZqgadCQvfI7H34QdnIsuh&#10;lnYwE5e7Ti6VWklnWuIPjelx12B1OoxOw+oxeDV+l7v9S/H+WUxDKB/cm9a3N/PzBkTEOf6F4YLP&#10;6JAzU+lHskF0rBMOaljer9cgLr5KFG8pf08yz+T/CfkPAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAJNXKYIdAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAF+JWY7cAAAACgEAAA8AAAAAAAAAAAAAAAAAdwQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" strokecolor="#39f" strokeweight="1.25pt">
+            <v:line w14:anchorId="68D768FA" id="Line 26" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from=".55pt,119.95pt" to="505.4pt,119.95pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCTVymCHQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2jAQvVfqf7B8hyQQWIgIqyqBXrZd&#10;pN32bmyHWHVsyzYEVPW/d2w+yraXqurFGWdm3ryZeV48HjuJDtw6oVWJs2GKEVdUM6F2Jf7yuh7M&#10;MHKeKEakVrzEJ+7w4/L9u0VvCj7SrZaMWwQgyhW9KXHrvSmSxNGWd8QNteEKnI22HfFwtbuEWdID&#10;eieTUZpOk15bZqym3Dn4W5+deBnxm4ZT/9w0jnskSwzcfDxtPLfhTJYLUuwsMa2gFxrkH1h0RCgo&#10;eoOqiSdob8UfUJ2gVjvd+CHVXaKbRlAee4BusvS3bl5aYnjsBYbjzG1M7v/B0s+HjUWCwe4wUqSD&#10;FT0JxdFoGkbTG1dARKU2NjRHj+rFPGn6zSGlq5aoHY8UX08G8rKQkbxJCRdnoMC2/6QZxJC913FO&#10;x8Z2qJHCfA2JARxmgY5xMafbYvjRIwo/p3mWTeYTjOjVl5AiQIREY53/yHWHglFiCfQjIDk8OR8o&#10;/QoJ4UqvhZRx71KhHspPZg+TmOG0FCx4Q5yzu20lLToQkM54PJ+v17FB8NyHWb1XLKK1nLDVxfZE&#10;yLMN1aUKeNAL8LlYZ218n6fz1Ww1ywf5aLoa5GldDz6sq3wwXWcPk3pcV1Wd/QjUsrxoBWNcBXZX&#10;nWb53+ng8mLOCrsp9TaH5C16HBiQvX4j6bjWsMmzJraanTb2um6QZgy+PKOg/fs72PePffkTAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBfiVmO3AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqJ0iCk3jVKiCG5e2OXB04iWJGq9D7DSBr2crIcFxdkazb7Lt7DpxxiG0njQkCwUCqfK2&#10;pVpDcXy9ewIRoiFrOk+o4QsDbPPrq8yk1k+0x/Mh1oJLKKRGQxNjn0oZqgadCQvfI7H34QdnIsuh&#10;lnYwE5e7Ti6VWklnWuIPjelx12B1OoxOw+oxeDV+l7v9S/H+WUxDKB/cm9a3N/PzBkTEOf6F4YLP&#10;6JAzU+lHskF0rBMOaljer9cgLr5KFG8pf08yz+T/CfkPAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAJNXKYIdAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAF+JWY7cAAAACgEAAA8AAAAAAAAAAAAAAAAAdwQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" strokecolor="#39f" strokeweight="1.25pt">
               <w10:wrap anchory="page"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidRPr="00E04401">
+    <w:r w:rsidR="00572D7E" w:rsidRPr="00E04401">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="3399FF"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
       <w:t xml:space="preserve">№ </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00572D7E">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="3399FF"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
       <w:t>______</w:t>
     </w:r>
-    <w:r w:rsidRPr="00E04401">
+    <w:r w:rsidR="00572D7E" w:rsidRPr="00E04401">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="3399FF"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
       <w:t xml:space="preserve">                                                                                            </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00572D7E">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="3399FF"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
       <w:t xml:space="preserve">    </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00572D7E">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="3399FF"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
       <w:tab/>
       <w:t>от ______ 2020 года</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00572D7E" w:rsidRPr="00934587" w:rsidRDefault="00572D7E" w:rsidP="00934587">
     <w:pPr>
       <w:rPr>
         <w:color w:val="3A7234"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="kk-KZ"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
@@ -2283,142 +2636,50 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6100"/>
         </w:tabs>
         <w:ind w:left="6100" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6820"/>
         </w:tabs>
         <w:ind w:left="6820" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="146E7740"/>
-[...90 lines deleted...]
-  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="17195916"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DB38AA9C"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -2463,51 +2724,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="2B470E2C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9BF6A608"/>
     <w:lvl w:ilvl="0" w:tplc="018A4370">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1785" w:hanging="360"/>
       </w:pPr>
@@ -2554,51 +2815,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5385" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6105" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6825" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="2B7E4C4F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="613253A8"/>
     <w:lvl w:ilvl="0" w:tplc="9120E720">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1065" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1785" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -2644,51 +2905,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5385" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6105" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6825" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="3A871ED6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1A56CC54"/>
     <w:lvl w:ilvl="0" w:tplc="69B22E84">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B">
@@ -2733,51 +2994,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="3C7A5260"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97E0FD48"/>
     <w:lvl w:ilvl="0" w:tplc="EB50223A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1065" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1785" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -2822,51 +3083,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5385" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6105" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6825" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="6">
     <w:nsid w:val="4C505AB7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3C829DDA"/>
     <w:lvl w:ilvl="0" w:tplc="FD5A2A40">
       <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1065" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1785" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -2911,142 +3172,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5385" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6105" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6825" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
-[...90 lines deleted...]
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="7">
     <w:nsid w:val="53940FFB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8ADC9A7A"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -3092,51 +3262,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="59736780"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="574426E6"/>
     <w:lvl w:ilvl="0" w:tplc="9D846CBA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="928" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1788" w:hanging="360"/>
       </w:pPr>
@@ -3183,51 +3353,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5388" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6108" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6828" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="9">
     <w:nsid w:val="5A72239D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D004A09E"/>
     <w:lvl w:ilvl="0" w:tplc="DFEC0674">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="928" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2145" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -3272,51 +3442,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5745" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6465" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7185" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="10">
     <w:nsid w:val="5B2E44C7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D6C25C0E"/>
     <w:lvl w:ilvl="0" w:tplc="8228D48E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1065" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1785" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B">
@@ -3361,51 +3531,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5385" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6105" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6825" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
+  <w:abstractNum w:abstractNumId="11">
     <w:nsid w:val="5CA56A5D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="66F4219E"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3905" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2215" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -3451,51 +3621,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5815" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6535" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7255" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14">
+  <w:abstractNum w:abstractNumId="12">
     <w:nsid w:val="5DC77592"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1DF46050"/>
     <w:lvl w:ilvl="0" w:tplc="3084B4D4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1070" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:color w:val="auto"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1785" w:hanging="360"/>
@@ -3543,51 +3713,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5385" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6105" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6825" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15">
+  <w:abstractNum w:abstractNumId="13">
     <w:nsid w:val="64166BE4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="35BA9D64"/>
     <w:lvl w:ilvl="0" w:tplc="7EBC6304">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="928" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2145" w:hanging="360"/>
       </w:pPr>
@@ -3634,51 +3804,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5745" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6465" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7185" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16">
+  <w:abstractNum w:abstractNumId="14">
     <w:nsid w:val="65DC6C4F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="04383F78"/>
     <w:lvl w:ilvl="0" w:tplc="31BA1312">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1068" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1788" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -3724,51 +3894,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5388" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6108" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6828" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17">
+  <w:abstractNum w:abstractNumId="15">
     <w:nsid w:val="6C204AF5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F454F34A"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1669"/>
         </w:tabs>
         <w:ind w:left="1669" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2389"/>
         </w:tabs>
         <w:ind w:left="2389" w:hanging="360"/>
@@ -3837,51 +4007,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6709"/>
         </w:tabs>
         <w:ind w:left="6709" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7429"/>
         </w:tabs>
         <w:ind w:left="7429" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18">
+  <w:abstractNum w:abstractNumId="16">
     <w:nsid w:val="6FEC776C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1F50CBAA"/>
     <w:lvl w:ilvl="0" w:tplc="C3FE92BE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -3929,51 +4099,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19">
+  <w:abstractNum w:abstractNumId="17">
     <w:nsid w:val="790A3456"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0C58FA70"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1065" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1428" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
@@ -4058,51 +4228,51 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2886" w:hanging="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3249" w:hanging="2520"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="28"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20">
+  <w:abstractNum w:abstractNumId="18">
     <w:nsid w:val="7A142240"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="39E45CA2"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1920" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -4144,51 +4314,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21">
+  <w:abstractNum w:abstractNumId="19">
     <w:nsid w:val="7A810178"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="227658EA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1065" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1428" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
@@ -4274,947 +4444,963 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2886" w:hanging="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3249" w:hanging="2520"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="28"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="15"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="12"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="11"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="18"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="19"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="10"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="17"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="4"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="17">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5">
-    <w:abstractNumId w:val="15"/>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="6">
-[...27 lines deleted...]
-    </w:lvlOverride>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="22">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="23">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="24">
     <w:abstractNumId w:val="13"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="8">
-    <w:abstractNumId w:val="20"/>
+  <w:num w:numId="25">
+    <w:abstractNumId w:val="3"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
-  </w:num>
-[...217 lines deleted...]
-    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A47D62"/>
     <w:rsid w:val="000051D3"/>
     <w:rsid w:val="00006F43"/>
     <w:rsid w:val="0001138F"/>
     <w:rsid w:val="00011B05"/>
     <w:rsid w:val="00023D26"/>
     <w:rsid w:val="0002733D"/>
-    <w:rsid w:val="00035FBB"/>
+    <w:rsid w:val="00035670"/>
     <w:rsid w:val="00041670"/>
     <w:rsid w:val="00042786"/>
-    <w:rsid w:val="00050FAD"/>
     <w:rsid w:val="00053050"/>
     <w:rsid w:val="00066411"/>
     <w:rsid w:val="00066A87"/>
     <w:rsid w:val="000711CD"/>
     <w:rsid w:val="000726A5"/>
+    <w:rsid w:val="00072F59"/>
     <w:rsid w:val="00073119"/>
+    <w:rsid w:val="0008020C"/>
     <w:rsid w:val="000902A9"/>
-    <w:rsid w:val="00090E99"/>
     <w:rsid w:val="000922AA"/>
-    <w:rsid w:val="00093477"/>
     <w:rsid w:val="000A30D6"/>
     <w:rsid w:val="000A45CC"/>
+    <w:rsid w:val="000A707F"/>
     <w:rsid w:val="000B7795"/>
     <w:rsid w:val="000C29C3"/>
     <w:rsid w:val="000D0E19"/>
     <w:rsid w:val="000D0ED2"/>
     <w:rsid w:val="000D4DAC"/>
     <w:rsid w:val="000F24A0"/>
     <w:rsid w:val="000F48E7"/>
     <w:rsid w:val="0010225A"/>
     <w:rsid w:val="00113479"/>
     <w:rsid w:val="00114C06"/>
     <w:rsid w:val="00115664"/>
     <w:rsid w:val="001204BA"/>
     <w:rsid w:val="00120B9B"/>
-    <w:rsid w:val="001221E1"/>
-    <w:rsid w:val="00122B09"/>
+    <w:rsid w:val="001213F1"/>
     <w:rsid w:val="0012488A"/>
     <w:rsid w:val="001319EE"/>
     <w:rsid w:val="00131A62"/>
     <w:rsid w:val="0013310A"/>
     <w:rsid w:val="0013576C"/>
+    <w:rsid w:val="001362B3"/>
     <w:rsid w:val="00137E04"/>
     <w:rsid w:val="00143292"/>
     <w:rsid w:val="0015041B"/>
     <w:rsid w:val="00152BA6"/>
-    <w:rsid w:val="001562BE"/>
-    <w:rsid w:val="00157935"/>
     <w:rsid w:val="001607DD"/>
     <w:rsid w:val="00160F47"/>
     <w:rsid w:val="00175133"/>
     <w:rsid w:val="001763DE"/>
     <w:rsid w:val="00177940"/>
     <w:rsid w:val="001925E8"/>
     <w:rsid w:val="001A149E"/>
     <w:rsid w:val="001A1881"/>
     <w:rsid w:val="001A35A0"/>
     <w:rsid w:val="001A4FBE"/>
     <w:rsid w:val="001B2761"/>
     <w:rsid w:val="001B61C1"/>
+    <w:rsid w:val="001E076C"/>
     <w:rsid w:val="001E0EB3"/>
+    <w:rsid w:val="001E389E"/>
     <w:rsid w:val="001E4E14"/>
     <w:rsid w:val="001E554D"/>
     <w:rsid w:val="001E610D"/>
     <w:rsid w:val="001F1845"/>
     <w:rsid w:val="001F41E0"/>
     <w:rsid w:val="001F4925"/>
     <w:rsid w:val="001F64CB"/>
     <w:rsid w:val="002000F4"/>
     <w:rsid w:val="00204784"/>
     <w:rsid w:val="002066CC"/>
     <w:rsid w:val="002071B9"/>
+    <w:rsid w:val="00216AAE"/>
     <w:rsid w:val="0021704D"/>
+    <w:rsid w:val="00220303"/>
     <w:rsid w:val="0022101F"/>
     <w:rsid w:val="0022310E"/>
     <w:rsid w:val="00223E76"/>
     <w:rsid w:val="00227B74"/>
     <w:rsid w:val="00227CE8"/>
     <w:rsid w:val="0023374B"/>
     <w:rsid w:val="00236C1B"/>
     <w:rsid w:val="002470FA"/>
     <w:rsid w:val="00251F3F"/>
     <w:rsid w:val="002646FC"/>
     <w:rsid w:val="002660A2"/>
     <w:rsid w:val="002664AC"/>
     <w:rsid w:val="0027792A"/>
     <w:rsid w:val="0028178B"/>
     <w:rsid w:val="002863CB"/>
     <w:rsid w:val="00291EC0"/>
     <w:rsid w:val="00295B97"/>
     <w:rsid w:val="00295C73"/>
     <w:rsid w:val="00296D1E"/>
     <w:rsid w:val="002A0B29"/>
     <w:rsid w:val="002A394A"/>
     <w:rsid w:val="002A7D83"/>
     <w:rsid w:val="002C7827"/>
     <w:rsid w:val="002D5D57"/>
     <w:rsid w:val="002E33A5"/>
     <w:rsid w:val="002F24B6"/>
     <w:rsid w:val="002F3639"/>
     <w:rsid w:val="002F725C"/>
     <w:rsid w:val="003055AD"/>
     <w:rsid w:val="00305C5B"/>
     <w:rsid w:val="003068EC"/>
     <w:rsid w:val="00311FF1"/>
     <w:rsid w:val="00330394"/>
     <w:rsid w:val="00330B0F"/>
     <w:rsid w:val="00333550"/>
     <w:rsid w:val="00334462"/>
+    <w:rsid w:val="00346451"/>
     <w:rsid w:val="003525E1"/>
     <w:rsid w:val="00355DB7"/>
     <w:rsid w:val="00357A73"/>
     <w:rsid w:val="003635A3"/>
     <w:rsid w:val="00364E0B"/>
     <w:rsid w:val="0036777F"/>
     <w:rsid w:val="00372D42"/>
+    <w:rsid w:val="00372E6D"/>
     <w:rsid w:val="003739CD"/>
     <w:rsid w:val="00377059"/>
     <w:rsid w:val="00377427"/>
     <w:rsid w:val="00380288"/>
+    <w:rsid w:val="00380C5F"/>
     <w:rsid w:val="0038799B"/>
     <w:rsid w:val="00397192"/>
+    <w:rsid w:val="00397623"/>
     <w:rsid w:val="003B1029"/>
     <w:rsid w:val="003B1B01"/>
     <w:rsid w:val="003B4B8F"/>
     <w:rsid w:val="003C2771"/>
     <w:rsid w:val="003D781A"/>
     <w:rsid w:val="003E129C"/>
     <w:rsid w:val="003F241E"/>
     <w:rsid w:val="00407183"/>
     <w:rsid w:val="0041206E"/>
     <w:rsid w:val="004152B2"/>
     <w:rsid w:val="004223ED"/>
     <w:rsid w:val="00423754"/>
     <w:rsid w:val="00430E89"/>
     <w:rsid w:val="00434D03"/>
     <w:rsid w:val="00440C07"/>
     <w:rsid w:val="0045457D"/>
+    <w:rsid w:val="0045644E"/>
     <w:rsid w:val="004726FE"/>
     <w:rsid w:val="00485EAE"/>
     <w:rsid w:val="004916E5"/>
     <w:rsid w:val="0049400B"/>
     <w:rsid w:val="00494AF2"/>
     <w:rsid w:val="0049623C"/>
     <w:rsid w:val="004A23A7"/>
     <w:rsid w:val="004B400D"/>
     <w:rsid w:val="004B7596"/>
+    <w:rsid w:val="004B7BCB"/>
     <w:rsid w:val="004C34B8"/>
     <w:rsid w:val="004C4C4E"/>
     <w:rsid w:val="004D3B9A"/>
     <w:rsid w:val="004D4027"/>
     <w:rsid w:val="004E0E99"/>
     <w:rsid w:val="004E3207"/>
     <w:rsid w:val="004E370A"/>
     <w:rsid w:val="004E49BE"/>
     <w:rsid w:val="004F0CB5"/>
     <w:rsid w:val="004F323F"/>
     <w:rsid w:val="004F3375"/>
     <w:rsid w:val="004F41EC"/>
     <w:rsid w:val="004F5B69"/>
     <w:rsid w:val="00527865"/>
     <w:rsid w:val="005476AD"/>
     <w:rsid w:val="005625DC"/>
     <w:rsid w:val="00572D7E"/>
     <w:rsid w:val="00575CAD"/>
-    <w:rsid w:val="00581EBE"/>
-    <w:rsid w:val="00585C6A"/>
     <w:rsid w:val="005974B3"/>
     <w:rsid w:val="00597A28"/>
     <w:rsid w:val="005A6775"/>
     <w:rsid w:val="005B11B4"/>
     <w:rsid w:val="005C14F1"/>
     <w:rsid w:val="005C60F0"/>
+    <w:rsid w:val="005C7E3C"/>
     <w:rsid w:val="005D05AF"/>
     <w:rsid w:val="005D6FBE"/>
     <w:rsid w:val="005E75CB"/>
     <w:rsid w:val="005F582C"/>
     <w:rsid w:val="00612AAC"/>
     <w:rsid w:val="00617BD4"/>
+    <w:rsid w:val="00622A00"/>
     <w:rsid w:val="00623484"/>
     <w:rsid w:val="00626502"/>
     <w:rsid w:val="0062656C"/>
     <w:rsid w:val="00630C58"/>
     <w:rsid w:val="00631776"/>
     <w:rsid w:val="00632923"/>
     <w:rsid w:val="00635F62"/>
     <w:rsid w:val="00636ECC"/>
     <w:rsid w:val="00642211"/>
     <w:rsid w:val="00647A42"/>
     <w:rsid w:val="00654D34"/>
-    <w:rsid w:val="00672F4F"/>
     <w:rsid w:val="006740A6"/>
     <w:rsid w:val="00674539"/>
     <w:rsid w:val="00676630"/>
     <w:rsid w:val="00682C9D"/>
+    <w:rsid w:val="00686982"/>
     <w:rsid w:val="006870AC"/>
-    <w:rsid w:val="006915C6"/>
     <w:rsid w:val="00692ABD"/>
     <w:rsid w:val="006A02BA"/>
     <w:rsid w:val="006A18BD"/>
     <w:rsid w:val="006A465C"/>
     <w:rsid w:val="006A5364"/>
+    <w:rsid w:val="006A57BC"/>
     <w:rsid w:val="006B439F"/>
     <w:rsid w:val="006B47E3"/>
+    <w:rsid w:val="006B4E6B"/>
     <w:rsid w:val="006B6938"/>
     <w:rsid w:val="006B6EBA"/>
     <w:rsid w:val="006B744C"/>
     <w:rsid w:val="006C0140"/>
     <w:rsid w:val="006C7110"/>
-    <w:rsid w:val="006C7C98"/>
+    <w:rsid w:val="006D550D"/>
     <w:rsid w:val="006E1B40"/>
     <w:rsid w:val="006E3DD9"/>
     <w:rsid w:val="006F46A8"/>
     <w:rsid w:val="007006E3"/>
     <w:rsid w:val="007111E8"/>
     <w:rsid w:val="0071285F"/>
     <w:rsid w:val="007131B1"/>
     <w:rsid w:val="00722DB9"/>
     <w:rsid w:val="00727C9C"/>
     <w:rsid w:val="00731B2A"/>
     <w:rsid w:val="007402CD"/>
     <w:rsid w:val="00740441"/>
     <w:rsid w:val="007404E2"/>
     <w:rsid w:val="00741E78"/>
     <w:rsid w:val="00744049"/>
     <w:rsid w:val="007512E7"/>
     <w:rsid w:val="00762B9B"/>
     <w:rsid w:val="00766CAE"/>
     <w:rsid w:val="00771771"/>
-    <w:rsid w:val="00775446"/>
     <w:rsid w:val="00776300"/>
     <w:rsid w:val="007767CD"/>
     <w:rsid w:val="0078094F"/>
     <w:rsid w:val="00782A16"/>
     <w:rsid w:val="00787A78"/>
     <w:rsid w:val="00790668"/>
     <w:rsid w:val="007A1C55"/>
     <w:rsid w:val="007A2F68"/>
     <w:rsid w:val="007B3F01"/>
     <w:rsid w:val="007B538A"/>
     <w:rsid w:val="007D467F"/>
     <w:rsid w:val="007D5C5B"/>
     <w:rsid w:val="007D7150"/>
     <w:rsid w:val="007E588D"/>
     <w:rsid w:val="007F7715"/>
     <w:rsid w:val="0081000A"/>
     <w:rsid w:val="00811BA1"/>
     <w:rsid w:val="00813CC6"/>
     <w:rsid w:val="00825F2C"/>
     <w:rsid w:val="00835A70"/>
     <w:rsid w:val="008436CA"/>
     <w:rsid w:val="0084603C"/>
     <w:rsid w:val="00854706"/>
     <w:rsid w:val="008559EA"/>
     <w:rsid w:val="008625A3"/>
     <w:rsid w:val="00862BB2"/>
     <w:rsid w:val="0086608B"/>
     <w:rsid w:val="00866964"/>
     <w:rsid w:val="00867FA4"/>
     <w:rsid w:val="008704E7"/>
     <w:rsid w:val="0087581F"/>
     <w:rsid w:val="00877950"/>
     <w:rsid w:val="008806F5"/>
     <w:rsid w:val="008835B1"/>
     <w:rsid w:val="008856E3"/>
     <w:rsid w:val="00890B47"/>
-    <w:rsid w:val="00893395"/>
     <w:rsid w:val="00894BC2"/>
+    <w:rsid w:val="008A0848"/>
     <w:rsid w:val="008D0CEB"/>
     <w:rsid w:val="008D2C2E"/>
     <w:rsid w:val="008E02BD"/>
     <w:rsid w:val="008E0769"/>
     <w:rsid w:val="008E3963"/>
     <w:rsid w:val="008E4CDA"/>
     <w:rsid w:val="008F0331"/>
     <w:rsid w:val="008F104C"/>
     <w:rsid w:val="008F174E"/>
     <w:rsid w:val="009127B5"/>
+    <w:rsid w:val="00913119"/>
     <w:rsid w:val="009139A9"/>
     <w:rsid w:val="00914138"/>
     <w:rsid w:val="00915A4B"/>
     <w:rsid w:val="009228A8"/>
     <w:rsid w:val="009279FC"/>
     <w:rsid w:val="0093208C"/>
     <w:rsid w:val="00934587"/>
     <w:rsid w:val="00934991"/>
     <w:rsid w:val="00934BE3"/>
     <w:rsid w:val="0093521D"/>
+    <w:rsid w:val="00941C7B"/>
     <w:rsid w:val="0094678B"/>
     <w:rsid w:val="009478F2"/>
     <w:rsid w:val="00952B67"/>
     <w:rsid w:val="00954A1F"/>
     <w:rsid w:val="0096305B"/>
     <w:rsid w:val="00974371"/>
     <w:rsid w:val="009914FB"/>
     <w:rsid w:val="009924CE"/>
     <w:rsid w:val="00993A5A"/>
     <w:rsid w:val="009A5518"/>
     <w:rsid w:val="009B37D2"/>
     <w:rsid w:val="009B3F40"/>
+    <w:rsid w:val="009B498A"/>
     <w:rsid w:val="009B4A0F"/>
     <w:rsid w:val="009B69F4"/>
     <w:rsid w:val="009C0964"/>
+    <w:rsid w:val="009C57FB"/>
     <w:rsid w:val="009D3BE2"/>
     <w:rsid w:val="009D45DE"/>
     <w:rsid w:val="009E616F"/>
     <w:rsid w:val="009F1BB5"/>
     <w:rsid w:val="009F2A53"/>
     <w:rsid w:val="00A00E51"/>
     <w:rsid w:val="00A10052"/>
     <w:rsid w:val="00A16FF0"/>
     <w:rsid w:val="00A17FE7"/>
     <w:rsid w:val="00A20FBB"/>
     <w:rsid w:val="00A27D01"/>
     <w:rsid w:val="00A320C2"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A46677"/>
     <w:rsid w:val="00A47CDA"/>
     <w:rsid w:val="00A47D62"/>
     <w:rsid w:val="00A51246"/>
     <w:rsid w:val="00A5469F"/>
     <w:rsid w:val="00A63DC1"/>
     <w:rsid w:val="00A646AF"/>
     <w:rsid w:val="00A67750"/>
     <w:rsid w:val="00A721B9"/>
     <w:rsid w:val="00A769EA"/>
+    <w:rsid w:val="00A91380"/>
     <w:rsid w:val="00A966B6"/>
     <w:rsid w:val="00A97561"/>
     <w:rsid w:val="00AA225A"/>
     <w:rsid w:val="00AA2603"/>
     <w:rsid w:val="00AB464B"/>
     <w:rsid w:val="00AB5EB8"/>
     <w:rsid w:val="00AC4401"/>
     <w:rsid w:val="00AC76FB"/>
     <w:rsid w:val="00AD462C"/>
     <w:rsid w:val="00AF1895"/>
     <w:rsid w:val="00B209FC"/>
     <w:rsid w:val="00B23325"/>
     <w:rsid w:val="00B30D10"/>
     <w:rsid w:val="00B34A7C"/>
     <w:rsid w:val="00B420E0"/>
     <w:rsid w:val="00B42389"/>
     <w:rsid w:val="00B435C8"/>
     <w:rsid w:val="00B47D15"/>
     <w:rsid w:val="00B67134"/>
+    <w:rsid w:val="00B737C0"/>
     <w:rsid w:val="00B83263"/>
     <w:rsid w:val="00B86340"/>
+    <w:rsid w:val="00BB3B44"/>
+    <w:rsid w:val="00BB7138"/>
     <w:rsid w:val="00BC1EB6"/>
     <w:rsid w:val="00BD42EA"/>
     <w:rsid w:val="00BE0A7F"/>
     <w:rsid w:val="00BE2C9E"/>
     <w:rsid w:val="00BE3CFA"/>
     <w:rsid w:val="00BE4BAE"/>
     <w:rsid w:val="00BE78CA"/>
     <w:rsid w:val="00BF53BA"/>
     <w:rsid w:val="00BF69F0"/>
     <w:rsid w:val="00C22E5B"/>
     <w:rsid w:val="00C33500"/>
     <w:rsid w:val="00C34CD1"/>
     <w:rsid w:val="00C360B5"/>
     <w:rsid w:val="00C36392"/>
     <w:rsid w:val="00C4196D"/>
     <w:rsid w:val="00C42585"/>
     <w:rsid w:val="00C45B7D"/>
     <w:rsid w:val="00C471A2"/>
-    <w:rsid w:val="00C5464D"/>
     <w:rsid w:val="00C561AF"/>
     <w:rsid w:val="00C71109"/>
     <w:rsid w:val="00C755DC"/>
     <w:rsid w:val="00C7780A"/>
     <w:rsid w:val="00C815D2"/>
     <w:rsid w:val="00C8194B"/>
     <w:rsid w:val="00C84B2A"/>
     <w:rsid w:val="00C85B60"/>
     <w:rsid w:val="00C90A15"/>
     <w:rsid w:val="00C92CAF"/>
     <w:rsid w:val="00CA1875"/>
     <w:rsid w:val="00CA5BB3"/>
     <w:rsid w:val="00CA76D1"/>
     <w:rsid w:val="00CB20EC"/>
     <w:rsid w:val="00CC017A"/>
     <w:rsid w:val="00CC173C"/>
     <w:rsid w:val="00CC7D90"/>
     <w:rsid w:val="00CD789E"/>
     <w:rsid w:val="00CE07B8"/>
     <w:rsid w:val="00CE66C2"/>
     <w:rsid w:val="00CE6A1B"/>
     <w:rsid w:val="00CF2ECF"/>
     <w:rsid w:val="00D02BDF"/>
     <w:rsid w:val="00D03D0C"/>
     <w:rsid w:val="00D04CEB"/>
     <w:rsid w:val="00D06CBF"/>
     <w:rsid w:val="00D11982"/>
     <w:rsid w:val="00D14F06"/>
     <w:rsid w:val="00D16C40"/>
     <w:rsid w:val="00D17246"/>
     <w:rsid w:val="00D26760"/>
     <w:rsid w:val="00D319F9"/>
     <w:rsid w:val="00D34BB4"/>
     <w:rsid w:val="00D35CC9"/>
     <w:rsid w:val="00D422D2"/>
     <w:rsid w:val="00D42C93"/>
     <w:rsid w:val="00D43466"/>
     <w:rsid w:val="00D52DE8"/>
+    <w:rsid w:val="00D60BD0"/>
     <w:rsid w:val="00D619CD"/>
     <w:rsid w:val="00D61B20"/>
-    <w:rsid w:val="00D62CC6"/>
     <w:rsid w:val="00D65476"/>
     <w:rsid w:val="00D71B0F"/>
-    <w:rsid w:val="00D72092"/>
     <w:rsid w:val="00D72CCD"/>
     <w:rsid w:val="00D74CF4"/>
     <w:rsid w:val="00D839FB"/>
     <w:rsid w:val="00D85C7D"/>
     <w:rsid w:val="00D929F4"/>
-    <w:rsid w:val="00D944EA"/>
+    <w:rsid w:val="00DA0C43"/>
     <w:rsid w:val="00DA4EC7"/>
     <w:rsid w:val="00DA71DC"/>
     <w:rsid w:val="00DC0103"/>
     <w:rsid w:val="00DC03E4"/>
     <w:rsid w:val="00DC5D6C"/>
     <w:rsid w:val="00DE3B14"/>
     <w:rsid w:val="00DE79A6"/>
     <w:rsid w:val="00E037D4"/>
     <w:rsid w:val="00E170A4"/>
     <w:rsid w:val="00E21733"/>
-    <w:rsid w:val="00E236EB"/>
     <w:rsid w:val="00E261DC"/>
     <w:rsid w:val="00E302EF"/>
     <w:rsid w:val="00E42ECB"/>
     <w:rsid w:val="00E43190"/>
     <w:rsid w:val="00E45628"/>
     <w:rsid w:val="00E4586F"/>
+    <w:rsid w:val="00E53D87"/>
     <w:rsid w:val="00E57A5B"/>
     <w:rsid w:val="00E61596"/>
     <w:rsid w:val="00E67124"/>
     <w:rsid w:val="00E71F3B"/>
     <w:rsid w:val="00E7238F"/>
+    <w:rsid w:val="00E76A5A"/>
     <w:rsid w:val="00E80F91"/>
     <w:rsid w:val="00E8227B"/>
     <w:rsid w:val="00E82B32"/>
+    <w:rsid w:val="00E85B81"/>
     <w:rsid w:val="00E866E0"/>
     <w:rsid w:val="00E900BA"/>
     <w:rsid w:val="00EA2C84"/>
     <w:rsid w:val="00EA409C"/>
+    <w:rsid w:val="00EB235C"/>
     <w:rsid w:val="00EB534E"/>
     <w:rsid w:val="00EB54A3"/>
     <w:rsid w:val="00EC3C11"/>
     <w:rsid w:val="00EC6599"/>
     <w:rsid w:val="00EC6FF4"/>
     <w:rsid w:val="00EC72DE"/>
     <w:rsid w:val="00ED2556"/>
+    <w:rsid w:val="00ED446D"/>
     <w:rsid w:val="00ED64B8"/>
     <w:rsid w:val="00EE0A4A"/>
     <w:rsid w:val="00EE1A39"/>
     <w:rsid w:val="00EE6BE0"/>
     <w:rsid w:val="00EF0B8B"/>
     <w:rsid w:val="00EF4E93"/>
     <w:rsid w:val="00F0075D"/>
     <w:rsid w:val="00F03C19"/>
     <w:rsid w:val="00F07BCD"/>
     <w:rsid w:val="00F12992"/>
     <w:rsid w:val="00F12EAE"/>
     <w:rsid w:val="00F22932"/>
     <w:rsid w:val="00F22B3A"/>
     <w:rsid w:val="00F24C5E"/>
     <w:rsid w:val="00F32A0B"/>
+    <w:rsid w:val="00F3410B"/>
     <w:rsid w:val="00F36292"/>
     <w:rsid w:val="00F3657E"/>
     <w:rsid w:val="00F417CD"/>
+    <w:rsid w:val="00F436EC"/>
     <w:rsid w:val="00F472CE"/>
     <w:rsid w:val="00F525B9"/>
     <w:rsid w:val="00F533DC"/>
+    <w:rsid w:val="00F57D5E"/>
     <w:rsid w:val="00F626EB"/>
     <w:rsid w:val="00F64017"/>
     <w:rsid w:val="00F66167"/>
     <w:rsid w:val="00F70029"/>
     <w:rsid w:val="00F75535"/>
     <w:rsid w:val="00F93383"/>
     <w:rsid w:val="00F93EE0"/>
     <w:rsid w:val="00FA1493"/>
     <w:rsid w:val="00FA7E02"/>
     <w:rsid w:val="00FB1A2D"/>
     <w:rsid w:val="00FB5A2F"/>
     <w:rsid w:val="00FC2355"/>
     <w:rsid w:val="00FC2A83"/>
     <w:rsid w:val="00FD314E"/>
     <w:rsid w:val="00FD3D26"/>
+    <w:rsid w:val="00FD67FF"/>
     <w:rsid w:val="00FE5609"/>
     <w:rsid w:val="00FF2C30"/>
     <w:rsid w:val="00FF4CCD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{28A3B8CA-3558-46CC-9F60-A381B8FD6DF7}"/>
+  <w15:docId w15:val="{EE9383A7-CD07-441A-9AEF-F630AE00D770}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6063,70 +6249,131 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="afa">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="af9"/>
     <w:semiHidden/>
     <w:rsid w:val="002863CB"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af1">
     <w:name w:val="Обычный (веб) Знак"/>
     <w:aliases w:val="Обычный (Web) Знак1,Знак4 Знак,Обычный (Web) Знак Знак Знак Знак Знак1,Обычный (Web) Знак Знак Знак Знак Знак Знак Знак Знак Знак Знак,Обычный (Web) Знак Знак Знак Знак Знак Знак,Обычный (Web) Знак Знак,Знак4 Знак Знак Знак"/>
     <w:link w:val="af0"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
     <w:rsid w:val="009E616F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Сетка таблицы1"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="a9"/>
+    <w:rsid w:val="0045644E"/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Standard">
+    <w:name w:val="Standard"/>
+    <w:rsid w:val="00F436EC"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:overflowPunct w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="3"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
     <w:div w:id="48892836">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="249123125">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="411658787">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="573898843">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="800270064">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -6226,50 +6473,63 @@
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1867785839">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1888643030">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2015918948">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2029867968">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -6569,67 +6829,67 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>464</Words>
-  <Characters>2645</Characters>
+  <Words>467</Words>
+  <Characters>2668</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>22</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ЌАЗАЌСТАН</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>АО НИТ</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3103</CharactersWithSpaces>
+  <CharactersWithSpaces>3129</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ЌАЗАЌСТАН</dc:title>
   <dc:creator>user</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>