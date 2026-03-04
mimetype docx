--- v0 (2025-12-12)
+++ v1 (2026-03-04)
@@ -1,503 +1,315 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="007B10CE" w:rsidRPr="00027CC5" w:rsidRDefault="00027CC5" w:rsidP="00027CC5">
+    <w:p w:rsidR="007B10CE" w:rsidRDefault="004B6075" w:rsidP="00A56D95">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r>
-        <w:br/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00027CC5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="222222"/>
-[...2 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Кезекші</w:t>
+        <w:t xml:space="preserve">Количество </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00027CC5">
+      <w:r w:rsidR="007B10CE" w:rsidRPr="007B10CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="222222"/>
-[...2 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00C0750E">
+      <w:r w:rsidR="007B10CE" w:rsidRPr="007B10CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="222222"/>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">сыныптарда </w:t>
+        <w:t>учащихся</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00027CC5">
+      <w:r w:rsidR="007B10CE" w:rsidRPr="007B10CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="222222"/>
-[...2 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>және</w:t>
-[...95 lines deleted...]
-        <w:t xml:space="preserve"> саны</w:t>
+        <w:t> в дежурн</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="222222"/>
-[...2 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ых</w:t>
+      </w:r>
+      <w:r w:rsidR="007B10CE" w:rsidRPr="007B10CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidR="007B10CE" w:rsidRPr="007B10CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>дистанционном обучении</w:t>
+      </w:r>
+      <w:r w:rsidR="007B10CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8115" w:type="dxa"/>
         <w:tblInd w:w="93" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3057"/>
         <w:gridCol w:w="2487"/>
         <w:gridCol w:w="2571"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D10D79" w:rsidRPr="00EA08C2" w:rsidTr="00A41279">
+      <w:tr w:rsidR="00D10D79" w:rsidRPr="00EA08C2" w:rsidTr="00D10D79">
         <w:trPr>
-          <w:trHeight w:val="1737"/>
+          <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3057" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D10D79" w:rsidRPr="00027CC5" w:rsidRDefault="00D10D79" w:rsidP="004B6075">
+          <w:p w:rsidR="00D10D79" w:rsidRPr="00EA08C2" w:rsidRDefault="00D10D79" w:rsidP="004B6075">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2487" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w:rsidR="00027CC5" w:rsidRPr="00027CC5" w:rsidRDefault="00C0750E" w:rsidP="00027CC5">
-[...97 lines deleted...]
-          </w:p>
           <w:p w:rsidR="00D10D79" w:rsidRPr="00EA08C2" w:rsidRDefault="00D10D79" w:rsidP="00D10D79">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Количество классов (групп)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2571" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w:rsidR="00D10D79" w:rsidRPr="00027CC5" w:rsidRDefault="00027CC5" w:rsidP="004B6075">
+          <w:p w:rsidR="00D10D79" w:rsidRPr="00EA08C2" w:rsidRDefault="00D10D79" w:rsidP="004B6075">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="AngsanaUPC" w:eastAsia="Times New Roman" w:hAnsi="AngsanaUPC" w:cs="AngsanaUPC"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...34 lines deleted...]
-              <w:t>саны</w:t>
+            <w:r w:rsidRPr="00EA08C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Количество учащихся</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D10D79" w:rsidRPr="00EA08C2" w:rsidTr="00D10D79">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3057" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D10D79" w:rsidRPr="00027CC5" w:rsidRDefault="00D10D79" w:rsidP="00027CC5">
+          <w:p w:rsidR="00D10D79" w:rsidRDefault="00D10D79" w:rsidP="004B6075">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00027CC5">
-[...19 lines deleted...]
-              <w:t xml:space="preserve">сыныптар </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1-4 классы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2487" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00D10D79" w:rsidRPr="00EA08C2" w:rsidRDefault="00D10D79" w:rsidP="00DA12EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
@@ -531,99 +343,74 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D10D79" w:rsidRPr="00EA08C2" w:rsidTr="00D10D79">
         <w:trPr>
           <w:trHeight w:val="533"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3057" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D10D79" w:rsidRPr="00027CC5" w:rsidRDefault="00027CC5" w:rsidP="00A41279">
+          <w:p w:rsidR="00D10D79" w:rsidRDefault="00D10D79" w:rsidP="00D10D79">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-              <w:t>Кезекші</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дежурные группы</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...23 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2487" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00D10D79" w:rsidRPr="00EA08C2" w:rsidRDefault="00D10D79" w:rsidP="00D10D79">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -678,114 +465,74 @@
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>90</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D10D79" w:rsidRPr="00EA08C2" w:rsidTr="00D10D79">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3057" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D10D79" w:rsidRPr="00027CC5" w:rsidRDefault="00027CC5" w:rsidP="00A41279">
+          <w:p w:rsidR="00D10D79" w:rsidRDefault="00D10D79" w:rsidP="00D10D79">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-              <w:t>Қашықтан</w:t>
+            <w:r w:rsidRPr="00EA08C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дистанционное обучение</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...38 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2487" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00D10D79" w:rsidRDefault="00D10D79" w:rsidP="00D10D79">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -841,83 +588,72 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>62</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D10D79" w:rsidRPr="00EA08C2" w:rsidTr="00D10D79">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3057" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D10D79" w:rsidRPr="00027CC5" w:rsidRDefault="00027CC5" w:rsidP="00EA08C2">
+          <w:p w:rsidR="00D10D79" w:rsidRPr="00EA08C2" w:rsidRDefault="00D10D79" w:rsidP="00EA08C2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00027CC5">
-[...19 lines deleted...]
-              <w:t>сыныптар</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5-11 классы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2487" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00D10D79" w:rsidRPr="00EA08C2" w:rsidRDefault="00D10D79" w:rsidP="00EA08C2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
@@ -962,112 +698,74 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D10D79" w:rsidRPr="00EA08C2" w:rsidTr="00D10D79">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3057" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D10D79" w:rsidRDefault="00027CC5" w:rsidP="00A41279">
+          <w:p w:rsidR="00D10D79" w:rsidRDefault="00D10D79" w:rsidP="00D10D79">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-              <w:t>Қашықтан</w:t>
+            <w:r w:rsidRPr="00EA08C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дистанционное обучение</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...36 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2487" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00D10D79" w:rsidRPr="00EA08C2" w:rsidRDefault="00D10D79" w:rsidP="00D10D79">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -1133,120 +831,97 @@
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00EA08C2" w:rsidRPr="007B10CE">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...12 lines deleted...]
-    <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005E012C"/>
-    <w:rsid w:val="00027CC5"/>
     <w:rsid w:val="004B199C"/>
     <w:rsid w:val="004B6075"/>
     <w:rsid w:val="005E012C"/>
     <w:rsid w:val="007B10CE"/>
-    <w:rsid w:val="00A41279"/>
     <w:rsid w:val="00A56D95"/>
-    <w:rsid w:val="00C0750E"/>
     <w:rsid w:val="00D10D79"/>
+    <w:rsid w:val="00E96141"/>
     <w:rsid w:val="00EA08C2"/>
     <w:rsid w:val="00F45216"/>
     <w:rsid w:val="00FB1619"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -1443,100 +1118,50 @@
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB1619"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="007B10CE"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="HTML">
-[...48 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -1706,146 +1331,83 @@
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB1619"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="007B10CE"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="HTML">
-[...48 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="694497648">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="918712311">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1405487298">
-      <w:bodyDiv w:val="1"/>
-[...11 lines deleted...]
-    <w:div w:id="1557818442">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
@@ -2111,72 +1673,72 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>31</Words>
-  <Characters>180</Characters>
+  <Words>33</Words>
+  <Characters>189</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>210</CharactersWithSpaces>
+  <CharactersWithSpaces>221</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>