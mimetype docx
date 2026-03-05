--- v0 (2025-12-05)
+++ v1 (2026-03-05)
@@ -1,6205 +1,165 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p w:rsidR="0066731D" w:rsidRDefault="0066731D">
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="007957AC" w:rsidRPr="007957AC" w:rsidRDefault="007957AC" w:rsidP="007957AC">
-[...100 lines deleted...]
-    </w:p>
     <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
-      <w:pPr>
-[...5936 lines deleted...]
-    <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="007957AC">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001867DE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Утверждаю</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="007957AC">
+    <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001867DE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Директор школы № 27</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="007957AC">
+    <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001867DE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">_____________  </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Бергузинова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Г.Ж.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="007957AC">
+    <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="007957AC">
+    <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001867DE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">План </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="007957AC">
+    <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001867DE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>работы педагогического совета на 20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -6223,228 +183,228 @@
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="001867DE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> учебный год</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="860"/>
         <w:gridCol w:w="3503"/>
         <w:gridCol w:w="1983"/>
         <w:gridCol w:w="2006"/>
         <w:gridCol w:w="1219"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidTr="00FE2C93">
+      <w:tr w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidTr="001B35F9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="449" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Сроки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1830" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Содержание деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1036" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Задачи</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1048" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Ответственный</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="637" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Итоги</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidTr="00FE2C93">
+      <w:tr w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidTr="001B35F9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="449" w:type="pct"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Август</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1830" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Педагогический совет 1</w:t>
             </w:r>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.Анализ учебно-воспитательной работы педагогического коллектива школы за 20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
@@ -6483,1797 +443,1823 @@
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> учебный год</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.Утверждение плана работы школы.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.Изучение нормативных документов.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">4.Аттестация </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>педработников</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5.Обеспечение УМК</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007957AC" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6.Закрепление классного руководства</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="008611C4" w:rsidRPr="001867DE" w:rsidRDefault="008611C4" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7.Закрепление наставничества</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1036" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.Познакомить педагогический коллектив с основными направлениями и задачами школы на новый 20</w:t>
             </w:r>
+            <w:r w:rsidR="00961471">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001867DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00961471">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2021</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001867DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> учебный год по разным направлениям образовательной деятельности</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001867DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.Разное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1048" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="00961471" w:rsidP="001867DE">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>20</w:t>
-[...64 lines deleted...]
-              </w:rPr>
               <w:t>Администрация</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Педагог-психолог</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Социальный педагог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="637" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Решение педагогического совета. Протокол.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidTr="00FE2C93">
+      <w:tr w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidTr="001B35F9">
         <w:trPr>
           <w:trHeight w:val="1711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="449" w:type="pct"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Сентябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1830" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Педагогический совет 2</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>1.Утверждение списков школы на 05.09.20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>г.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>2.Знакомство с приказом о зачислении детей в 1-е, 5-е, 10-е классы.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>3.Утверждение рабочих планов с учётом типов класса.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>4.Организация УВР и коррекционно-развивающей работы с целью обеспечения инклюзивного образования.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>5.Выбор председателя и секретаря педагогического совета.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>6. Положение о работе Попечительского совета.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1036" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Познакомить коллектив со списком учащихся по классам и приказом, положением Попечительского совета.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Утвердить рабочие планы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1048" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="00961471" w:rsidRPr="001867DE" w:rsidRDefault="00961471" w:rsidP="00961471">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Администрация</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="00961471">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="637" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Решение педагогического совета. Протокол.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidTr="00FE2C93">
+      <w:tr w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidTr="001B35F9">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="449" w:type="pct"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Ноябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1830" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Педагогический совет 3</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007957AC" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> Адаптация учащихся 5 классов к новым образовательным условиям</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> «Анализ деятельности школы по педагогическому сопровождению учащихся 1-х и 10-х классов в период адаптации»</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1036" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="007957AC" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Обмен опытом педагогов начальной и основной школы, их взаимодействие, во избежание трудностей у пятиклассников в дальнейшей учебной деятельности.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>В</w:t>
             </w:r>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>ыявить основные проблемы, появившиеся у первокл</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">ассников,  и  учащихся 10 класса </w:t>
             </w:r>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>в   адаптационный  период; определить направления дальнейшей работы с ними</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1048" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="00961471" w:rsidRPr="001867DE" w:rsidRDefault="00961471" w:rsidP="00961471">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Администрация</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
-[...8 lines deleted...]
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="637" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Решение педагогического совета. Протокол.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidTr="00FE2C93">
+      <w:tr w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidTr="001B35F9">
         <w:trPr>
           <w:trHeight w:val="1725"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="449" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="00B42D0E" w:rsidP="001867DE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Январь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1830" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">Педагогический совет </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:u w:val="single"/>
               </w:rPr>
-            </w:pPr>
-[...3 lines deleted...]
-                <w:b/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:i/>
                 <w:u w:val="single"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001867DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:u w:val="single"/>
+              </w:rPr>
               <w:t>Тематический педагогический совет</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="00961471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00961471">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>«Совершенствование работы с родителями в условиях модернизации образования»</w:t>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00961471" w:rsidRPr="00961471">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Совершенствование работы с родителями в условиях модернизации образования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00961471">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1036" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007957AC" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="00961471" w:rsidRDefault="00961471" w:rsidP="00961471">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00961471">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>1. Определить основные проблемы в</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>о взаимодействии семьи и школы.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007957AC" w:rsidRPr="00961471" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="00961471" w:rsidRPr="00961471" w:rsidRDefault="00961471" w:rsidP="00961471">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00961471">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>2. Сформировать у педагогического коллектива представление о</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> путях развития сотрудничества.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="00961471" w:rsidP="00961471">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00961471">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>3. Разработать правила педагогической этики работы с родителями.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1048" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Заместители директора по ВР</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="00961471">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="637" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Решение педагогического совета. Протокол.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidTr="00FE2C93">
+      <w:tr w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidTr="001867DE">
         <w:trPr>
           <w:trHeight w:val="6227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="449" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="00B42D0E" w:rsidP="001867DE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Март</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1830" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">Педагогический совет </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Тематический педагогический совет</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="00961471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
+            <w:r w:rsidR="00961471" w:rsidRPr="00961471">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Повышение качества образования: основные проблемы и перспективы решения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001867DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1036" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00961471" w:rsidRPr="00961471" w:rsidRDefault="00961471" w:rsidP="00961471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00961471">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>Повышение качества образования: основные проблемы и перспективы решения</w:t>
-[...13 lines deleted...]
-          <w:p w:rsidR="007957AC" w:rsidRPr="00961471" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+              <w:t>1. определить понятие «качество образования» и актуальность этого понятия в современных условиях образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00961471" w:rsidRPr="00961471" w:rsidRDefault="00961471" w:rsidP="00961471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00961471" w:rsidRPr="00961471" w:rsidRDefault="00961471" w:rsidP="00961471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00961471">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>1. определить понятие «качество образования» и актуальность этого понятия в современных условиях образования;</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="007957AC" w:rsidRPr="00961471" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+              <w:t>2. активизировать деятельность  педагогического коллектива по совершенствованию учебного процесса</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00961471" w:rsidRPr="00961471" w:rsidRDefault="00961471" w:rsidP="00961471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="007957AC" w:rsidRPr="00961471" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="00961471" w:rsidP="00961471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
-              <w:rPr>
-[...2 lines deleted...]
-            </w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
             <w:r w:rsidRPr="00961471">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>2. активизировать деятельность  педагогического коллектива по совершенствованию учебного процесса</w:t>
-[...27 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">. поиск путей оптимизации образовательной среды школы в целях обеспечения качественного образования </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1048" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Директор</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Заместители директора по УВР</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="637" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Решение педагогического совета. Протокол.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidTr="00FE2C93">
+      <w:tr w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidTr="001B35F9">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="449" w:type="pct"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Май</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1830" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">Педагогический совет </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="00ED069B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>«Результаты итогового контроля по итогам 20</w:t>
             </w:r>
+            <w:r w:rsidR="00ED069B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001867DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>-202</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED069B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001867DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> учебного года. Перевод </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001867DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>обучающихся</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001867DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в следующий класс</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>20</w:t>
-[...36 lines deleted...]
-              </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1036" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Результаты работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1048" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>администрация</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="637" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Решение педагогического совета. Протокол.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidTr="00FE2C93">
+      <w:tr w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidTr="001B35F9">
         <w:trPr>
           <w:trHeight w:val="1602"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="449" w:type="pct"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Июнь</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1830" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">Педагогический совет </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>1. «О результатах итоговой аттестации учащихся 9-х классов»</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
-[...8 lines deleted...]
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Педагогический совет</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008611C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:u w:val="single"/>
+              </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>1. «О результатах итоговой аттестации учащихся 11 «А» класса»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1036" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Определение степени подготовленности участников образовательной деятельности к ГИА и готовности выпускников к дальнейшему продолжению образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1048" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>администрация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="637" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="00FE2C93">
+          <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Решение педагогического совета. Протоколы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="007957AC">
+    <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007957AC" w:rsidRPr="001867DE" w:rsidRDefault="007957AC" w:rsidP="007957AC"/>
-[...4 lines deleted...]
-    </w:p>
+    <w:p w:rsidR="001867DE" w:rsidRPr="001867DE" w:rsidRDefault="001867DE" w:rsidP="001867DE"/>
     <w:p w:rsidR="009E3301" w:rsidRDefault="009E3301" w:rsidP="001867DE">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="009E3301" w:rsidSect="007D7B03">
+    <w:sectPr w:rsidR="009E3301">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00912EEA"/>
     <w:rsid w:val="00066E4E"/>
     <w:rsid w:val="001867DE"/>
     <w:rsid w:val="0066731D"/>
-    <w:rsid w:val="007957AC"/>
-    <w:rsid w:val="007D7B03"/>
     <w:rsid w:val="008611C4"/>
     <w:rsid w:val="00912EEA"/>
     <w:rsid w:val="00917596"/>
     <w:rsid w:val="00961471"/>
     <w:rsid w:val="009E3301"/>
     <w:rsid w:val="00B42D0E"/>
     <w:rsid w:val="00C7490B"/>
     <w:rsid w:val="00CC2D83"/>
     <w:rsid w:val="00ED069B"/>
-    <w:rsid w:val="00F93145"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -8387,64 +2373,62 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007D7B03"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009E3301"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -8665,87 +2649,87 @@
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="009E3301"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="702437591">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1107892250">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="600"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -8993,66 +2977,66 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>5954</Characters>
+  <Pages>3</Pages>
+  <Words>523</Words>
+  <Characters>2987</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>49</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>24</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6985</CharactersWithSpaces>
+  <CharactersWithSpaces>3503</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>