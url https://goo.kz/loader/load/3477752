--- v0 (2025-12-09)
+++ v1 (2026-03-05)
@@ -1,9975 +1,3088 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="0024529B" w:rsidRPr="0024529B" w:rsidRDefault="0024529B" w:rsidP="0024529B">
-[...6702 lines deleted...]
-    <w:p w:rsidR="0024529B" w:rsidRPr="00E44566" w:rsidRDefault="0024529B" w:rsidP="0024529B">
+    <w:p w:rsidR="00D849D3" w:rsidRPr="00E44566" w:rsidRDefault="00E44566" w:rsidP="00E44566">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E44566">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Утверждаю</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024529B" w:rsidRPr="00E44566" w:rsidRDefault="0024529B" w:rsidP="0024529B">
+    <w:p w:rsidR="00E44566" w:rsidRPr="00E44566" w:rsidRDefault="00E44566" w:rsidP="00E44566">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E44566">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Директор школы № 27</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024529B" w:rsidRDefault="0024529B" w:rsidP="0024529B">
+    <w:p w:rsidR="00E44566" w:rsidRDefault="00E44566" w:rsidP="00E44566">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00E44566">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+      <w:r w:rsidR="002057A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44566">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>_____________Асылов</w:t>
+        <w:t>Асылов</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44566">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ж.С.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024529B" w:rsidRDefault="0024529B" w:rsidP="0024529B">
+    <w:p w:rsidR="00F961C7" w:rsidRDefault="00F961C7" w:rsidP="00E44566">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0024529B" w:rsidRDefault="0024529B" w:rsidP="0024529B">
+    <w:p w:rsidR="00F961C7" w:rsidRDefault="00F961C7" w:rsidP="00E44566">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">План </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E44566" w:rsidRDefault="00F961C7" w:rsidP="00F961C7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">План </w:t>
+        <w:t>работы методического совета на 20</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidR="00021DFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>20-2021</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>работы методического совета на 2020-2021 учебный год</w:t>
+        <w:t xml:space="preserve"> учебный год</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4992" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="4612"/>
         <w:gridCol w:w="1984"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1485"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidTr="00553D68">
+      <w:tr w:rsidR="00F839EE" w:rsidRPr="00CB7BB8" w:rsidTr="00DE2CD3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="481" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00B7685F" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:bookmarkEnd w:id="0"/>
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00B7685F" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B7685F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Сроки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2162" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00B7685F" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00B7685F" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B7685F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Содержание деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00B7685F" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00B7685F" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B7685F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Задачи</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="731" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00B7685F" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00B7685F" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B7685F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ответственный</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="696" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00B7685F" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00B7685F" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B7685F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Итоги</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidTr="00553D68">
+      <w:tr w:rsidR="00F839EE" w:rsidRPr="00CB7BB8" w:rsidTr="00DE2CD3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="481" w:type="pct"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00DA5A8E" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00DA5A8E" w:rsidRDefault="00B7685F" w:rsidP="00315FE0">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA5A8E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Август</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2162" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Заседание 1</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1. Задачи методической работы по повышению эффективности и качества образовательной деятельности в новом 20</w:t>
             </w:r>
+            <w:r w:rsidR="00BB736F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>20-2021</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> учебном году.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.Утверждение плана методической работы школы на 20</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB736F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>20-2021</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> учебный год.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.Рассмотрение плана работы методических объединений и педагогов дополнительного образования.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4. Рассмотрение рабочих программ по учебным предметам и </w:t>
+            </w:r>
+            <w:r w:rsidR="007D345C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">элективным </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>курсам.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5. Составление перспективного плана повышения квалификации и плана аттестации педагогических кадров школы на 20</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB736F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>20-2021</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> учебный год.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6.Организация самообразовательной работы педагогических кадров над методическими темами и п</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB736F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>едагогическими проблемами в 2020-2021</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> учебном году, приведение в соответствие с педагогической проблемой школы.  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7. Ознакомление руководителей ШМО с требованиями законодательства в области качества образования.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE2CD3" w:rsidRPr="00CB7BB8" w:rsidRDefault="00DE2CD3" w:rsidP="00DE2CD3">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...31 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="003E5E51" w:rsidRPr="003E5E51">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Утверждение графика проведения СОР И СОЧ, их объём, структура и время на выполнение.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00DE2CD3" w:rsidP="00DE2CD3">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...221 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>. Организация наставничества.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.Обсудить план работы школы по основным направлениям образовательной деятельности</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.Рассмотреть рабочие программы</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="731" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">зам. директора по УВР </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="696" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Решение методического совета</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidTr="00553D68">
+      <w:tr w:rsidR="00F839EE" w:rsidRPr="00CB7BB8" w:rsidTr="00DE2CD3">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="2393"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="481" w:type="pct"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="00315FE0">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">О к т я б </w:t>
-[...20 lines deleted...]
-              </w:rPr>
+              <w:t>О к т я б р ь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2162" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.Утверждение тематики научно-исследовательских работ школьников и организация конкурса детских презентаций</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00600A10" w:rsidP="004C461D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00B7685F" w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.Мониторинг адаптационного периода</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00600A10" w:rsidP="004C461D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00B7685F" w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.Проведение школьного тура олимпиады школьников</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00600A10" w:rsidP="004C461D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00B7685F" w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E111E9">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...115 lines deleted...]
-            <w:r w:rsidRPr="00E111E9">
+            <w:r w:rsidR="00E111E9" w:rsidRPr="00E111E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Семинар: «Современные подходы к организации образовательного процесса в условиях дистанционного обучения »</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00695DB8" w:rsidP="004C461D">
             <w:pPr>
               <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="158"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00695DB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Организационные мероприятия по повышению методического уровня учителей </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="731" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>зам. директора по УВР, руководители МО</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="696" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Собеседование</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
-[...43 lines deleted...]
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>семинар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidTr="00553D68">
+      <w:tr w:rsidR="00F839EE" w:rsidRPr="00CB7BB8" w:rsidTr="00DE2CD3">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="481" w:type="pct"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="00315FE0">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">Н о я б </w:t>
-[...33 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Н о я б р ь</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2162" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Заседание 2</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0024529B" w:rsidRPr="007E5A33" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="007E5A33" w:rsidRPr="007E5A33" w:rsidRDefault="007E5A33" w:rsidP="007E5A33">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E5A33">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">1.Итоги мониторинга учебного процесса за 1-ую четверть.  </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0024529B" w:rsidRPr="007E5A33" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="007E5A33" w:rsidRPr="007E5A33" w:rsidRDefault="007E5A33" w:rsidP="007E5A33">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E5A33">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">2.Психолого-педагогическое сопровождение </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007E5A33">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>низкомотивированных</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007E5A33">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> и </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t xml:space="preserve"> и слабоуспевающих обучающихся.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007E5A33" w:rsidRPr="007E5A33" w:rsidRDefault="007E5A33" w:rsidP="007E5A33">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="007E5A33">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>слабоуспевающих</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>3. Отчет о проведении школьного тура предметных олимпиад и конкурсов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007E5A33" w:rsidRPr="007E5A33" w:rsidRDefault="007E5A33" w:rsidP="006B3A3C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="007E5A33">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> обучающихся.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="0024529B" w:rsidRPr="007E5A33" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+              <w:t xml:space="preserve">4.Планирование и рекомендации по разработке учебных, учебно-методических, дидактических пособий (в том числе и на электронных носителях).  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007E5A33" w:rsidRPr="007E5A33" w:rsidRDefault="006B3A3C" w:rsidP="007E5A33">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007E5A33">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>3. Отчет о проведении школьного тура предметных олимпиад и конкурсов</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="0024529B" w:rsidRPr="007E5A33" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="007E5A33" w:rsidRPr="007E5A33">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>. Работа методических служб школы по подготовке к ГИА (экспертиза тестов)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="006B3A3C" w:rsidP="007E5A33">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="007E5A33">
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="007E5A33" w:rsidRPr="007E5A33">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">4.Планирование и рекомендации по разработке учебных, учебно-методических, дидактических пособий (в том числе и на электронных носителях).  </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="0024529B" w:rsidRPr="007E5A33" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+              <w:t>. Классно-обобщающий контроль в 5-ом, 10-ом классах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="930" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Создание организационно-содержательных условий для обеспечения успешной адаптации</w:t>
+            </w:r>
+            <w:r w:rsidR="00201C74">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и коррекции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="731" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...24 lines deleted...]
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>зам. директора по УВР, руководители МО, Учителя-предметники</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...83 lines deleted...]
-            </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">педагог-психолог </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="696" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Протокол заседания методического совета</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidTr="00553D68">
+      <w:tr w:rsidR="00F839EE" w:rsidRPr="00CB7BB8" w:rsidTr="00DE2CD3">
         <w:trPr>
           <w:trHeight w:val="3293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="481" w:type="pct"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="005616AB">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Д е к а б </w:t>
-[...33 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Д е к а б р ь</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2162" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.Индивидуальные консультации по проектно-исследовательской деятельности учителей и обучающихся к фестивалю науки и творчества.</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> Заседание 3</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>1.Анализ результатов 1 полугодия.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidR="00931CD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Анализ результатов 1 полугодия.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00931CD8" w:rsidP="00931CD8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CB7BB8">
+            <w:r w:rsidR="00B7685F" w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Итоги проверки качества гуманитарного и филологического образования в школе.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3. Итоги работы школы по реализации за 1 полугодие ГОСО.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>4.Организация работы методических объединений на 2 полугодие</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+              <w:t>4.</w:t>
+            </w:r>
+            <w:r w:rsidR="006B3A3C" w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Организация работы методических объединений на 2 полугодие</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="006B3A3C" w:rsidP="004C461D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CB7BB8">
+            <w:r w:rsidR="00B7685F" w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.Утверждение графика предметных недель на 2 полугодие</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="006B3A3C" w:rsidP="004C461D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CB7BB8">
+            <w:r w:rsidR="00B7685F" w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Организация работы по курсовой подготовке и аттестации учителей на 2 полугодие</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="006B3A3C" w:rsidP="004C461D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CB7BB8">
+            <w:r w:rsidR="00B7685F" w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">. Анализ результатов </w:t>
             </w:r>
+            <w:r w:rsidR="008B2592">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>предме</w:t>
+            </w:r>
+            <w:r w:rsidR="001A259C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r w:rsidR="008B2592">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ной</w:t>
+            </w:r>
+            <w:r w:rsidR="00B7685F" w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> олимпиады школьников</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="006B3A3C" w:rsidP="004C461D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>предметной</w:t>
-[...10 lines deleted...]
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00B7685F" w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. Анализ работы школы по информатизации за 1 полугодие.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="008B2592">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...25 lines deleted...]
-            </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">10. Подготовка к </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="008B2592">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ГИА</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
-[...33 lines deleted...]
-              <w:t xml:space="preserve"> работы за 1 полугодие</w:t>
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Обсудить план работы школы по основным направлениям деятельности образовательного процесса на 2 полугодие, подвести результаты работы за 1 полугодие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="731" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>зам. директора по УВР, руководители МО, администрация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="696" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Справки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidTr="00553D68">
+      <w:tr w:rsidR="00F839EE" w:rsidRPr="00CB7BB8" w:rsidTr="00DE2CD3">
         <w:trPr>
           <w:trHeight w:val="979"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="481" w:type="pct"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="00315FE0">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Я </w:t>
-[...53 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Я н в а р ь</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2162" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Индивидуальные консультации по проектно-исследовательской деятельности учителей к фестивалю науки и творчества  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Практические рекомендации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="731" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>зам. директора по УВР, руководители МО</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="696" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Собеседование</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidTr="00553D68">
+      <w:tr w:rsidR="00F839EE" w:rsidRPr="00CB7BB8" w:rsidTr="00DE2CD3">
         <w:trPr>
           <w:trHeight w:val="1266"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="481" w:type="pct"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="00315FE0">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ф е в </w:t>
-[...33 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Ф е в р а л ь</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2162" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1 Методическая помощь участникам профессиональных конкурсов.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Заседание 4.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.Анализ деятельности методических служб ОО по подготовке и проведению ГИА</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Пробное тестирование в 9, 11 </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...20 lines deleted...]
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+              <w:t xml:space="preserve"> классах.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2. Организация работы методических служб </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00D372E0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>школы</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> по отслеживанию качества преподавания предметов </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00D372E0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>языкового</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> цикла.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">3. Анализ использования учителями </w:t>
             </w:r>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>школы ЭОР и ЦОР в УВ</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00D372E0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Р</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4. Анализ внеурочной деятельности в начальной школе и в 5-8 классах.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Качество и результативность проведения. Участие в профессиональных конкурсах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="731" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>зам. директора по УВР, руководители МО, учителя-предметники</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="696" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Заявки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidTr="00553D68">
+      <w:tr w:rsidR="00F839EE" w:rsidRPr="00CB7BB8" w:rsidTr="00DE2CD3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="481" w:type="pct"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="00315FE0">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Март</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2162" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0024529B" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00094385" w:rsidRDefault="00B7685F" w:rsidP="00094385">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Методический семинар</w:t>
             </w:r>
-          </w:p>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">             </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="00094385">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidRPr="00094385">
+            <w:r w:rsidR="00094385" w:rsidRPr="00094385">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Пути повышения качества образования через использование современных педагогических технологий</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">» </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Заседание 5.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1.Анализ деятельности </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="006110D4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>школы</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> по совершенствованию содержания и оценки качества образования </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="006110D4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>гуманитарного</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> цикла.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2. Анализ деятельности школы по вопросу «</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Здоровьесбережение</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> – основа качества образования».</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
-[...33 lines deleted...]
-              <w:t xml:space="preserve"> работы за 3 четверть </w:t>
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Обсудить план работы школы по основным направлениям деятельности образовательной деятельности на 4 четверть, подвести результаты работы за 3 четверть </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="731" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>зам. директора по УВР, руководители МО</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="696" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Протокол</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidTr="00553D68">
+      <w:tr w:rsidR="00F839EE" w:rsidRPr="00CB7BB8" w:rsidTr="00DE2CD3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="481" w:type="pct"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="006B3A3C" w:rsidP="00315FE0">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Май</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2162" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Заседание 6.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.Итоги мониторинга учебного процесса за 3 четверть.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2. Анализ деятельности ОО по совершенствованию содержания и оценки качества образования естественно-математического цикла.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Методическое совещание</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>П</w:t>
-[...11 lines deleted...]
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+              <w:t xml:space="preserve">Повышение интеллектуального уровня обучающихся через развитие их творческих способностей» </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.Анализ работы НОУ.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.Отчет о работе методических объединений.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4.Утверждение УМК.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">5.Рассмотрение расписания ГИА. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Анализ работы МО </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="731" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>зам. директора по УВР, руководители МО, учителя-предметники</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="696" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0024529B" w:rsidRPr="00CB7BB8" w:rsidRDefault="0024529B" w:rsidP="00553D68">
+          <w:p w:rsidR="00B7685F" w:rsidRPr="00CB7BB8" w:rsidRDefault="00B7685F" w:rsidP="004C461D">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Отчет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0024529B" w:rsidRPr="00E44566" w:rsidRDefault="0024529B" w:rsidP="0024529B">
-[...9 lines deleted...]
-    </w:p>
     <w:p w:rsidR="00F961C7" w:rsidRPr="00E44566" w:rsidRDefault="00F961C7" w:rsidP="00F961C7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00F961C7" w:rsidRPr="00E44566" w:rsidSect="008C0849">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="22043C09"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="04190001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00204768"/>
     <w:rsid w:val="00021DFC"/>
     <w:rsid w:val="00057245"/>
     <w:rsid w:val="00094385"/>
     <w:rsid w:val="000E34B5"/>
     <w:rsid w:val="00133E7B"/>
     <w:rsid w:val="001A259C"/>
     <w:rsid w:val="001D3295"/>
     <w:rsid w:val="00201C74"/>
     <w:rsid w:val="00204768"/>
     <w:rsid w:val="002057A2"/>
-    <w:rsid w:val="0024529B"/>
-    <w:rsid w:val="00275F78"/>
     <w:rsid w:val="00315FE0"/>
     <w:rsid w:val="003A213F"/>
     <w:rsid w:val="003A6453"/>
     <w:rsid w:val="003E5E51"/>
     <w:rsid w:val="005616AB"/>
     <w:rsid w:val="005E0231"/>
     <w:rsid w:val="00600A10"/>
     <w:rsid w:val="006110D4"/>
     <w:rsid w:val="00695DB8"/>
     <w:rsid w:val="006B3A3C"/>
     <w:rsid w:val="006C090E"/>
     <w:rsid w:val="00725AE2"/>
     <w:rsid w:val="007D345C"/>
     <w:rsid w:val="007E098E"/>
     <w:rsid w:val="007E5A33"/>
-    <w:rsid w:val="0081682F"/>
     <w:rsid w:val="0085669E"/>
     <w:rsid w:val="008657A4"/>
     <w:rsid w:val="008A5184"/>
     <w:rsid w:val="008B2592"/>
     <w:rsid w:val="008C0849"/>
     <w:rsid w:val="008E1B88"/>
     <w:rsid w:val="00931CD8"/>
     <w:rsid w:val="009964B4"/>
     <w:rsid w:val="009E3F31"/>
     <w:rsid w:val="00A668DC"/>
     <w:rsid w:val="00AC1D78"/>
-    <w:rsid w:val="00AD5A76"/>
     <w:rsid w:val="00B7685F"/>
     <w:rsid w:val="00BB736F"/>
     <w:rsid w:val="00C134A2"/>
     <w:rsid w:val="00CA0FEC"/>
     <w:rsid w:val="00D372E0"/>
     <w:rsid w:val="00DA5A8E"/>
     <w:rsid w:val="00DE2CD3"/>
     <w:rsid w:val="00E111E9"/>
     <w:rsid w:val="00E44566"/>
     <w:rsid w:val="00F82AC0"/>
     <w:rsid w:val="00F839EE"/>
     <w:rsid w:val="00F961C7"/>
     <w:rsid w:val="00FF6356"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -10084,64 +3197,62 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00AD5A76"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:rsid w:val="003A213F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
@@ -10473,59 +3584,59 @@
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003A213F"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10789,66 +3900,66 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4CA9A694-875F-4089-848F-0017345D7851}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>8840</Characters>
+  <Pages>3</Pages>
+  <Words>775</Words>
+  <Characters>4418</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>73</Lines>
-  <Paragraphs>20</Paragraphs>
+  <Lines>36</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10370</CharactersWithSpaces>
+  <CharactersWithSpaces>5183</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Искакова</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>