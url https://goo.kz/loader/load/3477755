--- v0 (2025-12-06)
+++ v1 (2026-03-05)
@@ -1,5161 +1,2102 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00A34970" w:rsidRPr="00A34970" w:rsidRDefault="00A34970" w:rsidP="00A34970">
+    <w:p w:rsidR="00280544" w:rsidRPr="00E44566" w:rsidRDefault="00280544" w:rsidP="00280544">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00E44566">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Утверждаю</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00280544" w:rsidRPr="00E44566" w:rsidRDefault="009E4CC7" w:rsidP="00280544">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A34970">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Бекітемін</w:t>
+        <w:t>И.о</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. д</w:t>
+      </w:r>
+      <w:r w:rsidR="00280544" w:rsidRPr="00E44566">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>иректор</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00280544" w:rsidRPr="00E44566">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> школы № 27</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00A34970" w:rsidRPr="00A34970" w:rsidRDefault="00A34970" w:rsidP="00A34970">
+    <w:p w:rsidR="00280544" w:rsidRDefault="00280544" w:rsidP="00280544">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A34970">
+      <w:r w:rsidRPr="00E44566">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">№ 27 </w:t>
+        <w:t>_____________</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A34970">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>мектеп</w:t>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00A34970">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009E4CC7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Бергузинова</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A34970">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009E4CC7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>директорының</w:t>
+        <w:t xml:space="preserve"> Г.Ж</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00A34970">
+      <w:r w:rsidRPr="00E44566">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> м. а.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D849D3" w:rsidRDefault="00A34970" w:rsidP="00A34970">
-[...136 lines deleted...]
-    <w:p w:rsidR="00A34970" w:rsidRPr="00A34970" w:rsidRDefault="00A34970" w:rsidP="00A34970">
+    <w:p w:rsidR="00D849D3" w:rsidRDefault="008D2722"/>
+    <w:p w:rsidR="00C7696E" w:rsidRDefault="00280544" w:rsidP="00C7696E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A34970">
+      <w:r w:rsidRPr="00C7696E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Жоспары</w:t>
+        <w:t xml:space="preserve">План </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00476DD2" w:rsidRDefault="00476DD2" w:rsidP="00A34970">
+    <w:p w:rsidR="00280544" w:rsidRPr="00C7696E" w:rsidRDefault="00280544" w:rsidP="00C7696E">
       <w:pPr>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00C7696E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>работы</w:t>
+      </w:r>
+      <w:r w:rsidR="00476DD2" w:rsidRPr="00C7696E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с руководителями </w:t>
+      </w:r>
+      <w:r w:rsidR="00C7696E" w:rsidRPr="00C7696E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>МО</w:t>
+      </w:r>
+      <w:r w:rsidR="00C7696E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на 20</w:t>
+      </w:r>
+      <w:r w:rsidR="009E4CC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>20-2021</w:t>
+      </w:r>
+      <w:r w:rsidR="00C7696E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебный год</w:t>
+      </w:r>
     </w:p>
+    <w:p w:rsidR="00476DD2" w:rsidRDefault="00476DD2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4874" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="958"/>
         <w:gridCol w:w="3686"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="2072"/>
         <w:gridCol w:w="1429"/>
       </w:tblGrid>
       <w:tr w:rsidR="00865135" w:rsidRPr="00CB7BB8" w:rsidTr="00CA7C4D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="460" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00A34970" w:rsidP="00AB6B56">
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00AB6B56">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A34970">
+            <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Мерзі</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00A34970">
+              <w:t>Сроки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1770" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00CA7C4D">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>м</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00A34970">
+              <w:t>Содержание деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1089" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00AB6B56">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>і</w:t>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00A34970">
+              <w:t>Задачи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="995" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00AB6B56">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Қызмет</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00A34970">
+              <w:t>Ответственный</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00AB6B56">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...92 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Итоги</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00865135" w:rsidRPr="00CB7BB8" w:rsidTr="00CA7C4D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="460" w:type="pct"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="00BB7698" w:rsidRPr="00A34970" w:rsidRDefault="00A34970" w:rsidP="00CA7C4D">
+          <w:p w:rsidR="00BB7698" w:rsidRPr="0054646F" w:rsidRDefault="00BB7698" w:rsidP="00CA7C4D">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0054646F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Тамыз</w:t>
+              </w:rPr>
+              <w:t>Август</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1770" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00A34970" w:rsidRPr="00A34970" w:rsidRDefault="00A34970" w:rsidP="00A34970">
-[...183 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00CA7C4D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.Рассмотрение плана работы МО на новый учебный год</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00CA7C4D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.Собеседование «Единый орфографический режим по ведению документации»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00CA7C4D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3. Рассмотрение   рабочих программ по учебным предметам и курсам</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1089" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00A34970" w:rsidP="00637533">
-[...143 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00637533">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оказание методической помощи руководителям МО в составлении плана работы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="995" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00A34970" w:rsidP="00CA7C4D">
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00CA7C4D">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...44 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>зам. директора по УВР</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00CA7C4D">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="686" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00A34970" w:rsidP="00CA7C4D">
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00CA7C4D">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...44 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>План работы МО</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00865135" w:rsidRPr="00CB7BB8" w:rsidTr="00CA7C4D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="460" w:type="pct"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BB7698" w:rsidRPr="00A34970" w:rsidRDefault="00A34970" w:rsidP="00CA7C4D">
+          <w:p w:rsidR="00BB7698" w:rsidRPr="001627F6" w:rsidRDefault="00BB7698" w:rsidP="00CA7C4D">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Қыркүйек</w:t>
+              </w:rPr>
+              <w:t>Сентябрь</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00CA7C4D">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1770" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00A34970" w:rsidRPr="00A34970" w:rsidRDefault="00A34970" w:rsidP="00A34970">
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00CA7C4D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A34970">
+            <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t xml:space="preserve">1.Кеңес </w:t>
-[...48 lines deleted...]
-              <w:t>оқ</w:t>
+              <w:t>1.Совещание.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00CA7C4D">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Преемственность в обучении </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00A34970">
-[...7 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>обучающихся</w:t>
+            </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00A34970">
-[...1012 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 класса.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00CA7C4D">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Работа с одаренными детьми и обучающимися, имеющими низкую учебную мотивацию.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00CA7C4D">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Утверждение тем проектно-исследовательской деятельности учителей.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB7698" w:rsidRDefault="00BB7698" w:rsidP="00CA7C4D">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Утверждение тем по самообразованию.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002F2D8C" w:rsidRPr="002F2D8C" w:rsidRDefault="002F2D8C" w:rsidP="00CA7C4D">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F2D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Методический час: «Проблемы организации дистанционного обучения и пути их решения»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00CA7C4D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.Проверка планов МО.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00CA7C4D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.Утверждение сроков проведения открытых уроков и внеклассных мероприятий</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00CA7C4D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4. Составление базы данных по методической копилке учителей</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1089" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00A34970" w:rsidRPr="00A34970" w:rsidRDefault="00A34970" w:rsidP="00A34970">
-[...228 lines deleted...]
-          </w:p>
           <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00637533">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Совершенствование работы МО</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00637533">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00637533">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00637533">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00637533">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00637533">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00637533">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00637533">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00637533">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00637533">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00637533">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00637533">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Полнота и качество плана работы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00637533">
+            <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="995" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00A34970" w:rsidP="00A34970">
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00CA7C4D">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...79 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>зам. директора по УВР, руководители МО</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00CA7C4D">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="686" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00A34970" w:rsidP="00CA7C4D">
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00CA7C4D">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...26 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>собеседование</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A34970" w:rsidRPr="00CB7BB8" w:rsidTr="00CA7C4D">
+      <w:tr w:rsidR="00865135" w:rsidRPr="00CB7BB8" w:rsidTr="00CA7C4D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="460" w:type="pct"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="00A34970" w:rsidRPr="00A34970" w:rsidRDefault="00A34970" w:rsidP="00CA7C4D">
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00F936C2" w:rsidRDefault="00BB7698" w:rsidP="00CA7C4D">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F936C2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>желтоқсан</w:t>
+              </w:rPr>
+              <w:t>Декабрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1770" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A34970" w:rsidRPr="00A34970" w:rsidRDefault="00A34970" w:rsidP="00A34970">
-[...56 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00CA7C4D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.Проведение заседаний МО</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00CA7C4D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2. Совещание по итогам 1 полугодия</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00CA7C4D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.Согласование плана работы на 2 полугодие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1089" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00637533">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00A34970">
-[...5 lines deleted...]
-              <w:t>жартыжылды</w:t>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>подвести результаты</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00A34970">
-[...268 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> работы за 1 полугодие,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00637533">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>план работы на 2 полугодие</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="995" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00A34970" w:rsidRDefault="00A34970">
-[...80 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00CA7C4D">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>зам. директора по УВР, руководители МО</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="686" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00A34970" w:rsidRDefault="00A34970">
-[...42 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00CA7C4D">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Собеседование</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A34970" w:rsidRPr="00CB7BB8" w:rsidTr="00CA7C4D">
+      <w:tr w:rsidR="00865135" w:rsidRPr="00CB7BB8" w:rsidTr="00CA7C4D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="460" w:type="pct"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="00A34970" w:rsidRPr="00A34970" w:rsidRDefault="00A34970" w:rsidP="00CA7C4D">
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00FE71C5" w:rsidRDefault="00BB7698" w:rsidP="00CA7C4D">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE71C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-              <w:t>Қаңтар</w:t>
+              </w:rPr>
+              <w:t>Январь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1770" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00A34970" w:rsidRPr="00A34970" w:rsidRDefault="00A34970" w:rsidP="00A34970">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CA7C4D" w:rsidRDefault="003E49D9" w:rsidP="003E49D9">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="35"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB7698" w:rsidRPr="00CA7C4D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Подготовка к защите научных проектов.           </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                             </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB7698" w:rsidRPr="00CA7C4D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB5B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB7698" w:rsidRPr="00CA7C4D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Подготовка к предметной неделе химии и биологии</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA7C4D" w:rsidRPr="00CA7C4D" w:rsidRDefault="00CA7C4D" w:rsidP="00AB5B50">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1089" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00A34970" w:rsidRPr="00A34970" w:rsidRDefault="00A34970">
-[...40 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00637533">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Качество и результативность проведения</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="995" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00A34970" w:rsidRDefault="00A34970">
-[...80 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00CA7C4D">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>зам. директора по УВР, руководители МО</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="686" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00A34970" w:rsidRDefault="00A34970">
-[...50 lines deleted...]
-              <w:t>, анықтама</w:t>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00CA7C4D">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Собеседование, справка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A34970" w:rsidRPr="00CB7BB8" w:rsidTr="00CA7C4D">
+      <w:tr w:rsidR="00865135" w:rsidRPr="00CB7BB8" w:rsidTr="00CA7C4D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="460" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="00A34970" w:rsidRPr="00AD7D93" w:rsidRDefault="00AD7D93" w:rsidP="00CA7C4D">
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00B47A3D" w:rsidRDefault="00BB7698" w:rsidP="00CA7C4D">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47A3D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Наурыз</w:t>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Март</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1770" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00A34970" w:rsidRPr="00A34970" w:rsidRDefault="00A34970" w:rsidP="00A34970">
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00CA7C4D">
             <w:pPr>
               <w:pStyle w:val="2"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A34970">
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t xml:space="preserve">1.Кеңес </w:t>
-[...24 lines deleted...]
-          <w:p w:rsidR="00A34970" w:rsidRPr="00A34970" w:rsidRDefault="00A34970" w:rsidP="00A34970">
+              <w:t>Совещание.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00CA7C4D">
             <w:pPr>
               <w:pStyle w:val="2"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A34970">
-[...170 lines deleted...]
-          <w:p w:rsidR="00A34970" w:rsidRPr="00CB7BB8" w:rsidRDefault="00A34970" w:rsidP="00A34970">
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1. Ознакомление руководителей МО с Порядком проведения ГИА для обучающихся 9, 11 классов.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00CA7C4D">
             <w:pPr>
               <w:pStyle w:val="2"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A34970">
-[...185 lines deleted...]
-              <w:t>»</w:t>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Качество подготовки к ГИА с учетом индивидуальных особенностей обучающихся»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1089" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00A34970" w:rsidRPr="00A34970" w:rsidRDefault="00A34970">
-[...40 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00637533">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Качество и результативность проведения</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="995" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00A34970" w:rsidRDefault="00A34970">
-[...80 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00CA7C4D">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>зам. директора по УВР, руководители МО, учителя-предметники</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00CA7C4D">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="686" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00A34970" w:rsidRPr="00CB7BB8" w:rsidRDefault="00A34970" w:rsidP="00CA7C4D">
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00CA7C4D">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...26 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Выводы и предложения</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A34970" w:rsidRPr="00CB7BB8" w:rsidTr="00CA7C4D">
+      <w:tr w:rsidR="00865135" w:rsidRPr="00CB7BB8" w:rsidTr="00CA7C4D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="460" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="00A34970" w:rsidRDefault="00AD7D93" w:rsidP="00CA7C4D">
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00905493" w:rsidRDefault="00BB7698" w:rsidP="00CA7C4D">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00905493">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...16 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+              <w:t>Апрель</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1770" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00A34970" w:rsidRPr="00A34970" w:rsidRDefault="00A34970" w:rsidP="00A34970">
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00CA7C4D">
             <w:pPr>
               <w:pStyle w:val="2"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A34970">
-[...25 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.Отчет руководителей МО о проведении предметной недели</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="009E4CC7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.Методическое совещание</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Повышение интеллектуального уровня </w:t>
+            </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00A34970">
-[...5 lines deleted...]
-              <w:t>п</w:t>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>обучающихся</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00A34970">
-[...262 lines deleted...]
-            <w:r w:rsidRPr="00A34970">
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> через </w:t>
+            </w:r>
+            <w:r w:rsidR="009E4CC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>реализацию ГОСО</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1089" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00A34970" w:rsidRPr="00CB7BB8" w:rsidRDefault="00AD7D93" w:rsidP="00637533">
-[...91 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00637533">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Качество проведения внеклассных мероприятий</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="995" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00A34970" w:rsidRDefault="00A34970">
-[...80 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00CA7C4D">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Руководители МО</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="686" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00A34970" w:rsidRPr="00CB7BB8" w:rsidRDefault="00AD7D93" w:rsidP="00CA7C4D">
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00CA7C4D">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...35 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Отчет руководителей МО</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A34970" w:rsidRPr="00CB7BB8" w:rsidTr="00CA7C4D">
+      <w:tr w:rsidR="00865135" w:rsidRPr="00CB7BB8" w:rsidTr="00CA7C4D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="460" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="00A34970" w:rsidRPr="00AD7D93" w:rsidRDefault="00AD7D93" w:rsidP="00CA7C4D">
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00905493" w:rsidRDefault="00BB7698" w:rsidP="00CA7C4D">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00905493">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Мамыр</w:t>
+              </w:rPr>
+              <w:t>Май</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1770" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD7D93" w:rsidRPr="00AD7D93" w:rsidRDefault="00AD7D93" w:rsidP="00AD7D93">
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00CA7C4D">
             <w:pPr>
               <w:pStyle w:val="2"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00AD7D93" w:rsidRPr="00AD7D93" w:rsidRDefault="00AD7D93" w:rsidP="00AD7D93">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.Отчет руководителей МО о выполнении учебных программ за год.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00CA7C4D">
             <w:pPr>
               <w:pStyle w:val="2"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00AD7D93" w:rsidRPr="00AD7D93" w:rsidRDefault="00AD7D93" w:rsidP="00AD7D93">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.Отчет руководителей МО. Анализ работы МО за год.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00CA7C4D">
             <w:pPr>
               <w:pStyle w:val="2"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00AD7D93">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB7BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-          <w:p w:rsidR="00A34970" w:rsidRPr="00CB7BB8" w:rsidRDefault="00AD7D93" w:rsidP="00AD7D93">
+              </w:rPr>
+              <w:t>Собеседование.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Задачи и план работы МО на следующий учебный год.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00CA7C4D">
             <w:pPr>
               <w:pStyle w:val="2"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AD7D93">
-[...77 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.Отчет о работе с молодыми специалистами.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1089" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00A34970" w:rsidRPr="00CB7BB8" w:rsidRDefault="00AD7D93" w:rsidP="00637533">
-[...197 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00637533">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Анализ методической работы и предварительный план на следующий учебный год</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="995" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00A34970" w:rsidRDefault="00A34970">
-[...80 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00CA7C4D">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>зам. директора по УВР, руководители МО</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="686" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00A34970" w:rsidRPr="00AD7D93" w:rsidRDefault="00AD7D93" w:rsidP="00CA7C4D">
+          <w:p w:rsidR="00BB7698" w:rsidRPr="00CB7BB8" w:rsidRDefault="00BB7698" w:rsidP="00CA7C4D">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-              <w:t>есеп</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB7BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>отчет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00476DD2" w:rsidRDefault="00476DD2" w:rsidP="00CA7C4D">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00476DD2" w:rsidSect="00865135">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="22043C09"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="04190001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="60FA341C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B8148D94"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
@@ -5231,121 +2172,123 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008D72E9"/>
     <w:rsid w:val="001627F6"/>
     <w:rsid w:val="00280544"/>
     <w:rsid w:val="002A2C43"/>
     <w:rsid w:val="002F2D8C"/>
     <w:rsid w:val="003A6453"/>
     <w:rsid w:val="003E49D9"/>
     <w:rsid w:val="003F5D66"/>
     <w:rsid w:val="0046678C"/>
     <w:rsid w:val="00476DD2"/>
     <w:rsid w:val="0054646F"/>
     <w:rsid w:val="005A15C6"/>
     <w:rsid w:val="00637533"/>
     <w:rsid w:val="006F1956"/>
     <w:rsid w:val="00725AE2"/>
     <w:rsid w:val="0075747B"/>
     <w:rsid w:val="00865135"/>
     <w:rsid w:val="008D2722"/>
     <w:rsid w:val="008D72E9"/>
     <w:rsid w:val="00905493"/>
     <w:rsid w:val="009E4CC7"/>
-    <w:rsid w:val="00A34970"/>
     <w:rsid w:val="00AB5B50"/>
-    <w:rsid w:val="00AD7D93"/>
     <w:rsid w:val="00B47A3D"/>
     <w:rsid w:val="00BB7698"/>
     <w:rsid w:val="00C7696E"/>
     <w:rsid w:val="00CA7C4D"/>
-    <w:rsid w:val="00D80DA7"/>
     <w:rsid w:val="00D953D4"/>
     <w:rsid w:val="00DE6C7E"/>
     <w:rsid w:val="00EF035A"/>
     <w:rsid w:val="00F936C2"/>
     <w:rsid w:val="00FD13A6"/>
     <w:rsid w:val="00FE71C5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -5473,51 +2416,50 @@
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00280544"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:rsid w:val="00476DD2"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
@@ -5872,59 +2814,59 @@
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00CA7C4D"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6173,65 +3115,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>384</Words>
-  <Characters>2191</Characters>
+  <Words>371</Words>
+  <Characters>2118</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>18</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>17</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2570</CharactersWithSpaces>
+  <CharactersWithSpaces>2485</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Искакова</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>