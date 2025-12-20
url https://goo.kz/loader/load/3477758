--- v0 (2025-12-06)
+++ v1 (2025-12-20)
@@ -1,9814 +1,2836 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="009033D6" w:rsidRPr="00B95CA9" w:rsidRDefault="009033D6" w:rsidP="009033D6">
+    <w:p w:rsidR="009033D6" w:rsidRPr="00883023" w:rsidRDefault="009033D6" w:rsidP="009033D6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B95CA9">
+      <w:r w:rsidRPr="00883023">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                                                    </w:t>
-[...18 lines deleted...]
-        <w:t>ітемін</w:t>
+        <w:t xml:space="preserve">                                                                                                                                                           Утверждаю</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009033D6" w:rsidRPr="00B95CA9" w:rsidRDefault="00D66E60" w:rsidP="009033D6">
+    <w:p w:rsidR="009033D6" w:rsidRPr="00883023" w:rsidRDefault="009033D6" w:rsidP="009033D6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B95CA9">
+      <w:r w:rsidRPr="00883023">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
+        <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B95CA9">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883023">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Мектеп </w:t>
+        <w:t>И.о</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B95CA9">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883023">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> директор</w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> № 27</w:t>
+        <w:t xml:space="preserve"> директора  школы № 27</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00D66E60">
+    <w:p w:rsidR="009033D6" w:rsidRPr="00883023" w:rsidRDefault="009033D6" w:rsidP="009033D6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B95CA9">
+      <w:r w:rsidRPr="00883023">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                                                                                </w:t>
+        <w:t xml:space="preserve">                                                                                                                                                                   ___________   </w:t>
       </w:r>
-      <w:r w:rsidR="00D66E60" w:rsidRPr="00B95CA9">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883023">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">   ___________   </w:t>
+        <w:t>Бергузинова</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00D66E60" w:rsidRPr="00B95CA9">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883023">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Г.Ж.Бергузинова</w:t>
+        <w:t xml:space="preserve"> Г.Ж.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="009033D6">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="009033D6">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D0550C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Планирование воспитательной работы школы по формированию разносторонне развитой личности через основные виды деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="009033D6">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D0550C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(по Концепции воспитания в системе непрерывного образования  Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>, в рамках реализации плана мероприятий</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по организации разъяснения и изучения  патриотической идеи «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мәңгілік ел</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>», в рамках реализации программы «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Рухани</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00D66E60" w:rsidRPr="00B95CA9">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>жангыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="009033D6" w:rsidRPr="008F46B7" w:rsidRDefault="00CA0ADB" w:rsidP="009033D6">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidR="009033D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>2020</w:t>
+      </w:r>
+      <w:r w:rsidR="009033D6" w:rsidRPr="008F46B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -20</w:t>
+      </w:r>
+      <w:r w:rsidR="009033D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебный год</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="009033D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00044310" w:rsidRPr="00B95CA9" w:rsidRDefault="00044310" w:rsidP="00D66E60">
-[...820 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="15206" w:type="dxa"/>
+        <w:tblW w:w="15094" w:type="dxa"/>
         <w:tblInd w:w="-72" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="01E0"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2615"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2653"/>
+        <w:gridCol w:w="3057"/>
+        <w:gridCol w:w="2496"/>
+        <w:gridCol w:w="2316"/>
+        <w:gridCol w:w="2215"/>
+        <w:gridCol w:w="2496"/>
+        <w:gridCol w:w="2514"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009033D6" w:rsidRPr="00B95CA9" w:rsidTr="00527C0B">
-[...17 lines deleted...]
-                <w:szCs w:val="28"/>
+      <w:tr w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidTr="00E7680B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3057" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Направления </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2455" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:tcW w:w="2496" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Задачи</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2598" w:type="dxa"/>
-[...93 lines deleted...]
-              <w:t xml:space="preserve">Желтоқсан </w:t>
+            <w:tcW w:w="2316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2215" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2496" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Ноябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2514" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Декабрь </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009033D6" w:rsidRPr="00B95CA9" w:rsidTr="00527C0B">
-[...39 lines deleted...]
-              <w:t xml:space="preserve">1. </w:t>
+      <w:tr w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidTr="00E7680B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3057" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1. Воспитание нового казахстанского патриотизма и гражданственности, правовое воспитание.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2496" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Воспитание в духе казахстанского патриотизма</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Формирование правовой культуры, гражданского самосознания.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D50006" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Создание условий для правового всеобуча учащихся, родителей, учителей.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>День Конституции</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Урок Мира</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Мероприятия по профилактике правонарушений в рамках месячника по всеобучу</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D50006" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Утверждение совместных планов работы с заинтересованными ведомствами.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2215" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Месячник гражданского правосознания  и профилактик</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> правонарушений</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRPr="009C3EA6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2496" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Неделя изучения ПДД.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Акция «Права детей-права людей»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Акция «Детство без жестокости и насилия</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRPr="009C3EA6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2514" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>День Независимости РК</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>День Первого Президента РК</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Кл  часы «Правовая ответственность несовершеннолетних</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRPr="009C3EA6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidTr="00E7680B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3057" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Духовно-нравственное воспитание. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2496" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Формирование общечеловеческих норм гуманистической морали </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00636CD2" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Акция «Дорога в школу»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Месячник «Забота»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00636CD2" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00636CD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мероприятия       </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00636CD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00636CD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2215" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">День пожилого человека </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">День опекуна </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00636CD2" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00636CD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>рамках</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00636CD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> реализации  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2496" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">  Проведение серии классных часов «Жизненные ценности»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00636CD2" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00636CD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">программы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2514" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Акция «От сердца к сердцу» для  детей-сирот и детей   из малообеспеченных семей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00636CD2" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00636CD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:proofErr w:type="gramStart"/>
-[...15 lines deleted...]
-              <w:t>ңа</w:t>
+            <w:r w:rsidRPr="00636CD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Рухани</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B95CA9">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00636CD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B95CA9">
-[...5 lines deleted...]
-              <w:t>қазақстандық</w:t>
+            <w:r w:rsidRPr="00636CD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>жангыру</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B95CA9">
-[...1091 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="00636CD2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...158 lines deleted...]
-                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009033D6" w:rsidRPr="00B95CA9" w:rsidRDefault="00D66E60" w:rsidP="00D66E60">
-[...344 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009033D6" w:rsidRPr="00B95CA9" w:rsidTr="00527C0B">
-[...1060 lines deleted...]
-      <w:tr w:rsidR="009033D6" w:rsidRPr="00B95CA9" w:rsidTr="00527C0B">
+      <w:tr w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidTr="00E7680B">
         <w:trPr>
           <w:trHeight w:val="1688"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...497 lines deleted...]
-              <w:t>)</w:t>
+            <w:tcW w:w="3057" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">3. Национальное воспитание </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2496" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Формирование национального сознания, любви к родной земле и своему народу. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2215" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Видеоролик «Мой город Павлодар»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2496" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Посещение музеев (по графику)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2514" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Посещение музеев (по графику)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009033D6" w:rsidRPr="00B95CA9" w:rsidTr="00527C0B">
+      <w:tr w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidTr="00E7680B">
         <w:trPr>
           <w:trHeight w:val="1125"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">4. </w:t>
+            <w:tcW w:w="3057" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4. Семейное воспитание. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2496" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Передача социально-исторического опыта эмоциональных и рациональных отношений между людьми с приоритетом воспитания нравственных, духовных и гуманистических ценностей.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вовлечение родителей в учебно-воспитательный процесс </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Составление социального паспорта школы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2215" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Индивидуальные </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> онлайн </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>консультации социально-психологической службы школы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (взаимоотношения с детьми, трудные жизненные ситуации, профилактика подросткового суицида)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2496" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D2E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение 1 этапа общешкольного проекта «Яркие мгновения </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D2E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>школьной</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D2E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жизни-11»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2514" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Проведение классных родительских  собраний. Празднование Нового года.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidTr="00E7680B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3057" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5. Трудовое, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">экономическое </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и экологическое </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>воспитание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2496" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Воспитание положительного отношения к труду</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB1C27">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Воспитание этических взглядов на природу и этику отношений с ней</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Организация дежурства на 1 полугодие.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2215" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Выставка поделок «Дары осени».</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2496" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Трудовой десант «Сохраним тепло».</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2514" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Генеральные уборки в классных кабинетах.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB1C27">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Акция «</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00142C56" w:rsidRPr="00B95CA9">
-[...5 lines deleted...]
-              <w:t>Отбасылық</w:t>
+            <w:r w:rsidRPr="00FB1C27">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Құс</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00142C56" w:rsidRPr="00B95CA9">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00FB1C27">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00142C56" w:rsidRPr="00B95CA9">
-[...5 lines deleted...]
-              <w:t>тәрбие</w:t>
+            <w:r w:rsidRPr="00FB1C27">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>қанатары</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00142C56" w:rsidRPr="00B95CA9">
-[...940 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00FB1C27">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...147 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Мастерская Деда Мороза</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009033D6" w:rsidRPr="00B95CA9" w:rsidTr="00527C0B">
-[...842 lines deleted...]
-      <w:tr w:rsidR="009033D6" w:rsidRPr="00B95CA9" w:rsidTr="00527C0B">
+      <w:tr w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidTr="00E7680B">
         <w:trPr>
           <w:trHeight w:val="1125"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:tcW w:w="3057" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>6.</w:t>
-[...5 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:t>6. Поликультурное и художественно-эстетическое воспитание.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2496" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Формирование нравственно-духовных ценностей через приобщение к </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>прекрасному</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Организация работы кружков, клубов художественно-эстетического направления.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2215" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Конкурс видеопоздравлений «Любимому учителю»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2496" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Посещение музеев (по графику)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2514" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Подготовка и проведение новогодних праздников.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidTr="00E7680B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3057" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7. Интеллектуальное воспитание, воспитание информационной культуры. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2496" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Помощь в осознании учащимися своих интеллектуальных способностей.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Развитие познавательных способностей учащихся. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Участие   в   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...94 lines deleted...]
-            </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00B95CA9">
-[...5 lines deleted...]
-              <w:t>лулы</w:t>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>город</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ских</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00B95CA9">
-[...321 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Организация предметных кружков, клубов.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">областных, </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2215" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Школьный интеллектуальный марафон.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">международных, </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2496" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Неделя естественно-математического цикла </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Школьная предметная олимпиада.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Участие в городском конкурсе научных проектов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00B95CA9">
-[...5 lines deleted...]
-              <w:t>ражайлар</w:t>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>олимпиадах</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00B95CA9">
-[...184 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>, конкур</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>сах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2514" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Подготовка к участию в городской олимпиаде</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Неделя казахского, английского языка</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009033D6" w:rsidRPr="00B95CA9" w:rsidTr="00527C0B">
-[...1225 lines deleted...]
-      <w:tr w:rsidR="009033D6" w:rsidRPr="00B95CA9" w:rsidTr="00527C0B">
+      <w:tr w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidTr="00E7680B">
         <w:trPr>
           <w:trHeight w:val="1125"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...19 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3057" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8. Физическое воспитание, здоровый образ жизни. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2496" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Создание условий для физического развития ребенка.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Формирование навыков ЗОЖ у учащихся.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00527C0B" w:rsidRPr="00B95CA9">
-[...5 lines deleted...]
-              <w:t>Дене</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Челледж</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00527C0B" w:rsidRPr="00B95CA9">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Мы за ЗОЖ»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Декадник </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">болезней системы кровообращения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Декадник по профилактике </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ДД </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>травматизма.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2215" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Месячник по профилактике </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ОРВИ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Декадник отказа от употребления алкоголя </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2496" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00527C0B" w:rsidRPr="00B95CA9">
-[...5 lines deleted...]
-              <w:t>тәрбиесі</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Внутри</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>школьные</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00527C0B" w:rsidRPr="00B95CA9">
-[...21 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> соревнования по мин</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>и-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> футболу </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRPr="008F46B7" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-              <w:t>өмі</w:t>
+            <w:r w:rsidRPr="008F46B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Декадник отказа от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>курения.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F46B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Месячник </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>по профилактике ВИЧ СПИД.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Месячник по профилактике ОРВИ</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidR="00527C0B" w:rsidRPr="00B95CA9">
-[...7 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ,</w:t>
+            </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="00527C0B" w:rsidRPr="00B95CA9">
-[...1250 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> гриппа, пневмококковой инфекции </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2514" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заливка катка. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> М</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>есячник по профилактике ОР</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ВИ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D0550C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и гриппа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009033D6" w:rsidRPr="00D0550C" w:rsidRDefault="009033D6" w:rsidP="00E7680B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009033D6" w:rsidRPr="00B95CA9" w:rsidRDefault="009033D6" w:rsidP="009033D6">
+    <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="009033D6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009033D6" w:rsidRPr="00B95CA9" w:rsidRDefault="009033D6" w:rsidP="009033D6">
+    <w:p w:rsidR="009033D6" w:rsidRDefault="009033D6" w:rsidP="009033D6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B95CA9" w:rsidRPr="00B95CA9" w:rsidRDefault="00B95CA9">
-[...8 lines deleted...]
-    <w:sectPr w:rsidR="00B95CA9" w:rsidRPr="00B95CA9" w:rsidSect="009033D6">
+    <w:sectPr w:rsidR="009033D6" w:rsidSect="009033D6">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="851" w:right="1134" w:bottom="1701" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:val="fullPage" w:percent="63"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+  <w:zoom w:val="fullPage" w:percent="88"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000E32CE"/>
-    <w:rsid w:val="00044310"/>
     <w:rsid w:val="000E32CE"/>
     <w:rsid w:val="00141F05"/>
-    <w:rsid w:val="00142C56"/>
-    <w:rsid w:val="00527C0B"/>
     <w:rsid w:val="009033D6"/>
-    <w:rsid w:val="00B646E6"/>
-    <w:rsid w:val="00B95CA9"/>
     <w:rsid w:val="00CA0ADB"/>
-    <w:rsid w:val="00D66E60"/>
     <w:rsid w:val="00EA3553"/>
-    <w:rsid w:val="00ED15B5"/>
-    <w:rsid w:val="00F10F1D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4098"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -9935,51 +2957,50 @@
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="009033D6"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
@@ -10147,59 +3168,59 @@
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10443,86 +3464,70 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>3859</Characters>
+  <Pages>3</Pages>
+  <Words>680</Words>
+  <Characters>3878</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>32</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4526</CharactersWithSpaces>
+  <CharactersWithSpaces>4549</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>