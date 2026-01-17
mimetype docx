--- v0 (2025-12-05)
+++ v1 (2026-01-17)
@@ -1,6801 +1,10675 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00E455D0" w:rsidRPr="00CD7B82" w:rsidRDefault="0099212B" w:rsidP="0099212B">
-[...1 lines deleted...]
-        <w:ind w:left="-142"/>
+    <w:p w:rsidR="0097062C" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CD7B82">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00172D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">           </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E455D0" w:rsidRPr="00CD7B82">
+        <w:t>Анализ воспи</w:t>
+      </w:r>
+      <w:r w:rsidR="006054AB" w:rsidRPr="00172D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>2019-2020 оқу жылындағы № 27 ЖОББМ тәрбие жұмысын талдау.</w:t>
-[...144 lines deleted...]
-      <w:r w:rsidR="00CD7B82" w:rsidRPr="00CD7B82">
+        <w:t>тательной работы СОШ № 27 за 2019</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-20</w:t>
+      </w:r>
+      <w:r w:rsidR="006054AB" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебный год.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F38E1" w:rsidRPr="00172D46" w:rsidRDefault="008F38E1" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    В 201</w:t>
+      </w:r>
+      <w:r w:rsidR="006054AB" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-20</w:t>
+      </w:r>
+      <w:r w:rsidR="006054AB" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебном году воспитательная работа школы осуществлялась в соответствии с целями и задачами школы на этот учебный год. Вся работа была направлена повышение эффективности учебно-воспитательного процесса, основной задачей которого является формирование гармонично развитой личности</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00172D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CD7B82">
-[...7 lines deleted...]
-      <w:r w:rsidR="00CD7B82" w:rsidRPr="00CD7B82">
+      <w:r w:rsidR="007A2771" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Задачи ВР на 201</w:t>
+      </w:r>
+      <w:r w:rsidR="006054AB" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-20</w:t>
+      </w:r>
+      <w:r w:rsidR="006054AB" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебный год:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A2771" w:rsidRPr="00172D46" w:rsidRDefault="007A2771" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-      Совершенствование оздоровительной работы с учащимися и привитие навыков здорового образа жизни, развитие коммуникативных навыков и формирование методов бесконфликтного общения;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD62D5" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оддержка творческой активности учащихся во всех сферах деятельности, активизация ученического самоуправления, создание условий для развития общешкольного коллектива через  систему КТД.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A2771" w:rsidRPr="00172D46" w:rsidRDefault="007A2771" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -Развитие детской организации как основы для </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>межвозрастного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конструктивного общения, социализации, социальной адаптации, творческого развития каждого учащегося.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="007A2771" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- Совершенствование системы семейного воспитания, повышение ответственности родителей за воспитание и обучение детей, правовая и защита личности ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0454" w:rsidRPr="00CC0454" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Для решения задач при составлении плана воспитательной работы школы на 201</w:t>
+      </w:r>
+      <w:r w:rsidR="006054AB" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-20</w:t>
+      </w:r>
+      <w:r w:rsidR="006054AB" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебный год учитывались возрастные, физические и интеллектуальные возможности учащихся, а также их интересы. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0454" w:rsidRPr="00CC0454">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>План воспитательной работы школы   составлен в соответствии с Концепцией воспитания в  рамках реализации программы «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CC0454" w:rsidRPr="00CC0454">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Рухани</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CC0454" w:rsidRPr="00CC0454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CD7B82">
-[...7 lines deleted...]
-      <w:r w:rsidR="00CD7B82" w:rsidRPr="00CD7B82">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CC0454" w:rsidRPr="00CC0454">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жангыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CC0454" w:rsidRPr="00CC0454">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CC0454" w:rsidRPr="00CC0454">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CC0454" w:rsidRPr="00CC0454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CD7B82">
+      <w:r w:rsidR="00CC0454">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0454" w:rsidRPr="00CC0454">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>целью которой является формирование единого подхода к воспитанию подрастающего поколения, согласования действий и обеспечение преемственности  всех субъектов воспитательного процесса в решении задач воспитания детей и молодежи в Республике Казахстан, определение направлений воспитательной работы в соответствии с программой «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CC0454" w:rsidRPr="00CC0454">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Рухани</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CC0454" w:rsidRPr="00CC0454">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CC0454" w:rsidRPr="00CC0454">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жангыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CC0454" w:rsidRPr="00CC0454">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">». </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BD62D5" w:rsidRPr="00172D46" w:rsidRDefault="00BD62D5" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Исходя из поставленной цели воспитания и вытекающих из нее задач, в плане были определены  следующие направления воспитательной деятельности:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="003875F8" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.Гражданско-патриотическое</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD62D5" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, правовое и поликультурное воспитание.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BD62D5" w:rsidRPr="00172D46" w:rsidRDefault="00BD62D5" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.Духовно-нравственное воспитание </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BD62D5" w:rsidRPr="00172D46" w:rsidRDefault="00BD62D5" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.Семейное воспитание</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BD62D5" w:rsidRPr="00172D46" w:rsidRDefault="00BD62D5" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4.Формирование потребности в самопознании и саморазвитии личности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BD62D5" w:rsidRPr="00172D46" w:rsidRDefault="00BD62D5" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r w:rsidR="000C2841" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Формирование социально значимых и индивидуальных качеств </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C2841" w:rsidRPr="00172D46" w:rsidRDefault="000C2841" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6.Формирование коммуникативной культуры</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C2841" w:rsidRPr="00172D46" w:rsidRDefault="000C2841" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7.Экологическое воспитание</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C2841" w:rsidRPr="00172D46" w:rsidRDefault="000C2841" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8.Эстетическое воспитание</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C2841" w:rsidRPr="00172D46" w:rsidRDefault="000C2841" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9.Физическое воспитание и формирование </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>здоровьесберегающей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> среды здорового образа жизни</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="000C2841" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="0097062C" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.Трудовое и экономическое  воспитание</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="000C2841" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>11.</w:t>
+      </w:r>
+      <w:r w:rsidR="0097062C" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Профессионально-творческое  воспитание</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="000C2841" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12.Развитие  интеллектуальной культуры </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Такая структура воспитательной работы  позволяет охватить всех учащихся школы, исходя из их склонностей и интересов, способствует всестороннему развитию личности  каждого ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Основная цель работы в направлении «Школьная традиция» - сохранение и преумножение школьных традиций. Традиционно в школе проведены праздники Первого звонка, Последнего звонка, праздник осени, празднование Дня Учителя, Новогодних праздников, праздничных мероприятий, посвященных празднованию 8 марта, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Наурызмейрамы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Маевка.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0454" w:rsidRPr="00CC0454" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С целью выявления лучших классных коллективов, содействия сплочению классов, повышению эффективности их деятельности традиционно в школе</w:t>
+      </w:r>
+      <w:r w:rsidR="000C2841" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A7568" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10 лет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проводится школьный проект «Я</w:t>
+      </w:r>
+      <w:r w:rsidR="009764FE" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ркие мгновения школьной жизни». В последние 3 года этот общешкольный проект реализуется в рамках программы «</w:t>
+      </w:r>
+      <w:r w:rsidR="009764FE" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Рухани жаңғыру</w:t>
+      </w:r>
+      <w:r w:rsidR="009764FE" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Итогом проекта  является выявление лучших классных коллективов и классных руководителей. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0454" w:rsidRPr="00CC0454">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Согласно Положению планировалось проведение 3 этапов. Ввиду проведения 4 четверти в дистанционном формате, проведено 2 этапа проекта: конкурс инсценированной песни о семье  «Моя семья – моя радость», конкурс стихотворений «</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0454" w:rsidRPr="00CC0454">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сөз тілдің көркі</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0454" w:rsidRPr="00CC0454">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» классиков, мыслителей Казахстана. Конкурс агитбригад «Читать не вредно-вредно не читать»</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CC0454" w:rsidRPr="00CC0454">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CC0454" w:rsidRPr="00CC0454">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> запланированный на апрель месяц, не удалось провести. Активное участие   в проекте по итогам 2 конкурсных этапов приняли классы: 2б, 4а, 5а, 8б, 9а, 10а.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Основная     задача </w:t>
+      </w:r>
+      <w:r w:rsidR="00C254C6" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> духовно-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нравственного  воспитания учащихся - формирование у учащихся гуманистических отношений с окружающим миром, приобщение к общечеловеческим ценностям.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С целью изучения уровня воспитанности учащихся классными руководителями в сентябре месяце была проведена диагностика уровня воспитанности</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В качестве диагностика была традиционна использована методика Капустиной НП. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оценивание проводилось по 6 критериям: эрудиция, отношение к себе, отношение к прекрасному, отношение к труду, я и природа, я и общество.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В диагностике приняли участие учащиеся 1-11ых классов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F4FD2" w:rsidRPr="00172D46" w:rsidRDefault="005F4FD2" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Анализ проведенной диагностики показал, что в школе учащихся с высоким УВ-147 (20%) учащихся, с хорошим УВ -245 (34%) учащихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> со средним  УВ -324 (45%)  учащихся, с низким УВ – 9 (1,2%)учащихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F4FD2" w:rsidRPr="00172D46" w:rsidRDefault="005F4FD2" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сравнительный анализ с сентябрем 2018 года показывает, что 8% снизилось число учащихся с высоким УВ, на 2% повысилось число учащихся с хорошим УВ, на 7% повысилось число учащихся со средним.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Наибольшее число учащихся с </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>высоким</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УВ в классах</w:t>
+      </w:r>
+      <w:r w:rsidR="005F4FD2" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5303" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1а, 1б, 1в, 3б, 4а, 7</w:t>
+      </w:r>
+      <w:r w:rsidR="005F4FD2" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5303" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, 11а.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Анализ диагностики показывает, что низкие оценки у учащихся по параметрам Эрудиция, Отношение к труду</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5303" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Отношение к себе. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Анализ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">диагностики   позволяет судить о недостаточном хорошем уровне </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5303" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>форсированности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нравственных  и духовных качеств у отдельных  учащихся.  Настораживает в отдельных случаях среди подростков недоброжелательность, нетерпимость по отношению друг к другу, к людям, неумение вести себя в общественных местах, бережно относиться  к собственности, школьному имуществу.   Положительное отношение   к обществу и природе  остается примерно на одном уровне.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00155D6A" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Художественно-эстетическое направление воспитательной работы позволяет осуществлять личностно-ориентированный подход в воспитании при одновременной массовости воспитательных мероприятий и стимулировать творческие способности учащихся во всех аспектах воспитательной работы. В системе воспитательной работы школы можно выделить несколько направлений, способствующих  реализации личностно-ориентированного подхода:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006054AB" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.Ключевые творческие дела</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006054AB" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.Участие в городских конкурсах, фестивалях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006054AB" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.Организация выездных экскурсий, посещение музеев, театров, выставок.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4.Организация кружковой работы в школе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для формирования «имиджа» школы, обмена опытом, выхода учеников школы на более высокий уровень особое значение имеет участие в городских конкурсах. Ребята, которые принимают участие в этих конкурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>риобретают новые навыки и умения и получают возможность  проявить свои таланты за пределами школы, что зачастую положительно сказывается на их дальнейшем творческом росте и  позволяет выйти на более высокий уровень. Также участие детей в творческих конкурсах влияет на показатель рейтинга школы. В течение года учащиеся школы принимали участие в городских творческих конкурсах и фестивалях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Победители </w:t>
+      </w:r>
+      <w:r w:rsidR="00D85ED5" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и призеры творческих  конкурсов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D85ED5" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Участники отборочного тура национального детского песенного конкурса «Бала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D85ED5" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дауысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D85ED5" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - 2020</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5303" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D85ED5" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сильванович</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D85ED5" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Виктория и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D85ED5" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Зейнутдинова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D85ED5" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> София. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D85ED5" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кенесбаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D85ED5" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> АМ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006647B5" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="006647B5" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Победители </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">городского </w:t>
+      </w:r>
+      <w:r w:rsidR="006647B5" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">онлайн - конкурса видеороликов «Мы хотим жить под мирным небом» посвященного 75-летию Победы в ВОВ. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006647B5" w:rsidRPr="00172D46" w:rsidRDefault="006647B5" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Победители городского дистанционного конкурса чтецов «Мы едины» посвященного Дню единства народа Казахстана.  (Дипломы  2 и 3 степени).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="006647B5" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. П</w:t>
+      </w:r>
+      <w:r w:rsidR="00F57FE3" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обедители  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дистанционного </w:t>
+      </w:r>
+      <w:r w:rsidR="00F57FE3" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>городского конкурса «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мы не забудем вас, герои!</w:t>
+      </w:r>
+      <w:r w:rsidR="00F57FE3" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» в номинации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">песня </w:t>
+      </w:r>
+      <w:r w:rsidR="0097062C" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0097062C" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учащиеся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3б</w:t>
+      </w:r>
+      <w:r w:rsidR="0097062C" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5303" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="0097062C" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>класса  (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0097062C" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рук-и</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0097062C" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0097062C" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Даутекова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0097062C" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> АТ, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Грайко</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ТА</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5303" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00CD7B82" w:rsidRPr="00CD7B82">
+    </w:p>
+    <w:p w:rsidR="00DC5303" w:rsidRPr="00172D46" w:rsidRDefault="006647B5" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5303" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F57FE3" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Победители и п</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5303" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ризеры городского конкурса </w:t>
+      </w:r>
+      <w:r w:rsidR="00F57FE3" w:rsidRPr="00172D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CD7B82">
-[...84 lines deleted...]
-      <w:r w:rsidRPr="00CD7B82">
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рисунков</w:t>
+      </w:r>
+      <w:r w:rsidR="00F57FE3" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Великая Победа». </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F56AF9" w:rsidRPr="00172D46" w:rsidRDefault="00F56AF9" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6.Пебедители городского конкурса кроссвордов «Казахстан – наш общий дом». (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Смельтенко</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> София 1 место).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F56AF9" w:rsidRPr="00172D46" w:rsidRDefault="00F56AF9" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.Призеры городского конкурса рисунков, посвященного 175-летию Абая </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кунанбаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0051321D" w:rsidRPr="00172D46" w:rsidRDefault="0051321D" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8. Победители городского дистанционного конкурса «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ұлы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>еңіс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">». </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00172D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>4.Өзін</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CD7B82" w:rsidRPr="00CD7B82">
+        <w:t>По сравнению с 201</w:t>
+      </w:r>
+      <w:r w:rsidR="00F56AF9" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8-19 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учебным годом наблюдается  </w:t>
+      </w:r>
+      <w:r w:rsidR="006A6A0E" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">положительная </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>динамика   результативности участия в творческих конкурсах гор</w:t>
+      </w:r>
+      <w:r w:rsidR="00347805" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>одского и областного масштаба (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по данным рейтинга  школы: 201</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE12DF" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-201</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE12DF" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -1</w:t>
+      </w:r>
+      <w:r w:rsidR="000807E4" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> баллов</w:t>
+      </w:r>
+      <w:r w:rsidR="006A6A0E" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, 201</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE12DF" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="006A6A0E" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-20</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE12DF" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20 </w:t>
+      </w:r>
+      <w:r w:rsidR="006A6A0E" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="000807E4" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE12DF" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="006A6A0E" w:rsidRPr="00172D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CD7B82">
-[...7 lines deleted...]
-      <w:r w:rsidR="00CD7B82" w:rsidRPr="00CD7B82">
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Динамика  </w:t>
+      </w:r>
+      <w:r w:rsidR="006A6A0E" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>+</w:t>
+      </w:r>
+      <w:r w:rsidR="000807E4" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13 </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE12DF" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баллов</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BE12DF" w:rsidRPr="00172D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CD7B82">
-[...57 lines deleted...]
-      <w:r w:rsidR="00CD7B82" w:rsidRPr="00CD7B82">
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BE12DF" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Необходимо отметить</w:t>
+      </w:r>
+      <w:r w:rsidR="006A6A0E" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, что  на положительную  динамику  повлияло проведение   многочисленных конкурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="006A6A0E" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="006A6A0E" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> посвященных знаменательной дате-7</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE12DF" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5-</w:t>
+      </w:r>
+      <w:r w:rsidR="006A6A0E" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>летию Победы в ВОВ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Одним из важнейших направлений воспитательной работы  школе является </w:t>
+      </w:r>
+      <w:r w:rsidR="006A6A0E" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>гражданско-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">патриотическое воспитание. Организация и проведение мероприятий, имеющих патриотическую направленность, способствует формированию гражданской позиции, воспитывает чувство любви и уважения к своей стране, ее истории и традициям.  Работа по патриотическому воспитанию ведется согласно школьной программе патриотического воспитания.  В течение года большое внимание уделено подготовке и проведению государственных праздников. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В этом  году </w:t>
+      </w:r>
+      <w:r w:rsidR="008B657C" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  декабря </w:t>
+      </w:r>
+      <w:r w:rsidR="008B657C" w:rsidRPr="00172D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CD7B82">
-[...75 lines deleted...]
-      <w:r w:rsidR="00CD7B82" w:rsidRPr="00CD7B82">
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">прошло празднование Дня Первого Президента РК. Во всех классах прошли  тематические уроки «Президент - гарант стабильности и независимости государства». Отмечается  содержательность уроков в классах </w:t>
+      </w:r>
+      <w:r w:rsidR="006A6A0E" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="008B657C" w:rsidRPr="00172D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CD7B82">
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008B657C" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Темирбаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008B657C" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> КД</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:r w:rsidR="007B0E10" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007B0E10" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сматова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007B0E10" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ИЖ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:r w:rsidR="00395DEC" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5а </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007B0E10" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кенесбаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007B0E10" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> АМ</w:t>
+      </w:r>
+      <w:r w:rsidR="00395DEC" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В рамках празднования Дня независимости РК проведена декада независимости. В течение декады проведены классные часы «Независимость </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Казахстана-достояние</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> всего казахстанского народа». </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Большая роль в формировании гражданско-патриотических чу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вств пр</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>инадлежит ДО «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жаскыран</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>», «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> улан». В рамках празднования Дня Первого Президента, Дня единства народа Казахстана – уч</w:t>
+      </w:r>
+      <w:r w:rsidR="000E15C6" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ащихся были приняты в ряды </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="000E15C6" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ДО</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="000E15C6" w:rsidRPr="00172D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00CD7B82" w:rsidRPr="00CD7B82">
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> На сегодняшний день в рядах  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ДО  насчитывается</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="000E15C6" w:rsidRPr="00172D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CD7B82">
-[...7 lines deleted...]
-      <w:r w:rsidR="00CD7B82" w:rsidRPr="00CD7B82">
+      <w:r w:rsidR="00840086" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>230</w:t>
+      </w:r>
+      <w:r w:rsidR="00395DEC" w:rsidRPr="00172D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CD7B82">
-[...41 lines deleted...]
-      <w:r w:rsidR="00CD7B82" w:rsidRPr="00CD7B82">
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учащихся.  Сегодня стоит проблема необходимости осознания учащимися значимости вступления в </w:t>
+      </w:r>
+      <w:r w:rsidR="000E15C6" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ряды </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="000E15C6" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ДО</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="000E15C6" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Необходима планомерная</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, целенаправленная работа в данном вопросе классных руководителей совместно со старшей вожатой школы.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00395DEC" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В течение года велась совместная работа с Советом ветераном микрорайона № 4. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Уточнялись списки ветеранов войны и тружеников тыла ДОв течение года поддерживалась</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> связь с ветеранами войны и труда микрорайона. Штабом «Тимуровец»  периодически посещались квартиры ветеранов, оказывалась посильная помощь.</w:t>
+      </w:r>
+      <w:r w:rsidR="000E15C6" w:rsidRPr="00172D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CD7B82">
-[...114 lines deleted...]
-      <w:r w:rsidRPr="00CD7B82">
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Члены </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ДО</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> участвовали </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ежегодной акции «Неделя добра», проводимой Областным Дворцом школьников</w:t>
+      </w:r>
+      <w:r w:rsidR="00395DEC" w:rsidRPr="00172D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00CD7B82" w:rsidRPr="00CD7B82">
-[...24 lines deleted...]
-      <w:r w:rsidRPr="00CD7B82">
+    </w:p>
+    <w:p w:rsidR="0097062C" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Одной из важнейших работ по формированию патриотического воспитания является пропаганда и применения государственных символов. Традиционно при проведении государственных праздников, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>линеек,  посвященных началу и окончанию  учебного года учащимися школы исполняется</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> гимн РК. В течение года проведены классные часы на  тему «Символы РК», «Почести флагу и гимну». </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0454" w:rsidRPr="00CC0454" w:rsidRDefault="00CC0454" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC0454">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2020 год ознаменован знаменательным датам: 75-летие Победы в ВОВ,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC0454">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">175 лет Абаю </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CC0454">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кунанбаеву</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CC0454">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, год волонтера</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CC0454">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CC0454">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Огромная работа была проведена в рамках празднования 75-летия Победы. В рамках празднования 75-летия </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC0454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Оқушылардың рухани-адамгершілік тәрбиесінің негізгі міндеті-оқушылардың сыртқы әлеммен гуманистік қарым-қатынасын қалыптастыру, жалпыадамзаттық құндылықтармен таныстыру.   </w:t>
-[...669 lines deleted...]
-        <w:t>Құқық бұзушылық пен қылмыстың алдын алу бойынша жұмыс "кәмелетке толмағандар арасындағы құқық бұзушылықтың алдын алу және балалардың қадағалаусыз және панасыз қалуының алдын алу жөніндегі мектеп бағдарламасына"сәйкес жүргізілді.  Павлодар қ .ІІБ ЖПБ ЖПБ өкілімен бірлесіп, жоғары педагогикалық назар аударуды талап ететін оқушылар есепке қойылды, олармен жұмыс істеудің әртүрлі нысандары ұйымдастырылды.Жыл бойы құқық бұзушылықтың алдын алу жөніндегі кеңес жұмыс істеді, отырыстар тұрақты өткізіліп, нақты шешімдер қабылданды. Алдын алу кеңесі айына бір рет жүргізіледі. Үш жыл бөлінісінде құқық бұзушылықтардың профилактикасы бойынша өткізілген кеңестердің саны:</w:t>
+        <w:t xml:space="preserve">Победы в школе стартовал общешкольный проект «Факел Победы». В проекте принимали участие учащиеся 1-11 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CC0454">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>классов</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CC0454">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.У</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CC0454">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>чащиеся</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CC0454">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6-11 классов провели мероприятия в рамках проекта в дистанционном формате.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0454" w:rsidRPr="00354826" w:rsidRDefault="00CC0454" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Помимо перечисленных выше городских и областных конкурсов</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00354826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00354826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> посвященных Дню Победы,  учащиеся школы принимали в военно-спортивных эстафетах по руководством преподавателя-организатора НВП </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бабич ВФ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00354826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Наиболее важным показателем воспитательной работы является показатели профилактической деятельности, направленной на предупреждение негативных явлений в ученической среде. Вопросы работы с учащимися по правовому воспитанию находятся под постоянным контролем администрации, социально-психологической службы, института классных руководителей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006054AB" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Работа по профилактике правонарушений и преступлений велась согласно «Школьной   программе  по профилактике правонарушений среди несовершеннолетних и предупреждению детской безнадзорности и беспризорности».  Совместно с представителем ГЮП ОАП УВД г. Павлодара   ставились на учет учащиеся, требующие повышенного педагогического внимания, организовывались</w:t>
+      </w:r>
+      <w:r w:rsidR="00C25B73" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> различные формы работы с ними</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C25B73" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В течение года работал Совет по профилактике правонарушений, заседания проводились регулярно, принимались конкретные решения. </w:t>
+      </w:r>
+      <w:r w:rsidR="006054AB" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совет профилактики проводится один раз в месяц. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B65D05" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Количество проведенных Советов по профилактике правонарушений в разрезе трех лет:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
+        <w:tblStyle w:val="a5"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="829"/>
         <w:gridCol w:w="2965"/>
         <w:gridCol w:w="3402"/>
         <w:gridCol w:w="2375"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0099212B" w:rsidRPr="00CD7B82" w:rsidTr="00B4427F">
+      <w:tr w:rsidR="00354826" w:rsidRPr="00172D46" w:rsidTr="00B65D05">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="829" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0099212B" w:rsidRPr="00CD7B82" w:rsidRDefault="0099212B" w:rsidP="00B4427F">
+          <w:p w:rsidR="00B65D05" w:rsidRPr="00172D46" w:rsidRDefault="00B65D05" w:rsidP="008F38E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2965" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0099212B" w:rsidRPr="00CD7B82" w:rsidRDefault="0099212B" w:rsidP="00B4427F">
+          <w:p w:rsidR="00B65D05" w:rsidRPr="00172D46" w:rsidRDefault="00B65D05" w:rsidP="008F38E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2017-2018</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0099212B" w:rsidRPr="00CD7B82" w:rsidRDefault="0099212B" w:rsidP="00B4427F">
+          <w:p w:rsidR="00B65D05" w:rsidRPr="00172D46" w:rsidRDefault="00B65D05" w:rsidP="008F38E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2018-2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2375" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0099212B" w:rsidRPr="00CD7B82" w:rsidRDefault="0099212B" w:rsidP="00B4427F">
+          <w:p w:rsidR="00B65D05" w:rsidRPr="00172D46" w:rsidRDefault="00B65D05" w:rsidP="008F38E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2019-2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0099212B" w:rsidRPr="00CD7B82" w:rsidTr="00B4427F">
+      <w:tr w:rsidR="00354826" w:rsidRPr="00172D46" w:rsidTr="00B65D05">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="829" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0099212B" w:rsidRPr="00CD7B82" w:rsidRDefault="0099212B" w:rsidP="00B4427F">
+          <w:p w:rsidR="00B65D05" w:rsidRPr="00172D46" w:rsidRDefault="00B65D05" w:rsidP="008F38E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2965" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0099212B" w:rsidRPr="00CD7B82" w:rsidRDefault="0099212B" w:rsidP="00B4427F">
+          <w:p w:rsidR="00B65D05" w:rsidRPr="00172D46" w:rsidRDefault="00B65D05" w:rsidP="008F38E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0099212B" w:rsidRPr="00CD7B82" w:rsidRDefault="0099212B" w:rsidP="00B4427F">
+          <w:p w:rsidR="00B65D05" w:rsidRPr="00172D46" w:rsidRDefault="00B65D05" w:rsidP="008F38E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2375" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0099212B" w:rsidRPr="00CD7B82" w:rsidRDefault="0099212B" w:rsidP="00B4427F">
+          <w:p w:rsidR="00B65D05" w:rsidRPr="00172D46" w:rsidRDefault="00B65D05" w:rsidP="008F38E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0083381A" w:rsidRPr="00CD7B82" w:rsidRDefault="0083381A" w:rsidP="00E455D0">
-[...65 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00B65D05" w:rsidRPr="00172D46" w:rsidRDefault="00B65D05" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B65D05" w:rsidRPr="00172D46" w:rsidRDefault="00B65D05" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Проводимая работа по профилактике правонарушений и преступлений среди учащихся дала положительный результат. По итогам 2019 – 2020 учебного года нет преступлений среди несовершеннолетних школы.  В сравнении с прошедшими годами:</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
+        <w:tblStyle w:val="a5"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="959"/>
         <w:gridCol w:w="3826"/>
         <w:gridCol w:w="2393"/>
         <w:gridCol w:w="2393"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0099212B" w:rsidRPr="00CD7B82" w:rsidTr="00B4427F">
+      <w:tr w:rsidR="00354826" w:rsidRPr="00172D46" w:rsidTr="00B65D05">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0099212B" w:rsidRPr="00CD7B82" w:rsidRDefault="0099212B" w:rsidP="00B4427F">
+          <w:p w:rsidR="00B65D05" w:rsidRPr="00172D46" w:rsidRDefault="00B65D05" w:rsidP="008F38E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3826" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0099212B" w:rsidRPr="00CD7B82" w:rsidRDefault="0099212B" w:rsidP="00B4427F">
+          <w:p w:rsidR="00B65D05" w:rsidRPr="00172D46" w:rsidRDefault="00B65D05" w:rsidP="008F38E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2017-2018</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0099212B" w:rsidRPr="00CD7B82" w:rsidRDefault="0099212B" w:rsidP="00B4427F">
+          <w:p w:rsidR="00B65D05" w:rsidRPr="00172D46" w:rsidRDefault="00B65D05" w:rsidP="008F38E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2018-2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0099212B" w:rsidRPr="00CD7B82" w:rsidRDefault="0099212B" w:rsidP="00B4427F">
+          <w:p w:rsidR="00B65D05" w:rsidRPr="00172D46" w:rsidRDefault="00B65D05" w:rsidP="008F38E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2019-2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0099212B" w:rsidRPr="00CD7B82" w:rsidTr="00B4427F">
+      <w:tr w:rsidR="00354826" w:rsidRPr="00172D46" w:rsidTr="00B65D05">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0099212B" w:rsidRPr="00CD7B82" w:rsidRDefault="0099212B" w:rsidP="00B4427F">
+          <w:p w:rsidR="00B65D05" w:rsidRPr="00172D46" w:rsidRDefault="00B65D05" w:rsidP="008F38E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3826" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0099212B" w:rsidRPr="00CD7B82" w:rsidRDefault="0099212B" w:rsidP="00B4427F">
+          <w:p w:rsidR="00B65D05" w:rsidRPr="00172D46" w:rsidRDefault="00B65D05" w:rsidP="008F38E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0099212B" w:rsidRPr="00CD7B82" w:rsidRDefault="0099212B" w:rsidP="00B4427F">
+          <w:p w:rsidR="00B65D05" w:rsidRPr="00172D46" w:rsidRDefault="00B65D05" w:rsidP="008F38E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0099212B" w:rsidRPr="00CD7B82" w:rsidRDefault="0099212B" w:rsidP="00B4427F">
+          <w:p w:rsidR="00B65D05" w:rsidRPr="00172D46" w:rsidRDefault="00B65D05" w:rsidP="008F38E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E455D0" w:rsidRPr="00CD7B82" w:rsidRDefault="00E455D0" w:rsidP="00E455D0">
-[...16 lines deleted...]
-      <w:r w:rsidRPr="00CD7B82">
+    <w:p w:rsidR="00B65D05" w:rsidRPr="00172D46" w:rsidRDefault="00B65D05" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="001B5CD8" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  В </w:t>
+      </w:r>
+      <w:r w:rsidR="0097062C" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> течение учебного года проводились внеочередные заседания Совета профилактики по вопросам </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0097062C" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>неправоправного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0097062C" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> поведения учащихся: драки,  мелкие хулиганства, нанесение ущерба школьному имуществу, случаи ухода учащихся из дома </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отдельных учащихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Одно из направлений работы правого всеобуча - профилактика религиозного экстремизма и терроризма.     </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В целях осуществления работы по профилактике религиозного экстремизма в школе совместно с Департаментом по вопросам</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> религии разработан и утвержден план мероприятий по профилактике религиозного экстремизма. В план мероприятий вошли проведение тематических бесед на уроках  и классных часах, организация встреч с представителями заинтересованных ведомств, обсуждение материалов периодической печати и др.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">  Оқу жылы барысында оқушылардың құқықсыз мінез-құлық мәселелері бойынша алдын алу Кеңесінің кезектен тыс отырыстары өткізілді: төбелес, ұсақ бұзақылық, мектеп мүлкіне зиян келтіру, жекелеген оқушылардың үйден кету жағдайлары.</w:t>
-[...186 lines deleted...]
-        <w:t>Мектепте суицидтік мінез-құлықтың алдын алу бойынша қолданыстағы бағдарлама да оң нәтижелер берді</w:t>
+        <w:t>Библиотекарем школы ведется подборка материалов периодической печати о международной обстановке, участии народов в борьбе с религиозным экстремизмом. Данный материал используется классными руководителями при проведении классных часов и бесед.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="004A2ADA" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В 9-ых классах  ведется преподавание курса «Религиоведение»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    В школе создан банк данных на учащихся, посещающих религиозные объединения. По данным на начало сентября в школе  учащиеся из одной семьи -Волковых - систематически  посещающих религиозные объединения  Евангельские христиане  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баптисты</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.Э</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ти</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учащиеся организованы учебным процессом, принимают участие во внеклассных мероприятиях, организована их внеурочная занятость. Классными руководителями систематически  ведется индивидуальная работа  с данными учащимися. Учащихся, носящих </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>хиджаб</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, в школе нет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Учителями общественных дисциплин  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сембаевым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Е.С, Мустафиным М.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, проводятся на уроках занятия по темам: «Место и роль   религии», «Формирование толерантного сознания». Классными руководителями проводятся классные часы на тему «Религиозный экстремизм: оценка реальных угроз», «Осторожно: экстремизм». Совместно с  работниками управления по делам религий с учащимися 9-ых классов проводилась лекция «Запрещенные религиозные объединения на территории РК»</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ежегодно, 21сентбря, в школе проводится Урок мира. Цель урока - формирование у учащихся духовно-нравственных  позиций, воспитание толерантности, сохранение межнационального согласия и единства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Ежегодно, 2</w:t>
+      </w:r>
+      <w:r w:rsidR="004A2ADA" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сент</w:t>
+      </w:r>
+      <w:r w:rsidR="004A2ADA" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бря, в школе проводится Урок мира. Цель урока - формирование у учащихся духовно-нравственных  позиций, воспитание толерантности, сохранение межнационального согласия и единства. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F5BD8" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     Психолог</w:t>
+      </w:r>
+      <w:r w:rsidR="004F5BD8" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ом </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школы провод</w:t>
+      </w:r>
+      <w:r w:rsidR="004F5BD8" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">илось </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> психологическое обследование, тестирование учащихся на уровень тревожности. Центром социальной адаптации женщин среди учащихся 8-9ых классов проведена лекция «Влияние насилия на формирование личности подростка». </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В школе ведется работа по профилактике суицида среди учащихся. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Действующая в школе программа по профилактике суицидального поведения так же дала положительные результаты</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="01E0"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2392"/>
         <w:gridCol w:w="1685"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1701"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0099212B" w:rsidRPr="00CD7B82" w:rsidTr="00B4427F">
+      <w:tr w:rsidR="004F5BD8" w:rsidRPr="00172D46" w:rsidTr="00CB5F12">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2392" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0099212B" w:rsidRPr="00CD7B82" w:rsidRDefault="0099212B" w:rsidP="00B4427F">
+          <w:p w:rsidR="004F5BD8" w:rsidRPr="00172D46" w:rsidRDefault="004F5BD8" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
-[...6 lines deleted...]
-              <w:t>Оқу жылы</w:t>
+            <w:r w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Учебный год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0099212B" w:rsidRPr="00CD7B82" w:rsidRDefault="0099212B" w:rsidP="00B4427F">
+          <w:p w:rsidR="004F5BD8" w:rsidRPr="00172D46" w:rsidRDefault="004F5BD8" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
-[...5 lines deleted...]
-              <w:t>2017-2018</w:t>
+            <w:r w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>201</w:t>
+            </w:r>
+            <w:r w:rsidR="00354826" w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-201</w:t>
+            </w:r>
+            <w:r w:rsidR="00354826" w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0099212B" w:rsidRPr="00CD7B82" w:rsidRDefault="0099212B" w:rsidP="00B4427F">
+          <w:p w:rsidR="004F5BD8" w:rsidRPr="00172D46" w:rsidRDefault="004F5BD8" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
-[...5 lines deleted...]
-              <w:t>2018-2019</w:t>
+            <w:r w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>201</w:t>
+            </w:r>
+            <w:r w:rsidR="00354826" w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-201</w:t>
+            </w:r>
+            <w:r w:rsidR="00354826" w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0099212B" w:rsidRPr="00CD7B82" w:rsidRDefault="0099212B" w:rsidP="00B4427F">
+          <w:p w:rsidR="004F5BD8" w:rsidRPr="00172D46" w:rsidRDefault="004F5BD8" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
-[...5 lines deleted...]
-              <w:t>2019-2020</w:t>
+            <w:r w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>201</w:t>
+            </w:r>
+            <w:r w:rsidR="00354826" w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-20</w:t>
+            </w:r>
+            <w:r w:rsidR="00354826" w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0099212B" w:rsidRPr="00CD7B82" w:rsidRDefault="0099212B" w:rsidP="00B4427F">
+          <w:p w:rsidR="004F5BD8" w:rsidRPr="00172D46" w:rsidRDefault="004F5BD8" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0099212B" w:rsidRPr="00CD7B82" w:rsidTr="00B4427F">
+      <w:tr w:rsidR="004F5BD8" w:rsidRPr="00172D46" w:rsidTr="00CB5F12">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2392" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0099212B" w:rsidRPr="00CD7B82" w:rsidRDefault="0099212B" w:rsidP="00B4427F">
+          <w:p w:rsidR="004F5BD8" w:rsidRPr="00172D46" w:rsidRDefault="004F5BD8" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
-[...6 lines deleted...]
-              <w:t>Әрекет саны</w:t>
+            <w:r w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Количество попыток</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0099212B" w:rsidRPr="00CD7B82" w:rsidRDefault="0099212B" w:rsidP="00B4427F">
+          <w:p w:rsidR="004F5BD8" w:rsidRPr="00172D46" w:rsidRDefault="004F5BD8" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0099212B" w:rsidRPr="00CD7B82" w:rsidRDefault="0099212B" w:rsidP="00B4427F">
+          <w:p w:rsidR="004F5BD8" w:rsidRPr="00172D46" w:rsidRDefault="004F5BD8" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0099212B" w:rsidRPr="00CD7B82" w:rsidRDefault="0099212B" w:rsidP="00B4427F">
+          <w:p w:rsidR="004F5BD8" w:rsidRPr="00172D46" w:rsidRDefault="004F5BD8" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0099212B" w:rsidRPr="00CD7B82" w:rsidRDefault="0099212B" w:rsidP="00B4427F">
+          <w:p w:rsidR="004F5BD8" w:rsidRPr="00172D46" w:rsidRDefault="004F5BD8" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E455D0" w:rsidRPr="00CD7B82" w:rsidRDefault="00E455D0" w:rsidP="00E455D0">
-[...30 lines deleted...]
-        <w:t>Жол қозғалысы ережелерін зерделеу бойынша жұмыс "кәмелетке толмағандар арасындағы құқық бұзушылықтардың алдын алу және балалардың қадағалаусыз және панасыз қалуының алдын алу жөніндегі мектеп бағдарламасының"жұмыс пункттерінің бірі болып табылады. Жыл бойы балалар-жол жарақаттануының алдын алу бойынша онкүндіктер, акциялар өткізілді. 1-8 сынып сынып жетекшілері бағдарламаға сәйкес жол қозғалысы ережелері бойынша сабақтар өткізді.  Теориялық бөлімде жол ережелерін зерделеу кезінде практикалық сабақтардың санын көбейту керек, бұл оң қала жолдарындағы оқушылардың мінез-құлқына әсер етеді және жол қозғалысы ережелері мәселелерінде олардың сауаттылық деңгейін арттырады. 2 "А" сыныбының негізінде ЖЖИ жасағы жұмыс істеді.(жетекшісі Альсеитова ЛВ)</w:t>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Работа по изучению правил дорожного движения является одним из  пунктов работы «Школьной   программы  по профилактике правонарушений среди несовершеннолетних и предупреждению детской безнадзорности и беспризорности». В течение года проводились декады, акции по профилактике детско-дорожного травматизма. Классными руководителями 1-8ых классов проводились занятия по ПДД согласно программе.  При изучении правил дорожного движения в теоретической части, целесообразнее увеличить число практических занятий, что положительно </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">скажется на поведении  учащихся на дорогах города и повысит уровень их грамотности в вопросах ПДД. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На базе </w:t>
+      </w:r>
+      <w:r w:rsidR="00354826" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  «а» класса функционировал отряд ЮИД</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">руководитель </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004F5BD8" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Альсеитова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004F5BD8" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ЛВ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblInd w:w="-846" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="01E0"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2991"/>
         <w:gridCol w:w="1908"/>
         <w:gridCol w:w="1908"/>
         <w:gridCol w:w="1702"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0099212B" w:rsidRPr="00CD7B82" w:rsidTr="00B4427F">
+      <w:tr w:rsidR="00354826" w:rsidRPr="00172D46" w:rsidTr="00CB5F12">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2991" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0099212B" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
-[...6 lines deleted...]
-              <w:t>Оқу жылы</w:t>
+            <w:r w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Учебный год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1908" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0099212B" w:rsidRPr="00CD7B82" w:rsidRDefault="0099212B" w:rsidP="00B4427F">
+          <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
-[...5 lines deleted...]
-              <w:t>2017-2018</w:t>
+            <w:r w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>201</w:t>
+            </w:r>
+            <w:r w:rsidR="00354826" w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-201</w:t>
+            </w:r>
+            <w:r w:rsidR="00354826" w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1908" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0099212B" w:rsidRPr="00CD7B82" w:rsidRDefault="0099212B" w:rsidP="00B4427F">
+          <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="004F5BD8" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
-[...5 lines deleted...]
-              <w:t>2018-2019</w:t>
+            <w:r w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>201</w:t>
+            </w:r>
+            <w:r w:rsidR="00354826" w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-201</w:t>
+            </w:r>
+            <w:r w:rsidR="00354826" w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0099212B" w:rsidRPr="00CD7B82" w:rsidRDefault="0099212B" w:rsidP="00B4427F">
+          <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
-[...5 lines deleted...]
-              <w:t>2019-2020</w:t>
+            <w:r w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>201</w:t>
+            </w:r>
+            <w:r w:rsidR="00354826" w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-20</w:t>
+            </w:r>
+            <w:r w:rsidR="00354826" w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0099212B" w:rsidRPr="00CD7B82" w:rsidTr="00B4427F">
+      <w:tr w:rsidR="00354826" w:rsidRPr="00172D46" w:rsidTr="00CB5F12">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2991" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0099212B" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Балалардың қатысуымен болған ЖКО саны </w:t>
+            <w:r w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Количество ДТП с участием детей </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1908" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0099212B" w:rsidRPr="00CD7B82" w:rsidRDefault="0099212B" w:rsidP="00B4427F">
+          <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="00354826" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1908" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0099212B" w:rsidRPr="00CD7B82" w:rsidRDefault="0099212B" w:rsidP="00B4427F">
+          <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="00354826" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0099212B" w:rsidRPr="00CD7B82" w:rsidRDefault="0099212B" w:rsidP="00B4427F">
+          <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="004F5BD8" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E455D0" w:rsidRPr="00CD7B82" w:rsidRDefault="00E455D0" w:rsidP="00E455D0">
-      <w:pPr>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В новом учебном году следует обратить внимание на работу по профилактике правонарушений и сохранить положительную тенденцию – отсутствии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Одно из направлений работы по профилактике правонарушений и преступлений - организация занятости учащихся. На начало 20</w:t>
+      </w:r>
+      <w:r w:rsidR="0015686A" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>19-20</w:t>
+      </w:r>
+      <w:r w:rsidR="00E60B1E" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="0015686A" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учебного года в школе функционировало  </w:t>
+      </w:r>
+      <w:r w:rsidR="00B0393A" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00E60B1E" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кружков, клубов, спортивных секций. В них задействовано </w:t>
+      </w:r>
+      <w:r w:rsidR="00E60B1E" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">602 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учащихся, что составляет </w:t>
+      </w:r>
+      <w:r w:rsidR="00E60B1E" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>81</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> % занятых  от общего числа учащихся. Таблица </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>занятых</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по параллелям выгляд</w:t>
+      </w:r>
+      <w:r w:rsidR="00E60B1E" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ит следующим образом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E60B1E" w:rsidRPr="00172D46" w:rsidRDefault="00E60B1E" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1-4кл-423 (100%)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E60B1E" w:rsidRPr="00172D46" w:rsidRDefault="00E60B1E" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5-8кл-128(53%)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E60B1E" w:rsidRPr="00172D46" w:rsidRDefault="00E60B1E" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9-11кл-51 (51%)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Данные 201</w:t>
+      </w:r>
+      <w:r w:rsidR="00E60B1E" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-201</w:t>
+      </w:r>
+      <w:r w:rsidR="00E60B1E" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учебного года:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB5F12" w:rsidRPr="00172D46" w:rsidRDefault="00CB5F12" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1-4кл -</w:t>
+      </w:r>
+      <w:r w:rsidR="009C6D3E" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>380</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="009C6D3E" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7%)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB5F12" w:rsidRPr="00172D46" w:rsidRDefault="00CB5F12" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5-8кл-</w:t>
+      </w:r>
+      <w:r w:rsidR="009C6D3E" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>120</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="0030113E" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>50</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>%)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB5F12" w:rsidRPr="00172D46" w:rsidRDefault="00CB5F12" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9-11кл-</w:t>
+      </w:r>
+      <w:r w:rsidR="009C6D3E" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>48</w:t>
+      </w:r>
+      <w:r w:rsidR="0030113E" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">( </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009C6D3E" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>48</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>%)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Как видно из сравнительных данных, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5F12" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> наблюдается рост % </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CB5F12" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>занятыхучащихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CB5F12" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>У</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>величилось</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> число  занятых учащихся в начальном звене (с </w:t>
+      </w:r>
+      <w:r w:rsidR="0030113E" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>87</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">% до </w:t>
+      </w:r>
+      <w:r w:rsidR="0030113E" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>100</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">%), повысилось  число занятых учащихся в среднем звене (с  </w:t>
+      </w:r>
+      <w:r w:rsidR="0030113E" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>50</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">% до </w:t>
+      </w:r>
+      <w:r w:rsidR="0030113E" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>53</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">%), повысилось число занятых в старшем звене  (с </w:t>
+      </w:r>
+      <w:r w:rsidR="0030113E" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>48% до 51</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">%). Во внешкольных кружках, секциях задействовано </w:t>
+      </w:r>
+      <w:r w:rsidR="00015342" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>163</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учащихся, что составляет </w:t>
+      </w:r>
+      <w:r w:rsidR="00015342" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">34 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">% от общего число учащихся </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (201</w:t>
+      </w:r>
+      <w:r w:rsidR="0030113E" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-201</w:t>
+      </w:r>
+      <w:r w:rsidR="0030113E" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учебный год-2</w:t>
+      </w:r>
+      <w:r w:rsidR="00015342" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>%).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  На начало учебного года руководителями кружков, клубов, спортивных секций составлены планы работ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Занятия в  кружках, секциях велись согласно расписанию занятых. Анализируя деятельность кружков, спортивных секций, можно отметить положительные тенденции: удалось наладить строгое расписание внеурочной деятельности, охватить  наибольший охват детей, вся работа построена по принципу развития способностей и интересов учащихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Вместе с тем необходимо проводить работу по систематическому посещению детей кружков и спортивных секций, использованию разнообразных форм работ, массовому вовлечению учащихся занятиями во внеурочное время, результативному участию в городских конкурсах и соревнованиях. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C25B73" w:rsidRPr="00172D46" w:rsidRDefault="00C25B73" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В 201</w:t>
+      </w:r>
+      <w:r w:rsidR="000F4995" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 20</w:t>
+      </w:r>
+      <w:r w:rsidR="000F4995" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебном году социальная работа школы осуществлялась в соответствии с целями и задачами школы на этот учебный год. Социальная работа школы была направлена на достижение уставных целей, на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>выполнение задач, соответствующих  реализуемому этапу развития образовательной системы школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C25B73" w:rsidRPr="00172D46" w:rsidRDefault="00C25B73" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для решения первой задачи при составлении плана социальной работы школы учитывались возрастные, физические, интеллектуальные возможности учащихся, а так же их интересы. Были организованы 4 больших тематических консультаций для родителей  с приглашением психолога (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000F4995" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сансызбаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000F4995" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> МД</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>), врачей (врач – нарколог, представители центра ЗОЖ). Классными руководителями проведены  классные часы по следующим темам: «Вредные привычки», «Профилактика сердечно – сосудистых заболеваний», «Защити себя от туберкулеза» и т.д. Социальным педагогом школы были организованы тематические лекции по параллелям с целью формирования среди учащихся представлений о ЗОЖ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C25B73" w:rsidRPr="00172D46" w:rsidRDefault="00C25B73" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В течение учебного года велась координация деятельности всех специалистов школы по повышению успеваемости и социальной адаптации детей и подростков. Для выполнения этой цели учителями школы велся мониторинг успеваемости учащихся по четвертям; проводились дополнительные занятия </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>для</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> неуспевающих. Организованы факультативные занятия для более глубокого изучения материала по тому или иному предмету. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Классными руководителями составлены социальные карты классов с целью выявления детей из социально – незащищенных слоев. Для таких детей был создан отдельный банк данных с учетом потребностей и нужд семьи. В  2019-2020 учебном году на учете школы состояло 69 учащихся из малообеспеченных семей, что на 4 учащихся больше, чем в  2018 -2019 учебном году.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Социальным педагогом школы было организовано бесплатное горячее питание за счет фонда Всеобуча для детей из социально незащищенных семей школы. Также была оказана материальная помощь из фонда Всеобуча. За счет фонда Всеобуча  этим детям была оказана  материальная помощь в виде одежды и канцелярских товаров на сумму </w:t>
+      </w:r>
+      <w:r w:rsidR="00515C21" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">480 730 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тысяч тенге. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На эту сумму  были закуплены канцелярские товары, зимние куртки, зимняя обувь для  малообеспеченных детей. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>К сожалению, за счет спонсоров не была оказана помощь.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00515C21" w:rsidRPr="00172D46" w:rsidRDefault="00515C21" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="696"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В ходе акции на июль месяц 2019  года была  сделана заявка на канцелярские товары в ИП «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нуркаев</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» на сумму 199 530 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тенге  за счет фонда Всеобуча </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00515C21" w:rsidRPr="00172D46" w:rsidRDefault="00515C21" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CD7B82">
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">66 детям из малообеспеченных семей. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00515C21" w:rsidRPr="00172D46" w:rsidRDefault="00515C21" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В рамках акции 24 августа в здании офиса  Клуба Добряков на Луначарского 5 была оказана материальная помощь для детей из числа малообеспеченных, многодетных семей, детей-сирот и детей, оставшихся без попечения родителей спонсорами </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>которогоявлялся</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Клуб Добряков Павлодара». Спонсоры вручили рюкзаки и канцелярские наборы со всем необходимым к учебному году. Учащиеся  СОШ №27  были в том числе:  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Арыспаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Анастасия, Здор Артем, Здор Богдан, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Качулина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Виктория, Скрябина Любовь, Филина Виктория, Черных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ариана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00515C21" w:rsidRPr="00172D46" w:rsidRDefault="00515C21" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Так же </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>НаурзбекАкботе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (малообеспеченные) от Павлодарского филиала РОО «Красный полумесяц Казахстана» был выдан сертификат на сумму 15 000 тенге </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дляполучении</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> канцелярских товаров в магазине «Метро». </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00515C21" w:rsidRPr="00172D46" w:rsidRDefault="00515C21" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">В спонсорстве принял </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>участиеТОО</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кейтеринбург</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Казахстан»,  ТОО ПКФ «Атриум», ТОО «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Низкоцен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00515C21" w:rsidRPr="00172D46" w:rsidRDefault="00515C21" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>ТОО «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кейтеринбург</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Казахстан</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>казала</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> спонсорскую помощь </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>НурбекЖаркыну</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>НурбекАлижану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(малообеспеченные), Кадырову Алмазу(малообеспеченные, многодетные) каждому были куплены  рюкзак и спортивные </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кросовки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на общую сумму 25 000 тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00515C21" w:rsidRPr="00172D46" w:rsidRDefault="00515C21" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ТОО «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Низкоцен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» оказала помощь </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Шаерман</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Даше (неблагополучная), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жиляевой</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Олесе (сирота), были каждому куплены спортивные костюмы, кроссовки и школьные блузки на общую сумму 50 000 тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00515C21" w:rsidRPr="00172D46" w:rsidRDefault="00515C21" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ТОО ПКФ «Атриум» оказал помощь </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Пархачеву</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Владимиру (ОБПР) Акимовой Карине (малообеспеченные), Юсуповой Алине (ОБПР) были куплены рюкзаки, спортивные костюмы и кроссовки на общую сумму 50 000 тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дети из малообеспеченных семей  бесплатно  отдыхали в учебно-оздоровительном центре « Бал </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Жаңа оқу жылында құқық бұзушылықтың алдын алу жөніндегі жұмысқа назар аударып, оң үрдіс – болмауды сақтау керек.</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>әурен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» в зоне отдыха Черноярка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Администрацией школы и учителями были организованы учительские патрули и рейды по неблагополучным семья, семьям, где воспитывается «трудный» ребенок. Так, учительский патруль регулярно посещал квартиры таких неблагополучных семей, как </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Омурзаковых</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Петровых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...14 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  где проводились беседы профилактического характера. В школе на протяжении нескольких лет проводятся рейды с участием родителей. Родительский патруль задействован в ежедневном контроле семей, находящихся в трудной жизненной ситуации. В течение учебного года родителями посещены более 150 семей (некоторые семьи посещались неоднократно). По социальной службе также создан  информационный стенд для малообеспеченных семей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оформлены образцы заявлений, расписки, справки на предоставление гос. услуги (категория малообеспеченных). Создан журнал регистрации документации на получение категории </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>малообеспеченного</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В  2020 – 2021 учебном году социально-психологическую службу школы необходимо направить на    координацию  деятельности всех специалистов школы по повышению успеваемости и социальной адаптации детей и подростков, профилактику  правонарушений среди подростков, организацию целевого досуга у учащихся, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>психолого</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – педагогическое сопровождение учащихся, состоящих на ВШК, социально – информационная помощь, направленная на обеспечение детей информацией по вопросам социальной защиты.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="141" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Школа и семья – два важнейших воспитательно-образовательных института, которые изначально призваны дополнять друг друга и взаимодействовать между собой. С этой целью в школе  ведется большая работа с родителями и лицами их заменяющими. Она традиционно строится на 3-х уровнях: общешкольном, классном, индивидуальном. Система </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>жұмыс істеді. Оған 602 оқушы тартылған, бұл оқушылардың жалпы санының 81% - ын құрайды. Параллельдер бойынша бос емес кесте келесідей:</w:t>
-[...222 lines deleted...]
-      <w:r w:rsidRPr="00CD7B82">
+        <w:t>педагогического просвещения родителей предлагает не только участие в работе родительского лектория, но и практические занятия по разбору сложных ситуаций в семейной жизни, в отношениях учитель-ученик-родитель. В данном вопросе велась  работа  школьным  психологом, социальным  педагогом. Работа с родителями осуществлялась с представителями заинтересованных ведомств:</w:t>
+      </w:r>
+      <w:r w:rsidR="00515C21" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>КГУ «Павлодарский городской центр социально-психологической реабилитации и адаптации женщин»</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аботники поликлиники № 5, центра ЗОЖ, ОЦЛЗЗ,   работники ОДН г. Павлодара. На общешкольном родительском </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лекториях</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выступали представители КГЦ« Павлодарский городской центр для женщин»  Для родителей были проведены лекции на темы «Профилактика суицида», «Партнерство семьи и школы укрепление психологического здоровья детей».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Одной из составляющих частей взаимодействия педагогов и родителей является корректирование семейного воспитания. С этой целью проводились рейды - посещение неблагополучных семей, индивидуальные и групповые беседы, «День правовых знаний для родителей», «День Семьи».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Вместе с тем в вопросах работы с родителями по-прежнему остаются следующие проблемы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- низкий уровень посещаемости родительских собраний в   классах старшего звена</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- слабая активность родителей среднего и старшего звена  в школьной жизни;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- отсутствие заинтересованности и активного желания взаимодействовать со школой отдельных родителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Трудовое воспитание и работа по профориентации учащихся являются одним из приоритетных направлений школы. Основная цель – воспитание у учащихся потребности трудиться.  В течение года  в школе были проведены  акция  « </w:t>
+      </w:r>
+      <w:r w:rsidR="00921078" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Школьный двор-территория </w:t>
+      </w:r>
+      <w:r w:rsidR="00354826" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>чистоты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">»,   «чистые </w:t>
+      </w:r>
+      <w:r w:rsidR="00354826" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пятницы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», генеральные уборки, дежурство по школе. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="00354826" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0097062C" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для формирования профессиональной ориентации выпускников используются различные формы профессионального просвещения:  диагностика, лекции, тренинги.  В апреле-мае месяце была проведена </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дистанционная </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0097062C" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>профориентационная</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0097062C" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работа  выпускников совместно с учебными заведениями города. Учащиеся школы  участвовали в Днях  открытых дверей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в январе – феврале 2020г.</w:t>
+      </w:r>
+      <w:r w:rsidR="0097062C" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Благодаря этой работе повышается общий уровень трудоустройства выпускников школы. По итогам трудоустройства все выпускники 9ых, 11ых классов трудоустроены.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="004A2ADA" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Формирование ЗОЖ у учащихся  является основным направлением деятельности всей учебно-воспитательной работы в школе. В школе разработан и утвержден ОЦЗОЖ  школьный план по формированию ЗОЖ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В план включены месячники ЗОЖ, оздоровительные мероприятия, спортивно-массовые мероприятия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Медосмотром в течение года охвачены все учащиеся школы.  Анализ медосмотра показывает наличие заболеваний при поступлении в 1ый класс-у8 учащихся, хронические заболевания при переходе в 5ый класс у 7 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>мектептің білім беру жүйесін дамытудың іске асырылатын кезеңіне сәйкес келетін міндеттерді орындауға бағытталды.</w:t>
-[...514 lines deleted...]
-        <w:t>№27 ЖОМ оқушыларының денсаулық жағдайы көрсеткіштерінің өзгеру динамикасы туралы мәліметтер</w:t>
+        <w:t xml:space="preserve">учащихся, хронические заболевания при выпуске из 9-ого класса  у 9 учащихся, хронические заболевания при выпуске из 11ого класса у 2 учащихся. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сведения  о динамике изменения показателей состояния здоровья учащихся  СОШ №27</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2100"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="2126"/>
         <w:gridCol w:w="2126"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidTr="00B4427F">
+      <w:tr w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidTr="004A2ADA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
-[...6 lines deleted...]
-              <w:t>Аурущаңдық</w:t>
+            <w:r w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заболеваемость </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
-[...14 lines deleted...]
-              <w:t>оқу жылы</w:t>
+            <w:r w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2017-2018 учебный год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
-[...34 lines deleted...]
-              <w:t>оқу жылы</w:t>
+            <w:r w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2018-2019 учебный год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2019-2020</w:t>
-            </w:r>
-[...18 lines deleted...]
-              <w:t>оқу жылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidTr="00B4427F">
+      <w:tr w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidTr="004A2ADA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
-[...6 lines deleted...]
-              <w:t>Мектептегі оқущылар саны</w:t>
+            <w:r w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Количество учащихся в школе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>607</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>642</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>746</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidTr="00B4427F">
+      <w:tr w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidTr="004A2ADA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
-[...6 lines deleted...]
-              <w:t>Барлық  ауру жағдайлары</w:t>
+            <w:r w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Всего случаев заболеваний</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>211</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>213</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>219</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidTr="00B4427F">
+      <w:tr w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidTr="004A2ADA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
-[...13 lines deleted...]
-              <w:t>ды</w:t>
+            <w:r w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>эндокринные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidTr="00B4427F">
+      <w:tr w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidTr="004A2ADA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Сезім мүшелерінің  жүйке жүйесі </w:t>
+            <w:r w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нервной системы органов чувств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>51</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>44</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidTr="00B4427F">
+      <w:tr w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidTr="004A2ADA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
-[...32 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заболевания </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кровет</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.а</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>немия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidTr="00B4427F">
+      <w:tr w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidTr="004A2ADA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="00CE4010" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
-[...15 lines deleted...]
-              <w:t>ры аурулары</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сердечно-сосудистые</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заболевания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidTr="00B4427F">
+      <w:tr w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidTr="004A2ADA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="00CE4010" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
-[...6 lines deleted...]
-              <w:t>Тыныс алу органдары</w:t>
+            <w:r w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Органов дыхания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidTr="00B4427F">
+      <w:tr w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidTr="004A2ADA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="00CE4010" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Ас қорыту органдары </w:t>
+            <w:r w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Органов пищеварения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>48</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidTr="00B4427F">
+      <w:tr w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidTr="004A2ADA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="00CE4010" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
-[...6 lines deleted...]
-              <w:t>Несеп-жыныс жүйесінің аурулары</w:t>
+            <w:r w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Заболевания мочеполовой системы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidTr="00B4427F">
+      <w:tr w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidTr="004A2ADA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="00CE4010" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
-[...14 lines deleted...]
-              <w:t>ұлшықет жүйесінің аурулары</w:t>
+            <w:r w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заболевания </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>/мышечной системы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidTr="00B4427F">
+      <w:tr w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidTr="004A2ADA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="00CE4010" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Тері аурулары </w:t>
+            <w:r w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Заболевания кожи</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidTr="00B4427F">
+      <w:tr w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidTr="004A2ADA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="00CE4010" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
-[...6 lines deleted...]
-              <w:t>Есту қабілетінің бұзылуы</w:t>
+            <w:r w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нарушение слуха</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidTr="00B4427F">
+      <w:tr w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidTr="004A2ADA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="00CE4010" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
-[...6 lines deleted...]
-              <w:t>Көру қабілетінің бұзылуы</w:t>
+            <w:r w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нарушение зрения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidTr="00B4427F">
+      <w:tr w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidTr="004A2ADA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Сколиоз </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>37</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidTr="00B4427F">
+      <w:tr w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidTr="004A2ADA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="00CE4010" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Қалыптың бұзылуы </w:t>
+            <w:r w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нарушение осанки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>56</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00B4427F">
+          <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>68</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006B7CF4" w:rsidRPr="00CD7B82" w:rsidRDefault="006B7CF4" w:rsidP="00332160">
-[...77 lines deleted...]
-      <w:r w:rsidRPr="00CD7B82">
+    <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    За 3 года наблюдаются небольшие изменения и улучшения состояния здоровья школьников. Можно наблюдать некоторую стабильность и даже положительную динамику заболеваний желудочно-кишечного тракта, что </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>- Оқытудың техникалық, интерактивті құралдарын пайдалану кезінде санитарлық-гигиеналық талаптарды сақтау;</w:t>
-[...78 lines deleted...]
-      <w:r w:rsidRPr="00CD7B82">
+        <w:t xml:space="preserve">связано с организацией мероприятий по здоровому питанию, так как с каждым годом увеличивается общее количество питающихся в школе. В 2019-2020 учебном году процент </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>питающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в школе 80%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Улучшению здоровья учащихся в 2019-2020 учебном году способствовали следующие факторы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-использование педагогами в своей работе индивидуально-дифференцированного подхода к учащимся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-соблюдение санитарно-гигиенических требований при использовании технических, интерактивных средств обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-планирование урока с учетом уровней гигиенической рациональности урока, введение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>физпауз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и чередование видов деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-введение 3 часа физической культуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-деление классов на подгруппы при обучении профильным дисциплинам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A2ADA" w:rsidRPr="00172D46" w:rsidRDefault="004A2ADA" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-проведение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уроковфизической</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> культуры с учетом распределения учащихся по группам здоровья.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F4426" w:rsidRPr="00172D46" w:rsidRDefault="002F4426" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CD7B82">
+      <w:r w:rsidRPr="00172D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Жыл бойы салауатты өмір салтын қалыптастыру бойынша мүдделі ведомстволардың өкілдерімен бірлесіп жұмыс жүргізілді: ДСДРО, № 5 емхана, салауатты өмір салты орталығы. Осы медициналық мекемелердің өкілдері жыл бойы профилактикалық әңгімелер, дәрістер өткізді. 5-8 сынып оқушылары, өзін-өзі тану мұғалімдері, мектеп психологы "оқу-тәрбие үдерісінде денсаулықты сақтау технологияларын қолдану", "оқу-тәрбие үдерісінде Оқушыларды тәрбиелеудің психоәлеуметтік моделі" атты СӨЖОО семинарларына қатысты»</w:t>
-[...75 lines deleted...]
-        <w:t>Оқу жылы темекі шегуге бейім оқушылар саны алкогольді тұтынуға бейім оқушылар саны ББЗ пайдалануға бейім оқушылар саны</w:t>
+        <w:t xml:space="preserve">В течение года совместная работа по формированию ЗОЖ велась совместно с представителями заинтересованных ведомств: ОЦЛЗЗ, поликлиникой № 5, центром ЗОЖ. Представителями этих медицинских учреждений в течение года велись профилактические беседы, лекции. Классные руки-5-8 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ых</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> классов, учителя  самопознания, психолог школы участвовали в семинарах ОЦЗОЖ   «Применение здоровье сберегающих технологий в учебно-воспитательном процессе», «Психосоциальная модель  воспитании школьников в учебно-воспитательном процессе»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F4426" w:rsidRPr="00172D46" w:rsidRDefault="002F4426" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Классными</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> руководителям проводились классные часы  в рамках месячников ЗОЖ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F4426" w:rsidRPr="00172D46" w:rsidRDefault="002F4426" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Осуществлял работу </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школьныйнаркопост</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> согласно Положению о работе </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нарокопоста</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Работа </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>наркопоста</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществлялась совместно </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>спредставителями</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ОЦЛЗЗ (врач-нарколог </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B563AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Небельцова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B563AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> НГ «Профилактика  употребления ПАВ»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, фельдшер-нарколог </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Герусова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ЗН).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  На начало учебного года составлен список учащихся «группы риска»: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="01E0"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2392"/>
         <w:gridCol w:w="2393"/>
         <w:gridCol w:w="2393"/>
         <w:gridCol w:w="2393"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CE4010" w:rsidRPr="00CD7B82" w:rsidTr="00B4427F">
+      <w:tr w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidTr="00CB5F12">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2392" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CE4010" w:rsidRPr="00CD7B82" w:rsidRDefault="00CE4010" w:rsidP="00B4427F">
+          <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
-[...6 lines deleted...]
-              <w:t>Оқу жылы</w:t>
+            <w:r w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Учебный год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CE4010" w:rsidRPr="00CD7B82" w:rsidRDefault="00CE4010" w:rsidP="00B4427F">
+          <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
-[...7 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Количество учащихся, склонных к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>табакокурению</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CE4010" w:rsidRPr="00CD7B82" w:rsidRDefault="00CE4010" w:rsidP="00B4427F">
+          <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
-[...6 lines deleted...]
-              <w:t>Алкогольді тұтынуға бейім оқушылар саны</w:t>
+            <w:r w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Количество учащихся, склонных к употреблению алкоголя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CE4010" w:rsidRPr="00CD7B82" w:rsidRDefault="00CE4010" w:rsidP="00B4427F">
+          <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
-[...6 lines deleted...]
-              <w:t>ББЗ пайдалануға бейім оқушылар саны</w:t>
+            <w:r w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Количество учащихся, склонных к употреблению ПАВ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE4010" w:rsidRPr="00CD7B82" w:rsidTr="00B4427F">
+      <w:tr w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidTr="00CB5F12">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2392" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CE4010" w:rsidRPr="00CD7B82" w:rsidRDefault="00CE4010" w:rsidP="00B4427F">
+          <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
-[...5 lines deleted...]
-              <w:t>2018-2019</w:t>
+            <w:r w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>201</w:t>
+            </w:r>
+            <w:r w:rsidR="00590D7A" w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>8-2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CE4010" w:rsidRPr="00CD7B82" w:rsidRDefault="00CE4010" w:rsidP="00B4427F">
+          <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="00590D7A" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CE4010" w:rsidRPr="00CD7B82" w:rsidRDefault="00CE4010" w:rsidP="00B4427F">
+          <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="00590D7A" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CE4010" w:rsidRPr="00CD7B82" w:rsidRDefault="00CE4010" w:rsidP="00B4427F">
+          <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="00590D7A" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE4010" w:rsidRPr="00CD7B82" w:rsidTr="00B4427F">
+      <w:tr w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidTr="00CB5F12">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2392" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CE4010" w:rsidRPr="00CD7B82" w:rsidRDefault="00CE4010" w:rsidP="00B4427F">
+          <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
-[...5 lines deleted...]
-              <w:t>2019-2020</w:t>
+            <w:r w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>201</w:t>
+            </w:r>
+            <w:r w:rsidR="00590D7A" w:rsidRPr="00172D46">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>9-2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CE4010" w:rsidRPr="00CD7B82" w:rsidRDefault="00CE4010" w:rsidP="00B4427F">
+          <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="00590D7A" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CE4010" w:rsidRPr="00CD7B82" w:rsidRDefault="00CE4010" w:rsidP="00B4427F">
+          <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CE4010" w:rsidRPr="00CD7B82" w:rsidRDefault="00CE4010" w:rsidP="00B4427F">
+          <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="00590D7A" w:rsidP="008F38E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B82">
+            <w:r w:rsidRPr="00172D46">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00332160" w:rsidRPr="00CD7B82" w:rsidRDefault="00332160" w:rsidP="00332160">
-[...51 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Учителями физической культуры проводились мероприятия согласно разработанному плану спортивно-массовых мероприятий</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-спортивно-массовые мероприятия и Дни Здоровья. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>внутришкольные</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соревнования и подготовка команд для участия в городских соревнованиях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- секционные занятия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0097062C" w:rsidRPr="00172D46" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    В течение  учебного года проведены </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>внутришкольные</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соревнования по футболу,  баскетболу, волейболу, н/теннису.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0097062C" w:rsidRDefault="0097062C" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>- мектепішілік жарыстар және қалалық жарыстарға қатысу үшін командаларды дайындау.</w:t>
-[...310 lines deleted...]
-      <w:r w:rsidR="00C41C28" w:rsidRPr="00CD7B82">
+        <w:t xml:space="preserve">   Сборные команд участвовали в городских соревнованиях по волейболу,  футболу, легкой атлетике в рамках  городской спартакиады школьников. </w:t>
+      </w:r>
+      <w:r w:rsidR="00015342" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Но призовых мест ни в одной из дисциплин не были удостоены.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0454" w:rsidRPr="0027509D" w:rsidRDefault="00CC0454" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0027509D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Исходя из  анализа воспитательной работы за 2019-2020 учебный год, определились задачи на новый учебный год:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0454" w:rsidRPr="0027509D" w:rsidRDefault="00CC0454" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0027509D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.Продолжить работу по реализации  основных направлений воспитательной работы в соответствии с основными направлениями программы «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0027509D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Рухани</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0027509D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...58 lines deleted...]
-    <w:sectPr w:rsidR="00332160" w:rsidRPr="00CD7B82" w:rsidSect="000D499E">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0027509D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жангыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0027509D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">». </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0067723B" w:rsidRPr="00172D46" w:rsidRDefault="00CC0454" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="0067723B" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.Продолжить работу по развитию ученического самоуправления</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0067723B" w:rsidRPr="00172D46" w:rsidRDefault="00CC0454" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="0067723B" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.Формировать в школьной среде детей и взрослых  уважительное отношение к </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0067723B" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>друг-другу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0067723B" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  на основе духовно-нравственных ценностей, толерантности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0067723B" w:rsidRPr="00172D46" w:rsidRDefault="00CC0454" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="0067723B" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.Максимально вовлекать родителей в жизнь школы и привлекать их к реализации программы развития школы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0067723B" w:rsidRPr="00172D46" w:rsidRDefault="00CC0454" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="0067723B" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.способствовать дальнейшему развитию школьных традиций</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0067723B" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0067723B" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> создавая благоприятные условия для всестороннего развития личности учащихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0067723B" w:rsidRPr="00172D46" w:rsidRDefault="00CC0454" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="0067723B" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.Продолжить работу по предупреждению правонарушений и преступлений, максимально привлекать дете2группы риска» к участию в жизни школы, занятиях кружков, секций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0067723B" w:rsidRPr="00172D46" w:rsidRDefault="00CC0454" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="0067723B" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.Формировать  у учащихся представление о </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067723B" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зож</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067723B" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, продолжить обновлять и развивать систему работы по охране здоровья учащихся.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007126E7" w:rsidRPr="00172D46" w:rsidRDefault="007126E7" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0067723B" w:rsidRPr="00172D46" w:rsidRDefault="00590D7A" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Июнь </w:t>
+      </w:r>
+      <w:r w:rsidR="00140D50" w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2020</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> год</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590D7A" w:rsidRPr="00172D46" w:rsidRDefault="00590D7A" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Утегенова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> АА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0067723B" w:rsidRPr="00172D46" w:rsidRDefault="000E0645" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Коммунист АТ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590D7A" w:rsidRPr="00172D46" w:rsidRDefault="00590D7A" w:rsidP="008F38E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Шогманова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00172D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> АТ </w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00590D7A" w:rsidRPr="00172D46" w:rsidSect="001F2ABF">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="70763267"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="115C66F4"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-[...1 lines deleted...]
-  <w:hideSpellingErrors/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+  <w:zoom w:percent="80"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E455D0"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00F678D8"/>
+    <w:rsidRoot w:val="00F37046"/>
+    <w:rsid w:val="00011E53"/>
+    <w:rsid w:val="00015342"/>
+    <w:rsid w:val="00032F6B"/>
+    <w:rsid w:val="00034A10"/>
+    <w:rsid w:val="000807E4"/>
+    <w:rsid w:val="000C2841"/>
+    <w:rsid w:val="000E0645"/>
+    <w:rsid w:val="000E15C6"/>
+    <w:rsid w:val="000F4995"/>
+    <w:rsid w:val="00140D50"/>
+    <w:rsid w:val="00155D6A"/>
+    <w:rsid w:val="0015686A"/>
+    <w:rsid w:val="00172D46"/>
+    <w:rsid w:val="001B5CD8"/>
+    <w:rsid w:val="001F2ABF"/>
+    <w:rsid w:val="0024211F"/>
+    <w:rsid w:val="00245990"/>
+    <w:rsid w:val="00262E9B"/>
+    <w:rsid w:val="0027509D"/>
+    <w:rsid w:val="0028175C"/>
+    <w:rsid w:val="0029077E"/>
+    <w:rsid w:val="00294DEB"/>
+    <w:rsid w:val="002E57FA"/>
+    <w:rsid w:val="002F4426"/>
+    <w:rsid w:val="0030113E"/>
+    <w:rsid w:val="00334F62"/>
+    <w:rsid w:val="00347805"/>
+    <w:rsid w:val="00354826"/>
+    <w:rsid w:val="00356758"/>
+    <w:rsid w:val="003875F8"/>
+    <w:rsid w:val="00395DEC"/>
+    <w:rsid w:val="003E7610"/>
+    <w:rsid w:val="00455237"/>
+    <w:rsid w:val="0049441C"/>
+    <w:rsid w:val="004A2ADA"/>
+    <w:rsid w:val="004D41A1"/>
+    <w:rsid w:val="004F5BD8"/>
+    <w:rsid w:val="00502610"/>
+    <w:rsid w:val="0051321D"/>
+    <w:rsid w:val="00515C21"/>
+    <w:rsid w:val="00517CC8"/>
+    <w:rsid w:val="00563CF7"/>
+    <w:rsid w:val="00590D7A"/>
+    <w:rsid w:val="005F4FD2"/>
+    <w:rsid w:val="00600F7A"/>
+    <w:rsid w:val="006054AB"/>
+    <w:rsid w:val="006647B5"/>
+    <w:rsid w:val="00675583"/>
+    <w:rsid w:val="0067723B"/>
+    <w:rsid w:val="006A6A0E"/>
+    <w:rsid w:val="006B7CE8"/>
+    <w:rsid w:val="006C6124"/>
+    <w:rsid w:val="006D10C3"/>
+    <w:rsid w:val="006F7961"/>
+    <w:rsid w:val="007126E7"/>
+    <w:rsid w:val="007A2771"/>
+    <w:rsid w:val="007A7568"/>
+    <w:rsid w:val="007B0E10"/>
+    <w:rsid w:val="007C20D7"/>
+    <w:rsid w:val="00840086"/>
+    <w:rsid w:val="00872262"/>
+    <w:rsid w:val="008B657C"/>
+    <w:rsid w:val="008F38E1"/>
+    <w:rsid w:val="00921078"/>
+    <w:rsid w:val="0093130A"/>
+    <w:rsid w:val="0097062C"/>
+    <w:rsid w:val="009764FE"/>
+    <w:rsid w:val="009C6D3E"/>
+    <w:rsid w:val="00B0393A"/>
+    <w:rsid w:val="00B26539"/>
+    <w:rsid w:val="00B338F6"/>
+    <w:rsid w:val="00B563AB"/>
+    <w:rsid w:val="00B65D05"/>
+    <w:rsid w:val="00BD22CC"/>
+    <w:rsid w:val="00BD62D5"/>
+    <w:rsid w:val="00BE12DF"/>
+    <w:rsid w:val="00C254C6"/>
+    <w:rsid w:val="00C25B73"/>
+    <w:rsid w:val="00C7141A"/>
+    <w:rsid w:val="00CB5F12"/>
+    <w:rsid w:val="00CC0454"/>
+    <w:rsid w:val="00D209CF"/>
+    <w:rsid w:val="00D85ED5"/>
+    <w:rsid w:val="00DC5303"/>
+    <w:rsid w:val="00E05EE9"/>
+    <w:rsid w:val="00E213C4"/>
+    <w:rsid w:val="00E60B1E"/>
+    <w:rsid w:val="00F37046"/>
+    <w:rsid w:val="00F46587"/>
+    <w:rsid w:val="00F56AF9"/>
+    <w:rsid w:val="00F57FE3"/>
+    <w:rsid w:val="00FE27FB"/>
+    <w:rsid w:val="00FF4B87"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="5122"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -6909,119 +10783,379 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="000D499E"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="a3">
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FF4B87"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FF4B87"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a5">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="0099212B"/>
+    <w:rsid w:val="00B65D05"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FF4B87"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FF4B87"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a5">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00B65D05"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7055,84 +11189,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -7263,74 +11399,87 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{26B354ED-ADA9-4C5F-B2B7-05EFB2FDF727}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>25235</Characters>
+  <Pages>13</Pages>
+  <Words>4526</Words>
+  <Characters>25800</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>210</Lines>
-  <Paragraphs>59</Paragraphs>
+  <Lines>215</Lines>
+  <Paragraphs>60</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Reanimator Extreme Edition</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>29603</CharactersWithSpaces>
+  <CharactersWithSpaces>30266</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>227</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>