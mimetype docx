--- v0 (2025-12-13)
+++ v1 (2025-12-24)
@@ -1,71 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p w:rsidR="003353AF" w:rsidRDefault="008E5AFF" w:rsidP="003353AF">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:r w:rsidRPr="00624C6D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -110,717 +120,748 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:r w:rsidR="003353AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                             </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00334FF2" w:rsidRPr="00334FF2" w:rsidRDefault="003353AF" w:rsidP="00334FF2">
+    <w:p w:rsidR="003353AF" w:rsidRPr="0040277A" w:rsidRDefault="003353AF" w:rsidP="003353AF">
       <w:pPr>
         <w:rPr>
-          <w:b/>
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                                   </w:t>
-[...7 lines deleted...]
-        <w:t>"Бекітемін»</w:t>
+        <w:t xml:space="preserve">                                                                                                                   «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040277A">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Утверждаю</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040277A">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00334FF2" w:rsidRPr="00334FF2" w:rsidRDefault="00334FF2" w:rsidP="00334FF2">
+    <w:p w:rsidR="003353AF" w:rsidRPr="0040277A" w:rsidRDefault="003353AF" w:rsidP="003353AF">
       <w:pPr>
-        <w:jc w:val="right"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00334FF2">
-[...5 lines deleted...]
-        <w:t>№27 ЖОББМ директорының м. а</w:t>
+      <w:r w:rsidRPr="0040277A">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040277A">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и.о.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040277A">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">директора СОШ №27   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00334FF2" w:rsidRPr="00334FF2" w:rsidRDefault="00334FF2" w:rsidP="00334FF2">
+    <w:p w:rsidR="003353AF" w:rsidRDefault="003353AF" w:rsidP="003353AF">
       <w:pPr>
-        <w:jc w:val="right"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:ind w:left="4956" w:firstLine="708"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00334FF2">
-[...5 lines deleted...]
-        <w:t>__________Бергузинова Г. Ж.</w:t>
+      <w:r w:rsidRPr="0040277A">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  __________Бергузинова Г.Ж.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003353AF" w:rsidRDefault="00334FF2" w:rsidP="00334FF2">
+    <w:p w:rsidR="003353AF" w:rsidRPr="0040277A" w:rsidRDefault="003353AF" w:rsidP="003353AF">
       <w:pPr>
-        <w:jc w:val="right"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:ind w:left="4956" w:firstLine="708"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00334FF2">
-[...5 lines deleted...]
-        <w:t>"____" ________ 2020 г.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       «____» ________ 2020 г.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00334FF2" w:rsidRPr="0040277A" w:rsidRDefault="00334FF2" w:rsidP="00334FF2">
+    <w:p w:rsidR="003353AF" w:rsidRPr="0040277A" w:rsidRDefault="003353AF" w:rsidP="003353AF">
       <w:pPr>
-        <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003353AF" w:rsidRDefault="003353AF" w:rsidP="003353AF">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00334FF2" w:rsidRPr="00334FF2" w:rsidRDefault="00334FF2" w:rsidP="00334FF2">
+    <w:p w:rsidR="003353AF" w:rsidRPr="0040277A" w:rsidRDefault="003353AF" w:rsidP="003353AF">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00334FF2">
-[...7 lines deleted...]
-        <w:t>№27 ЖОМ психологиялық қызметінің жұмыс жоспары</w:t>
+      <w:r w:rsidRPr="0040277A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>План работы психологической службы СОШ №27</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003353AF" w:rsidRDefault="00334FF2" w:rsidP="00334FF2">
+    <w:p w:rsidR="003353AF" w:rsidRDefault="003353AF" w:rsidP="003353AF">
       <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00334FF2">
-[...7 lines deleted...]
-        <w:t>2020-2021 оқу жылына</w:t>
+      <w:r w:rsidRPr="0040277A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2020-2021</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040277A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебный год</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003353AF" w:rsidRPr="00722C14" w:rsidRDefault="00334FF2" w:rsidP="003353AF">
+    <w:p w:rsidR="003353AF" w:rsidRDefault="003353AF" w:rsidP="003353AF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...53 lines deleted...]
-        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003353AF" w:rsidRPr="00722C14" w:rsidRDefault="003353AF" w:rsidP="003353AF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Цель работы</w:t>
+      </w:r>
       <w:r w:rsidRPr="00722C14">
         <w:rPr>
-          <w:sz w:val="28"/>
-[...16 lines deleted...]
-        <w:t>.</w:t>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003353AF" w:rsidRPr="00722C14" w:rsidRDefault="003353AF" w:rsidP="003353AF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...33 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00722C14">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">- </w:t>
-[...13 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>- оптимизация процессов развития, воспитания и обучения через обеспечение специальных условий, необходимых ребенку; работа по укреплению  здоровья учащихся и формированию навыков саморегуляции и бережного отношения к своему физическому, психическому и психологическому здоровью.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003353AF" w:rsidRPr="00722C14" w:rsidRDefault="003353AF" w:rsidP="003353AF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003353AF" w:rsidRPr="00722C14" w:rsidRDefault="003353AF" w:rsidP="003353AF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00722C14">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">- </w:t>
-[...13 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>- взаимодействие и сотрудничество с коллективом педагогов и родителями на основе общих целей и позиций, планов школы и программы их реализации, анализа результатов деятельности.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003353AF" w:rsidRPr="00722C14" w:rsidRDefault="003353AF" w:rsidP="003353AF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003353AF" w:rsidRPr="00722C14" w:rsidRDefault="003353AF" w:rsidP="003353AF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Задачи</w:t>
+      </w:r>
       <w:r w:rsidRPr="00722C14">
         <w:rPr>
-          <w:sz w:val="28"/>
-[...16 lines deleted...]
-        <w:t>.</w:t>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003353AF" w:rsidRPr="00722C14" w:rsidRDefault="003353AF" w:rsidP="003353AF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00722C14">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- формирование из каждого ребенка гармоничной личности, максимально адаптированной к социальному существованию.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00334FF2" w:rsidRPr="00334FF2" w:rsidRDefault="003353AF" w:rsidP="00334FF2">
+    <w:p w:rsidR="003353AF" w:rsidRPr="00722C14" w:rsidRDefault="003353AF" w:rsidP="003353AF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00722C14">
-[...12 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00334FF2" w:rsidRPr="00334FF2" w:rsidRDefault="00334FF2" w:rsidP="00334FF2">
+    <w:p w:rsidR="003353AF" w:rsidRPr="00722C14" w:rsidRDefault="003353AF" w:rsidP="003353AF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00722C14">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- содействие развитию у детей всех психических процессов, обеспечивающих интеллектуальный рост ребенка.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00334FF2" w:rsidRPr="00334FF2" w:rsidRDefault="00334FF2" w:rsidP="00334FF2">
+    <w:p w:rsidR="003353AF" w:rsidRPr="00722C14" w:rsidRDefault="003353AF" w:rsidP="003353AF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00334FF2">
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00334FF2" w:rsidRPr="00334FF2" w:rsidRDefault="00334FF2" w:rsidP="00334FF2">
+    <w:p w:rsidR="003353AF" w:rsidRPr="00722C14" w:rsidRDefault="003353AF" w:rsidP="003353AF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00722C14">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- обеспечение индивидуального подхода к учащимся на основе углубленной и обширной диагностики.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="003353AF" w:rsidRPr="00627718" w:rsidRDefault="00334FF2" w:rsidP="00334FF2">
+    <w:p w:rsidR="003353AF" w:rsidRPr="00722C14" w:rsidRDefault="003353AF" w:rsidP="003353AF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003353AF" w:rsidRPr="00722C14" w:rsidRDefault="003353AF" w:rsidP="003353AF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00722C14">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- коррекция и профилактика отклонений в интеллектуальном  и личностном развитии детей, получивших неудовлетворительные результаты при общей диагностике или запросу родителей, педагогов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003353AF" w:rsidRPr="00722C14" w:rsidRDefault="003353AF" w:rsidP="003353AF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003353AF" w:rsidRPr="00722C14" w:rsidRDefault="003353AF" w:rsidP="003353AF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00722C14">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- профилактика делинквентного и аддиктивного поведения у подростков.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003353AF" w:rsidRPr="00722C14" w:rsidRDefault="003353AF" w:rsidP="003353AF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003353AF" w:rsidRPr="00627718" w:rsidRDefault="003353AF" w:rsidP="003353AF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00334FF2">
-[...6 lines deleted...]
-      <w:r w:rsidR="003353AF" w:rsidRPr="00627718">
+      <w:r w:rsidRPr="00722C14">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- создание специальных условий для ребят, имеющих высокий уровень интеллекта и творческого мышления</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00627718">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003353AF" w:rsidRPr="00627718" w:rsidRDefault="003353AF" w:rsidP="003353AF"/>
     <w:p w:rsidR="003353AF" w:rsidRPr="00BE3B4D" w:rsidRDefault="003353AF" w:rsidP="003353AF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11003" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblInd w:w="-972" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="01E0"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="513"/>
         <w:gridCol w:w="27"/>
         <w:gridCol w:w="360"/>
         <w:gridCol w:w="4680"/>
         <w:gridCol w:w="1620"/>
         <w:gridCol w:w="1535"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="1843"/>
       </w:tblGrid>
       <w:tr w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidTr="003353AF">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00420623">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>№</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00420623">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="00334FF2" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00334FF2">
+            <w:r w:rsidRPr="00420623">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Жұмыс бағыттары мен іс-шаралар</w:t>
-            </w:r>
+              <w:t>Направления работы и мероприятия</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="00334FF2" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00334FF2">
+            <w:r w:rsidRPr="00420623">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Өткізу мерзімі</w:t>
+              <w:t>Сроки проведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1960" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRDefault="00334FF2" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="0040277A" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0040277A">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Жауаптылар</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00334FF2" w:rsidRPr="0040277A" w:rsidRDefault="00334FF2" w:rsidP="00E5326D">
+              <w:t>Ответственный</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003353AF" w:rsidRPr="0040277A" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...11 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="0040277A">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
-            </w:pPr>
-[...5 lines deleted...]
-              <w:t>Шығу</w:t>
+              <w:t>Выход</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidTr="003353AF">
         <w:trPr>
           <w:trHeight w:val="449"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
@@ -829,156 +870,158 @@
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10463" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00420623">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">                                                 </w:t>
-[...6 lines deleted...]
-              <w:t>Психологиялық диагностика</w:t>
+              <w:t xml:space="preserve">                                                 Психологическая диагностика</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidTr="003353AF">
         <w:trPr>
           <w:trHeight w:val="889"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00EC5902" w:rsidRDefault="00334FF2" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="00EC5902" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="00334FF2">
-[...3 lines deleted...]
-              <w:t>1,5,10 сыныптардың бейімделу процестерінің диагностикасы</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Диагностика адаптационных процессов 1,5,10 классов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00334FF2" w:rsidRPr="00334FF2" w:rsidRDefault="00334FF2" w:rsidP="00334FF2">
+          <w:p w:rsidR="003353AF" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00334FF2">
-[...7 lines deleted...]
-            <w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Сентябрь-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003353AF" w:rsidRPr="00BE3B4D" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...8 lines deleted...]
-            </w:r>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Декабрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1960" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00420623">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Психолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1016,102 +1059,90 @@
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="00334FF2" w:rsidP="00E5326D">
-[...18 lines deleted...]
-              <w:t xml:space="preserve">. </w:t>
+          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Диагностика мотивационного развития учащихся 1-х классов с целью изучения особенностей адаптации. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="00334FF2" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">  </w:t>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Октябрь  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1960" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>п</w:t>
             </w:r>
@@ -1170,103 +1201,103 @@
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="00334FF2" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00334FF2">
-[...9 lines deleted...]
-              <w:t xml:space="preserve">. </w:t>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Анкетирование учащихся 10 классов с целью изучения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">особенностей адаптации. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="00334FF2" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Октябрь </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1960" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>п</w:t>
             </w:r>
@@ -1313,92 +1344,125 @@
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="00334FF2" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00334FF2">
-[...3 lines deleted...]
-              <w:t>Орта буында оқуға бейімделу деңгейін анықтау мақсатында 5-сынып оқушыларын диагностикалау,мектеп мотивациясын зерттеу.</w:t>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Изучение школьной мотивации,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>диагностика учащихся 5-х классов с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">целью определения уровня адаптации к обучению в среднем звене. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="00334FF2" w:rsidP="00E5326D">
-            <w:pPr>
+          <w:p w:rsidR="003353AF" w:rsidRPr="00BE3B4D" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...8 lines deleted...]
-            </w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Сентябрь- ноябрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1960" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>п</w:t>
             </w:r>
             <w:r w:rsidRPr="00420623">
@@ -1456,92 +1520,92 @@
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="00334FF2" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00334FF2">
-[...3 lines deleted...]
-              <w:t>OOP балаларын диагностикалық тексеру</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Диагностическое обследование детей ООП</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="00334FF2" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00334FF2">
-[...3 lines deleted...]
-              <w:t>Қыркүйек-қараша</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Сентябрь-Ноябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1960" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>психолог</w:t>
             </w:r>
@@ -1582,256 +1646,280 @@
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="00334FF2" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00334FF2">
-[...3 lines deleted...]
-              <w:t>Оқушылардың жеке бейімділігі мен қызығушылықтарын анықтау (5-11 сыныптар).</w:t>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выявление индивидуальных склонностей и интересов учащихся  (5-11 классы). </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="00334FF2" w:rsidP="00E5326D">
-            <w:pPr>
+          <w:p w:rsidR="003353AF" w:rsidRPr="00BE3B4D" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...8 lines deleted...]
-            </w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Ноябрь-декабрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1960" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00420623">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>психолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="00334FF2" w:rsidP="00E5326D">
-[...9 lines deleted...]
-              <w:t>М. О сынып жетекшілер</w:t>
+          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>М/О классных рук-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>й.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidTr="003353AF">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00334FF2" w:rsidRPr="00334FF2" w:rsidRDefault="00334FF2" w:rsidP="00334FF2">
+          <w:p w:rsidR="003353AF" w:rsidRPr="00BE3B4D" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="00334FF2" w:rsidRPr="00334FF2" w:rsidRDefault="00334FF2" w:rsidP="00334FF2">
+            </w:pPr>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Выявление индивидуальных склонностей и интересов старшеклассников в связи с задачами профориентации:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003353AF" w:rsidRPr="00BE3B4D" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:rPr>
-[...23 lines deleted...]
-              <w:t>б) 11-сыныптарда.</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>а) в 9-х классах;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">б) в 11-х классах. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="00334FF2" w:rsidP="00E5326D">
-            <w:pPr>
+          <w:p w:rsidR="003353AF" w:rsidRPr="00BE3B4D" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...8 lines deleted...]
-            </w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Ноябрь-декабрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1960" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00420623">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>психолог</w:t>
             </w:r>
           </w:p>
@@ -1871,88 +1959,88 @@
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00BE3B4D" w:rsidRDefault="00334FF2" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="00BE3B4D" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="00334FF2">
-[...3 lines deleted...]
-              <w:t>7-8 сынып оқушыларының мазасыздығын диагностикалық зерттеу.</w:t>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Диагностическое исследование тревожности учащихся 7-8 классов.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="00334FF2" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00334FF2">
-[...3 lines deleted...]
-              <w:t>Қараша-желтоқсан</w:t>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Ноябрь-декабрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1960" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00420623">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>психолог</w:t>
             </w:r>
@@ -2011,97 +2099,103 @@
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="00334FF2" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00334FF2">
-[...9 lines deleted...]
-              <w:t xml:space="preserve">. </w:t>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Диагностическое обследование учащихся 4-х классов с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">целью изучения готовности к переходу в среднее звено. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="00334FF2" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00334FF2">
-[...3 lines deleted...]
-              <w:t>қараша-сәуір</w:t>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ноябрь-апрель </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1960" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00420623">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>психолог</w:t>
             </w:r>
@@ -2146,93 +2240,99 @@
           <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="004D0E8C" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004D0E8C">
-[...9 lines deleted...]
-              <w:t xml:space="preserve">. </w:t>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Итоговый диагностический срез уровня развития</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">школьной мотивации учащихся 5-х классов. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="004D0E8C" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              <w:t>Мамыр</w:t>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Май</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1960" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
@@ -2288,65 +2388,65 @@
           <w:p w:rsidR="003353AF" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="004D0E8C" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004D0E8C">
-[...3 lines deleted...]
-              <w:t>OOP балаларын диагностикалық тексеру</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Диагностическое обследование детей ООП</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1960" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -2403,90 +2503,90 @@
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="004D0E8C" w:rsidP="00E5326D">
-[...12 lines deleted...]
-              <w:t>Мұғалімдер мен ата-аналардың сұранысы бойынша жеке және топтық диагностика.</w:t>
+          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Индивидуальная и групповая диагностика по запросам педагогов и родителей.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="004D0E8C" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004D0E8C">
-[...3 lines deleted...]
-              <w:t>Бір жылдың ішінде</w:t>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1960" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00420623">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>психолог</w:t>
             </w:r>
           </w:p>
@@ -2516,142 +2616,134 @@
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11003" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00420623">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">                                                         </w:t>
-[...7 lines deleted...]
-              <w:t>Психокоррекциялық жұмыс</w:t>
+              <w:t xml:space="preserve">                                                         Психокоррекционная работа</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidTr="003353AF">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="1105"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="513" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5067" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00BE3B4D" w:rsidRDefault="004D0E8C" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="00BE3B4D" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="004D0E8C">
-[...3 lines deleted...]
-              <w:t>1-сынып оқушыларымен түзету-дамыту сабақтары (негізгі танымдық үдерістерді түзету және дамыту).</w:t>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Коррекционно-развивающие занятия с учащимися 1-х классов (коррекция и развитие основных познавательных процессов).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3155" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="004D0E8C" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004D0E8C">
-[...3 lines deleted...]
-              <w:t>Қазан-мамыр</w:t>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Октябрь-май</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00420623">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>психолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -2677,89 +2769,89 @@
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5067" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="004D0E8C" w:rsidP="00E5326D">
-[...12 lines deleted...]
-              <w:t>2-сынып оқушыларымен түзету-дамыту сабақтары (негізгі танымдық үдерістерді түзету және дамыту)</w:t>
+          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Коррекционно-развивающие занятия с учащимися 2-х классов (коррекция и развитие основных познавательных процессов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3155" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00BE3B4D" w:rsidRDefault="004D0E8C" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="00BE3B4D" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="004D0E8C">
-[...3 lines deleted...]
-              <w:t>Қазан-мамыр</w:t>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Октябрь-май</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00420623">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>психолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidTr="003353AF">
@@ -2783,91 +2875,91 @@
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5067" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="004D0E8C" w:rsidP="00E5326D">
-[...12 lines deleted...]
-              <w:t>3-4 сынып оқушыларымен тренингтік сабақтар.</w:t>
+          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тренинговые занятия с учащимися 3-4 классов. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3155" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="004D0E8C" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004D0E8C">
-[...3 lines deleted...]
-              <w:t>Желтоқсан-мамыр</w:t>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Декабрь-май</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00420623">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>психолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidTr="003353AF">
@@ -2891,97 +2983,91 @@
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5067" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="004D0E8C" w:rsidP="00E5326D">
-[...18 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Тренинговые занятия с учащимися 5-9 классов.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3155" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="004D0E8C" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004D0E8C">
-[...3 lines deleted...]
-              <w:t>Бір жылдың ішінде</w:t>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00420623">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>психолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidTr="003353AF">
@@ -3005,98 +3091,107 @@
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5067" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="004D0E8C" w:rsidP="00E5326D">
-[...18 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Тренинговые занятия по под</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>готовке к ЕНТ  учащихся 11-х классов.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3155" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="004D0E8C" w:rsidP="00E5326D">
-            <w:pPr>
+          <w:p w:rsidR="003353AF" w:rsidRPr="00BE3B4D" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...8 lines deleted...]
-            </w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00420623">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>психолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidTr="003353AF">
         <w:tblPrEx>
@@ -3106,280 +3201,314 @@
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="513" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5067" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00BE3B4D" w:rsidRDefault="004D0E8C" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="00BE3B4D" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="004D0E8C">
-[...3 lines deleted...]
-              <w:t>4,9 сынып оқушыларын ОЖСБ-ға дайындау бойынша тренингтік сабақтар.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Тренинговые занятия по под</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">готовке к </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ВОУД</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  учащихся </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>4,9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>-х классов.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3155" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="004D0E8C" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004D0E8C">
-[...3 lines deleted...]
-              <w:t>Қараша-наурыз</w:t>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Ноябрь- март</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRDefault="004D0E8C" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00420623">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>П</w:t>
-[...20 lines deleted...]
-            </w:pPr>
+              <w:t>психолог</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidTr="003353AF">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11003" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="004D0E8C" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004D0E8C">
+            <w:r w:rsidRPr="00420623">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>Психопрофилактикалық жұмыс</w:t>
+              <w:t>Психопрофилактичсская работа</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidTr="003353AF">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00420623">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004D0E8C" w:rsidRPr="004D0E8C" w:rsidRDefault="004D0E8C" w:rsidP="004D0E8C">
+          <w:p w:rsidR="003353AF" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004D0E8C">
-[...6 lines deleted...]
-          <w:p w:rsidR="003353AF" w:rsidRPr="00BE3B4D" w:rsidRDefault="004D0E8C" w:rsidP="004D0E8C">
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Психолого-педагогический консилиум «Адаптационный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> период на этапе </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003353AF" w:rsidRPr="00BE3B4D" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="004D0E8C">
-[...3 lines deleted...]
-              <w:t>"1, 5 сыныптар»</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«1, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>5 класс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="004D0E8C" w:rsidP="00E5326D">
-[...12 lines deleted...]
-              <w:t>желтоқсан</w:t>
+          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1960" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00420623">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>психолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -3422,94 +3551,132 @@
           <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00420623">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00BE3B4D" w:rsidRDefault="004D0E8C" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="00BE3B4D" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="004D0E8C">
-[...9 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Выступления на родительских собраниях с целью</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>освещения основных проблем возраста, знакомства с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>результатами диагностик и коррекционных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>мероприятий.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="004D0E8C" w:rsidP="00E5326D">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="003353AF" w:rsidRPr="00BE3B4D" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1960" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00420623">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>психолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
@@ -3562,103 +3729,115 @@
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="00BE3B4D" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00420623">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Проведение индивидуальных и групповых консультацийв связи с проблемами адаптации на переходных этапах:</w:t>
+              <w:t>Проведение индивидуальных и групповых консультаций</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>в связи с проблемами адаптации на переходных этапах:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="003353AF" w:rsidRPr="00BE3B4D" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00420623">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1-е, 5-е ,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="00420623">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>-е классы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="004D0E8C" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004D0E8C">
-[...3 lines deleted...]
-              <w:t>Бір жылдың ішінде</w:t>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>В течении года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1960" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00420623">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>психолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -3694,92 +3873,98 @@
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00420623">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00BE3B4D" w:rsidRDefault="004D0E8C" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="00BE3B4D" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="004D0E8C">
-[...9 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Беседы с учащимися в связи в профориентационной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>работой.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="004D0E8C" w:rsidP="00E5326D">
-[...12 lines deleted...]
-              <w:t>Қаңтар-мамыр</w:t>
+          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Январь-май </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1960" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00420623">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>психолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -3790,154 +3975,148 @@
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidTr="003353AF">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11003" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="004D0E8C" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004D0E8C">
+            <w:r w:rsidRPr="00420623">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Психологиялық ағарту</w:t>
+              <w:t>Психологическое просвещение</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidTr="003353AF">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00420623">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="004D0E8C" w:rsidP="00E5326D">
-[...18 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Индивидуальные консультации педагогов, родителей по результатам диагностических исследований.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00BE3B4D" w:rsidRDefault="004D0E8C" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="00BE3B4D" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="004D0E8C">
-[...3 lines deleted...]
-              <w:t>Бір жылдың ішінде</w:t>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1960" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>психолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -3974,96 +4153,90 @@
           <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00420623">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="004D0E8C" w:rsidP="00E5326D">
-[...18 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Проведение психологических часов для учащихся по запросам педагогов.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="004D0E8C" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004D0E8C">
-[...3 lines deleted...]
-              <w:t>Бір жылдың ішінде</w:t>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1960" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>психолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -4101,94 +4274,88 @@
           <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00420623">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="004D0E8C" w:rsidP="00E5326D">
-[...18 lines deleted...]
-              <w:t xml:space="preserve">.  </w:t>
+          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выступления на школьных педагогических советах.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00BE3B4D" w:rsidRDefault="004D0E8C" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="00BE3B4D" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="004D0E8C">
-[...3 lines deleted...]
-              <w:t>Бір жылдың ішінде</w:t>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1960" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>психолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -4229,172 +4396,210 @@
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00420623">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="004D0E8C" w:rsidP="00E5326D">
-[...18 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Доклады на родительских собраниях с целью освещения основных проблем возраста знакомства с результатами.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>диагностик и коррекционных мероприятий.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="004D0E8C" w:rsidP="00E5326D">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="003353AF" w:rsidRPr="00BE3B4D" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00420623">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1960" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>психолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="004D0E8C" w:rsidP="00E5326D">
-[...9 lines deleted...]
-              <w:t>Ата-аналар жиналысы</w:t>
+          <w:p w:rsidR="003353AF" w:rsidRPr="00420623" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Родительские собрания</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="003353AF" w:rsidRPr="00BE3B4D" w:rsidRDefault="003353AF" w:rsidP="003353AF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003353AF" w:rsidRDefault="003353AF" w:rsidP="003353AF">
       <w:pPr>
         <w:ind w:left="-1080"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003353AF" w:rsidRDefault="003353AF" w:rsidP="003353AF">
       <w:pPr>
         <w:ind w:left="-1080"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003353AF" w:rsidRDefault="003353AF" w:rsidP="003353AF">
       <w:pPr>
         <w:ind w:left="-1080"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">      Педагог-психолог: Сансызбаева М.Д.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003353AF" w:rsidRDefault="003353AF" w:rsidP="003353AF">
       <w:pPr>
         <w:ind w:left="-1080"/>
       </w:pPr>
     </w:p>
+    <w:p w:rsidR="003353AF" w:rsidRDefault="00C415A9" w:rsidP="008E5AFF">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+    </w:p>
     <w:p w:rsidR="003353AF" w:rsidRDefault="003353AF" w:rsidP="008E5AFF">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003353AF" w:rsidRDefault="003353AF" w:rsidP="008E5AFF">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003353AF" w:rsidRDefault="003353AF" w:rsidP="008E5AFF">
@@ -4531,586 +4736,651 @@
     </w:p>
     <w:p w:rsidR="003353AF" w:rsidRDefault="003353AF" w:rsidP="008E5AFF">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003353AF" w:rsidRDefault="003353AF" w:rsidP="008E5AFF">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003353AF" w:rsidRDefault="003353AF" w:rsidP="008E5AFF">
-[...11 lines deleted...]
-    <w:p w:rsidR="004D0E8C" w:rsidRPr="004D0E8C" w:rsidRDefault="003353AF" w:rsidP="004D0E8C">
+    <w:p w:rsidR="003353AF" w:rsidRPr="00F75AAE" w:rsidRDefault="00C415A9" w:rsidP="003353AF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...58 lines deleted...]
-        <w:t>"_____" _________ 2020 г.</w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003353AF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                               «Утверждаю»</w:t>
+      </w:r>
+      <w:r w:rsidR="003353AF" w:rsidRPr="00F75AAE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                      </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003353AF" w:rsidRPr="00F75AAE" w:rsidRDefault="003353AF" w:rsidP="003353AF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...59 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00F75AAE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                          и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F75AAE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.о. директора </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">СОШ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F75AAE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 27             </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003353AF" w:rsidRPr="00F75AAE" w:rsidRDefault="003353AF" w:rsidP="003353AF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...71 lines deleted...]
-        <w:t>.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F75AAE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бергузинова Г.Ж.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003353AF" w:rsidRPr="00F75AAE" w:rsidRDefault="003353AF" w:rsidP="003353AF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F75AAE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «_____» _________ 2020 г.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="003353AF" w:rsidRPr="00F75AAE" w:rsidRDefault="004D0E8C" w:rsidP="003353AF">
+    <w:p w:rsidR="003353AF" w:rsidRPr="00F75AAE" w:rsidRDefault="003353AF" w:rsidP="003353AF">
       <w:pPr>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:b/>
+        <w:jc w:val="right"/>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D0E8C">
-[...137 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="003353AF" w:rsidRPr="00F75AAE" w:rsidRDefault="003353AF" w:rsidP="003353AF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003353AF" w:rsidRPr="00F75AAE" w:rsidRDefault="003353AF" w:rsidP="003353AF">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F75AAE">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t>План работы  психологической службы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003353AF" w:rsidRPr="00F75AAE" w:rsidRDefault="003353AF" w:rsidP="003353AF">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F75AAE">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F75AAE">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F75AAE">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> четверть  в онлайн режиме</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003353AF" w:rsidRPr="00F75AAE" w:rsidRDefault="003353AF" w:rsidP="003353AF">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2020-2021</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F75AAE">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебный год.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003353AF" w:rsidRPr="00F75AAE" w:rsidRDefault="003353AF" w:rsidP="003353AF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003353AF" w:rsidRPr="00F75AAE" w:rsidRDefault="003353AF" w:rsidP="003353AF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F75AAE">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ЦЕЛЬ РАБОТЫ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003353AF" w:rsidRPr="00F75AAE" w:rsidRDefault="003353AF" w:rsidP="003353AF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F75AAE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- оптимизация процессов развития, воспитания и обучения через обеспечение специальных условий, необходимых ребенку; работа по укреплению  здоровья учащихся и формированию навыков саморегуляции и бережного отношения к своему физическому, психическому и психологическому здоровью.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003353AF" w:rsidRPr="00F75AAE" w:rsidRDefault="003353AF" w:rsidP="003353AF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003353AF" w:rsidRPr="00F75AAE" w:rsidRDefault="003353AF" w:rsidP="003353AF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F75AAE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- взаимодействие и сотрудничество с коллективом педагогов и родителями на основе общих целей и позиций, планов школы и программы их реализации, анализа результатов деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003353AF" w:rsidRPr="00F75AAE" w:rsidRDefault="003353AF" w:rsidP="003353AF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003353AF" w:rsidRPr="00F75AAE" w:rsidRDefault="003353AF" w:rsidP="003353AF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F75AAE">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ЗАДАЧИ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003353AF" w:rsidRPr="00F75AAE" w:rsidRDefault="003353AF" w:rsidP="003353AF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F75AAE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- формирование из каждого ребенка гармоничной личности, максимально адаптированной к социальному существованию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003353AF" w:rsidRPr="00F75AAE" w:rsidRDefault="003353AF" w:rsidP="003353AF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003353AF" w:rsidRPr="00F75AAE" w:rsidRDefault="003353AF" w:rsidP="003353AF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F75AAE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- содействие развитию у детей всех психических процессов, обеспечивающих интеллектуальный рост ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003353AF" w:rsidRPr="00F75AAE" w:rsidRDefault="003353AF" w:rsidP="003353AF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003353AF" w:rsidRPr="00F75AAE" w:rsidRDefault="003353AF" w:rsidP="003353AF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F75AAE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- обеспечение индивидуального подхода к учащимся на основе углубленной и обширной диагностики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003353AF" w:rsidRPr="00F75AAE" w:rsidRDefault="003353AF" w:rsidP="003353AF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003353AF" w:rsidRPr="00F75AAE" w:rsidRDefault="003353AF" w:rsidP="003353AF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F75AAE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- коррекция и профилактика отклонений в интеллектуальном  и личностном развитии детей, получивших неудовлетворительные результаты при общей диагностике или запросу родителей, педагогов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003353AF" w:rsidRPr="00F75AAE" w:rsidRDefault="003353AF" w:rsidP="003353AF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003353AF" w:rsidRPr="00F75AAE" w:rsidRDefault="003353AF" w:rsidP="003353AF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F75AAE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- создание специальных условий для ребят, имеющих высокий уровень интеллекта и творческого мышления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003353AF" w:rsidRPr="00F75AAE" w:rsidRDefault="003353AF" w:rsidP="003353AF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003353AF" w:rsidRPr="00F75AAE" w:rsidRDefault="003353AF" w:rsidP="003353AF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F75AAE">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:br w:type="page"/>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11003" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblInd w:w="-972" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="01E0"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="796"/>
         <w:gridCol w:w="95"/>
         <w:gridCol w:w="9"/>
         <w:gridCol w:w="7551"/>
         <w:gridCol w:w="2552"/>
       </w:tblGrid>
       <w:tr w:rsidR="003353AF" w:rsidRPr="009B790F" w:rsidTr="00E5326D">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="009B790F" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B790F">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>№</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="003353AF" w:rsidRPr="009B790F" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B790F">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7655" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="009B790F" w:rsidRDefault="004D0E8C" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="009B790F" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004D0E8C">
+            <w:r w:rsidRPr="009B790F">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Жұмыс бағыттары мен іс-шаралар</w:t>
-            </w:r>
+              <w:t>Направления работы и мероприятия</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003353AF" w:rsidRPr="009B790F" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="009B790F" w:rsidRDefault="004D0E8C" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="009B790F" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004D0E8C">
+            <w:r w:rsidRPr="009B790F">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Өткізу мерзімі</w:t>
+              <w:t>Сроки проведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003353AF" w:rsidRPr="009B790F" w:rsidTr="00E5326D">
         <w:trPr>
           <w:trHeight w:val="449"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="009B790F" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -5118,1707 +5388,2703 @@
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="009B790F" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B790F">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">                                                 </w:t>
-[...6 lines deleted...]
-              <w:t>Психологиялық диагностика</w:t>
+              <w:t xml:space="preserve">                                                 Психологическая диагностика</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003353AF" w:rsidRPr="009B790F" w:rsidTr="00E5326D">
         <w:trPr>
           <w:trHeight w:val="1213"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="009B790F" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B790F">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7655" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="003353AF" w:rsidRDefault="00346748" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="003353AF" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00346748">
+            <w:r w:rsidRPr="003353AF">
               <w:rPr>
                 <w:rStyle w:val="28pt"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...30 lines deleted...]
-              <w:t>)</w:t>
+              </w:rPr>
+              <w:t>Диагностика в онлайн-режиме по индивидуальному запросу (профориентация, личностные особенности, эмоционально-волевая сфера и т.п.) (1-11 классы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00346748" w:rsidRPr="00346748" w:rsidRDefault="00346748" w:rsidP="00346748">
+          <w:p w:rsidR="003353AF" w:rsidRPr="009B790F" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00346748">
-[...7 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="009B790F">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Сентябрь-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003353AF" w:rsidRPr="009B790F" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...8 lines deleted...]
-            </w:r>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>д</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B790F">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>екабрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003353AF" w:rsidRPr="009B790F" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003353AF" w:rsidRPr="009B790F" w:rsidTr="00E5326D">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11003" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="009B790F" w:rsidRDefault="00346748" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="009B790F" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00346748">
+            <w:r w:rsidRPr="009B790F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Психокоррекциялық жұмыс</w:t>
+              <w:t>Психокоррекционная работа</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003353AF" w:rsidRPr="009B790F" w:rsidTr="00E5326D">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="009B790F" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7655" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="003353AF" w:rsidRDefault="00346748" w:rsidP="00E5326D">
-[...3 lines deleted...]
-            <w:r w:rsidR="003353AF" w:rsidRPr="003353AF">
+          <w:p w:rsidR="003353AF" w:rsidRPr="003353AF" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
+            <w:r w:rsidRPr="003353AF">
+              <w:t xml:space="preserve">Коррекция по формированию  сознательной, мотивационной сферы, имеющей тенденцию к самовоспитанию и самообразованию (работа с трудными, одаренными  и прочими категориями детей) в формате </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">онлайн конференций, консультаций по телефону, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>WhatsApp</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US" w:bidi="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трансляций  и рассылок </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>памяток, буклетов, видео, презентаций</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US" w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>, и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>спользование социальных сетей, мессенджеров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="009B790F" w:rsidRDefault="00346748" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="009B790F" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00346748">
-[...3 lines deleted...]
-              <w:t>Қыркүйек-қараша</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Сентябрь-ноябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003353AF" w:rsidRPr="009B790F" w:rsidTr="00E5326D">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7655" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="003353AF" w:rsidRDefault="00346748" w:rsidP="00E5326D">
-[...1 lines deleted...]
-              <w:t>Бастауыш сынып оқушыларын орта буынға көшіру бойынша бейімдеу сабақтары (онлайн конференциялар, телефон арқылы консультациялар, WhatsApp арқылы жадынамалар, буклеттер, бейне, презентациялар тарату және тарату, әлеуметтік желілерді, мессенджерлерді пайдалану форматында).</w:t>
+          <w:p w:rsidR="003353AF" w:rsidRPr="003353AF" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
+            <w:r w:rsidRPr="003353AF">
+              <w:t xml:space="preserve">Адаптационные занятия по переходу учащихся начальных классов в среднее звено (в формате </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">онлайн конференций, консультаций по телефону, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>WhatsApp</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US" w:bidi="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трансляций  и рассылок </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>памяток, буклетов, видео, презентаций</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US" w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>, и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>спользование социальных сетей, мессенджеров)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="009B790F" w:rsidRDefault="00346748" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="009B790F" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00346748">
-[...3 lines deleted...]
-              <w:t>Қыркүйек-қараша</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Сентябрь-ноябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003353AF" w:rsidRPr="009B790F" w:rsidTr="00E5326D">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7655" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00346748" w:rsidRDefault="00346748" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="003353AF" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00346748">
+            <w:r w:rsidRPr="003353AF">
               <w:rPr>
                 <w:rStyle w:val="28pt"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>OOP бар балаларға арналған түзету-дамыту сабақтары (онлайн конференциялар, телефон арқылы кеңес беру, WhatsApp таратылымы және жадынамалар, буклеттер, бейнелер, презентациялар, әлеуметтік желілерді, мессенджерлерді пайдалану))</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Коррекционно-развивающие занятия для детей с ООП </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:t>(в формате</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">онлайн конференций, консультаций по телефону, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>WhatsApp</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US" w:bidi="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трансляций  и рассылок </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>памяток, буклетов, видео, презентаций</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US" w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>, и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>спользование социальных сетей, мессенджеров)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="009B790F" w:rsidRDefault="00346748" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="009B790F" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00346748">
-[...3 lines deleted...]
-              <w:t>Қыркүйек-қараша</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Сентябрь-ноябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003353AF" w:rsidRPr="009B790F" w:rsidTr="00E5326D">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11003" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="009B790F" w:rsidRDefault="00346748" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="009B790F" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00346748">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Консультациялық жұмыс</w:t>
+              <w:t>Консультационная работа</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003353AF" w:rsidRPr="009B790F" w:rsidTr="00E5326D">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="009B790F" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B790F">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidRDefault="00346748" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="00346748">
-[...2 lines deleted...]
-            <w:r w:rsidR="003353AF" w:rsidRPr="00346748">
+            <w:r w:rsidRPr="008038E9">
+              <w:t xml:space="preserve">Консультирование педагогов по вопросам обучения и воспитания учащихся в формате </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
               <w:rPr>
                 <w:rStyle w:val="28pt"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>.</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">онлайн консультаций, консультаций по телефону, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>WhatsApp</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US" w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>, и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>спользование социальных сетей и мессенджеров.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="009B790F" w:rsidRDefault="00346748" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="009B790F" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00346748">
-[...3 lines deleted...]
-              <w:t>Қыркүйек-қараша</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Сентябрь-ноябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003353AF" w:rsidRPr="009B790F" w:rsidTr="00E5326D">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="009B790F" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B790F">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidRDefault="00346748" w:rsidP="00E5326D">
-[...3 lines deleted...]
-            <w:r w:rsidR="003353AF" w:rsidRPr="00346748">
+          <w:p w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
+            <w:r w:rsidRPr="008038E9">
+              <w:t xml:space="preserve">Консультирование родителей по вопросам взаимоотношений с ребенком, учителем в формате </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
               <w:rPr>
                 <w:rStyle w:val="28pt"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>.</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">онлайн консультаций, консультаций по телефону, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>WhatsApp</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US" w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>, и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>спользование социальных сетей и мессенджеров.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="009B790F" w:rsidRDefault="00346748" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="009B790F" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00346748">
-[...3 lines deleted...]
-              <w:t>Қыркүйек-қараша</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Сентябрь-ноябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003353AF" w:rsidRPr="009B790F" w:rsidTr="00E5326D">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="009B790F" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B790F">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00346748" w:rsidRDefault="00346748" w:rsidP="00346748">
-[...19 lines deleted...]
-          <w:p w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidRDefault="00346748" w:rsidP="00346748">
+          <w:p w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
+            <w:r w:rsidRPr="008038E9">
+              <w:t>Консультирование учащихся по вопросам:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
+            <w:r w:rsidRPr="008038E9">
+              <w:t>- индивидуального развития;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
+            <w:r w:rsidRPr="008038E9">
+              <w:t>- личных взаимоотношений;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
+            <w:r w:rsidRPr="008038E9">
+              <w:t>- взаимоотношений с  родителями;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
             </w:pPr>
-            <w:r>
-              <w:t>- онлайн кеңес беру, телефон, WhatsApp арқылы кеңес беру, әлеуметтік желілер мен мессенджерлерді пайдалану форматында педагогтармен өзара қарым-қатынас орнату.</w:t>
+            <w:r w:rsidRPr="008038E9">
+              <w:t xml:space="preserve">- взаимоотношений с педагогами в формате </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">онлайн консультаций, консультаций по телефону, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>WhatsApp</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US" w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>, и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>спользование социальных сетей и мессенджеров.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="009B790F" w:rsidRDefault="00346748" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="009B790F" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00346748">
-[...3 lines deleted...]
-              <w:t>Қыркүйек-қараша</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Сентябрь-ноябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003353AF" w:rsidRPr="009B790F" w:rsidTr="00E5326D">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11003" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="009B790F" w:rsidRDefault="00346748" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="009B790F" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00346748">
+            <w:r w:rsidRPr="009B790F">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Психологиялық ағарту</w:t>
+              <w:t>Психологическое просвещение</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003353AF" w:rsidRPr="009B790F" w:rsidTr="00E5326D">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11003" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="009B790F" w:rsidRDefault="00346748" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="009B790F" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00346748">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Ата-аналармен</w:t>
-[...6 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>С родителями:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidTr="00E5326D">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008038E9">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidRDefault="00346748" w:rsidP="00E5326D">
-[...9 lines deleted...]
-              <w:t>Лекторияға қатысу (онлайн конференциялар, телефон арқылы кеңес беру, WhatsApp арқылы жадынамалар, буклеттер, бейне, презентациялар тарату және тарату форматында, әлеуметтік желілерді, мессенджерлерді пайдалану): ҰБТ-ға дайындықта күйзеліске төзімді жағдай жасау.</w:t>
+          <w:p w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008038E9">
+              <w:t xml:space="preserve">Участие в лектории (в формате </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">онлайн конференций, консультаций по телефону, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>WhatsApp</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US" w:bidi="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трансляций  и рассылок </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>памяток, буклетов, видео, презентаций</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US" w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>, и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>спользование социальных сетей, мессенджеров)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008038E9">
+              <w:t xml:space="preserve"> Создание стрессоустойчивой обстановки в подготовке к ЕНТ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidRDefault="00346748" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00346748">
-[...3 lines deleted...]
-              <w:t>Қыркүйек-қараша</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Сентябрь-ноябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidTr="00E5326D">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidRDefault="00346748" w:rsidP="00E5326D">
-[...11 lines deleted...]
-            <w:r w:rsidR="003353AF" w:rsidRPr="00346748">
+          <w:p w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008038E9">
+              <w:t xml:space="preserve">Участие в советах по профилактике в формате </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
               <w:rPr>
                 <w:rStyle w:val="28pt"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>.</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">онлайн консультаций, консультаций по телефону, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>WhatsApp</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US" w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>, и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>спользование социальных сетей и мессенджеров.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidRDefault="00346748" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00346748">
-[...3 lines deleted...]
-              <w:t>Қыркүйек-қараша</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Сентябрь-ноябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidTr="00E5326D">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11003" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidRDefault="00346748" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00346748">
+            <w:r w:rsidRPr="008038E9">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Балалармен</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="003353AF">
+              <w:t>С детьми</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidTr="00E5326D">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008038E9">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7560" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidRDefault="00346748" w:rsidP="00E5326D">
-[...10 lines deleted...]
-              <w:t>мессенджерлерді пайдалану))</w:t>
+          <w:p w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008038E9">
+              <w:t xml:space="preserve">Участие в практикуме (в формате </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>онлайн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конференций, консультаций по телефону, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>WhatsApp</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US" w:bidi="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трансляций  и рассылок </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>памяток, буклетов, видео, презентаций</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US" w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>, и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">спользование социальных сетей, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мессенджеров</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008038E9">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidRDefault="00346748" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00346748">
-[...4 lines deleted...]
-              <w:t>Қыркүйек-қараша</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Сентябрь-ноябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidTr="00E5326D">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008038E9">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7560" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidRDefault="00346748" w:rsidP="00E5326D">
-[...1 lines deleted...]
-              <w:t>5-сыныптарға арналған ауызша журналға қатысу (онлайн конференциялар, телефон арқылы консультациялар, WhatsApp арқылы жадынамалар, буклеттер, бейне, презентациялар тарату және тарату форматында, әлеуметтік желілерді, мессенджерлерді пайдалану)</w:t>
+          <w:p w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
+            <w:r w:rsidRPr="008038E9">
+              <w:t xml:space="preserve">Участие в устном журнале для 5-х классов (в формате </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>онлайн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конференций, консультаций по телефону, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>WhatsApp</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US" w:bidi="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трансляций  и рассылок </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>памяток, буклетов, видео, презентаций</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US" w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>, и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">спользование социальных сетей, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мессенджеров</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidRDefault="00346748" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00346748">
-[...3 lines deleted...]
-              <w:t>Қыркүйек-қараша</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Сентябрь-ноябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidTr="00E5326D">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11003" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidRDefault="00346748" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00346748">
+            <w:r w:rsidRPr="008038E9">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Педагогтармен</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="003353AF">
+              <w:t>С педагогами</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidTr="00E5326D">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008038E9">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7560" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="00346748" w:rsidRDefault="00346748" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="003353AF" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00346748">
+            <w:r w:rsidRPr="003353AF">
               <w:rPr>
                 <w:rStyle w:val="28pt"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Педагогтарды эмоционалдық өзін-өзі реттеу тәсілдерімен таныстыру(конференциялардың онлайн форматында, телефон арқылы кеңес беру, WhatsApp арқылы жадынамалар, буклеттер, бейне, презентациялар тарату және тарату, әлеуметтік желілерді, мессенджерлерді пайдалану).</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Ознакомление педагогов со способами эмоциональной </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>саморегуляции</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:t>(в формате</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>онлайн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конференций, консультаций по телефону, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>WhatsApp</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US" w:bidi="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трансляций  и рассылок </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>памяток, буклетов, видео, презентаций</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US" w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>, и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">спользование социальных сетей, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мессенджеров</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidRDefault="00346748" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00346748">
-[...3 lines deleted...]
-              <w:t>Қыркүйек-қараша</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Сентябрь-ноябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidTr="00E5326D">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008038E9">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7560" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidRDefault="00346748" w:rsidP="00E5326D">
-[...1 lines deleted...]
-              <w:t>Педагогикалық кеңестерге, тақырыптар бойынша психологиялық ақпараты бар семинарларға қатысу (онлайн конференциялар, телефон арқылы консультациялар, WhatsApp арқылы жадынамалар, буклеттер, бейне, презентациялар тарату және тарату форматында, әлеуметтік желілерді, мессенджерлерді пайдалану).</w:t>
+          <w:p w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
+            <w:r w:rsidRPr="008038E9">
+              <w:t xml:space="preserve">Участие в педагогических советах, семинарах с психологической информацией по темам (в формате </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>онлайн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конференций, консультаций по телефону, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>WhatsApp</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US" w:bidi="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трансляций  и рассылок </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>памяток, буклетов, видео, презентаций</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US" w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>, и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">спользование социальных сетей, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мессенджеров</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidRDefault="00346748" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00346748">
-[...3 lines deleted...]
-              <w:t>Қыркүйек-қараша</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Сентябрь-ноябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidTr="00E5326D">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11003" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="009D5A7C" w:rsidRDefault="00346748" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="009D5A7C" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00346748">
+            <w:r w:rsidRPr="009D5A7C">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Валеологиялық қызмет</w:t>
+              <w:t>Валеологическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidTr="00E5326D">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="009D5A7C" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D5A7C">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7560" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="009D5A7C" w:rsidRDefault="00346748" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRPr="009D5A7C" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:contextualSpacing/>
             </w:pPr>
-            <w:r w:rsidRPr="00346748">
-              <w:t>Педагогтер мен ата-аналарды дамудың әрбір кезеңінде жас ерекшеліктерін білумен қамтамасыз ету және осы ерекшеліктерге сәйкес демалыс пен еңбекті ұйымдастырудың дұрыстығын бақылау (онлайн конференциялар, телефон арқылы консультациялар, WhatsApp арқылы жадынамалар, буклеттер, бейне, презентациялар тарату және тарату форматында, әлеуметтік желілерді, мессенджерлерді пайдалану).</w:t>
+            <w:r w:rsidRPr="009D5A7C">
+              <w:t xml:space="preserve">Обеспечение педагогов и родителей знаниями возрастных особенностей на каждом этапе развития и контроль над правильностью организации отдыха и труда в соответствии с этими особенностями (в формате </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>онлайн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конференций, консультаций по телефону, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>WhatsApp</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US" w:bidi="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трансляций  и рассылок </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>памяток, буклетов, видео, презентаций</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US" w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>, и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">спользование социальных сетей, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мессенджеров</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRDefault="00346748" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00346748">
-[...3 lines deleted...]
-              <w:t>Қыркүйек-қараша</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Сентябрь-ноябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidTr="00E5326D">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="009D5A7C" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D5A7C">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7560" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="009D5A7C" w:rsidRDefault="00346748" w:rsidP="00E5326D">
-[...1 lines deleted...]
-              <w:t>Оқушылардың, мұғалімдердің жұмыс қабілеттілігін арттыру үшін релаксация әдістерін оқыту (онлайн конференциялар, телефон арқылы консультациялар, WhatsApp арқылы жадынамалар, буклеттер, бейнелер, презентациялар тарату және тарату форматында, әлеуметтік желілерді, мессенджерлерді пайдалану).</w:t>
+          <w:p w:rsidR="003353AF" w:rsidRPr="009D5A7C" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
+            <w:r w:rsidRPr="009D5A7C">
+              <w:t xml:space="preserve">Обучение приемам релаксации для повышения работоспособности учеников, учителей (в формате </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>онлайн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конференций, консультаций по телефону, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>WhatsApp</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US" w:bidi="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трансляций  и рассылок </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>памяток, буклетов, видео, презентаций</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US" w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>, и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">спользование социальных сетей, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мессенджеров</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRDefault="00346748" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00346748">
-[...3 lines deleted...]
-              <w:t>Қыркүйек-қараша</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Сентябрь-ноябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidTr="00E5326D">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="003353AF" w:rsidRPr="009D5A7C" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D5A7C">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7560" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRPr="009D5A7C" w:rsidRDefault="00346748" w:rsidP="00E5326D">
-[...3 lines deleted...]
-            <w:r w:rsidR="003353AF" w:rsidRPr="00346748">
+          <w:p w:rsidR="003353AF" w:rsidRPr="009D5A7C" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
+            <w:r w:rsidRPr="009D5A7C">
+              <w:t xml:space="preserve">Систематическое отслеживание состояния психо-эмоционального здоровья учащихся в формате </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003353AF">
               <w:rPr>
                 <w:rStyle w:val="28pt"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>онлайн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> консультаций, консультаций по телефону, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>WhatsApp</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US" w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>, и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">спользование социальных сетей и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мессенджеров</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003353AF">
+              <w:rPr>
+                <w:rStyle w:val="28pt"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003353AF" w:rsidRDefault="00346748" w:rsidP="00E5326D">
+          <w:p w:rsidR="003353AF" w:rsidRDefault="003353AF" w:rsidP="00E5326D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00346748">
-[...3 lines deleted...]
-              <w:t>Қыркүйек-қараша</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Сентябрь-ноябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="003353AF" w:rsidRPr="008038E9" w:rsidRDefault="003353AF" w:rsidP="003353AF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003353AF" w:rsidRPr="00455176" w:rsidRDefault="003353AF" w:rsidP="003353AF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Педагог-психолог:</w:t>
       </w:r>
       <w:r w:rsidRPr="00455176">
         <w:t xml:space="preserve"> Сансызбаева М.Д.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003353AF" w:rsidRPr="00455176" w:rsidRDefault="003353AF" w:rsidP="003353AF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003353AF" w:rsidRPr="003353AF" w:rsidRDefault="003353AF" w:rsidP="003353AF">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w:rsidR="003353AF" w:rsidRDefault="00C415A9" w:rsidP="008E5AFF">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
     <w:p w:rsidR="003353AF" w:rsidRDefault="003353AF" w:rsidP="008E5AFF">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003353AF" w:rsidRDefault="003353AF" w:rsidP="008E5AFF">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003353AF" w:rsidRDefault="003353AF" w:rsidP="008E5AFF">
@@ -6943,369 +8209,534 @@
     </w:p>
     <w:p w:rsidR="003353AF" w:rsidRDefault="003353AF" w:rsidP="008E5AFF">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003353AF" w:rsidRDefault="003353AF" w:rsidP="008E5AFF">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00346748" w:rsidRPr="00346748" w:rsidRDefault="00346748" w:rsidP="00346748">
+    <w:p w:rsidR="003353AF" w:rsidRDefault="003353AF" w:rsidP="008E5AFF">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003353AF" w:rsidRDefault="003353AF" w:rsidP="008E5AFF">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003353AF" w:rsidRDefault="003353AF" w:rsidP="008E5AFF">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003353AF" w:rsidRDefault="003353AF" w:rsidP="008E5AFF">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008E5AFF" w:rsidRPr="00B41C01" w:rsidRDefault="003353AF" w:rsidP="008E5AFF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                     </w:t>
+      </w:r>
+      <w:r w:rsidR="00C415A9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="008E5AFF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Утверждаю</w:t>
+      </w:r>
+      <w:r w:rsidR="00C415A9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="008E5AFF" w:rsidRPr="00B41C01">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                          </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E5AFF" w:rsidRDefault="00C415A9" w:rsidP="00C415A9">
+      <w:pPr>
+        <w:ind w:left="6521"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.о.</w:t>
+      </w:r>
+      <w:r w:rsidR="008E5AFF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>директор</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="008E5AFF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> школы</w:t>
+      </w:r>
+      <w:r w:rsidR="008E5AFF" w:rsidRPr="00B41C01">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_______Бергузинова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Г</w:t>
+      </w:r>
+      <w:r w:rsidR="008E5AFF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Ж</w:t>
+      </w:r>
+      <w:r w:rsidR="008E5AFF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="008E5AFF" w:rsidRPr="00B41C01">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C415A9" w:rsidRPr="00440714" w:rsidRDefault="00C415A9" w:rsidP="00C415A9">
+      <w:pPr>
+        <w:ind w:left="6521"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00440714">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ______ 2020 год</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E5AFF" w:rsidRDefault="008E5AFF" w:rsidP="008E5AFF">
       <w:pPr>
         <w:ind w:left="-567"/>
-        <w:jc w:val="right"/>
-[...6 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00346748">
-[...33 lines deleted...]
-        <w:t>»</w:t>
+      <w:r w:rsidRPr="00B41C01">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                                    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00346748" w:rsidRDefault="00346748" w:rsidP="00346748">
-[...172 lines deleted...]
-    <w:p w:rsidR="00346748" w:rsidRPr="00346748" w:rsidRDefault="00346748" w:rsidP="00346748">
+    <w:p w:rsidR="00FB6D65" w:rsidRPr="003353AF" w:rsidRDefault="008E5AFF" w:rsidP="008E5AFF">
       <w:pPr>
         <w:ind w:left="-900"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00346748">
-[...7 lines deleted...]
-        <w:t>Жұмыс жоспары</w:t>
+      <w:r w:rsidRPr="003353AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">План работы   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00346748" w:rsidRPr="00346748" w:rsidRDefault="00346748" w:rsidP="00346748">
+    <w:p w:rsidR="008E5AFF" w:rsidRPr="003353AF" w:rsidRDefault="008E5AFF" w:rsidP="008E5AFF">
       <w:pPr>
         <w:ind w:left="-900"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00346748">
-[...7 lines deleted...]
-        <w:t>№27 ЖОББМ 1 сынып оқушыларын бейімдеу бойынша мектеп психологы</w:t>
+      <w:r w:rsidRPr="003353AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">школьного психолога по адаптации  учащихся </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003353AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003353AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> классов С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003353AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003353AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ш</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003353AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №27</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003353AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E5AFF" w:rsidRDefault="00346748" w:rsidP="00346748">
+    <w:p w:rsidR="008E5AFF" w:rsidRPr="003353AF" w:rsidRDefault="00C415A9" w:rsidP="008E5AFF">
       <w:pPr>
         <w:ind w:left="-900"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00346748">
-[...8 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="003353AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2020-2021</w:t>
+      </w:r>
+      <w:r w:rsidR="008E5AFF" w:rsidRPr="003353AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00FB6D65" w:rsidRPr="003353AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ый</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003353AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB6D65" w:rsidRPr="003353AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>го</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00FB6D65" w:rsidRPr="003353AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00346748" w:rsidRPr="00346748" w:rsidRDefault="00346748" w:rsidP="00346748">
+    <w:p w:rsidR="008E5AFF" w:rsidRPr="00E06525" w:rsidRDefault="008E5AFF" w:rsidP="008E5AFF">
       <w:pPr>
         <w:ind w:left="-900"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10632" w:type="dxa"/>
         <w:tblInd w:w="-459" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="01E0"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="711"/>
         <w:gridCol w:w="4272"/>
         <w:gridCol w:w="3078"/>
         <w:gridCol w:w="2571"/>
       </w:tblGrid>
       <w:tr w:rsidR="008E5AFF" w:rsidRPr="00C415A9" w:rsidTr="00C415A9">
         <w:trPr>
           <w:trHeight w:val="1029"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="008E5AFF" w:rsidRPr="00C415A9" w:rsidRDefault="008E5AFF" w:rsidP="00440714">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
@@ -7325,236 +8756,264 @@
               <w:t>№</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008E5AFF" w:rsidRPr="00C415A9" w:rsidRDefault="008E5AFF" w:rsidP="00440714">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4272" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008E5AFF" w:rsidRPr="00C415A9" w:rsidRDefault="00346748" w:rsidP="00440714">
+          <w:p w:rsidR="008E5AFF" w:rsidRPr="00C415A9" w:rsidRDefault="008E5AFF" w:rsidP="00440714">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00346748">
+            <w:r w:rsidRPr="00C415A9">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Іс-шара</w:t>
+              <w:t>Мероприятия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3078" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008E5AFF" w:rsidRPr="00C415A9" w:rsidRDefault="00346748" w:rsidP="00440714">
+          <w:p w:rsidR="008E5AFF" w:rsidRPr="00C415A9" w:rsidRDefault="008E5AFF" w:rsidP="00440714">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00346748">
+            <w:r w:rsidRPr="00C415A9">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Өткізу мерзімі</w:t>
+              <w:t>Сроки проведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2571" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008E5AFF" w:rsidRPr="00C415A9" w:rsidRDefault="00346748" w:rsidP="00440714">
+          <w:p w:rsidR="008E5AFF" w:rsidRPr="00C415A9" w:rsidRDefault="008E5AFF" w:rsidP="00440714">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00346748">
+            <w:r w:rsidRPr="00C415A9">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Жауапты</w:t>
+              <w:t>Ответственный</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008E5AFF" w:rsidRPr="00624C6D" w:rsidTr="00C415A9">
         <w:trPr>
           <w:trHeight w:val="1029"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="008E5AFF" w:rsidRPr="00624C6D" w:rsidRDefault="008E5AFF" w:rsidP="00440714">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4272" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008E5AFF" w:rsidRPr="00440714" w:rsidRDefault="00346748" w:rsidP="008E5AFF">
+          <w:p w:rsidR="008E5AFF" w:rsidRPr="00440714" w:rsidRDefault="008E5AFF" w:rsidP="008E5AFF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00346748">
-[...6 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сбор информации по </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> класс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00440714">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ам</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3078" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008E5AFF" w:rsidRPr="00346748" w:rsidRDefault="00346748" w:rsidP="00440714">
+          <w:p w:rsidR="008E5AFF" w:rsidRPr="00624C6D" w:rsidRDefault="008E5AFF" w:rsidP="00440714">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>қыркүйек</w:t>
+              <w:t>сентябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2571" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="008E5AFF" w:rsidRPr="00624C6D" w:rsidRDefault="00C415A9" w:rsidP="00440714">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -7593,228 +9052,104 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4272" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F91073" w:rsidRPr="00F91073" w:rsidRDefault="00346748" w:rsidP="008E5AFF">
+          <w:p w:rsidR="00F91073" w:rsidRPr="00F91073" w:rsidRDefault="00BF149E" w:rsidP="008E5AFF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00346748">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Мектепке</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00346748">
+              <w:t>Диагностика готовности к школе, диагностика адаптации учащихся</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F91073" w:rsidRPr="00F91073" w:rsidRDefault="00BF149E" w:rsidP="00440714">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00346748">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>дайындық</w:t>
-[...136 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>сентябрь-ноябрь</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2571" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00F91073" w:rsidRPr="00F91073" w:rsidRDefault="00C415A9" w:rsidP="00440714">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -7855,318 +9190,116 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4272" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00991AA2" w:rsidRDefault="00346748" w:rsidP="00BF149E">
+          <w:p w:rsidR="00991AA2" w:rsidRDefault="00991AA2" w:rsidP="00BF149E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00346748">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">1-сынып </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00346748">
+              <w:t xml:space="preserve">Консультирование </w:t>
+            </w:r>
+            <w:r w:rsidR="00BF149E">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>мұғалімдеріне</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00346748">
+              <w:t xml:space="preserve">учителей 1-х классов по изучению адаптации учащихся </w:t>
+            </w:r>
+            <w:r w:rsidR="005F10AC">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t>и развитию познавательной сферы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00991AA2" w:rsidRDefault="00991AA2" w:rsidP="00440714">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>оқушылардың</w:t>
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...207 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>по запросу</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2571" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00991AA2" w:rsidRDefault="00C415A9" w:rsidP="00440714">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -8207,240 +9340,98 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4272" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00991AA2" w:rsidRDefault="00346748" w:rsidP="00991AA2">
+          <w:p w:rsidR="00991AA2" w:rsidRDefault="00B84079" w:rsidP="00991AA2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00346748">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Жарыстарға</w:t>
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t>Консультация учащихся в процессе подготовки к конкурсам, соревнованиям</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00991AA2" w:rsidRDefault="00B84079" w:rsidP="00440714">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>жарыстар</w:t>
-[...147 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>по запросу</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2571" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00991AA2" w:rsidRDefault="00C415A9" w:rsidP="00440714">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -8481,125 +9472,103 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4272" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008E5AFF" w:rsidRPr="00251DBB" w:rsidRDefault="00346748" w:rsidP="005F10AC">
+          <w:p w:rsidR="008E5AFF" w:rsidRPr="00251DBB" w:rsidRDefault="005F10AC" w:rsidP="005F10AC">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00346748">
-[...5 lines deleted...]
-              <w:t>Ата-аналар жиналысында сөз сөйлеу</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выступление на родительском собрании </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3078" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008E5AFF" w:rsidRPr="00BF149E" w:rsidRDefault="00346748" w:rsidP="00440714">
+          <w:p w:rsidR="008E5AFF" w:rsidRPr="00BF149E" w:rsidRDefault="005F10AC" w:rsidP="00440714">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00346748">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>сұрау</w:t>
-[...21 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>по запросу</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2571" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="008E5AFF" w:rsidRPr="00624C6D" w:rsidRDefault="008E5AFF" w:rsidP="00440714">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624C6D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -8629,487 +9598,523 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4272" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008E5AFF" w:rsidRPr="00624C6D" w:rsidRDefault="00517DB1" w:rsidP="005F10AC">
-[...16 lines deleted...]
-              <w:t>Диагностика қорытындысы бойынша түзету жұмыстары</w:t>
+          <w:p w:rsidR="008E5AFF" w:rsidRPr="00624C6D" w:rsidRDefault="005F10AC" w:rsidP="005F10AC">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624C6D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Коррекционные работы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по итогам диагностик</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3078" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008E5AFF" w:rsidRPr="00FD638A" w:rsidRDefault="00517DB1" w:rsidP="00440714">
+          <w:p w:rsidR="008E5AFF" w:rsidRPr="00FD638A" w:rsidRDefault="00FD638A" w:rsidP="00440714">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00517DB1">
-[...4 lines deleted...]
-              <w:t>Желтоқсан-қаңтар</w:t>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Д</w:t>
+            </w:r>
+            <w:r w:rsidR="008E5AFF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>екабрь</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-январь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2571" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008E5AFF" w:rsidRPr="00251DBB" w:rsidRDefault="00C415A9" w:rsidP="00517DB1">
+          <w:p w:rsidR="008E5AFF" w:rsidRPr="00251DBB" w:rsidRDefault="00C415A9" w:rsidP="00440714">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>п</w:t>
             </w:r>
             <w:r w:rsidR="008E5AFF" w:rsidRPr="00624C6D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">сихолог, </w:t>
             </w:r>
-            <w:r w:rsidR="00517DB1">
-[...5 lines deleted...]
-              <w:t>сынып жетекшілері</w:t>
+            <w:r w:rsidR="008E5AFF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>классный руководитель</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008E5AFF" w:rsidRPr="00624C6D" w:rsidTr="00C415A9">
         <w:trPr>
           <w:trHeight w:val="1029"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="008E5AFF" w:rsidRPr="00EB21CB" w:rsidRDefault="00EB21CB" w:rsidP="00440714">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4272" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008E5AFF" w:rsidRDefault="00517DB1" w:rsidP="00440714">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00517DB1">
+          <w:p w:rsidR="008E5AFF" w:rsidRDefault="008E5AFF" w:rsidP="00440714">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Қорытындылау</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>П</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>одведение итогов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3078" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008E5AFF" w:rsidRPr="00EB0DC5" w:rsidRDefault="00517DB1" w:rsidP="00440714">
+          <w:p w:rsidR="008E5AFF" w:rsidRPr="00EB0DC5" w:rsidRDefault="008E5AFF" w:rsidP="00440714">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>желтоқсан</w:t>
+              <w:t>декабрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2571" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="008E5AFF" w:rsidRDefault="00C415A9" w:rsidP="00440714">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>п</w:t>
             </w:r>
             <w:r w:rsidR="008E5AFF" w:rsidRPr="00624C6D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">сихолог, </w:t>
-[...15 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>сихолог, классный руководитель.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008E5AFF" w:rsidRPr="00624C6D" w:rsidTr="00C415A9">
         <w:trPr>
           <w:trHeight w:val="1029"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="008E5AFF" w:rsidRPr="00EB21CB" w:rsidRDefault="00EB21CB" w:rsidP="00440714">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4272" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008E5AFF" w:rsidRPr="00440714" w:rsidRDefault="00517DB1" w:rsidP="008E5AFF">
+          <w:p w:rsidR="008E5AFF" w:rsidRPr="00440714" w:rsidRDefault="008E5AFF" w:rsidP="008E5AFF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00517DB1">
-[...5 lines deleted...]
-              <w:t>1-сыныптарда сабаққа қатысу</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Посещение уроков в </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> класс</w:t>
+            </w:r>
+            <w:r w:rsidR="00440714">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3078" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00517DB1" w:rsidRPr="00517DB1" w:rsidRDefault="00517DB1" w:rsidP="00517DB1">
+          <w:p w:rsidR="005F10AC" w:rsidRDefault="005F10AC" w:rsidP="005F10AC">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00517DB1">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>қазан</w:t>
-[...12 lines deleted...]
-          <w:p w:rsidR="008E5AFF" w:rsidRDefault="00517DB1" w:rsidP="00517DB1">
+              <w:t xml:space="preserve">октябрь, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E5AFF" w:rsidRDefault="008E5AFF" w:rsidP="005F10AC">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...29 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в течении года</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2571" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="008E5AFF" w:rsidRPr="00624C6D" w:rsidRDefault="008E5AFF" w:rsidP="00440714">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624C6D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>психолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="008E5AFF" w:rsidRPr="00624C6D" w:rsidRDefault="008E5AFF" w:rsidP="008E5AFF">
       <w:pPr>
         <w:ind w:left="-1080"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00624C6D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00624C6D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="008E5AFF" w:rsidRDefault="008E5AFF" w:rsidP="008E5AFF">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00624C6D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="008E5AFF" w:rsidRDefault="008E5AFF" w:rsidP="008E5AFF">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008E5AFF" w:rsidRPr="00B24A9D" w:rsidRDefault="008E5AFF" w:rsidP="008E5AFF">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B24A9D">
         <w:rPr>
@@ -9121,50 +10126,69 @@
         </w:rPr>
         <w:t xml:space="preserve">Педагог-психолог: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C415A9">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Сансызбаева</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00C415A9">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> М.Д.</w:t>
       </w:r>
+      <w:r w:rsidRPr="00B24A9D">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B24A9D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="008E5AFF" w:rsidRDefault="008E5AFF" w:rsidP="00624C6D">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008E5AFF" w:rsidRDefault="008E5AFF" w:rsidP="00624C6D">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008E5AFF" w:rsidRDefault="008E5AFF" w:rsidP="00624C6D">
       <w:pPr>
         <w:rPr>
           <w:b/>
@@ -9172,392 +10196,503 @@
           <w:color w:val="FF0000"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008E5AFF" w:rsidRDefault="008E5AFF" w:rsidP="00624C6D">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008E5AFF" w:rsidRDefault="008E5AFF" w:rsidP="00624C6D">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00517DB1" w:rsidRPr="00517DB1" w:rsidRDefault="00E06525" w:rsidP="00517DB1">
+    <w:p w:rsidR="00440714" w:rsidRPr="00B41C01" w:rsidRDefault="00624C6D" w:rsidP="00440714">
       <w:pPr>
-        <w:jc w:val="right"/>
-[...6 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00624C6D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                </w:t>
+      </w:r>
+      <w:r w:rsidR="00E06525">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E06525">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E06525">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00440714">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00E06525">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00440714">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       «</w:t>
+      </w:r>
+      <w:r w:rsidR="00440714">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Утверждаю»</w:t>
+      </w:r>
+      <w:r w:rsidR="00440714" w:rsidRPr="00B41C01">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                          </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00440714" w:rsidRDefault="00440714" w:rsidP="00440714">
+      <w:pPr>
+        <w:ind w:left="6521"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...6 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...6 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...6 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.о.директора школы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41C01">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...12 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_______Бергузинова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Г.Ж.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41C01">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00440714" w:rsidRPr="00440714" w:rsidRDefault="00440714" w:rsidP="00440714">
+      <w:pPr>
+        <w:ind w:left="6521"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
-      <w:r w:rsidR="00517DB1" w:rsidRPr="00517DB1">
-[...30 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ______ 2020 год</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00517DB1" w:rsidRDefault="00517DB1" w:rsidP="00517DB1">
+    <w:p w:rsidR="001D1351" w:rsidRDefault="00624C6D" w:rsidP="00440714">
       <w:pPr>
-        <w:jc w:val="right"/>
-[...6 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...19 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r w:rsidRPr="00B41C01">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                                   </w:t>
+      </w:r>
+      <w:r w:rsidR="00B41C01" w:rsidRPr="00B41C01">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> м. а.</w:t>
+      <w:r w:rsidR="00B41C01">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="001D1351">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00517DB1" w:rsidRPr="00517DB1" w:rsidRDefault="00517DB1" w:rsidP="00517DB1">
-[...106 lines deleted...]
-    <w:p w:rsidR="00517DB1" w:rsidRPr="00517DB1" w:rsidRDefault="00517DB1" w:rsidP="00517DB1">
+    <w:p w:rsidR="00440714" w:rsidRPr="003353AF" w:rsidRDefault="00624C6D" w:rsidP="00E06525">
       <w:pPr>
         <w:ind w:left="-900"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00517DB1">
-[...7 lines deleted...]
-        <w:t>2020-2021 оқу жылына арналған №27 ЖОББМ</w:t>
+      <w:r w:rsidRPr="003353AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">План работы   школьного психолога по адаптации  </w:t>
+      </w:r>
+      <w:r w:rsidR="008D6F7C" w:rsidRPr="003353AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учащихся </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003353AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5 классов </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00517DB1" w:rsidRPr="00517DB1" w:rsidRDefault="00517DB1" w:rsidP="00517DB1">
+    <w:p w:rsidR="00624C6D" w:rsidRPr="003353AF" w:rsidRDefault="00624C6D" w:rsidP="00E06525">
       <w:pPr>
         <w:ind w:left="-900"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00517DB1">
-[...7 lines deleted...]
-        <w:t>5 сынып оқушыларын бейімдеу бойынша мектеп психологының жұмыс жоспары</w:t>
+      <w:r w:rsidRPr="003353AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:r w:rsidR="005C405A" w:rsidRPr="003353AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003353AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ш</w:t>
+      </w:r>
+      <w:r w:rsidR="00440714" w:rsidRPr="003353AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №27 на 2020-2021</w:t>
+      </w:r>
+      <w:r w:rsidR="008D6F7C" w:rsidRPr="003353AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B41C01" w:rsidRPr="003353AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003353AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>чебн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005F10AC" w:rsidRPr="003353AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ый</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008D6F7C" w:rsidRPr="003353AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003353AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> год</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E06525" w:rsidRPr="00517DB1" w:rsidRDefault="00E06525" w:rsidP="00E06525">
+    <w:p w:rsidR="00E06525" w:rsidRPr="00E06525" w:rsidRDefault="00E06525" w:rsidP="00E06525">
       <w:pPr>
         <w:ind w:left="-900"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10370" w:type="dxa"/>
         <w:tblInd w:w="-459" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="01E0"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="711"/>
         <w:gridCol w:w="4272"/>
         <w:gridCol w:w="3078"/>
         <w:gridCol w:w="2309"/>
       </w:tblGrid>
       <w:tr w:rsidR="00251DBB" w:rsidRPr="00440714" w:rsidTr="00B24A9D">
         <w:trPr>
           <w:trHeight w:val="1029"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00251DBB" w:rsidRPr="00440714" w:rsidRDefault="00251DBB" w:rsidP="001E792D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
@@ -9577,236 +10712,247 @@
               <w:t>№</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00251DBB" w:rsidRPr="00440714" w:rsidRDefault="00251DBB" w:rsidP="001E792D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4272" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00251DBB" w:rsidRPr="00440714" w:rsidRDefault="00517DB1" w:rsidP="00251DBB">
+          <w:p w:rsidR="00251DBB" w:rsidRPr="00440714" w:rsidRDefault="00251DBB" w:rsidP="00251DBB">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00517DB1">
+            <w:r w:rsidRPr="00440714">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Іс-шара</w:t>
+              <w:t>Мероприятия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3078" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00251DBB" w:rsidRPr="00440714" w:rsidRDefault="00517DB1" w:rsidP="00251DBB">
+          <w:p w:rsidR="00251DBB" w:rsidRPr="00440714" w:rsidRDefault="00251DBB" w:rsidP="00251DBB">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00517DB1">
+            <w:r w:rsidRPr="00440714">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Өткізу мерзімі</w:t>
+              <w:t>Сроки проведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2309" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00517DB1" w:rsidRPr="00440714" w:rsidRDefault="00517DB1" w:rsidP="00517DB1">
+          <w:p w:rsidR="00251DBB" w:rsidRPr="00440714" w:rsidRDefault="00251DBB" w:rsidP="00251DBB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00440714">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Жауаптылар</w:t>
+              <w:t>Ответственный</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00251DBB" w:rsidRPr="00624C6D" w:rsidTr="00B24A9D">
         <w:trPr>
           <w:trHeight w:val="1029"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00251DBB" w:rsidRPr="00624C6D" w:rsidRDefault="00251DBB" w:rsidP="001E792D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4272" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00251DBB" w:rsidRPr="00440714" w:rsidRDefault="00517DB1" w:rsidP="008D6F7C">
+          <w:p w:rsidR="00251DBB" w:rsidRPr="00440714" w:rsidRDefault="00251DBB" w:rsidP="008D6F7C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00517DB1">
-[...6 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сбор информации по 5 класс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00440714">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ам</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3078" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00251DBB" w:rsidRPr="00624C6D" w:rsidRDefault="00517DB1" w:rsidP="00B24A9D">
+          <w:p w:rsidR="00251DBB" w:rsidRPr="00624C6D" w:rsidRDefault="00251DBB" w:rsidP="00B24A9D">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>қыркүйек</w:t>
+              <w:t>сентябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2309" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00251DBB" w:rsidRPr="00624C6D" w:rsidRDefault="00440714" w:rsidP="001E792D">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
@@ -9846,116 +10992,106 @@
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4272" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00251DBB" w:rsidRPr="00517DB1" w:rsidRDefault="00517DB1" w:rsidP="0067569F">
-[...16 lines deleted...]
-              <w:t>Бастауыш буыннан орта модульге ауысу кезіндегі жеке ерекшеліктерді зерттеу (диагностика)</w:t>
+          <w:p w:rsidR="00251DBB" w:rsidRPr="0067569F" w:rsidRDefault="0067569F" w:rsidP="0067569F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Изучение индивидуальных особенностей при переходе из начального звена в средний модуль (диагностики)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3078" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00251DBB" w:rsidRPr="0067569F" w:rsidRDefault="00517DB1" w:rsidP="00B24A9D">
+          <w:p w:rsidR="00251DBB" w:rsidRPr="0067569F" w:rsidRDefault="00440714" w:rsidP="00B24A9D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00517DB1">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>қыркүйе</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00517DB1">
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidR="0067569F">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>к-</w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>ентябрь-ноябрь</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2309" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00251DBB" w:rsidRPr="00624C6D" w:rsidRDefault="00440714" w:rsidP="001E792D">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -9996,308 +11132,98 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4272" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0067569F" w:rsidRPr="0067569F" w:rsidRDefault="00517DB1" w:rsidP="0067569F">
+          <w:p w:rsidR="0067569F" w:rsidRPr="0067569F" w:rsidRDefault="0067569F" w:rsidP="0067569F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00517DB1">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Емтихандарға</w:t>
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t>Консультации учащихся в процессе подготовки к экзаменам, конкурсам, соревнованиям и т.д.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0067569F" w:rsidRDefault="0067569F" w:rsidP="00B24A9D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>конкурстарға</w:t>
-[...216 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>В течение года</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2309" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0067569F" w:rsidRPr="0067569F" w:rsidRDefault="00440714" w:rsidP="001E792D">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
@@ -10339,147 +11265,116 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4272" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003C734B" w:rsidRDefault="00517DB1" w:rsidP="00440714">
-[...16 lines deleted...]
-              <w:t>Жеке әңгімелер</w:t>
+          <w:p w:rsidR="003C734B" w:rsidRDefault="003C734B" w:rsidP="00440714">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Индивидуальные беседы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3078" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003C734B" w:rsidRDefault="00517DB1" w:rsidP="00440714">
+          <w:p w:rsidR="003C734B" w:rsidRDefault="003C734B" w:rsidP="00440714">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-              <w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в течени</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Бі</w:t>
-[...47 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> года</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2309" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="003C734B" w:rsidRPr="00624C6D" w:rsidRDefault="003C734B" w:rsidP="00440714">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624C6D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -10507,326 +11402,123 @@
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4272" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003C734B" w:rsidRPr="0067569F" w:rsidRDefault="00517DB1" w:rsidP="001E792D">
+          <w:p w:rsidR="003C734B" w:rsidRPr="0067569F" w:rsidRDefault="003C734B" w:rsidP="001E792D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00517DB1">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>"</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00517DB1">
+              <w:t>«Я и мое социальное окружение». Групповая коррекционно-развивающая работа с учащимися (преодоление адаптационного периода)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003C734B" w:rsidRPr="0067569F" w:rsidRDefault="00440714" w:rsidP="00B24A9D">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Мен </w:t>
-            </w:r>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00517DB1">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>ж</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00517DB1">
+              <w:t>н</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003C734B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>оябрь</w:t>
+            </w:r>
+            <w:r w:rsidR="003C734B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>әне</w:t>
-[...225 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>-декабрь</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2309" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="003C734B" w:rsidRPr="00624C6D" w:rsidRDefault="00440714" w:rsidP="001E792D">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -10884,641 +11576,547 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4272" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="003C734B" w:rsidRDefault="003C734B" w:rsidP="00251DBB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-              <w:t>Тренингтік сабақтар</w:t>
+              <w:t xml:space="preserve"> Тренинговые занятия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3078" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003C734B" w:rsidRPr="003C734B" w:rsidRDefault="00517DB1" w:rsidP="00B24A9D">
+          <w:p w:rsidR="003C734B" w:rsidRPr="003C734B" w:rsidRDefault="003C734B" w:rsidP="00B24A9D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-              <w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Бі</w:t>
-[...47 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>В течение года</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2309" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="003C734B" w:rsidRPr="00251DBB" w:rsidRDefault="00440714" w:rsidP="00251DBB">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>п</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="003C734B" w:rsidRPr="00624C6D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">сихолог, </w:t>
             </w:r>
-            <w:r w:rsidR="00517DB1">
-[...21 lines deleted...]
-              <w:t>лері</w:t>
+            <w:r w:rsidR="003C734B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>классный руководитель</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C734B" w:rsidRPr="00624C6D" w:rsidTr="00B24A9D">
         <w:trPr>
           <w:trHeight w:val="1029"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="003C734B" w:rsidRPr="00EB21CB" w:rsidRDefault="003C734B" w:rsidP="00440714">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4272" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003C734B" w:rsidRDefault="00517DB1" w:rsidP="001E792D">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00517DB1">
+          <w:p w:rsidR="003C734B" w:rsidRDefault="003C734B" w:rsidP="001E792D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Қорытындылау</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>П</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>одведение итогов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3078" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003C734B" w:rsidRPr="00EB0DC5" w:rsidRDefault="00517DB1" w:rsidP="00B24A9D">
+          <w:p w:rsidR="003C734B" w:rsidRPr="00EB0DC5" w:rsidRDefault="003C734B" w:rsidP="00B24A9D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2309" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="003C734B" w:rsidRDefault="00440714" w:rsidP="00251DBB">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>п</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="003C734B" w:rsidRPr="00624C6D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">сихолог, </w:t>
-[...31 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>сихолог, классный руководитель.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C734B" w:rsidRPr="00624C6D" w:rsidTr="00B24A9D">
         <w:trPr>
           <w:trHeight w:val="1029"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="003C734B" w:rsidRPr="00EB21CB" w:rsidRDefault="003C734B" w:rsidP="00440714">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4272" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003C734B" w:rsidRPr="00440714" w:rsidRDefault="00517DB1" w:rsidP="00440714">
+          <w:p w:rsidR="003C734B" w:rsidRPr="00440714" w:rsidRDefault="003C734B" w:rsidP="00440714">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00517DB1">
-[...5 lines deleted...]
-              <w:t>5-сыныптарда сабаққа қатысу</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Посещение уроков в 5 класс</w:t>
+            </w:r>
+            <w:r w:rsidR="00440714">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3078" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003C734B" w:rsidRDefault="00517DB1" w:rsidP="00440714">
+          <w:p w:rsidR="003C734B" w:rsidRDefault="003C734B" w:rsidP="00440714">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-              <w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в течени</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Бі</w:t>
-[...47 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> года</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2309" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="003C734B" w:rsidRPr="00624C6D" w:rsidRDefault="003C734B" w:rsidP="00440714">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624C6D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>психолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00624C6D" w:rsidRPr="00624C6D" w:rsidRDefault="00624C6D" w:rsidP="00624C6D">
       <w:pPr>
         <w:ind w:left="-1080"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00624C6D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="008D4655">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00624C6D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00B24A9D" w:rsidRDefault="00B24A9D" w:rsidP="008D4655">
+    <w:p w:rsidR="00B24A9D" w:rsidRDefault="00440714" w:rsidP="008D4655">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="008D4655" w:rsidRPr="00624C6D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00B24A9D" w:rsidRDefault="00B24A9D" w:rsidP="008D4655">
+    <w:p w:rsidR="00B24A9D" w:rsidRPr="00B24A9D" w:rsidRDefault="00B24A9D" w:rsidP="008D4655">
       <w:pPr>
         <w:rPr>
-          <w:bCs/>
-[...3 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B24A9D">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Педагог-психолог: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00440714">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Сансызбаева</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00440714">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> М.Д.</w:t>
       </w:r>
-    </w:p>
-[...20 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w:rsidR="003353AF" w:rsidRDefault="00B24A9D" w:rsidP="00440714">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00624C6D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -11585,605 +12183,747 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:r w:rsidR="00440714">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00517DB1" w:rsidRPr="00517DB1" w:rsidRDefault="00517DB1" w:rsidP="00517DB1">
+    <w:p w:rsidR="00440714" w:rsidRPr="00B41C01" w:rsidRDefault="003353AF" w:rsidP="00440714">
       <w:pPr>
-        <w:jc w:val="right"/>
-[...6 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00517DB1">
-[...9 lines deleted...]
-        <w:t>"</w:t>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                          </w:t>
+      </w:r>
+      <w:r w:rsidR="00440714">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00440714">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Утверждаю»</w:t>
+      </w:r>
+      <w:r w:rsidR="00440714" w:rsidRPr="00B41C01">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                          </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00440714" w:rsidRDefault="00440714" w:rsidP="00440714">
+      <w:pPr>
+        <w:ind w:left="6521"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.о.директора школы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41C01">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00517DB1">
-[...8 lines deleted...]
-        <w:t>Бекітемін</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_______Бергузинова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00517DB1">
-[...6 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Г.Ж.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41C01">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00440714" w:rsidRPr="00440714" w:rsidRDefault="00440714" w:rsidP="00440714">
+      <w:pPr>
+        <w:ind w:left="6521"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ______ 2020 год</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00517DB1" w:rsidRDefault="00517DB1" w:rsidP="00517DB1">
+    <w:p w:rsidR="008D4655" w:rsidRPr="008D4655" w:rsidRDefault="008D4655" w:rsidP="00440714">
       <w:pPr>
-        <w:jc w:val="right"/>
-[...6 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...45 lines deleted...]
-        <w:t xml:space="preserve"> м. а. </w:t>
+      <w:r w:rsidRPr="008D4655">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                                                                      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D4655">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00517DB1" w:rsidRPr="00517DB1" w:rsidRDefault="00517DB1" w:rsidP="00517DB1">
-[...108 lines deleted...]
-    <w:p w:rsidR="00517DB1" w:rsidRPr="00517DB1" w:rsidRDefault="00517DB1" w:rsidP="00517DB1">
+    <w:p w:rsidR="003C734B" w:rsidRPr="003353AF" w:rsidRDefault="00440714" w:rsidP="00B24A9D">
       <w:pPr>
         <w:ind w:left="-900"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00517DB1">
-[...7 lines deleted...]
-        <w:t>Сабақтастық бойынша мектеп психологының жұмыс жоспары</w:t>
+      <w:r w:rsidRPr="003353AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">План работы </w:t>
+      </w:r>
+      <w:r w:rsidR="008D4655" w:rsidRPr="003353AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школьного психолог</w:t>
+      </w:r>
+      <w:r w:rsidR="002E32AC" w:rsidRPr="003353AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а по </w:t>
+      </w:r>
+      <w:r w:rsidR="00B45C3E" w:rsidRPr="003353AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>преемственности</w:t>
+      </w:r>
+      <w:r w:rsidR="002E32AC" w:rsidRPr="003353AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00517DB1" w:rsidRPr="00517DB1" w:rsidRDefault="00517DB1" w:rsidP="00517DB1">
+    <w:p w:rsidR="003C734B" w:rsidRPr="003353AF" w:rsidRDefault="002E32AC" w:rsidP="00B24A9D">
       <w:pPr>
         <w:ind w:left="-900"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00517DB1">
-[...7 lines deleted...]
-        <w:t>№27 ЖОББМ жоғары буынға көшумен 10 сынып</w:t>
+      <w:r w:rsidRPr="003353AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10 классов</w:t>
+      </w:r>
+      <w:r w:rsidR="00B45C3E" w:rsidRPr="003353AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="008D4655" w:rsidRPr="003353AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с переходом в старшее</w:t>
+      </w:r>
+      <w:r w:rsidR="00B45C3E" w:rsidRPr="003353AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> звено</w:t>
+      </w:r>
+      <w:r w:rsidR="008D6F7C" w:rsidRPr="003353AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B24A9D" w:rsidRPr="003353AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">СОШ №27 </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B24A9D" w:rsidRPr="00B24A9D" w:rsidRDefault="00517DB1" w:rsidP="00517DB1">
+    <w:p w:rsidR="008D4655" w:rsidRPr="003353AF" w:rsidRDefault="00440714" w:rsidP="00B24A9D">
       <w:pPr>
         <w:ind w:left="-900"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00517DB1">
-[...8 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="003353AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2020-2021</w:t>
+      </w:r>
+      <w:r w:rsidR="008D6F7C" w:rsidRPr="003353AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008D4655" w:rsidRPr="003353AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003C734B" w:rsidRPr="003353AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ый</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008D6F7C" w:rsidRPr="003353AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008D4655" w:rsidRPr="003353AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> год</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B24A9D" w:rsidRPr="00B24A9D" w:rsidRDefault="00B24A9D" w:rsidP="00B45C3E">
+      <w:pPr>
+        <w:ind w:left="-900"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10540" w:type="dxa"/>
         <w:tblInd w:w="-459" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="01E0"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="4205"/>
         <w:gridCol w:w="2979"/>
         <w:gridCol w:w="2647"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C726B2" w:rsidRPr="00440714" w:rsidTr="00294673">
+      <w:tr w:rsidR="00294673" w:rsidRPr="00440714" w:rsidTr="00294673">
         <w:trPr>
           <w:trHeight w:val="628"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C726B2" w:rsidRPr="00440714" w:rsidRDefault="00C726B2" w:rsidP="00A27596">
+          <w:p w:rsidR="00294673" w:rsidRPr="00440714" w:rsidRDefault="00294673" w:rsidP="00A27596">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440714">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C726B2" w:rsidRPr="00440714" w:rsidRDefault="00C726B2" w:rsidP="00A27596">
+          <w:p w:rsidR="00294673" w:rsidRPr="00440714" w:rsidRDefault="00294673" w:rsidP="00A27596">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C726B2" w:rsidRPr="00C415A9" w:rsidRDefault="00C726B2" w:rsidP="00C658FA">
+          <w:p w:rsidR="00294673" w:rsidRPr="00440714" w:rsidRDefault="00BB1B0C" w:rsidP="00A27596">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00346748">
+            <w:r w:rsidRPr="00440714">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Іс-шара</w:t>
+              <w:t>Мероприятия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2979" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C726B2" w:rsidRPr="00C415A9" w:rsidRDefault="00C726B2" w:rsidP="00C658FA">
+          <w:p w:rsidR="00294673" w:rsidRPr="00440714" w:rsidRDefault="00294673" w:rsidP="00A27596">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00346748">
+            <w:r w:rsidRPr="00440714">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Өткізу мерзімі</w:t>
+              <w:t>Сроки проведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C726B2" w:rsidRPr="00C415A9" w:rsidRDefault="00C726B2" w:rsidP="00C658FA">
+          <w:p w:rsidR="00294673" w:rsidRPr="00440714" w:rsidRDefault="00294673" w:rsidP="00A27596">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00346748">
+            <w:r w:rsidRPr="00440714">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Жауапты</w:t>
+              <w:t>Ответственный</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00294673" w:rsidRPr="00624C6D" w:rsidTr="00630680">
         <w:trPr>
           <w:trHeight w:val="697"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00294673" w:rsidRPr="00624C6D" w:rsidRDefault="00294673" w:rsidP="001E792D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00294673" w:rsidRPr="00624C6D" w:rsidRDefault="00C726B2" w:rsidP="00BB1B0C">
-[...16 lines deleted...]
-              <w:t>10 сынып бойынша ақпарат жинау</w:t>
+          <w:p w:rsidR="00294673" w:rsidRPr="00624C6D" w:rsidRDefault="00294673" w:rsidP="00BB1B0C">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сбор информации по 10 классу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2979" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00294673" w:rsidRPr="00624C6D" w:rsidRDefault="00C726B2" w:rsidP="00BE3CAC">
+          <w:p w:rsidR="00294673" w:rsidRPr="00624C6D" w:rsidRDefault="00294673" w:rsidP="00BE3CAC">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>қыркүйек</w:t>
+              <w:t>сентябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00294673" w:rsidRPr="00624C6D" w:rsidRDefault="00440714" w:rsidP="001E792D">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -12220,117 +12960,106 @@
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00294673" w:rsidRPr="002C536F" w:rsidRDefault="00C726B2" w:rsidP="008D6F7C">
+          <w:p w:rsidR="00294673" w:rsidRPr="002C536F" w:rsidRDefault="00BB1B0C" w:rsidP="008D6F7C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C726B2">
-[...5 lines deleted...]
-              <w:t>Оқушылардың қызығушылықтарын диагностикалау</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Диагностика интересов учащихся</w:t>
+            </w:r>
+            <w:r w:rsidR="002C536F">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2979" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00294673" w:rsidRPr="002C536F" w:rsidRDefault="00CA71F2" w:rsidP="002C536F">
+          <w:p w:rsidR="00294673" w:rsidRPr="002C536F" w:rsidRDefault="002C536F" w:rsidP="002C536F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CA71F2">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>қыркүйе</w:t>
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>сентябрь-ноябрь</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00294673" w:rsidRPr="00624C6D" w:rsidRDefault="00440714" w:rsidP="001E792D">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -12366,99 +13095,110 @@
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00294673" w:rsidRPr="00CA71F2" w:rsidRDefault="00CA71F2" w:rsidP="002E32AC">
-[...16 lines deleted...]
-              <w:t>Жеке тұлғаның кәсіби түрін, кәсіби саласын, мамандық таңдауға дайындығын анықтау</w:t>
+          <w:p w:rsidR="00294673" w:rsidRPr="002C536F" w:rsidRDefault="00440714" w:rsidP="002E32AC">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Определение </w:t>
+            </w:r>
+            <w:r w:rsidR="002C536F">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>профессионального типа личности, профессиональной сферы, готовности к выбору профессии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2979" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00294673" w:rsidRPr="00624C6D" w:rsidRDefault="00CA71F2" w:rsidP="00BE3CAC">
+          <w:p w:rsidR="00294673" w:rsidRPr="00624C6D" w:rsidRDefault="00294673" w:rsidP="00BE3CAC">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>қараша</w:t>
+              <w:t>ноябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00294673" w:rsidRPr="00624C6D" w:rsidRDefault="00440714" w:rsidP="001E792D">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -12497,268 +13237,104 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00261CD1" w:rsidRDefault="00CA71F2" w:rsidP="002E32AC">
+          <w:p w:rsidR="00261CD1" w:rsidRDefault="00261CD1" w:rsidP="002E32AC">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CA71F2">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Емтихандарға</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00CA71F2">
+              <w:t>Консультации учащихся в процессе подготовки к экзаменам, конкурсам, соревнованиям</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2979" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00261CD1" w:rsidRPr="00261CD1" w:rsidRDefault="00261CD1" w:rsidP="00BE3CAC">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00CA71F2">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>конкурстарға</w:t>
-[...176 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>По запросу</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00261CD1" w:rsidRPr="00261CD1" w:rsidRDefault="00440714" w:rsidP="001E792D">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -12799,290 +13375,104 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00261CD1" w:rsidRDefault="00CA71F2" w:rsidP="002E32AC">
+          <w:p w:rsidR="00261CD1" w:rsidRDefault="00261CD1" w:rsidP="002E32AC">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00CA71F2">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Емтихан</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00CA71F2">
+              <w:t>Профилактика стрессового состояния в период подготовки к экзаменам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2979" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00261CD1" w:rsidRDefault="00261CD1" w:rsidP="00BE3CAC">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>ға</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00CA71F2">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...197 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>В течение года</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00261CD1" w:rsidRDefault="00440714" w:rsidP="001E792D">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -13123,385 +13513,166 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C536F" w:rsidRDefault="00CA71F2" w:rsidP="00261CD1">
+          <w:p w:rsidR="002C536F" w:rsidRDefault="00261CD1" w:rsidP="00261CD1">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Изучение интересов, склонностей учащихся, проф. направленности, и</w:t>
+            </w:r>
+            <w:r w:rsidR="002C536F">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ндивидуальная </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CA71F2">
+            <w:r w:rsidR="002C536F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Оқушылардың</w:t>
+              <w:t>профориентационная</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CA71F2">
+            <w:r w:rsidR="002C536F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00CA71F2">
+              <w:t xml:space="preserve"> работ</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>қызығушылықтарын</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00CA71F2">
+              <w:t>а</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2979" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00261CD1" w:rsidRDefault="00261CD1" w:rsidP="00BE3CAC">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00CA71F2">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>бейімділіктері</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00CA71F2">
+              <w:t xml:space="preserve">Сентябрь, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C536F" w:rsidRPr="002C536F" w:rsidRDefault="00261CD1" w:rsidP="00BE3CAC">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>н</w:t>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA71F2">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...252 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>в течение года</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="002C536F" w:rsidRPr="002C536F" w:rsidRDefault="00440714" w:rsidP="001E792D">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -13542,172 +13713,105 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00294673" w:rsidRPr="00624C6D" w:rsidRDefault="00CA71F2" w:rsidP="002C536F">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00CA71F2">
+          <w:p w:rsidR="00294673" w:rsidRPr="00624C6D" w:rsidRDefault="00BE3CAC" w:rsidP="002C536F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Тренингтік</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00CA71F2">
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidR="00294673">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ренинговые занятия  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2979" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00294673" w:rsidRPr="00EB0DC5" w:rsidRDefault="002C536F" w:rsidP="00BE3CAC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...91 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>В течение года</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00294673" w:rsidRPr="00624C6D" w:rsidRDefault="00440714" w:rsidP="001E792D">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -13748,123 +13852,120 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00294673" w:rsidRPr="00624C6D" w:rsidRDefault="00CA71F2" w:rsidP="00B41C01">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00261CD1" w:rsidRPr="00624C6D" w:rsidRDefault="00294673" w:rsidP="00261CD1">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Выступление на р</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE3CAC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">одительском собрании </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00294673" w:rsidRPr="00624C6D" w:rsidRDefault="00294673" w:rsidP="00B41C01">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2979" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00294673" w:rsidRPr="00261CD1" w:rsidRDefault="00CA71F2" w:rsidP="00BE3CAC">
+          <w:p w:rsidR="00294673" w:rsidRPr="00261CD1" w:rsidRDefault="00261CD1" w:rsidP="00BE3CAC">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Сұрау</w:t>
-[...21 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>По запросу</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00294673" w:rsidRPr="00BE3CAC" w:rsidRDefault="00440714" w:rsidP="00261CD1">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -13903,218 +14004,189 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00294673" w:rsidRDefault="00CA71F2" w:rsidP="001E792D">
-[...16 lines deleted...]
-              <w:t>Қатысуды бақылау</w:t>
+          <w:p w:rsidR="00294673" w:rsidRDefault="00294673" w:rsidP="001E792D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Контроль посещаемости </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2979" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00294673" w:rsidRDefault="00CA71F2" w:rsidP="00BE3CAC">
+          <w:p w:rsidR="00294673" w:rsidRDefault="00BE3CAC" w:rsidP="00BE3CAC">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CA71F2">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Бі</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00CA71F2">
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidR="00294673">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> течении года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00294673" w:rsidRDefault="002C536F" w:rsidP="001E792D">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кл.руководитель </w:t>
+            </w:r>
+            <w:r w:rsidR="00294673">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>соцпедагог</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00294673" w:rsidRPr="002C536F" w:rsidRDefault="002C536F" w:rsidP="005F5D4E">
+            <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>р</w:t>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA71F2">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...83 lines deleted...]
-              <w:t>психолог</w:t>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сихолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="005F5D4E" w:rsidRDefault="005F5D4E" w:rsidP="005F5D4E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="005F5D4E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                </w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00BE3CAC" w:rsidRDefault="00BE3CAC" w:rsidP="005F5D4E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00440714" w:rsidRPr="00B24A9D" w:rsidRDefault="00440714" w:rsidP="00440714">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B24A9D">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -14124,789 +14196,479 @@
         <w:t xml:space="preserve">Педагог-психолог: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Сансызбаева</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> М.Д.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA71F2" w:rsidRDefault="00440714" w:rsidP="00440714">
+    <w:p w:rsidR="00440714" w:rsidRPr="00B41C01" w:rsidRDefault="00440714" w:rsidP="00440714">
       <w:pPr>
         <w:rPr>
-          <w:b/>
-[...4 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                 </w:t>
+        <w:t xml:space="preserve">                                                                                                    «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Утверждаю»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41C01">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                          </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA71F2" w:rsidRPr="00CA71F2" w:rsidRDefault="00440714" w:rsidP="00CA71F2">
+    <w:p w:rsidR="00440714" w:rsidRDefault="00440714" w:rsidP="00440714">
       <w:pPr>
-        <w:ind w:left="5664" w:firstLine="708"/>
-[...6 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:ind w:left="6521"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...18 lines deleted...]
-        <w:t>"</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.о.директора школы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41C01">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00CA71F2" w:rsidRPr="00CA71F2">
-[...8 lines deleted...]
-        <w:t>Бекітемін</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_______Бергузинова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00CA71F2" w:rsidRPr="00CA71F2">
-[...6 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Г.Ж.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41C01">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00440714" w:rsidRPr="00440714" w:rsidRDefault="00440714" w:rsidP="00440714">
+      <w:pPr>
+        <w:ind w:left="6521"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ______ 2020 год</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00CA71F2" w:rsidRDefault="00CA71F2" w:rsidP="00CA71F2">
+    <w:p w:rsidR="00B6181D" w:rsidRPr="00B6181D" w:rsidRDefault="00B6181D" w:rsidP="00B6181D">
       <w:pPr>
-        <w:ind w:left="5664"/>
-[...6 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...164 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w:rsidR="00B6181D" w:rsidRPr="008D4655" w:rsidRDefault="00B6181D" w:rsidP="00B6181D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="008D4655">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                                                                      </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00CA71F2" w:rsidRPr="003353AF" w:rsidRDefault="00CA71F2" w:rsidP="00CA71F2">
+    <w:p w:rsidR="00B6181D" w:rsidRPr="003353AF" w:rsidRDefault="00B6181D" w:rsidP="00B6181D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CA71F2">
-[...66 lines deleted...]
-        <w:t xml:space="preserve"> №27 ЖОББМ</w:t>
+      <w:r w:rsidRPr="003353AF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">План работы  психолога по профориентации учащихся  9-11 классов  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA71F2" w:rsidRPr="00CA71F2" w:rsidRDefault="00CA71F2" w:rsidP="00CA71F2">
+    <w:p w:rsidR="00B6181D" w:rsidRPr="003353AF" w:rsidRDefault="00B6181D" w:rsidP="00B6181D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CA71F2">
-[...178 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003353AF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>СОШ №27</w:t>
+      </w:r>
+      <w:r w:rsidR="00C9688E" w:rsidRPr="003353AF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  на 2020-2021 учебный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003353AF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> год</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00B6181D" w:rsidRPr="008D4655" w:rsidRDefault="00B6181D" w:rsidP="00B6181D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11058" w:type="dxa"/>
         <w:tblInd w:w="-885" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="01E0"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3970"/>
         <w:gridCol w:w="2126"/>
         <w:gridCol w:w="2694"/>
         <w:gridCol w:w="2268"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B6181D" w:rsidRPr="00C9688E" w:rsidTr="00440714">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B6181D" w:rsidRPr="00C9688E" w:rsidRDefault="00CA71F2" w:rsidP="00440714">
+          <w:p w:rsidR="00B6181D" w:rsidRPr="00C9688E" w:rsidRDefault="00B6181D" w:rsidP="00440714">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00C9688E">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Іс-шара</w:t>
+              <w:t>Мероприятия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B6181D" w:rsidRPr="00C9688E" w:rsidRDefault="00CA71F2" w:rsidP="00440714">
+          <w:p w:rsidR="00B6181D" w:rsidRPr="00C9688E" w:rsidRDefault="00B6181D" w:rsidP="00440714">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00C9688E">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">Мерзім </w:t>
+              <w:t>Сроки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B6181D" w:rsidRPr="00C9688E" w:rsidRDefault="00CA71F2" w:rsidP="00440714">
+          <w:p w:rsidR="00B6181D" w:rsidRPr="00C9688E" w:rsidRDefault="00B6181D" w:rsidP="00440714">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00C9688E">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">Жауаптылар </w:t>
+              <w:t>Ответственные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B6181D" w:rsidRPr="00C9688E" w:rsidRDefault="00CA71F2" w:rsidP="00440714">
+          <w:p w:rsidR="00B6181D" w:rsidRPr="00C9688E" w:rsidRDefault="00B6181D" w:rsidP="00440714">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00C9688E">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Шығу</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C9688E">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              </w:rPr>
+              <w:t>ыход</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B6181D" w:rsidRPr="00EB0DC5" w:rsidTr="00440714">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA71F2" w:rsidRPr="00CA71F2" w:rsidRDefault="00CA71F2" w:rsidP="00CA71F2">
-[...26 lines deleted...]
-              <w:t>9-11 сынып түлектерін жұмысқа орналастыру бойынша ақпарат жинау.</w:t>
+          <w:p w:rsidR="00B6181D" w:rsidRPr="00EB0DC5" w:rsidRDefault="00B6181D" w:rsidP="00440714">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB0DC5">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1. Түлектердің оқу орындарына түсуі туралы мәліметтер жинақтау.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B6181D" w:rsidRPr="00EB0DC5" w:rsidRDefault="00B6181D" w:rsidP="00440714">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB0DC5">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сбор информации по трудоустройству выпускников 9-11 классов.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B6181D" w:rsidRPr="00EB0DC5" w:rsidRDefault="00B6181D" w:rsidP="00440714">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Сентябрь - қыркүйек</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB0DC5">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B6181D" w:rsidRDefault="00B6181D" w:rsidP="00440714">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB0DC5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Сынып жетекшілер</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B6181D" w:rsidRPr="00EB0DC5" w:rsidRDefault="00B6181D" w:rsidP="00440714">
             <w:pPr>
               <w:rPr>
@@ -15005,77 +14767,63 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B6181D" w:rsidRPr="00EB0DC5" w:rsidRDefault="00B6181D" w:rsidP="00440714">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Қазан – октябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B6181D" w:rsidRPr="00EB0DC5" w:rsidRDefault="00B6181D" w:rsidP="00CA71F2">
+          <w:p w:rsidR="00B6181D" w:rsidRPr="00EB0DC5" w:rsidRDefault="00B6181D" w:rsidP="00440714">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB0DC5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">Психолог, </w:t>
-[...13 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Психолог, кл.руководитель.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B6181D" w:rsidRPr="00EB0DC5" w:rsidRDefault="00B6181D" w:rsidP="00440714">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB0DC5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ата-аналар жиналысы.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B6181D" w:rsidRPr="00EB0DC5" w:rsidRDefault="00B6181D" w:rsidP="00440714">
             <w:pPr>
               <w:rPr>
@@ -15143,65 +14891,51 @@
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">ноябрь </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B6181D" w:rsidRPr="00EB0DC5" w:rsidRDefault="00B6181D" w:rsidP="00440714">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB0DC5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">Психолог, </w:t>
-[...13 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Психолог, кл.руководитель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B6181D" w:rsidRPr="00EB0DC5" w:rsidRDefault="00B6181D" w:rsidP="00440714">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB0DC5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ата-аналар жиналысы.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B6181D" w:rsidRPr="00EB0DC5" w:rsidRDefault="00B6181D" w:rsidP="00440714">
             <w:pPr>
               <w:rPr>
@@ -15224,110 +14958,103 @@
           <w:tcPr>
             <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B6181D" w:rsidRDefault="00B6181D" w:rsidP="00440714">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB0DC5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4.Сынып сағаттары «Кім болам?»</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B6181D" w:rsidRPr="00EB0DC5" w:rsidRDefault="00B6181D" w:rsidP="00440714">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EB0DC5">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>классные часы «Кем быть ?».</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B6181D" w:rsidRPr="00EB0DC5" w:rsidRDefault="00B6181D" w:rsidP="00440714">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Жыл бойы- в течении года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B6181D" w:rsidRPr="00EB0DC5" w:rsidRDefault="00B6181D" w:rsidP="00440714">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB0DC5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">Психолог, </w:t>
-[...13 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Психолог, кл.руководитель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B6181D" w:rsidRPr="00EB0DC5" w:rsidRDefault="00B6181D" w:rsidP="00440714">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB0DC5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Сынып жетекшілер ә/б.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B6181D" w:rsidRPr="00EB0DC5" w:rsidRDefault="00B6181D" w:rsidP="00440714">
             <w:pPr>
               <w:rPr>
@@ -15383,77 +15110,63 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B6181D" w:rsidRPr="00EB0DC5" w:rsidRDefault="00B6181D" w:rsidP="00440714">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Желтоқсан – декабрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B6181D" w:rsidRPr="00EB0DC5" w:rsidRDefault="00CA71F2" w:rsidP="00440714">
-[...12 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00B6181D" w:rsidRPr="00EB0DC5" w:rsidRDefault="00B6181D" w:rsidP="00440714">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00EB0DC5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>.</w:t>
-[...6 lines deleted...]
-              <w:t>психолог</w:t>
+              <w:t>кл.руководитель психолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B6181D" w:rsidRPr="00EB0DC5" w:rsidRDefault="00B6181D" w:rsidP="00440714">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB0DC5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ата-аналар жиналысы.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B6181D" w:rsidRPr="00EB0DC5" w:rsidRDefault="00B6181D" w:rsidP="00440714">
             <w:pPr>
               <w:rPr>
@@ -15613,91 +15326,63 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B6181D" w:rsidRPr="00EB0DC5" w:rsidRDefault="00B6181D" w:rsidP="00440714">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Желтоқсан – декабрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B6181D" w:rsidRPr="00EB0DC5" w:rsidRDefault="00B6181D" w:rsidP="00CA71F2">
+          <w:p w:rsidR="00B6181D" w:rsidRPr="00EB0DC5" w:rsidRDefault="00B6181D" w:rsidP="00440714">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB0DC5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">Психолог, </w:t>
-[...27 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Психолог, ЗДВР кл.руководитель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B6181D" w:rsidRPr="00EB0DC5" w:rsidRDefault="00B6181D" w:rsidP="00440714">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB0DC5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ата-аналар жиналысы.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B6181D" w:rsidRPr="00EB0DC5" w:rsidRDefault="00B6181D" w:rsidP="00440714">
             <w:pPr>
               <w:rPr>
@@ -15838,113 +15523,139 @@
     </w:tbl>
     <w:p w:rsidR="003353AF" w:rsidRDefault="003353AF" w:rsidP="00B6181D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00B6181D" w:rsidRPr="00B6181D" w:rsidRDefault="00B6181D" w:rsidP="00B6181D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Педагог-психолог: </w:t>
       </w:r>
+      <w:r w:rsidRPr="00487575">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="003353AF">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Сансызбаева</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="003353AF">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> М</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="003353AF">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Д.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B6181D" w:rsidRDefault="00B6181D" w:rsidP="00B6181D">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                           </w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00B6181D" w:rsidRPr="003353AF" w:rsidRDefault="00B6181D" w:rsidP="005F5D4E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00B6181D" w:rsidRDefault="00BE3CAC" w:rsidP="00BE3CAC">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -16023,130 +15734,130 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00B6181D" w:rsidSect="00B41C01">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="709" w:right="850" w:bottom="1134" w:left="1418" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004A48B6"/>
     <w:rsid w:val="0002033E"/>
     <w:rsid w:val="00023409"/>
     <w:rsid w:val="000370B5"/>
     <w:rsid w:val="00052F81"/>
-    <w:rsid w:val="00085572"/>
     <w:rsid w:val="000B2B76"/>
     <w:rsid w:val="00152C2D"/>
     <w:rsid w:val="00183C46"/>
     <w:rsid w:val="0019040F"/>
     <w:rsid w:val="001966A3"/>
     <w:rsid w:val="001D1351"/>
     <w:rsid w:val="001D1466"/>
     <w:rsid w:val="001E792D"/>
     <w:rsid w:val="00251DBB"/>
     <w:rsid w:val="00261CD1"/>
     <w:rsid w:val="00274914"/>
     <w:rsid w:val="00294673"/>
     <w:rsid w:val="002C0A09"/>
     <w:rsid w:val="002C536F"/>
     <w:rsid w:val="002E32AC"/>
     <w:rsid w:val="002E32CE"/>
     <w:rsid w:val="00300F01"/>
     <w:rsid w:val="003077F7"/>
-    <w:rsid w:val="00334FF2"/>
     <w:rsid w:val="003353AF"/>
-    <w:rsid w:val="00346748"/>
     <w:rsid w:val="003B046B"/>
     <w:rsid w:val="003C734B"/>
     <w:rsid w:val="003D6B61"/>
     <w:rsid w:val="003E144E"/>
     <w:rsid w:val="00434BA4"/>
     <w:rsid w:val="00440714"/>
     <w:rsid w:val="0046061A"/>
     <w:rsid w:val="004758EC"/>
     <w:rsid w:val="004A48B6"/>
     <w:rsid w:val="004B1D67"/>
-    <w:rsid w:val="004D0E8C"/>
     <w:rsid w:val="004E18B7"/>
-    <w:rsid w:val="00517DB1"/>
     <w:rsid w:val="00534240"/>
     <w:rsid w:val="005356A4"/>
     <w:rsid w:val="00566BD4"/>
     <w:rsid w:val="00570F67"/>
     <w:rsid w:val="005C405A"/>
     <w:rsid w:val="005F10AC"/>
     <w:rsid w:val="005F5D4E"/>
     <w:rsid w:val="006125E0"/>
     <w:rsid w:val="00616F56"/>
     <w:rsid w:val="00620FE3"/>
     <w:rsid w:val="00624C6D"/>
     <w:rsid w:val="00630680"/>
     <w:rsid w:val="00647EE3"/>
     <w:rsid w:val="00650E23"/>
     <w:rsid w:val="0067569F"/>
     <w:rsid w:val="006A5EC6"/>
     <w:rsid w:val="006B3183"/>
     <w:rsid w:val="006C152F"/>
     <w:rsid w:val="0072403D"/>
     <w:rsid w:val="007258B4"/>
     <w:rsid w:val="007431D5"/>
     <w:rsid w:val="00750BDA"/>
     <w:rsid w:val="00762AED"/>
     <w:rsid w:val="00782CE0"/>
     <w:rsid w:val="007A7928"/>
@@ -16166,109 +15877,107 @@
     <w:rsid w:val="00996DD2"/>
     <w:rsid w:val="009A06B3"/>
     <w:rsid w:val="009D2472"/>
     <w:rsid w:val="009E21A2"/>
     <w:rsid w:val="00A025F8"/>
     <w:rsid w:val="00A27596"/>
     <w:rsid w:val="00A775B6"/>
     <w:rsid w:val="00B07BBF"/>
     <w:rsid w:val="00B24A9D"/>
     <w:rsid w:val="00B27E90"/>
     <w:rsid w:val="00B41C01"/>
     <w:rsid w:val="00B44E6F"/>
     <w:rsid w:val="00B45C3E"/>
     <w:rsid w:val="00B6181D"/>
     <w:rsid w:val="00B70248"/>
     <w:rsid w:val="00B71073"/>
     <w:rsid w:val="00B84079"/>
     <w:rsid w:val="00BB0A04"/>
     <w:rsid w:val="00BB1B0C"/>
     <w:rsid w:val="00BE3CAC"/>
     <w:rsid w:val="00BF149E"/>
     <w:rsid w:val="00BF45B9"/>
     <w:rsid w:val="00C12590"/>
     <w:rsid w:val="00C415A9"/>
     <w:rsid w:val="00C4601F"/>
-    <w:rsid w:val="00C726B2"/>
     <w:rsid w:val="00C75763"/>
     <w:rsid w:val="00C9688E"/>
-    <w:rsid w:val="00CA71F2"/>
     <w:rsid w:val="00CE68A9"/>
     <w:rsid w:val="00D00C44"/>
     <w:rsid w:val="00D625FE"/>
     <w:rsid w:val="00DD11AD"/>
     <w:rsid w:val="00DD4037"/>
     <w:rsid w:val="00DD5118"/>
     <w:rsid w:val="00DF45D0"/>
     <w:rsid w:val="00E06525"/>
     <w:rsid w:val="00E4560E"/>
     <w:rsid w:val="00E5326D"/>
     <w:rsid w:val="00E56281"/>
     <w:rsid w:val="00E92951"/>
     <w:rsid w:val="00EB019B"/>
     <w:rsid w:val="00EB21CB"/>
     <w:rsid w:val="00EC7AFF"/>
     <w:rsid w:val="00EF6F12"/>
     <w:rsid w:val="00EF74C8"/>
     <w:rsid w:val="00F131C2"/>
     <w:rsid w:val="00F271C9"/>
     <w:rsid w:val="00F63723"/>
     <w:rsid w:val="00F90FF4"/>
     <w:rsid w:val="00F91073"/>
     <w:rsid w:val="00FB6D65"/>
     <w:rsid w:val="00FC0AD3"/>
     <w:rsid w:val="00FC189F"/>
     <w:rsid w:val="00FD638A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
@@ -16700,74 +16409,75 @@
       <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="28pt">
     <w:name w:val="Основной текст (2) + 8 pt;Не полужирный"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="003353AF"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000"/>
       <w:spacing w:val="0"/>
       <w:w w:val="100"/>
       <w:position w:val="0"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="1545288918">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
+  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -17031,67 +16741,67 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{013A22A6-6A73-4332-B93A-C698E29EBE9B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>10</Pages>
-[...1 lines deleted...]
-  <Characters>12865</Characters>
+  <Pages>3</Pages>
+  <Words>2567</Words>
+  <Characters>14636</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>107</Lines>
-  <Paragraphs>30</Paragraphs>
+  <Lines>121</Lines>
+  <Paragraphs>34</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15091</CharactersWithSpaces>
+  <CharactersWithSpaces>17169</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Aida</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>