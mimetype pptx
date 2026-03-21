--- v0 (2025-12-27)
+++ v1 (2026-03-21)
@@ -1,71 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483660" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
-    <p:sldId id="260" r:id="rId3"/>
-[...1 lines deleted...]
-    <p:sldId id="259" r:id="rId5"/>
+    <p:sldId id="258" r:id="rId3"/>
+    <p:sldId id="259" r:id="rId4"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="ru-RU"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -125,101 +123,118 @@
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:showPr showNarration="1">
+    <p:present/>
+    <p:sldAll/>
+    <p:penClr>
+      <a:prstClr val="red"/>
+    </p:penClr>
+    <p:extLst>
+      <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
+        <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+          <a:srgbClr val="FF0000"/>
+        </p14:laserClr>
+      </p:ext>
+      <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
+        <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
+      </p:ext>
+    </p:extLst>
+  </p:showPr>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr>
         <p:scale>
           <a:sx n="100" d="100"/>
           <a:sy n="100" d="100"/>
         </p:scale>
         <p:origin x="-1020" y="216"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
@@ -14673,58 +14688,54 @@
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
-[...2 lines deleted...]
-<file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -14748,397 +14759,956 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Подзаголовок 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1371600" y="2060848"/>
             <a:ext cx="6400800" cy="2968353"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1"/>
+              <a:t>Инклюзивті</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1"/>
+              <a:t>білім</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0"/>
+              <a:t> беру </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1"/>
+              <a:t>бойынша</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="3600" dirty="0" smtClean="0"/>
-              <a:t>Памятка                                                     для педагога по инклюзивному образованию</a:t>
+              <a:t>педагог</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="3600" dirty="0" smtClean="0"/>
+              <a:t>қа</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1"/>
+              <a:t>арналған</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1"/>
+              <a:t>жадынама</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="3600" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1184259960"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...4 lines deleted...]
-          </p:cNvPicPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Прямоугольник 1"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
-        </p:nvPicPr>
-[...13 lines deleted...]
-        <p:spPr bwMode="auto">
+        </p:nvSpPr>
+        <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="0"/>
-            <a:ext cx="9144000" cy="6858000"/>
+            <a:off x="683568" y="908720"/>
+            <a:ext cx="7848872" cy="5262979"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...8 lines deleted...]
-          </a:extLst>
         </p:spPr>
-      </p:pic>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t>1. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>Сондай-ақ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> , </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>өзіңіздің</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>кәсіби</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>деңгейіңізді</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>арттыру</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>қажет</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t>: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>курстық</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>даярлықтан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>өту</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>немесе</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>әріптестеріңіздің</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>тәжірибесін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> зерделеу.2. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>Инклюзивті</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>оқыту</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>формасымен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>жұмыс</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>істеу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>үшін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>өзіңізді</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>ақыл-оймен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> дайындаңыз.3. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>Балаға</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>білім</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> беру </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>мекемесіне</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>берілген</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>құжаттарды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>қарап</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> шығыңыз.4. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>Әлеуметтік</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>мұғаліммен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>психологпен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>үнемі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>байланыста</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> болу </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>қажеттілігін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> ұмытпаңыз.5. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>Дидактикалық</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>ойын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>және</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>ынталандырушы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>материалды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> таңдаңыз.6. ПМПК </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>ұсыныстарына</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>сәйкес</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>оқу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>жоспарлары</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> мен </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>бағдарламаларын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>зерттеңіз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2451036041"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3674231534"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Прямоугольник 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="611560" y="980728"/>
-            <a:ext cx="7992888" cy="4893647"/>
+            <a:off x="827584" y="620688"/>
+            <a:ext cx="7848872" cy="6001643"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0"/>
-[...5 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0"/>
+              <a:t>7. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1"/>
+              <a:t>Үйреніңіз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
-[...13 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1"/>
+              <a:t>қосуға</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
-[...173 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1"/>
+              <a:t>құрылымы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1"/>
+              <a:t>сабақтың</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1"/>
+              <a:t>ойындар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1"/>
+              <a:t>алып</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1"/>
+              <a:t>тастау</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1"/>
+              <a:t>бұлшық</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1"/>
+              <a:t>ет</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1"/>
+              <a:t>тонусының</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1"/>
+              <a:t>және</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1"/>
+              <a:t>эмоциялық</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1"/>
+              <a:t>кернеу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1"/>
+              <a:t>қалыптастыру</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1"/>
+              <a:t>барабар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1"/>
+              <a:t>өзін-өзі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1"/>
+              <a:t>бағалау</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1"/>
+              <a:t>сенім</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0"/>
+              <a:t>, табысқа.8. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1"/>
+              <a:t>Сабақта</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1"/>
+              <a:t>жұмыста</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1"/>
+              <a:t>бір-бірінің</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0"/>
+              <a:t> бет-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1"/>
+              <a:t>әлпетін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1"/>
+              <a:t>эмоционалды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1"/>
+              <a:t>қабылдау</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1"/>
+              <a:t>әдістерін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1"/>
+              <a:t>қолдануды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0"/>
+              <a:t> үйреніңіз.9. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1"/>
+              <a:t>Баланың</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1"/>
+              <a:t>баланы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1"/>
+              <a:t>бағалау</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1"/>
+              <a:t>мүмкіндіктерін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1"/>
+              <a:t>ескере</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1"/>
+              <a:t>отырып</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1"/>
+              <a:t>тиісті</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1"/>
+              <a:t>түрде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0"/>
+              <a:t> үйреніңіз.10. "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1"/>
+              <a:t>Ерекше</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1"/>
+              <a:t>баланы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0"/>
+              <a:t>" </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1"/>
+              <a:t>ең</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1"/>
+              <a:t>жақсы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1"/>
+              <a:t>сынып</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1"/>
+              <a:t>оқушысы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1"/>
+              <a:t>ретінде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1"/>
+              <a:t>жақсы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1"/>
+              <a:t>көріңіз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1"/>
+              <a:t>сонда</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1"/>
+              <a:t>сізге</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1"/>
+              <a:t>сәттілік</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1"/>
+              <a:t>кепілдік</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1"/>
+              <a:t>беріледі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="360140595"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/theme/_rels/theme1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
@@ -15422,77 +15992,76 @@
                 <a:tint val="96000"/>
                 <a:satMod val="130000"/>
                 <a:lumMod val="50000"/>
               </a:schemeClr>
               <a:schemeClr val="phClr">
                 <a:tint val="96000"/>
                 <a:satMod val="114000"/>
                 <a:lumMod val="114000"/>
               </a:schemeClr>
             </a:duotone>
           </a:blip>
           <a:stretch/>
         </a:blipFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Waveform</Template>
   <TotalTime></TotalTime>
-  <Words>152</Words>
+  <Words>136</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Экран (4:3)</PresentationFormat>
-  <Paragraphs>11</Paragraphs>
-  <Slides>4</Slides>
+  <Paragraphs>3</Paragraphs>
+  <Slides>3</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="5" baseType="lpstr">
+    <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>Волна</vt:lpstr>
-      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Презентация PowerPoint</dc:title>
   <dc:creator>31</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>