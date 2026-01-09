--- v0 (2025-12-13)
+++ v1 (2026-01-09)
@@ -1,566 +1,7017 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00DF7B63" w:rsidRDefault="00DF7B63" w:rsidP="00DF7B63">
+    <w:p w:rsidR="00AF0F17" w:rsidRDefault="00AF0F17" w:rsidP="00AF0F17">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DF7B63">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="3457928" cy="2441486"/>
-[...1 lines deleted...]
-            <wp:docPr id="1" name="Рисунок 1" descr="http://www.eduportal44.ru/Kostroma_EDU/ds_80/SiteAssets/sm_full.jpg"/>
+            <wp:extent cx="3570816" cy="2472666"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+            <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\User\Рабочий стол\5e704fb2e90cc.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1" descr="http://www.eduportal44.ru/Kostroma_EDU/ds_80/SiteAssets/sm_full.jpg"/>
+                    <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\User\Рабочий стол\5e704fb2e90cc.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3460509" cy="2443308"/>
+                      <a:ext cx="3576688" cy="2476732"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF7B63" w:rsidRPr="00DF7B63" w:rsidRDefault="00DF7B63" w:rsidP="00DF7B63">
+    <w:p w:rsidR="00374148" w:rsidRDefault="00374148" w:rsidP="00AF0F17">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DF7B63" w:rsidRPr="00DF7B63" w:rsidRDefault="00DF7B63" w:rsidP="00DF7B63">
+    <w:p w:rsidR="0066532A" w:rsidRPr="00AF0F17" w:rsidRDefault="0066532A" w:rsidP="00AF0F17">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DF7B63">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>Работа педагога психолога в детском саду</w:t>
-      </w:r>
+        <w:t>Балабақшадағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>педагог-психологтың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>жұмысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00DF7B63" w:rsidRDefault="00DF7B63" w:rsidP="00DF7B63">
+    <w:p w:rsidR="00AF0F17" w:rsidRPr="0066532A" w:rsidRDefault="00AF0F17" w:rsidP="0066532A">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DF7B63" w:rsidRPr="00DF7B63" w:rsidRDefault="00DF7B63" w:rsidP="00DF7B63">
+    <w:p w:rsidR="0066532A" w:rsidRPr="00AF0F17" w:rsidRDefault="0066532A" w:rsidP="00AF0F17">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DF7B63">
-[...6 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Барлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ата-аналар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> логопед, педиатр, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиеші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>екенін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жақсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>біледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>олардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмысының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мәнін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түсінеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баласына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сенеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мұғалім-психолог</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сияқты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>маман</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қажет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>птеген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ақпарат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жоқ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бөлшектеуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тырысайық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Психолог </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>деген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">? </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>психологын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>психиатрмен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>невропатологпен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кез</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ігермен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шатастырмау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>керек-бұл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>медициналық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мамандық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>психологы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> диагноз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қоймайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, рецепт </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жазып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бермейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ішкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мүшелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сыртқы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>інің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проблемаларымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айналысады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проблемаларының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тізімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кең</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жасына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>байланысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>психологы-ересектерге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баласымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>олармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жат</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қанын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түсінуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көмектесетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>маман</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Психолог </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ата-ананың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзекті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>істейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>диагностиканы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүргізеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өмірлік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жағдай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отбасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құрылымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сұрақтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қояды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қары</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>м-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатынас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>барысында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> психолог </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ата-анаға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мұғалімге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балаға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проблемасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түсінуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>себептерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түсінуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көмектеседі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00DF7B63" w:rsidRPr="00DF7B63" w:rsidRDefault="00DF7B63" w:rsidP="00DF7B63">
-[...88 lines deleted...]
-    <w:p w:rsidR="00DF7B63" w:rsidRPr="00DF7B63" w:rsidRDefault="00DF7B63" w:rsidP="00DF7B63">
+    <w:p w:rsidR="00AF0F17" w:rsidRPr="00AF0F17" w:rsidRDefault="0066532A" w:rsidP="00AF0F17">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="0000FF"/>
-          <w:spacing w:val="2"/>
-[...2 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DF7B63">
-[...44 lines deleted...]
-        <w:t xml:space="preserve">психолог в детском саду помогает адаптироваться к новым условиям, найти общий язык со сверстниками и воспитателями, решить конфликтные ситуации и помочь, если у малыша проблемы. </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кішкентай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балабақшаның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ерекше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оғаш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жа</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ңа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түседі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Айналасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көптеген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ересектер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>күнделікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәртіпке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бағынуыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бетіңізше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тамақтанып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балалармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ойнауыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құрдастарыңызбен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сөйлесуді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ересектермен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзара</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әрекеттесуді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үйренуіңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Балабақшадағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагог-психолог </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бейімделуіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бақылауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көмектеседі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Көптеген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мұндай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мекеме</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>інші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ауыр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> стресс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>табылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жағымсыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>салдардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алдын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кішкентай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарағанда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрінетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мәселелерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>назардан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қалдырмаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Психолог </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бағытта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>істейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF7B63" w:rsidRPr="00DF7B63" w:rsidRDefault="00DF7B63" w:rsidP="00DF7B63">
+    <w:p w:rsidR="0066532A" w:rsidRPr="00AF0F17" w:rsidRDefault="00AF0F17" w:rsidP="00AF0F17">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="0000FF"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DF7B63">
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Работа с родителями ребенка. Пожалуй, детский садик является для родителей малыша стрессом даже большим, чем для самого воспитанника. В задачи психолога входит работа с мамами и папами в нескольких направлениях: помочь осознать новый статус ребенка, объяснить, как вести себя с ним, как работать в области развития своего малыша, решать конфликтные ситуации. Специалист подсказывает родителям дальнейший путь воспитания. Также в задачи психолога входит выявление отклонений в развитии и сообщение родителям о том, что их чадо нуждается в консультации врачей. </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Баламен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Маман</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сипаттамаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>психотипін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>психикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>міне</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>з-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құлқының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ерекшеліктерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>табиғи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бейімділігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қорқынышын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бағалайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Әр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нақты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ерекшеліктерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>біле</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балабақшадағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> психолог </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жаңа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бейімделуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құрдастарымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>тәрбиешілерімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ортақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тіл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>табуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жанжал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шешуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балада</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проблемалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көмектесуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көмектеседі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0066532A" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF7B63" w:rsidRPr="00DF7B63" w:rsidRDefault="00DF7B63" w:rsidP="00DF7B63">
+    <w:p w:rsidR="00AF0F17" w:rsidRPr="00AF0F17" w:rsidRDefault="0066532A" w:rsidP="00AF0F17">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="0000FF"/>
-          <w:spacing w:val="2"/>
-[...2 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DF7B63">
-[...32 lines deleted...]
-        <w:t xml:space="preserve">, простой, не требующий особых сил и специальных навыков. Это огромная ошибка. Психолог в детском саду как раз осуществляет работу с воспитательским составом, помогает с проблемными детками и выполняет наставнические функции по части работы с ребятами. Каждый педагог должен найти общий язык со всей группой малышей, подобрать ключик к маленькому сердечку, стать другом, покровителем и наставником. </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ата-анасымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мүмкін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балабақша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ата-анасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқушының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>гө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> стресс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>табылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Психологтың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>міндеттері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аналармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әкелермен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бірнеше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бағытта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жасауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қамтиды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жа</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ңа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мәртебесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түсінуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көмектесу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>онымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қалай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әрекет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>керектігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балаңыздың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дамуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>саласында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қалай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>істеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>керектігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жанжалды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шешу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Маман</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ата-аналарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жолын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұсынады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>психологтың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>міндеттеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дамуындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ауытқуларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>анықтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ата-аналарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>олардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ігерлердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кеңесіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мұқтаж</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>екендігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>хабарлау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кіреді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF7B63" w:rsidRDefault="00DF7B63" w:rsidP="00DF7B63">
+    <w:p w:rsidR="0066532A" w:rsidRPr="00AF0F17" w:rsidRDefault="0066532A" w:rsidP="00AF0F17">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="0F0F0F"/>
-[...3 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Балабақша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметкерлері</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тәрбиешінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>төмен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарапайым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ерекше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>күш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арнайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дағдыларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қажет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>етпейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>деген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ікір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бұл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үлкен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қателік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Балабақшадағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Психолог</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF0F17" w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиешілермен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жасайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проблемалы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балаларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көмектеседі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балалармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жасау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бөлігінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәлімгерлік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>функцияларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орындайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мұғалім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бүкіл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тобымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ортақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тіл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тауып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кілтін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>таңдауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00AF0F17" w:rsidRPr="00AF0F17" w:rsidRDefault="00AF0F17" w:rsidP="00AF0F17">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DF7B63" w:rsidRDefault="00DF7B63" w:rsidP="00DF7B63">
+    <w:p w:rsidR="0066532A" w:rsidRPr="00AF0F17" w:rsidRDefault="0066532A" w:rsidP="0066532A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...38 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00AF0F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бұл ақпаратты жазу үшін интернеттен дереккөз қолданылды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0066532A" w:rsidRPr="0066532A" w:rsidRDefault="0066532A" w:rsidP="0066532A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:hyperlink r:id="rId5" w:history="1">
-        <w:r>
+        <w:r w:rsidRPr="0066532A">
           <w:rPr>
-            <w:rStyle w:val="a4"/>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="FF9D29"/>
             <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>https://businessman.ru/new-psixolog-v-detskom-sadu-i-ego-funkcii.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="003333D1" w:rsidRDefault="003333D1" w:rsidP="00DF7B63">
+    <w:p w:rsidR="003333D1" w:rsidRPr="0066532A" w:rsidRDefault="003333D1" w:rsidP="0066532A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DF7B63" w:rsidRDefault="00DF7B63" w:rsidP="00DF7B63">
-[...4 lines deleted...]
-    <w:sectPr w:rsidR="00DF7B63" w:rsidSect="00DF7B63">
+    <w:sectPr w:rsidR="003333D1" w:rsidRPr="0066532A" w:rsidSect="0066532A">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="84"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00DF7B63"/>
+    <w:rsidRoot w:val="0066532A"/>
     <w:rsid w:val="003333D1"/>
-    <w:rsid w:val="00523B4B"/>
+    <w:rsid w:val="00374148"/>
     <w:rsid w:val="00664AB6"/>
+    <w:rsid w:val="0066532A"/>
     <w:rsid w:val="00843808"/>
     <w:rsid w:val="0098778A"/>
     <w:rsid w:val="00A32184"/>
     <w:rsid w:val="00AB122C"/>
+    <w:rsid w:val="00AF0F17"/>
     <w:rsid w:val="00D6576F"/>
     <w:rsid w:val="00DB3A50"/>
-    <w:rsid w:val="00DF7B63"/>
     <w:rsid w:val="00F444FA"/>
     <w:rsid w:val="00FB4894"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -705,136 +7156,140 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="003333D1"/>
+    <w:rsid w:val="0066532A"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0066532A"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00DF7B63"/>
+    <w:rsid w:val="0066532A"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:eastAsia="ru-RU"/>
-[...11 lines deleted...]
-      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00DF7B63"/>
+    <w:rsid w:val="00AF0F17"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00DF7B63"/>
+    <w:rsid w:val="00AF0F17"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:rFonts w:ascii="Tahoma" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://businessman.ru/new-psixolog-v-detskom-sadu-i-ego-funkcii.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1094,69 +7549,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>497</Words>
-  <Characters>2834</Characters>
+  <Words>484</Words>
+  <Characters>2761</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>23</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3325</CharactersWithSpaces>
+  <CharactersWithSpaces>3239</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>