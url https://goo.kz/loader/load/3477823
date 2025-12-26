--- v0 (2025-12-05)
+++ v1 (2025-12-26)
@@ -1,23488 +1,23716 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2057400" cy="571500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Педагогтерге біліктілік санаттарын беру (растау) қағидаларын бекіту туралы</w:t>
+        <w:t>Об утверждении Правил присвоения (подтверждения) квалификационных категорий педагогам</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Қазақстан Республикасы Білім және ғылым министрінің 2020 жылғы 11 мамырдағы № 192 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 12 мамырда № 20618 болып </w:t>
-[...6 lines deleted...]
-        <w:t>тіркелді.</w:t>
+        <w:t xml:space="preserve">Приказ Министра образования и науки Республики Казахстан от 11 мая 2020 года № 192. Зарегистрирован в Министерстве юстиции Республики Казахстан 12 мая 2020 года № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20618.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="z1"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">       "Педагог мәртебесі туралы" 2019 жылғы 27 желтоқсандағы Қазақстан Республикасы Заңының 14-бабына, 15-бабының 1-тармағының 3) тармақшасына сәйкес БҰЙЫРАМЫН:</w:t>
+      <w:bookmarkStart w:id="1" w:name="z4"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       В соответствии со статьей 14, подпунктом 3) пункта 1 статьи 15 Закона Республики Казахстан от 27 декабря 2019 года "О статусе педагога" ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="z2"/>
+      <w:bookmarkStart w:id="2" w:name="z5"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       1. Педагогтерге біліктілік санаттарын беру (растау) қағидалары осы бұйрыққа қ</w:t>
-[...6 lines deleted...]
-        <w:t>осымшаға сәйкес редакцияда жазылсын.</w:t>
+        <w:t xml:space="preserve">       1. Правила присвоения (подтверждения) квалификационных категорий педагогам изложить в р</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>едакции согласно приложению к настоящему приказу.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="z3"/>
+      <w:bookmarkStart w:id="3" w:name="z6"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      2. Қазақстан Республикасы Білім және ғылым министрлігінің Мектепке дейінгі және орта білім беру комитеті заңнамада белгіленген тәртіппен:</w:t>
+        <w:t>      2. Комитету дошкольного и среднего образования Министерства образования и науки Республики Казахстан в установленном законодательством порядке обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="z4"/>
+      <w:bookmarkStart w:id="4" w:name="z7"/>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлеке</w:t>
-[...6 lines deleted...]
-        <w:t>ттік тіркелуін;</w:t>
+        <w:t>      1) государственную регистрацию настояще</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>го приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="z5"/>
+      <w:bookmarkStart w:id="5" w:name="z8"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      2) осы бұйрықты ресми жарияланғаннан кейін Қазақстан Республикасы Білім және ғылым министрлігінің интернет-ресурсында орналастыруды;</w:t>
+        <w:t>      2) размещение настоящего приказа на интернет-ресурсе Министерства образования и науки Республики Казахстан после его официального опубликования;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="z6"/>
+      <w:bookmarkStart w:id="6" w:name="z9"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      3) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұ</w:t>
-[...6 lines deleted...]
-        <w:t>мыс күні ішінде Қазақстан Республикасы Білім және ғылым министрлігінің Заң департаментіне осы тармақтың 1) және 2) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
+        <w:t>      3) в течение десяти рабочих дней после госу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дарственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Юридический департамент Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) нас</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тоящего пункта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="z7"/>
+      <w:bookmarkStart w:id="7" w:name="z10"/>
       <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      3. Осы бұйрықтың орындалуын бақылау жет</w:t>
-[...6 lines deleted...]
-        <w:t>екшілік ететін Қазақстан Республикасының білім және ғылым вице-министріне жүктелсін.</w:t>
+        <w:t>      3. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра образования и науки Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="z8"/>
+      <w:bookmarkStart w:id="8" w:name="z11"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      4. Осы бұйрық алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі.</w:t>
+        <w:t>      4. Настоящий приказ вводится в действие со дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6075"/>
+        <w:gridCol w:w="6036"/>
         <w:gridCol w:w="13"/>
-        <w:gridCol w:w="3412"/>
-        <w:gridCol w:w="277"/>
+        <w:gridCol w:w="3446"/>
+        <w:gridCol w:w="282"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="380" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7795" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkEnd w:id="8"/>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Қазақстан Республикасының</w:t>
+              <w:t xml:space="preserve">      Министр </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">образования и науки </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрі</w:t>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>А. Аймагамбетов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан </w:t>
-[...6 lines deleted...]
-              <w:t>Республикасы</w:t>
+              <w:t>Приложение</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрінің</w:t>
+              <w:t>к приказу Министра</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2020 жылғы 11 мамырдағы</w:t>
+              <w:t>образования и науки</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 192 бұйрығына</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қосымша</w:t>
+              <w:t>от 11 мая 2020 года № 192</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="z10"/>
+      <w:bookmarkStart w:id="9" w:name="z14"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Педагогтерге біліктілік санаттарын беру (растау) қағидалары</w:t>
+        <w:t xml:space="preserve"> Правила присвоения (подтверждения) квалификационных категорий педагогам</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="z11"/>
+      <w:bookmarkStart w:id="10" w:name="z15"/>
       <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="z12"/>
+      <w:bookmarkStart w:id="11" w:name="z16"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>бабына сәйкес әзірленді және педагогтерге біліктілік санаттарын беру (растау) тәртібін айқындайды.</w:t>
+        <w:t xml:space="preserve">       1. Настоящие Правила присвоения (подтверждения) квалификационной категории педагогам (далее - Правила) разработаны в соответствии со статьей 14 Закона Республики Казахстан "О статусе педагога" и определяют порядок присвоени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>я (подтверждения) квалификационных категорий педагогам.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="z13"/>
+      <w:bookmarkStart w:id="12" w:name="z17"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...6 lines deleted...]
-        <w:t>2. Білім беру ұйымы жыл сайын 1 қыркүйекке дейін алдағы қаржы жылына біліктілік санаттарын берудің (растаудың) перспективалық жоспарын жасайды және бекітеді, ол қажеттілігіне қарай түзетіледі.</w:t>
+        <w:t>      2. Организация образования ежегодно до 1 сентября составляет и утверждает перспективный план присвоения (подтверждения) квалификационных категорий на предстоящий финансовый год, который корректи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>руется по мере необходимости.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="z14"/>
+      <w:bookmarkStart w:id="13" w:name="z18"/>
       <w:bookmarkEnd w:id="12"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. Педагогтерге біліктілік санаттарын беру тәртібі</w:t>
+        <w:t xml:space="preserve"> Глава 2. Порядок присвоения квалификационных категорий педагогам</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="z15"/>
+      <w:bookmarkStart w:id="14" w:name="z19"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">     </w:t>
-[...27 lines deleted...]
-        <w:t>№ 83 бұйрық) бекітілген комиссия (бұдан әрі - Комиссия) береді.</w:t>
+        <w:t xml:space="preserve">       3. Квалификационные категории присваиваются Комиссией (далее – Комиссия), утвержденной приказом Министра образования и науки Республики Казахстан от 27 я</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нваря 2016 года № 83 "Об утверждении Правил и условий проведения аттестации педагогических работников и приравненных к ним лиц, занимающих должности в организациях образования, реализующих общеобразовательные учебные программы дошкольного воспитания и обуч</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ения, начального, основного среднего и общего среднего образования, образовательные программы технического и профессионального, послесреднего, дополнительного образования и специальные учебные программы, и иных гражданских служащих в области образования и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>науки" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан под № 13317, опубликован в информационно-правовой системе "Әділет" 11 марта 2016 года) (далее – приказ № 83).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="z16"/>
+      <w:bookmarkStart w:id="15" w:name="z20"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      4. Мәлімделген біліктілік санатына сәйкестігіне біліктілік санаттарын беру (растау) рәсімін жүргізу үшін сараптамалық кеңес құрылады:</w:t>
+        <w:t>      4. Для проведения процедуры пр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>исвоения (подтверждения) квалификационных категорий на соответствие заявленной квалификационной категории создается экспертный совет:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>ілім беру ұйымының деңгейінде ұйымдастырылатын сараптамалық кеңес, құрамында: білім беру ұйымының жоғары білікті педагогтері, білім беру саласындағы қоғамдық, үкіметтік емес ұйымдардың, кәсіподақтардың, жұмыс берушілердің өкілдері;</w:t>
+      <w:bookmarkStart w:id="16" w:name="z21"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      на квалификационную категорию "педагог-модератор" - экспертный совет, организуемый на уровне организации образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, в составе: высококвалифицированные педагоги организации образования, представители общественных, неправительственных организаций в области образования, профсоюзов, работодателей;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...25 lines deleted...]
-        <w:t>, жұмыс берушілердің өкілдері;</w:t>
+      <w:bookmarkStart w:id="17" w:name="z22"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      на квалификационную категорию "педагог-эксперт" - экспертный совет, о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>рганизуемый на уровне города (района), областей, городов республиканского значения и столицы, уполномоченного органа в области образования (для республиканских подведомственных организаций), уполномоченного органа соответствующей отрасли, в составе: методи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сты методических кабинетов (центров), высококвалифицированные педагоги организаций образования, города (района), представители организации повышения квалификации, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>общественных, неправительственных организаций в области образования, представители профсоюзов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, работодателей;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...26 lines deleted...]
-        <w:t>ры білікті педагогтері, тиісті саланың уәкілетті органының, біліктілікті арттыру ұйымдарының, білім беру саласындағы қоғамдық, үкіметтік емес ұйымдардың, кәсіподақтардың, жұмыс берушілердің өкілдері;</w:t>
+      <w:bookmarkStart w:id="18" w:name="z23"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      на квалификационную категорию "педагог-исследователь" - экспертный совет, организуемый на уровне области, городов республиканского значения и столицы, уполномоченного органа в области образования (для республиканских подведомственных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организаций), уполномоченного органа соответствующей отрасли в составе: методисты методических кабинетов (центров), высококвалифицированные педагоги организаций образования области, городов республиканского значения и столицы, республиканских подведомстве</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нных организаций, представители уполномоченного органа соответствующей отрасли, организаций повышения квалификации, общественных, неправительственных организаций в области образования, профсоюзов, работодателей;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...25 lines deleted...]
-        <w:t>йымдар үшін), тиісті саланың уәкілетті органы басшысының бұйрығымен бекітілетін біліктілікті арттыру ұйымдарының, қамқоршылық кеңестердің, қоғамдық, үкіметтік емес ұйымдардың, кәсіподақтардың, жұмыс берушілердің өкілдері.</w:t>
+      <w:bookmarkStart w:id="19" w:name="z24"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      на квалификационную категорию "педагог</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-мастер" - экспертный совет, организуемый на уровне области, городов республиканского значения и столицы, уполномоченного органа в области образования (для республиканских подведомственных организаций), уполномоченного органа соответствующей отрасли в сост</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аве: методисты методических кабинетов (центров), высококвалифицированные педагоги организаций образования области, представители организаций повышения квалификации, попечительских советов, общественных, неправительственных организаций, профсоюзов, работода</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>телей, который утверждается приказом руководителя органа управления образования области, городов республиканского значения и столицы, уполномоченного органа в области образования (для республиканских подведомственных организаций), уполномоченного органа со</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ответствующей отрасли.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="z17"/>
-[...12 lines deleted...]
-        <w:t>амына сараптамалық кеңестің төрағасы мен мүшелері кіреді. Сараптамалық кеңес мүшелерінің тақ санынан, бірақ кемінде бес адамнан тұрады.</w:t>
+      <w:bookmarkStart w:id="20" w:name="z25"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      5. В состав экспертного совета входят председатель и члены экспертного совета. Экспертный совет состоит из нечетного количества членов, но не менее пяти человек.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="z18"/>
-[...13 lines deleted...]
-        <w:t>фолиосын қабылдау-табыстау актісі бойынша материалдарды сараптамалық кеңеске жылына екі рет (ағымдағы жылдың 15 мамырына және 15 қарашасына дейін тиісінше) жібереді.</w:t>
+      <w:bookmarkStart w:id="21" w:name="z26"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       6. Комиссия направляет материалы в экспертный совет два ра</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>за в год (до 15 мая и 15 ноября текущего года соответственно) по акту приема-передачи портфолио педагога на присвоение (подтверждение) квалификационных категорий по форме согласно приложению 1 к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="z19"/>
-[...20 lines deleted...]
-        <w:t>айды.</w:t>
+      <w:bookmarkStart w:id="22" w:name="z27"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       7. Экспертный совет рассматривает </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и оценивает портфолио педагогов на присвоение (подтверждение) квалификационных категорий в соответствии с критериями оценивания портфолио педагогов на присвоение (подтверждение) квалификационных категорий по форме согласно приложению 2 к настоящим Правилам</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, с учетом листов наблюдения по форме согласно приложению 3 к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="z20"/>
-[...13 lines deleted...]
-        <w:t>15 желтоқсанына дейінгі мерзімде Комиссияға біліктілік санатын алу үшін педагог қызметінің қорытындыларын кешенді талдамалық қорыту жөніндегі ұсынымдарды жібереді.</w:t>
+      <w:bookmarkStart w:id="23" w:name="z28"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">       8. Экспертный совет направляет листы оценивания портфолио педагогов на присвоение (подтверждение) квалификационных категорий по форме согласно приложению 4 к настоящим</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правилам и рекомендации по комплексному аналитическому обобщению итогов деятельности педагога на квалификационную категорию в Комиссию в срок до 15 июня и 15 декабря текущего года по форме согласно приложению 5 к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="z21"/>
-[...13 lines deleted...]
-        <w:t>сәйкестік немесе сәйкессіздік туралы ұсынымдар шығарады.</w:t>
+      <w:bookmarkStart w:id="24" w:name="z29"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9. По каждому </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>педагогу на присвоение (подтверждение) квалификационных категорий экспертный совет выносит рекомендации о соответствии или о несоответствии.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="z22"/>
-[...14 lines deleted...]
-        <w:t>дай кәсіби құзыреттерге сәйкес келетін адамдарға беріледі:</w:t>
+      <w:bookmarkStart w:id="25" w:name="z30"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      10. Квалификационная категория "педагог" присваивается лицам, имеющим педагогическое или иное профессионально</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>е образование по соответствующему профилю, а также лицам, прошедшим курсы переподготовки, без предъявления требований к стажу работы, соответствующие следующим профессиональным компетенциям:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...18 lines deleted...]
-        <w:t>агогикалық диалог дағдыларын меңгерген, сандық білім беру ресурстарын қолданады.</w:t>
+      <w:bookmarkStart w:id="26" w:name="z31"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      знает содержание учебного предмета, учебно-воспитательного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>процесса, методики преподавания и оценивания; планирует и организует учебно-воспитательный процесс с учетом психолого-возрастных особенностей обучающихся, способствует формированию общей культуры обучающегося и его социализации, принимает участие в меропри</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ятиях на уровне организации образования, осуществляет индивидуальный подход в воспитании и обучении с учетом потребностей обучающихся, владеет навыками профессионально-педагогического диалога, применяет цифровые образовательные ресурсы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="22" w:name="z23"/>
+      <w:bookmarkStart w:id="27" w:name="z32"/>
+      <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-параграф. Педагогтерге кезекті біліктілік санаттарын беру тәртібі</w:t>
+        <w:t xml:space="preserve"> Параграф 1. Порядо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>к очередного присвоения квалификационных категорий педагогам</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="23" w:name="z24"/>
-[...13 lines deleted...]
-        <w:t>абылданады:</w:t>
+      <w:bookmarkStart w:id="28" w:name="z33"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      11. Присвоение квалификационной категории принимается решением Комиссии с учетом рекомендаций экспертного совета:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="24" w:name="z25"/>
-[...6 lines deleted...]
-        <w:t>      1) "педагог-модератор" біліктілік санатына:</w:t>
+      <w:bookmarkStart w:id="29" w:name="z34"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) на квалификационную категорию "педагог-модератор":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>құзыреттерге сәйкес келетін адамдар:</w:t>
+      <w:bookmarkStart w:id="30" w:name="z35"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      лица, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>имеющие педагогическое или иное профессиональное образование по соответствующему профилю, а также лица, прошедшие курсы переподготовки, педагогический стаж не менее двух лет, соответствующие следующим профессиональным компетенциям:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>деңгейінде олимпиадаларға, конкурстарға, жарыстарға қатысушылары бар;</w:t>
+      <w:bookmarkStart w:id="31" w:name="z36"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      соответствует общи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>м требованиям квалификационной категории "педагог", кроме того использует инновационные формы, методы и средства обучения, обобщает опыт на уровне организации образования, имеет участников олимпиад, конкурсов, соревнований на уровне организации образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="25" w:name="z26"/>
-[...5 lines deleted...]
-        <w:t>      2) "педагог-сарапшы" біліктілік санатына:</w:t>
+      <w:bookmarkStart w:id="32" w:name="z37"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) на квалификационную категорию "педагог-эксперт":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> жыл педагогикалық өтілі бар, мынадай кәсіби құзыреттерге сәйкес келетін адамдар:</w:t>
+      <w:bookmarkStart w:id="33" w:name="z38"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      лица, имеющие педагогическое или иное профессиональное образование по соответствующему профилю, а также лица, прошедшие курсы переподготовки, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>педагогический стаж не менее трех лет, соответст</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вующие следующим профессиональным компетенциям:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>еру ұйымы деңгейінде өзінің және әріптестерінің кәсіби даму басымдықтарын конструктивті анықтайды, аудандық/қалалық деңгейде тәжірибе жинақтайды, аудандық/қалалық деңгейдегі олимпиадаларға, конкурстарға жарыстарға қатысушылары бар;</w:t>
+      <w:bookmarkStart w:id="34" w:name="z39"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      соответствует общим требованиям квалификационной категории "педагог-модератор", кроме того владеет навыками анализа организованной учебной деятельности, учебно-воспитательного процесса, конструктивно оп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ределяет приоритеты профессионального развития: собственного и коллег на уровне организации образования, обобщает опыт на уровне района/города, имеет участников олимпиад, конкурсов, соревнований на уровне района/города;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="26" w:name="z27"/>
-[...12 lines deleted...]
-        <w:t>уші" біліктілік санатына:</w:t>
+      <w:bookmarkStart w:id="35" w:name="z40"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) на квалификационную категор</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ию "педагог-исследователь":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      тиісті бейін бойынша педагогикалық немесе өзге де кәсіптік білімі бар адамдар, сондай-ақ қайта даярлау курстарынан өткен, кемінде төрт жыл педагогикалық өтілі бар, мынадай кәсіби құзыреттерге сәйкес келетін адамдар:</w:t>
+      <w:bookmarkStart w:id="36" w:name="z41"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      лица, имеющие педагогическое или иное профессиональное образование по соответствующему профилю, а также лица, прошедшие курсы переподготовки, педагогический стаж не менее четырех лет, соответствующие следующим профессионал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ьным компетенциям:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...26 lines deleted...]
-        <w:t>қ маңызы бар қалалар және астана, республика деңгейінде олимпиадаларға, конкурстарға, жарыстарға қатысушылардың болуы (республикалық ведомстволық бағынысты ұйымдар үшін);</w:t>
+      <w:bookmarkStart w:id="37" w:name="z42"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      соответствует общим требованиям квалификационной категории "педагог-эксперт", кроме того владеет навыками исследования урока и разработки инструментов оценивания, обеспечивает развитие исследовательских навыков обучающихся, осущест</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вляет наставничество и конструктивно определяет стратегии развития в педагогическом сообществе на уровне района, города, обобщает опыт на уровне области/городов республиканского значения и столицы, республики (для республиканских подведомственных организац</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ий); наличие участников олимпиад, конкурсов, соревнований на уровне области/городов республиканского значения и столицы, республики (для республиканских подведомственных организаций);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>мелік кешендердің және оқу-әдістемелік құралдардың республикалық сараптамасына қатысқан адамдар.</w:t>
+      <w:bookmarkStart w:id="38" w:name="z43"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      лица, принимавшие участие в республиканской экспертизе учебников, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>учебно-методических комплексов и учебно-методических пособий, без предъявления требований к вышеназванным показателям.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="27" w:name="z28"/>
-[...5 lines deleted...]
-        <w:t>      4) "педагог-шебер" біліктілік санатына:</w:t>
+      <w:bookmarkStart w:id="39" w:name="z44"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4) на квалификационную категорию "педагог-мастер":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>бар адамдар, сондай-ақ қайта даярлау курстарынан өткен, кемінде бес жыл педагогикалық өтілі бар, мынадай кәсіби құзыреттерге сәйкес келетін адамдар:</w:t>
+      <w:bookmarkStart w:id="40" w:name="z45"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      лица, имеющие высшее или послевузовское педагогическое или иное профессион</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>альное образование по соответствующему профилю, а также лица, прошедшие курсы переподготовки, педагогический стаж не менее пяти лет, соответствующие следующим профессиональным компетенциям:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...25 lines deleted...]
-        <w:t>абылады немесе білім беру саласындағы уәкілетті орган бекіткен республикалық және халықаралық конкурстар мен олимпиадалардың қатысушыларын даярлаған.</w:t>
+      <w:bookmarkStart w:id="41" w:name="z46"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      соответствует общим требованиям квалификационной категории "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>педагог-исследователь", кроме того имеет авторскую программу, получившую одобрение на Республиканском учебно-методическом совете, или является автором (соавтором) изданных учебников, учебно-методических пособий, включенных в перечень учебников, учебно-мето</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дических комплексов и учебно-методических пособий, утвержденных уполномоченным органом, обеспечивает </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>развитие навыков научного проектирования, осуществляет наставничество и планирует развитие сети профессионального сообщества на уровне области, является уч</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>астником республиканских и международных конкурсов и олимпиад или подготовил участников республиканских и международных конкурсов и олимпиад, утвержденных уполномоченным органом в области образования.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="z29"/>
-[...12 lines deleted...]
-        <w:t>. Педагогтерге біліктілік санаттарын беру рәсімі білім берудің келесі деңгейлерінде жүргізіледі:</w:t>
+      <w:bookmarkStart w:id="42" w:name="z47"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      12. Присвоение квалификационной категории педагог</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ам проводится в соответствии c квалификационными характеристиками педагогов. Процедура присвоения квалификационных категорий педагогов проводится на следующих уровнях образования:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>ұйымдарында (бұдан әрі - білім беру ұйымдары);</w:t>
+      <w:bookmarkStart w:id="43" w:name="z48"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      на квалификационную категорию "педагог-модератор" - в организациях дош</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кольного, начального, основного среднего, общего среднего, технического и профессионального, послесреднего образования (далее - организация образования);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...19 lines deleted...]
-        <w:t>еспубликалық ведомстволық бағынысты ұйымдар үшін), тиісті саланың уәкілетті органдарында;</w:t>
+      <w:bookmarkStart w:id="44" w:name="z49"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      на квалификационную категорию "педагог-эксперт" - в отделах образования районов (городов), управ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лениях образования, городов республиканского значения и столицы, в уполномоченных органах в области образования (для республиканских подведомственных организаций), уполномоченных органах соответствующей отрасли;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">республикалық ведомстволық бағынысты ұйымдар үшін), тиісті саланың уәкілетті органдарында; </w:t>
+      <w:bookmarkStart w:id="45" w:name="z50"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      на квалификационную категорию "педагог</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-исследователь" - в управлениях образования, городов республиканского значения и столицы, в уполномоченных органах в области образования (для республиканских подведомственных организаций), уполномоченных органах соответствующей отрасли;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>спубликалық ведомстволық бағынысты ұйымдар үшін), тиісті саланың уәкілетті органдарында.</w:t>
+      <w:bookmarkStart w:id="46" w:name="z51"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      на квалификац</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ионную категорию "педагог-мастер" - в управлениях образования, городов республиканского значения и столицы, в уполномоченных органах в области образования (для республиканских подведомственных организаций), уполномоченных органах соответствующей отрасли;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="29" w:name="z30"/>
-[...12 lines deleted...]
-        <w:t>ріне, облыстардың, республикалық маңызы бар қалалардың және астананың білім басқармаларына, республикалық ұйымдар - білім беру саласындағы уәкілетті органға (республикалық ведомстволық бағынысты ұйымдар үшін), тиісті саланың уәкілетті органына ұсынады.</w:t>
+      <w:bookmarkStart w:id="47" w:name="z52"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     13. Организация образования представляет списочный состав педагогов (на бумажных или электронных носителях) на присвоение квалификационной категории в отделы образования районов (городов), управления образования областей, городов республиканского знач</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ения и столицы, республиканские организации - в уполномоченный орган в области образования (для республиканских подведомственных организаций), уполномоченный орган соответствующей отрасли.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="30" w:name="z31"/>
-[...13 lines deleted...]
-        <w:t>   14. Әрбір педагог бойынша Комиссия мынадай шешімдердің бірін шығарады:</w:t>
+      <w:bookmarkStart w:id="48" w:name="z53"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      14. По каждому педагогу Комиссия выносит одно из следующих ре</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шений:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      1) өтініш берілген біліктілік санатына сәйкес келеді;</w:t>
+      <w:bookmarkStart w:id="49" w:name="z54"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) соответствует заявленной квалификационной категории;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      2) өтініш берілген біліктілік санатына сәйкес келмейді;</w:t>
+      <w:bookmarkStart w:id="50" w:name="z55"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) не соответствует заявленной квалификационной категории;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> санатқа сәйкес келеді.</w:t>
+      <w:bookmarkStart w:id="51" w:name="z56"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      3) соответствует квалификационной категории, ниже заявленной на один уровень.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="31" w:name="z32"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">       15. Комиссияның шешімі осы Қағидаларға 6-қосымшаға сәйкес хаттамамен ресімделеді.</w:t>
+      <w:bookmarkStart w:id="52" w:name="z57"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       15. Решение Комиссии оформляетс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>я протоколом согласно приложению 6 к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="32" w:name="z33"/>
-[...13 lines deleted...]
-        <w:t>аяқталғанға дейін сақталады.</w:t>
+      <w:bookmarkStart w:id="53" w:name="z58"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      16. При принятии Комиссией решения "не соответствует заявляемой квалификационной категории" за ним сохраняется имеющаяся квалификационная категория до завершения срока ее действия.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="33" w:name="z34"/>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">       17. Комиссияның педагогтерге біліктілік санатының қолданылу мерзімін ұзарту туралы шешімі осы Қағидаларға 7-қосымшаға сәйкес нысан бойынша ресімделеді.</w:t>
+      <w:bookmarkStart w:id="54" w:name="z59"/>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       17. Р</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ешение Комиссии о продлении срока действия квалификационной категории педагогам оформляется по форме согласно приложению 7 к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="34" w:name="z35"/>
-[...13 lines deleted...]
-        <w:t>елесі жағдайларда үш жылдан аспайтын мерзімге ұзартылады:</w:t>
+      <w:bookmarkStart w:id="55" w:name="z60"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      18. Квалификационная категория продлевается на основании заявления педагогов, но не более чем на три года</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в следующих случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...26 lines deleted...]
-        <w:t>кке жарамсыздығы;</w:t>
+      <w:bookmarkStart w:id="56" w:name="z61"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1) временная нетрудоспособность педагога, согласно перечню социально значимых заболеваний и заболеваний, представляющих опасность для окружающих, утвержденным приказом Министра здравоохранения и социального развития Республики </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Казахстан от 21 мая 2015 года № 367 "Об утверждении перечня социально-значимых заболеваний и заболеваний, представляющих опасность для окружающих" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 11512);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      2) жүктілікке және босануға, бала күтіміне байланысты демалыста болу;</w:t>
+      <w:bookmarkStart w:id="57" w:name="z62"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) нахож</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дение в отпуске по беременности и родам, уходу за ребенком;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      3) Қазақстан Республикасынан тыс жерлерде қызметтік іссапарда, мамандығы бойынша оқуда (тағылымдамада) болу;</w:t>
+      <w:bookmarkStart w:id="58" w:name="z63"/>
+      <w:bookmarkEnd w:id="57"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) нахождение в служебной командировке, на обучении (стажировке) по специальности за пределами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> жұмысты тоқтату себептеріне қарамастан қайта бастау;</w:t>
+      <w:bookmarkStart w:id="59" w:name="z64"/>
+      <w:bookmarkEnd w:id="58"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) возобновление работы в должности, по которой присвоена </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>квалификационная категория, независимо от причин ее прекращения;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      5) Қазақстан Республикасының шегінде жұмыс орнын ауыстыру;</w:t>
+      <w:bookmarkStart w:id="60" w:name="z65"/>
+      <w:bookmarkEnd w:id="59"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      5) смена места работы в пределах Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>сына келген адамдардың педагогикалық қызметті жүзеге асыруы;</w:t>
+      <w:bookmarkStart w:id="61" w:name="z66"/>
+      <w:bookmarkEnd w:id="60"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      6) осуществление педагогической деятельности лицами, прибывшими в Республику Казахстан из стран ближнего и дальнего зарубежь</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>я при наличии документов, подтверждающих образование, трудовой стаж и квалификационную категорию;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      7) білім беру саласындағы уәкілетті органнан, білім беруді басқару органдарынан, әдістемелік кабинеттерден, біліктілікті арттыру институттарынан білім беру ұйымдарына ауысу.</w:t>
+      <w:bookmarkStart w:id="62" w:name="z67"/>
+      <w:bookmarkEnd w:id="61"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      7) перешедших в организации образования с уполномоченного органа в области образования, органов управления образованием, методических кабинетов, институ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тов повышения квалификации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="35" w:name="z36"/>
-[...12 lines deleted...]
-        <w:t>ағидалардың 18-тармағында көрсетілген және жұмысқа шыққан педагогтерге біліктілік санатының қолданылу мерзімін ұзарту туралы мәселені шешу үшін білім беру ұйымдары Комиссияға мынадай құжаттарды ұсынады:</w:t>
+      <w:bookmarkStart w:id="63" w:name="z68"/>
+      <w:bookmarkEnd w:id="62"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      19. Для решения вопроса о продлении срока действия квалификационной категории педагогам, указанным в пункте 18 настоящего Порядка, и вышедших на работу, организации образования представляются Комиссии следующие документы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>ұзарту туралы өтініш (еркін нысанда);</w:t>
+      <w:bookmarkStart w:id="64" w:name="z69"/>
+      <w:bookmarkEnd w:id="63"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      1) заявление о продлении срока действия квалификационных правил (произвольная форма);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      2) жеке басын куәландыратын құжат (жеке басын сәйкестендіру үшін талап етіледі) (иесіне қайтарылады);</w:t>
+      <w:bookmarkStart w:id="65" w:name="z70"/>
+      <w:bookmarkEnd w:id="64"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) документ, удостоверяющий личность (требуется для идентификации личности) (возвращается владельцу);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>у туралы құжаттың көшірмесі;</w:t>
+      <w:bookmarkStart w:id="66" w:name="z71"/>
+      <w:bookmarkEnd w:id="65"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) копия диплома об образовании или документа о пе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>реподготовке с присвоением соответствующей квалификации по занимаемой должности;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      4) білім беру саласындағы уәкілетті органмен келісілген бағдарламалар бойынша біліктілікті арттыру курстарынан өткені туралы құжаттың көшірмесі;</w:t>
+      <w:bookmarkStart w:id="67" w:name="z72"/>
+      <w:bookmarkEnd w:id="66"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4) копия документа о прохождении курсов повышения квалификации по программам, согласованным с уполномоченным органом в области образования;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      5) педагогтің еңбек қызметін растайтын құжаттың көшірмесі;</w:t>
+      <w:bookmarkStart w:id="68" w:name="z73"/>
+      <w:bookmarkEnd w:id="67"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      5) копия документа, под</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тверждающего трудовую деятельность педагога;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>зекті біліктілік санаттарын беру туралы куәліктің көшірмесі (жоғары білім беру ұйымдарынан ауысқан және біліктілік санаты жоқ педагогтерден басқа);</w:t>
+      <w:bookmarkStart w:id="69" w:name="z74"/>
+      <w:bookmarkEnd w:id="68"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      6) копия удостоверения об очередном присвоении квалификационных категорий (кроме педагогов, перешедших из организации высшего образования и не имеющих квалификационных категорий);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      7) біліктілік санатының қолданылу мерзімін ұзартудың негізділігін растайтын құжат.</w:t>
+      <w:bookmarkStart w:id="70" w:name="z75"/>
+      <w:bookmarkEnd w:id="69"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) документ, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подтверждающий обоснованность продления срока действия квалификационной категории.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="36" w:name="z37"/>
-[...12 lines deleted...]
-        <w:t>Комиссияның біліктілік санатының қолданылу мерзімін ұзарту жөніндегі отырысы өтініш түскен күннен бастап бес жұмыс күні ішінде өткізіледі.</w:t>
+      <w:bookmarkStart w:id="71" w:name="z76"/>
+      <w:bookmarkEnd w:id="70"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      20. Заседание Комиссии по продлению срока действия квалификационной категории проводится в течение пяти рабочих дней со дня поступления заявления.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="37" w:name="z38"/>
-[...13 lines deleted...]
-        <w:t>н кешіктірілмей шығарылады. Тиісті бұйрықтың негізінде білім беру ұйымы осы Қағидаларға 8-қосымшаға сәйкес біліктілік беру туралы куәлік береді.</w:t>
+      <w:bookmarkStart w:id="72" w:name="z77"/>
+      <w:bookmarkEnd w:id="71"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       21. Приказ о </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>присвоении квалификационной категории издается не позднее 15 июля и 25 декабря текущего года соответствующего уровня. На основании соответствующего приказа организация образования выдает удостоверение о присвоении квалификации, согласно приложению 8 к наст</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="38" w:name="z39"/>
-[...14 lines deleted...]
-        <w:t>астап лауазымдарының мынадай біліктіліктері сақталады немесе беріледі, сондай-ақ теңестіріледі:</w:t>
+      <w:bookmarkStart w:id="73" w:name="z78"/>
+      <w:bookmarkEnd w:id="72"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      22. Педагогам, которым присвоены нижеперечисленные квалификационные категории, сохраняются или присваиваются, а также приравниваются следующие квалификации должностей с момента присвоения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      "екінші санат" - "педагог-модератор";</w:t>
+      <w:bookmarkStart w:id="74" w:name="z79"/>
+      <w:bookmarkEnd w:id="73"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "вторая категория" - "педагог-модератор</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>";</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      "бірінші санат" - "педагог-сарапшы";</w:t>
+      <w:bookmarkStart w:id="75" w:name="z80"/>
+      <w:bookmarkEnd w:id="74"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "первая категория" - "педагог-эксперт";</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      "жоғары санат" - "педагог-зерттеуші" және "педагог-шебер".</w:t>
+      <w:bookmarkStart w:id="76" w:name="z81"/>
+      <w:bookmarkEnd w:id="75"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "высшая категория" - "педагог-исследователь" и "педагог-мастер".</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="39" w:name="z40"/>
-[...12 lines deleted...]
-        <w:t>. Біліктілік санатын беру туралы куәліктерді беруді Комиссиялардың шешімдері мен тиісті бұйрықтар негізінде білім беру ұйымдары жүзеге асырады.</w:t>
+      <w:bookmarkStart w:id="77" w:name="z82"/>
+      <w:bookmarkEnd w:id="76"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      23. Выдача удостоверений о присвоении квалификационной категории осуществляется организациями образования на основании решений Ком</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>иссий и соответствующих приказов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="40" w:name="z41"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> бойынша біліктілік санаттарын беру туралы куәліктерді тіркеу және беру журналында тіркеледі.</w:t>
+      <w:bookmarkStart w:id="78" w:name="z83"/>
+      <w:bookmarkEnd w:id="77"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       24. Выдача удостоверений педагогам о присвоении квалификационной категории фиксируется в журнале регистрации и выдачи удостоверений о присвоении квалификационных категорий по форме согласно приложению 9 к настоящим </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="41" w:name="z42"/>
-[...13 lines deleted...]
-        <w:t>мі аяқталғанға дейін сақталады.</w:t>
+      <w:bookmarkStart w:id="79" w:name="z84"/>
+      <w:bookmarkEnd w:id="78"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      25. При переходе на новое место работы в педагогической отрасли в пределах Республики Казахстан за педагогами сохраняется имеющаяся квалификационная категория до истечения срока ее действия.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="42" w:name="z43"/>
-[...13 lines deleted...]
-        <w:t>сан) сәйкес оларда бар біліктілік санаттары зейнеткерлік жасқа толғанға дейін сақталады. Біліктілік санатының қолданылу мерзімін ұзарту туралы бұйрықты білім беру ұйымының басшысы шығарады.</w:t>
+      <w:bookmarkStart w:id="80" w:name="z85"/>
+      <w:bookmarkEnd w:id="79"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      26. В случае истечения срока действия квали</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фикационной категории педагогам, которым до пенсии по возрасту остается не более четырех лет, имеющиеся у них квалификационные категории сохраняются до наступления пенсионного возраста согласно заявлению об освобождении от очередного присвоения (подтвержде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ния) квалификационной категории (произвольная форма). Приказ о продлении срока действия квалификационной категории издает руководитель организации образования.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="43" w:name="z44"/>
-[...13 lines deleted...]
-        <w:t>лғастырушы зейнеткерлік жастағы педагогтерге біліктілік санатын беру (растау) рәсімі жалпы негізде жүргізіледі. Жалпы негізде біліктілік санатын беру (растау) рәсімінен бас тартқан жағдайда біліктілік санаты бір деңгейге төмендейді.</w:t>
+      <w:bookmarkStart w:id="81" w:name="z86"/>
+      <w:bookmarkEnd w:id="80"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      27. Педагогам пенсионного возраста, продолжающим осуществлять педагогическую деятельность </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>после выхода на пенсию, процедура присвоения (подтверждения) квалификационной категории проводится на общих основаниях. В случае отказа от процедуры присвоения (подтверждения) квалификационной категории на общих основаниях, квалификационная категория снижа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ется на один уровень.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="44" w:name="z45"/>
-[...13 lines deleted...]
-        <w:t>біліктілік санатын беру білім туралы дипломда немесе атқаратын лауазымы бойынша тиісті біліктілік бере отырып, қайта даярлау туралы құжатта көрсетілген мамандыққа (біліктілікке) сәйкес жүзеге асырылады.</w:t>
+      <w:bookmarkStart w:id="82" w:name="z87"/>
+      <w:bookmarkEnd w:id="81"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      28. Присвоение квалификационной категории педагогам осуществляется в соответствии со специальностью (квалификацией), указанной в дипломе об образовании или документе о переподготовке с присвоением соответствующей квалификации по</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> занимаемой должности.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="45" w:name="z46"/>
-[...13 lines deleted...]
-        <w:t>көрсетілген пәндерді оқытқан жағдайда, біліктілік санатын беру оқытатын пәнді/пәндерді (таңдау бойынша) көрсете отырып, негізгі лауазым бойынша жүргізіледі және негізгі лауазым бойынша санат беріледі.</w:t>
+      <w:bookmarkStart w:id="83" w:name="z88"/>
+      <w:bookmarkEnd w:id="82"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      29. В случае преподавания дисциплин, указанных в дипломе об образовании как одна специальность, присвоение квалификационной категории проводится по основной должности с указанием преподаваемого/преподаваемых предмета/предметов </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(по выбору) и присваивается категория по основной должности.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="46" w:name="z47"/>
-[...20 lines deleted...]
-        <w:t>азымы бойынша жүргізіледі.</w:t>
+      <w:bookmarkStart w:id="84" w:name="z89"/>
+      <w:bookmarkEnd w:id="83"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      30. Для педагогов малокомплектных школ в случае преподавания дисциплин, не указанных в дипломе, очередное присвоение квалификационной категории проводится по занимаемой должности при наличи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и документа о курсах повышения квалификации (не менее 72 часов) или переподготовке с присвоением соответствующей квалификации по междисциплинарным (смежным) предметам.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="47" w:name="z48"/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> кезекті біліктілік санатын беру біліктілікті арттыру туралы тиісті құжат болған кезде жалпы негіздерде жүргізіледі.</w:t>
+      <w:bookmarkStart w:id="85" w:name="z90"/>
+      <w:bookmarkEnd w:id="84"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      31. B случае преподавания педагогом дисциплин, по которым не осуществляется профес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сиональная подготовка специалистов в высших учебных заведениях или организациях технического и профессионального, послесреднего образования, за ним сохраняется ранее полученная категория; очередное присвоение квалификационной категории проводится на общих </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>основаниях при наличии соответствующего документа о повышении квалификации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="48" w:name="z49"/>
-[...13 lines deleted...]
-        <w:t>қайта даярлау туралы құжатқа сәйкес, білім беру ұйымдарындағы тиісті бейін бойынша жүргізіледі.</w:t>
+      <w:bookmarkStart w:id="86" w:name="z91"/>
+      <w:bookmarkEnd w:id="85"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      32. Педагоги, преподающие в специальных организациях образования, очередное присвоение квалификационной категории проходят в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">дипломом, по профилю или </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>документом о переподготовке, по соответствующему профилю в организациях образования.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="49" w:name="z50"/>
-[...6 lines deleted...]
-        <w:t>      33. Техникалық және кәсіптік білім беру ұйымдарының педагогтеріне кезекті біліктілік санаты оқытатын бейініне сәйкес беріледі.</w:t>
+      <w:bookmarkStart w:id="87" w:name="z92"/>
+      <w:bookmarkEnd w:id="86"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      33. Педагоги организаций технического и профессионального образования очередное присвоение квалификационной категории проходят в соответствии с преподаваемым профиле</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>м.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="50" w:name="z51"/>
-[...13 lines deleted...]
-        <w:t>еттердің (орталықтардың), қосымша білім беру ұйымдарының педагогтеріне (әдіскерлеріне) біліктілік санаттары диплом бойынша және атқаратын лауазымы ескеріле отырып беріледі.</w:t>
+      <w:bookmarkStart w:id="88" w:name="z93"/>
+      <w:bookmarkEnd w:id="87"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      34. Педагогам (методистам) методических кабинетов (центров), организаций дополнительного образования присваиваются квалификационные категории по диплому и с учетом занимаемой должности.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="51" w:name="z52"/>
-[...13 lines deleted...]
-        <w:t>ысқан немесе білім беру қызметін ұйымдастырған кезде педагогте қолданыстағы "педагог-модератор", "педагог-сарапшы", "педагог-зерттеуші", "педагог-шебер" біліктілік санаты оның қолданылу мерзімі аяқталғанға дейін сақталады (теңестіріледі).</w:t>
+      <w:bookmarkStart w:id="89" w:name="z94"/>
+      <w:bookmarkEnd w:id="88"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      35. При переходе из организации образования в организац</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ии, осуществляющие методическое сопровождение, или организации образовательной деятельности у педагога сохраняется (приравнивается) имеющаяся квалификационная категория "педагог - модератор", "педагог - эксперт", "педагог - исследователь", "педагог - масте</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>р" до истечения ее срока действия.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="52" w:name="z53"/>
-[...13 lines deleted...]
-        <w:t>зі тану" пәнін оқыту кезінде педагогте біліктілік санаты "Өзін-өзі тану" пәні бойынша біліктілікті арттыру курстары туралы құжат болған жағдайда бұрын оқытқан пән бойынша біліктілік санатына теңестіріледі және қолданылу мерзімі аяқталғанға дейін сақталады.</w:t>
+      <w:bookmarkStart w:id="90" w:name="z95"/>
+      <w:bookmarkEnd w:id="89"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      36. При преподавании предмета "Самопознание" у педагога квалификационная категория приравнивается к квалификационной категории по ранее преподаваемому предмету при наличии документа о курсах повышения квалификации п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>о предмету "Самопознание" и сохраняется до истечения срока действия.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="53" w:name="z54"/>
-[...6 lines deleted...]
-        <w:t>      37. Кезекті, мерзімінен бұрын біліктілік санаттарын беру (растау) кезінде "Өзін-өзі тану" пәні бойынша педагогтер дипломындағы мамандығы бойынша немесе "Өзін-өзі тану" пәні бойынша ұлттық біліктілік тестілеуінен өтеді.</w:t>
+      <w:bookmarkStart w:id="91" w:name="z96"/>
+      <w:bookmarkEnd w:id="90"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      37. При очередном, досрочном присвоении (подтверждении) квалификационных категорий педагоги по предмету "Самопознание" проходят национальное квалификационное тестирование по специал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ьности по диплому или по предмету "Самопознание".</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="54" w:name="z55"/>
-[...13 lines deleted...]
-        <w:t>ейтін педагогикалық білімі бар мектепке дейінгі білім беру ұйымдарының педагогтеріне мектепке дейінгі тәрбие мен оқыту мәселелері бойынша біліктілікті арттыру (немесе қайта даярлау) курстары туралы құжат болған жағдайда біліктілік санаты беріледі.</w:t>
+      <w:bookmarkStart w:id="92" w:name="z97"/>
+      <w:bookmarkEnd w:id="91"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      38. Педагогам дошкольных организаций образования, имеющим педагогическое образование не по профилю, присваивается квалификационная категория при наличии документа о курсах повышения квалификации (или </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>переподготовки) по вопросам дошкольного воспитания и обучения.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="55" w:name="z56"/>
-[...20 lines deleted...]
-        <w:t>даярлау курстарынан өтуді ескере отырып, "педагог-модератор", "педагог-сарапшы", "педагог-зерттеуші", "педагог-мастер" біліктілік санаты беріледі.</w:t>
+      <w:bookmarkStart w:id="93" w:name="z98"/>
+      <w:bookmarkEnd w:id="92"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      39. Педагогам, осуществляющим психологическую, диагностическую (в части определения особых образовательных потребностей обучающихся), коррекционную, социально-педагогическую деятельность,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> присваивается квалификационная категория: "педагог-модератор", "педагог-эксперт", "педагог-исследователь", "педагог-мастер" в соответствии с указанной в дипломе специальностью или с учетом прохождения курсов повышения квалификации или переподготовки.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="56" w:name="z57"/>
-      <w:bookmarkEnd w:id="55"/>
+      <w:bookmarkStart w:id="94" w:name="z99"/>
+      <w:bookmarkEnd w:id="93"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  40. Очередное присвоение квалификационной категории педагогам по предмету "Художественный труд" за основу принимается диплом по специальностям: "Технология", "Изобразительное искусство", "Черчение", а </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      40. "Көркем еңбек" пәні бойынша педагогтерге кезекті біліктілік санатын беруде "Технология", "Бейнелеу </w:t>
-[...6 lines deleted...]
-        <w:t>өнері", "Сызу" мамандықтары бойынша диплом, сондай-ақ бұрын берілген біліктілік санатын ескере отырып, кәсіптік оқыту негізге алынады.</w:t>
+        <w:t>также профессиональное обучение с учетом ранее присво</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енной квалификационной категории.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="57" w:name="z58"/>
-[...13 lines deleted...]
-        <w:t>мандық бойынша қызмет жүргізген жағдайда кезекті біліктілік санатын беру біліктілікті арттыру курстары немесе қайта даярлау курстары туралы құжат негізінде атқаратын лауазымы бойынша жүргізіледі.</w:t>
+      <w:bookmarkStart w:id="95" w:name="z100"/>
+      <w:bookmarkEnd w:id="94"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      41. В случае ведения деятельности в специальных организациях образования или специальных классах (групп) не по специальности, указанной в дипломе об образовании, очередное присвоение квалификационной категории провод</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ится по занимаемой должности на основании документа о курсах повышения квалификации или курсах переподготовки.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="58" w:name="z59"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> пәндерді оқытатын педагогтерге кезекті біліктілік санатын беру біліктілікті арттыру курстары немесе қайта даярлау курстары туралы құжат негізінде оқытатын пәндері бойынша жүргізіледі.</w:t>
+      <w:bookmarkStart w:id="96" w:name="z101"/>
+      <w:bookmarkEnd w:id="95"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      42. Педагоги, преподающие в специальных организациях образования дисциплины, указанные в дипломе, очередное присвоение квалификационной кат</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>егории проходят по преподаваемым дисциплинам на основании документа о курсах повышения квалификации или переподготовки.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="59" w:name="z60"/>
-[...13 lines deleted...]
-        <w:t>тептерде сабақ беретін педагогтерге кезекті біліктілік санаты дипломда көрсетілген мамандыққа сәйкес беріледі, бұл ретте портфолиода ерекше білім беру қажеттілігі бар балалармен жүргізілген жұмыстар бойынша материалдар көрсетіледі.</w:t>
+      <w:bookmarkStart w:id="97" w:name="z102"/>
+      <w:bookmarkEnd w:id="96"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      43. Педагоги, преподающие в общеобразовательных школах, реализующие инклюзивное образование, проходят очередное присвоение квалифи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кационной категории в соответствии с указанной в дипломе специальностью при этом в портфолио отражают материалы по работе с детьми с особыми образовательными потребностями.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="60" w:name="z61"/>
-      <w:bookmarkEnd w:id="59"/>
+      <w:bookmarkStart w:id="98" w:name="z103"/>
+      <w:bookmarkEnd w:id="97"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-параграф. Педагогтерг</w:t>
-[...6 lines deleted...]
-        <w:t>е біліктілік санаттарын мерзімінен бұрын беру тәртібі</w:t>
+        <w:t xml:space="preserve"> Параграф 2. Порядок досрочного присвоения квалификационных категорий педагогам</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="61" w:name="z62"/>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">       44. Біліктілік санаттарын мерзімінен бұрын алатын педагогтер осы Қағидалардың 11-тармағының талаптарына сәйкес келеді және № 83 бұйрыққа сәйкес ұлттық біліктілік тестілеуін тапсырады.</w:t>
+      <w:bookmarkStart w:id="99" w:name="z104"/>
+      <w:bookmarkEnd w:id="98"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>    44. Педагоги на досрочное присвоение квалификационных категорий соответствуют требованиям пункта 11 настоящих Правил и сдают национальное квалификационное тестирование согласно приказу № 83.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="62" w:name="z63"/>
-[...13 lines deleted...]
-        <w:t>іліктілік санаттарын мерзімінен бұрын алуға мынадай санаттағы адамдар қатысады:</w:t>
+      <w:bookmarkStart w:id="100" w:name="z105"/>
+      <w:bookmarkEnd w:id="99"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      45. В досрочном присвоении квалификационных категорий у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>частвуют следующие категории лиц:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      1) "педагог-модератор" біліктілік санатына:</w:t>
+      <w:bookmarkStart w:id="101" w:name="z106"/>
+      <w:bookmarkEnd w:id="100"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) на квалификационную категорию "педагог-модератор":</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>ін білім беру ұйымдарына алғаш рет жұмысқа қабылданған, педагогикалық практикаға оң баға алған, диплом бойынша орташа балы:</w:t>
+      <w:bookmarkStart w:id="102" w:name="z107"/>
+      <w:bookmarkEnd w:id="101"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      лица, впервые принятые на работу в организации образования после завершения высшего, послевузовского учебного заведения, организации технического и професси</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>онального, послесреднего образования при наличии положительной оценки за педагогическую практику, среднего балла по диплому:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      жоғары, жоғары оқу орнынан кейінгі білім туралы диплом - GPA көрсеткішінің 3 балынан төмен емес;</w:t>
+      <w:bookmarkStart w:id="103" w:name="z108"/>
+      <w:bookmarkEnd w:id="102"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      диплом о высшем, послевузовском образовании – не ниже 3-х баллов показателя GPA;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>к, орта білімнен кейінгі білім туралы диплом - GPA көрсеткішінің 4,5 балынан төмен емес.</w:t>
+      <w:bookmarkStart w:id="104" w:name="z109"/>
+      <w:bookmarkEnd w:id="103"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      диплома о техническом и профессиональн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ом, послесреднем образовании – не ниже 4,5 баллов показателя GPA.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>икаты (куәлігі) бар адамдар;</w:t>
+      <w:bookmarkStart w:id="105" w:name="z110"/>
+      <w:bookmarkEnd w:id="104"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      лица, окончившие высшее учебное заведение с правом преподавания предмета (дисциплины) на английском языке, имеющие сертификат (удостоверение), подтверждающие знание английского языка н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>е ниже уровня С1 (по шкале CEFR);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      2) "педагог-сарапшы" біліктілік санатына:</w:t>
+      <w:bookmarkStart w:id="106" w:name="z111"/>
+      <w:bookmarkEnd w:id="105"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) на квалификационную категорию "педагог-эксперт":</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:id="107" w:name="z112"/>
+      <w:bookmarkEnd w:id="106"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      қалалық (аудандық) деңгейдегі пәндік олимпиадалардың, шығармашылық, кәсіби конкурстардың, ғылыми, спорттық жарыстардың жеңімпаздарын дайындаған адамдар;</w:t>
+        <w:t>      лица, подготовившие победителей предметных олимпиад, творческих, профессиональных конкурсов, научных, спортивных соревнований городского (районного) уровня;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>дық) деңгейдегі кәсіби конкурстардың жеңімпаздары болып табылатын адамдар;</w:t>
+      <w:bookmarkStart w:id="108" w:name="z113"/>
+      <w:bookmarkEnd w:id="107"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     лица, являющиеся победителями профессиональных конкурсов, городского (районного) уровня;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      облыстық (республикалық маңызы бар қалалар және астана) деңгейде өзінің педагогикалық тәжірибесін жинақтаған адамдар;</w:t>
+      <w:bookmarkStart w:id="109" w:name="z114"/>
+      <w:bookmarkEnd w:id="108"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      лица, обобщившие собственный педагогический опыт на областном уровне (городов республиканского значения и столицы);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>төмен емес деңгейде меңгерген және пәндерді ағылшын тілінде оқытатын адамдар;</w:t>
+      <w:bookmarkStart w:id="110" w:name="z115"/>
+      <w:bookmarkEnd w:id="109"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      лица, владеющие английским языком </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на уровне не ниже С1 (по шкале CEFR) и преподающие предметы на английском языке;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      жоғары оқу орнынан білім беру ұйымдарына педагогикалық жұмысқа ауысқан, кемінде екі жыл педагогикалық жұмыс өтілі бар адамдар;</w:t>
+      <w:bookmarkStart w:id="111" w:name="z116"/>
+      <w:bookmarkEnd w:id="110"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      лица, перешедшие на педагогическую работу в организации образования из высшего учебного заведения, имеющие стаж педагогической работы не менее двух лет;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>ді ұйымдардан педагогикалық жұмысқа ауысқан, мамандығы бойынша кемінде бес жыл жұмыс өтілі бар адамдар;</w:t>
+      <w:bookmarkStart w:id="112" w:name="z117"/>
+      <w:bookmarkEnd w:id="111"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      лица, пере</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шедшие на педагогическую работу в организации образования с производства, из профильных организаций, имеющие стаж работы по специальности не менее пяти лет;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      бейінді пән бойынша халықаралық дәрежедегі спорт шебері болып табылатын адамдар.</w:t>
+      <w:bookmarkStart w:id="113" w:name="z118"/>
+      <w:bookmarkEnd w:id="112"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      лица, являющиеся мастерами спорта международного класса по профилирующему предмету.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      3) "педагог-зерттеуші" біліктілік санатына:</w:t>
+      <w:bookmarkStart w:id="114" w:name="z119"/>
+      <w:bookmarkEnd w:id="113"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на квалификационную категорию "педагог-исследователь":</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>деңгейдегі пәндік олимпиадалардың, шығармашылық конкурстардың, ғылыми, спорттық жарыстардың жеңімпаздарын немесе республикалық немесе халықаралық деңгейдегі қатысушыларды дайындаған адамдар;</w:t>
+      <w:bookmarkStart w:id="115" w:name="z120"/>
+      <w:bookmarkEnd w:id="114"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      лица, подготовившие победителей предметных олимпиад, творческих, конкурсов, научных, спортивных соревнований областного уровня или участников республиканского или международного уровня;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>есе республикалық немесе халықаралық деңгейдегі қатысушылар болып табылатын адамдар;</w:t>
+      <w:bookmarkStart w:id="116" w:name="z121"/>
+      <w:bookmarkEnd w:id="115"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лица, являющиеся победителями профессиональных конкурсов областного уровня или участниками республиканского или международного уровня;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      республикалық деңгейде өзінің педагогикалық тәжірибесін жинақтаған адамдар;</w:t>
+      <w:bookmarkStart w:id="117" w:name="z122"/>
+      <w:bookmarkEnd w:id="116"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      лица, обобщившие собственный педагогический опыт на республиканском уровне;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>огикалық жұмыс өтілі бар адамдар;</w:t>
+      <w:bookmarkStart w:id="118" w:name="z123"/>
+      <w:bookmarkEnd w:id="117"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      лица, имеющие ученую степень канд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>идата наук/доктора или доктора PhD и стаж педагогической работы не менее трех лет;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      кәсіпорыннан, бейінді ұйымнан педагогикалық жұмысқа ауысқан, кемінде үш жыл, оның ішінде басшы лауазымында кемінде екі жыл жұмыс өтілі бар адамдар.</w:t>
+      <w:bookmarkStart w:id="119" w:name="z124"/>
+      <w:bookmarkEnd w:id="118"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      лица, перешедшие на педагогическую работу с предприятия, профильной организации, имеющие стаж работы не менее трех лет, в том числе на руководящей должности не менее д</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вух лет.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      4) "педагог-шебер" біліктілік санатына:</w:t>
+      <w:bookmarkStart w:id="120" w:name="z125"/>
+      <w:bookmarkEnd w:id="119"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4) на квалификационную категорию "педагог-мастер":</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>ындағы уәкілетті орган бекіткен республикалық деңгейдегі пәндік олимпиадалардың, шығармашылық конкурстардың, ғылыми, спорттық жарыстардың жеңімпаздарын немесе халықаралық деңгейдегі қатысушыларды дайындаған адамдар;</w:t>
+      <w:bookmarkStart w:id="121" w:name="z126"/>
+      <w:bookmarkEnd w:id="120"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      лица, подготовившие победителей предметных олимпиад, творческих конкурсов, научных, спортивных соревнований республиканского уровня или участников международного уровня, утвержденных у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>полномоченным органом в области образования;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-        <w:t>нкурстардың жеңімпаздары немесе халықаралық деңгейдегі қатысушылар болып табылатын адамдар;</w:t>
+      <w:bookmarkStart w:id="122" w:name="z127"/>
+      <w:bookmarkEnd w:id="121"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      лица, являющиеся победителями профессиональных конкурсов республиканского уровня или участниками международного уровня;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>жүйелі түрде пайдаланатын халықаралық деңгейде өзінің педагогикалық тәжірибесін жинақтаған адамдар.</w:t>
+      <w:bookmarkStart w:id="123" w:name="z128"/>
+      <w:bookmarkEnd w:id="122"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      лица, обобщившие собственный педагогический опыт на международном уровне, систе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мно использующие в педагогической практике научно обоснованные методы, а также авторские технологии обучения и воспитания, утвержденные Республиканским учебно-методическим советом.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="63" w:name="z64"/>
-[...12 lines deleted...]
-        <w:t>5, 16, 17-тармақтарында реттелген.</w:t>
+      <w:bookmarkStart w:id="124" w:name="z129"/>
+      <w:bookmarkEnd w:id="123"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       46. Порядок работы Комиссии по принятию решения по досрочному присво</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ению квалификационной категории педагога изложена в пунктах 6, 7, 8, 9, 14, 15, 16, 17 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="64" w:name="z65"/>
-      <w:bookmarkEnd w:id="63"/>
+      <w:bookmarkStart w:id="125" w:name="z130"/>
+      <w:bookmarkEnd w:id="124"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3-параграф. Педагогтерге біліктілік санатын беру рәсімінсіз біліктілік санатын беру тәртібі</w:t>
+        <w:t xml:space="preserve"> Параграф 3. Порядок присвоения квалификационной категории педагогам без прохождения процедуры присвоения квалификационной категории</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="65" w:name="z66"/>
-[...13 lines deleted...]
-        <w:t>аш рет қабылданғанда "педагог-модератор" біліктілік санатын алу үшін ұлттық біліктілік тестілеуі теріс нәтиже көрсетсе, "педагог" біліктілік санаты беріледі.</w:t>
+      <w:bookmarkStart w:id="126" w:name="z131"/>
+      <w:bookmarkEnd w:id="125"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       47. Выпускн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>икам высших учебных заведений и организаций технического и профессионального, послесреднего образования при поступлении на работу впервые, показавшим отрицательный результат национального квалификационного тестирования на квалификационную категорию "педаго</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>г-модератор", присваивается квалификационная категория "педагог".</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="66" w:name="z67"/>
-[...13 lines deleted...]
-        <w:t>орнын "үздік" бітірген адамдарға "педагог-модератор" біліктілік санаты ұлттық біліктілік тестілеуінен өтпей беріледі.</w:t>
+      <w:bookmarkStart w:id="127" w:name="z132"/>
+      <w:bookmarkEnd w:id="126"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      48. Лицам, окончившим техническое и профессиональное, послесреднее, высшее, послевузовское учебное заведение, с "отличием" квалификационная категория "педагог-модератор" присваиваются </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>без прохождения национального квалификационного тестирования.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="67" w:name="z68"/>
-[...13 lines deleted...]
-        <w:t>" бағдарламасы бойынша оқу үшін ұсынылған тізімге кіретін шетелдік жоғары оқу орындарының түлектеріне жеке өтініші негізінде біліктілік санатын беру рәсімінсіз "педагог-зерттеуші" біліктілік санаты беріледі.</w:t>
+      <w:bookmarkStart w:id="128" w:name="z133"/>
+      <w:bookmarkEnd w:id="127"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      49. Лицам, являющимся выпускниками программы "Болашақ", а также лицам, вошедшим в Президентский кадровый резерв, выпускникам зарубежных высших учебных заведений, входящих в список рекоменд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ованных для обучения по программе "Болашак", присваивается квалификационная категория "педагог-исследователь" без прохождения процедуры присвоения квалификационной категории на основании личного заявления.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="68" w:name="z69"/>
-[...13 lines deleted...]
-        <w:t>CLIL әдістемесі және шет тілін меңгеру деңгейі бойынша сертификаты бар шетел (ағылшын, неміс, француз) тілдерінің:</w:t>
+      <w:bookmarkStart w:id="129" w:name="z134"/>
+      <w:bookmarkEnd w:id="128"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      50. Квалификационная категория "педагог-моде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ратор" присваивается без прохождения процедуры присвоения квалификационной категории на основании личного заявления педагогам иностранных (английский, немецкий, французский) языков, имеющим сертификаты по методике CLIL и уровню владения иностранным языком:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      ағылшын тілі бойынша: IELTS - 6,5 балл; TOEFL - 60-65 балл;</w:t>
+      <w:bookmarkStart w:id="130" w:name="z135"/>
+      <w:bookmarkEnd w:id="129"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       английский язык: IELTS – 6,5 баллов; TOEFL – 60 - 65 баллов; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      француз тілі бойынша: DELF - С1;</w:t>
+      <w:bookmarkStart w:id="131" w:name="z136"/>
+      <w:bookmarkEnd w:id="130"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      французский язык: DELF – С1;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>tifikat - С1 менгерген педагогтеріне жеке өтініші негізінде біліктілік санатын беру рәсімінен өтпей беріледі.</w:t>
+      <w:bookmarkStart w:id="132" w:name="z137"/>
+      <w:bookmarkEnd w:id="131"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      немецкий язык: Goethe Zertifikat – С1.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>ілдерінің:</w:t>
+      <w:bookmarkStart w:id="133" w:name="z138"/>
+      <w:bookmarkEnd w:id="132"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Квалификационная категория "педагог-эксперт" присваивается без прохождения процедуры присвоения квал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ификационной категории на основании личного заявления педагогам иностранных (английский, немецкий, французский) языков, имеющим сертификаты по методике CLIL и уровню владения иностранным языком:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      ағылшын тілі бойынша: IELTS - 6,5 балл; TOEFL - 66-78 балл;</w:t>
+      <w:bookmarkStart w:id="134" w:name="z139"/>
+      <w:bookmarkEnd w:id="133"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      английский язык: IELTS – 6,5 баллов; TOEFL – 66 - 78 ба</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ллов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      француз тілі бойынша: DELF - С1;</w:t>
+      <w:bookmarkStart w:id="135" w:name="z140"/>
+      <w:bookmarkEnd w:id="134"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      французский язык: DELF – С1;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>леді.</w:t>
+      <w:bookmarkStart w:id="136" w:name="z141"/>
+      <w:bookmarkEnd w:id="135"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      немецкий язык: Goethe Zertifikat – С1.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      "Педагог-зерттеуші" біліктілік санаты CLIL әдістемесі және шет тілін меңгеру деңгейі бойынша сертификаты бар шетел (ағылшын, неміс, француз) тілдерінің:</w:t>
+      <w:bookmarkStart w:id="137" w:name="z142"/>
+      <w:bookmarkEnd w:id="136"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Квалификационная категория "педагог-исследователь" присваивается без прохождения процедуры присвоения квалификационной категории на основании личного заявления педа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>гогам иностранных (английский, немецкий, французский) языков, имеющим сертификаты по методике CLIL и уровню владения иностранным языком:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>      ағылшын тілі бойынша: IELTS - 7 балл; TOEFL - 79-95 балл;</w:t>
+      <w:bookmarkStart w:id="138" w:name="z143"/>
+      <w:bookmarkEnd w:id="137"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      английский язык: IELTS – 7 баллов; TOEFL – 79 - 95 баллов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> DELF - С2;</w:t>
+      <w:bookmarkStart w:id="139" w:name="z144"/>
+      <w:bookmarkEnd w:id="138"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      французский язык: DELF – С2;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      неміс тілі бойынша: Goethe Zertifikat - С2 менгерген педагогтеріне жеке өтініші негізінде біліктілік санатын беру рәсімінен өтпей беріледі.</w:t>
+      <w:bookmarkStart w:id="140" w:name="z145"/>
+      <w:bookmarkEnd w:id="139"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      немецкий язык</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>: Goethe Zertifikat – С2.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>тификаты бар шетел (ағылшын, неміс, француз) тілдерінің:</w:t>
+      <w:bookmarkStart w:id="141" w:name="z146"/>
+      <w:bookmarkEnd w:id="140"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Квалификационная категория "педагог-мастер" присваивается без прохождения процедуры присвоения квалификационной категории на основании личного заявления педагогам иностранных (английский, немецкий, французский) языков, имеющ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>им сертификаты по методике CLIL и уровню владения иностранным языком:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      ағылшын тілі бойынша: IELTS -7,7 балл; TOEFL - 96 - 110 балл;</w:t>
+      <w:bookmarkStart w:id="142" w:name="z147"/>
+      <w:bookmarkEnd w:id="141"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      английский язык: IELTS – 7,7 баллов; TOEFL – 96 - 110 баллов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      француз тілі бойынша: DELF - С2;</w:t>
+      <w:bookmarkStart w:id="143" w:name="z148"/>
+      <w:bookmarkEnd w:id="142"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      французский язык: DELF – С2;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>негізінде біліктілік санатын беру рәсімінен өтпей беріледі.</w:t>
+      <w:bookmarkStart w:id="144" w:name="z149"/>
+      <w:bookmarkEnd w:id="143"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      немецкий язык: Goethe Zertifikat – С2.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="69" w:name="z70"/>
-[...5 lines deleted...]
-        <w:t>      51. Жоғарыда аталған сертификаттары жоқ шет тілдерінің педагогтері біліктілік санатын беру рәсімінен жалпы негізде өтеді.</w:t>
+      <w:bookmarkStart w:id="145" w:name="z150"/>
+      <w:bookmarkEnd w:id="144"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      51. Педагоги иностранных языков,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не имеющие вышеназванные сертификаты, проходят процедуру присвоения квалификационной категории на общих основаниях.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5972"/>
-        <w:gridCol w:w="3805"/>
+        <w:gridCol w:w="5889"/>
+        <w:gridCol w:w="3888"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="69"/>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:bookmarkEnd w:id="145"/>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Педагогтерге біліктілік</w:t>
+              <w:t>Приложение 1 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>санаттарын беру (растау)</w:t>
+              <w:t>присвоения (подтверждения)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
-[...16 lines deleted...]
-              <w:t>сымша</w:t>
+              <w:t xml:space="preserve">квалификационных категорий педагогам </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>нысан</w:t>
+              <w:t xml:space="preserve">форма </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
+      <w:bookmarkStart w:id="146" w:name="z153"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Портфолионы қабылдау-табыстау актісі</w:t>
+        <w:t xml:space="preserve">                          Акт приема-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>передачи портфолио</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      "___" ________ 20__ ж.</w:t>
+      <w:bookmarkStart w:id="147" w:name="z154"/>
+      <w:bookmarkEnd w:id="146"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>       "___"________ 20__ г.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      Біз, төменде қол қоюшылар, Сараптамалық кеңестің төрағасы</w:t>
+      <w:bookmarkStart w:id="148" w:name="z155"/>
+      <w:bookmarkEnd w:id="147"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Мы, нижеподписавшиеся, Председатель Экспертного совета</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      __________________________________________________________________________</w:t>
+      <w:bookmarkStart w:id="149" w:name="z156"/>
+      <w:bookmarkEnd w:id="148"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      _____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (соответствующий уровень) (Ф.И.О. (отчество при наличии)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>. (болған жағдайда)</w:t>
+      <w:bookmarkStart w:id="150" w:name="z157"/>
+      <w:bookmarkEnd w:id="149"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      с о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дной стороны, и</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      бір тараптан және Комиссия төрағасы</w:t>
+      <w:bookmarkStart w:id="151" w:name="z158"/>
+      <w:bookmarkEnd w:id="150"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Председатель Комиссии _________________ ________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (соответствующий уровень) (Ф.И.О. (при наличии)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...37 lines deleted...]
-        <w:t>түрінде) тапсырылғаны және қабылданғаны туралы акт жасадық:</w:t>
+      <w:bookmarkStart w:id="152" w:name="z159"/>
+      <w:bookmarkEnd w:id="151"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      с другой стороны, составили акт о том, что были переданы и приняты портфолио (в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>электронном/бумажном формате):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="864"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1556"/>
+        <w:gridCol w:w="1120"/>
+        <w:gridCol w:w="4348"/>
+        <w:gridCol w:w="1370"/>
+        <w:gridCol w:w="1449"/>
+        <w:gridCol w:w="1375"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1180" w:type="dxa"/>
+            <w:tcW w:w="1553" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:bookmarkEnd w:id="152"/>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6839" w:type="dxa"/>
+            <w:tcW w:w="6085" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
-[...16 lines deleted...]
-            <w:tcW w:w="1180" w:type="dxa"/>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ФИО (при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1554" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
-[...10 lines deleted...]
-              <w:t>Лауазымы</w:t>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
-[...10 lines deleted...]
-              <w:t>Біліктілік санаты</w:t>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Квалификационная категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00904460"/>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="008F4B49"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00904460"/>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="008F4B49"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00904460"/>
-[...61 lines deleted...]
-              <w:t>Өтініш берілетін</w:t>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="008F4B49"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1554" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Действующая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1554" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Заявляемая</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1180" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="1553" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6839" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="6085" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1180" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="1554" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1180" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="1554" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1921" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="1554" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1180" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="1553" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6839" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="6085" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1180" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="1554" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1180" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="1554" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1921" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="1554" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...77 lines deleted...]
-        <w:t>      беру комиссиясының төрағасы</w:t>
+      <w:bookmarkStart w:id="153" w:name="z160"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Передал: _______ ____________________________Председатель экспертной комиссии</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (подпись)       (Ф.И.О. (при наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Принял: ________ _______________________________________ Председатель комиссии по</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (подпись)       (Ф.И.О. (при наличии)                  присвоению (подтверждению)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>                     квалификационной категории</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5972"/>
-        <w:gridCol w:w="3805"/>
+        <w:gridCol w:w="5889"/>
+        <w:gridCol w:w="3888"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:bookmarkEnd w:id="153"/>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Педагогтерге біліктілік</w:t>
+              <w:t>Приложение 2 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>санаттарын беру (растау)</w:t>
+              <w:t>присвоения (подтверждения)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
-[...9 lines deleted...]
-              <w:t>2-қосымша</w:t>
+              <w:t>квалификационных категорий педагогам</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>нысан</w:t>
+              <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="70" w:name="z73"/>
+      <w:bookmarkStart w:id="154" w:name="z163"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Біліктілік санатын беру (растау) үшін мектепке дейінгі тәрбие мен оқыту ұйымы педагогінің портфолиосын бағалау өлшемшарттары</w:t>
+        <w:t xml:space="preserve"> Критерии оценивания портфолио педагога организации дошкольного воспитания и обучения на присвоение (подтверждение) квалификационной категории</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1818"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="1715"/>
+        <w:gridCol w:w="1783"/>
+        <w:gridCol w:w="1969"/>
+        <w:gridCol w:w="2079"/>
+        <w:gridCol w:w="2116"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="700" w:type="dxa"/>
+            <w:tcW w:w="818" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="70"/>
-[...11 lines deleted...]
-              <w:t>Бағалау өлшемшарттары</w:t>
+          <w:bookmarkEnd w:id="154"/>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Критерии оценивания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
-[...10 lines deleted...]
-              <w:t>Біліктілік санаты</w:t>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Квалификационная категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00904460"/>
-[...18 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="008F4B49"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2072" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Педагог-модератор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2761" w:type="dxa"/>
-[...89 lines deleted...]
-              <w:t>Педагог-шебер</w:t>
+            <w:tcW w:w="2801" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3232" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3377" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-мастер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="700" w:type="dxa"/>
-[...160 lines deleted...]
-              <w:t>Тәрбиеленушілердің біліктері мен дағдыларының қалыптасу деңгейін арттыру динамикасы-15%</w:t>
+            <w:tcW w:w="818" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень сформированности умений и навыков у воспитанников</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2072" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Динамика повышения уровня сформированности умений и навыков у воспитанников - на 3%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2801" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Динамика повышения уровня сформированности умений и навыков у воспитанников - на 7%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3232" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Динамика </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>повышения уровня сформированности умений и навыков у воспитанников - на 10%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3377" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Динамика повышения уровня сформированности умений и навыков у воспитанников - на 15%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="700" w:type="dxa"/>
-[...167 lines deleted...]
-              <w:t>Сабақтарды бақылау парақтары (әдістемелік кабинеттер (орталықтар) (облыстың/ республикалық маңызы бар қалалар мен астананың) өкілдерінің ұсынымдарымен) (3-тен кем емес)</w:t>
+            <w:tcW w:w="818" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Качество проведения занятий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2072" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Листы наблюдения занятий с рекомендациями представителей </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организации образования (не менее 2-х)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2801" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Листы наблюдения занятий с рекомендациями представителей методических кабинетов (центров) (района/города) (не менее 2-х)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3232" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Листы наблюдения занятий с рекомендациями представителей методических кабинетов (центров) (облас</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ти/городов республиканского значения и столицы) (не менее 3-х)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3377" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Листы наблюдения занятий (с рекомендациями представителей методических кабинетов (центров) (области/городов республиканского значения и столицы) (не менее 3-х)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="700" w:type="dxa"/>
-[...160 lines deleted...]
-              <w:t>Республикалық/ халықаралық деңгей (бар болған жағдайда)</w:t>
+            <w:tcW w:w="818" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Достижения воспитанников</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2072" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2801" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень района/города (при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3232" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень области/городов республиканского значения и столицы (при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3377" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республиканский/ международный уровень (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="700" w:type="dxa"/>
-[...160 lines deleted...]
-              <w:t>Республикалық деңгей (өз авторлық идеясын іске асыру негізінде)</w:t>
+            <w:tcW w:w="818" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Обобщение педагогического опыта 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2072" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2801" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень района/города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3232" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень области/городов республиканского значения и столицы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3377" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республиканский уровень (на основе реализации собственной авторской идеи)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="700" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>Педагогтің кәсіби жетістіктері</w:t>
+            <w:tcW w:w="818" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Профессиональные достижения педагога</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
-[...17 lines deleted...]
-              <w:t>ларға қатысу</w:t>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Участие в профессиональных конкурсах, олимпиадах и иных меропр</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>иятиях</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>деңгейдегі оқу-әдістемелік кеңес мақұлдаған), семинарлар, мастер-кластар өткізу</w:t>
+      <w:bookmarkStart w:id="155" w:name="z164"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Документ о внесении опыта в банк данных соответствующего уровня, выступление на конференциях (прилагается программа мероприятия и текст выступления, опубликованный в сборнике мероприятия), разработка методических материалов (одобренных учебно-методическим</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> советом соответствующего уровня), проведение семинаров, мастер - классов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>ы, міндетті болып табылады.</w:t>
+      <w:bookmarkStart w:id="156" w:name="z165"/>
+      <w:bookmarkEnd w:id="155"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание: все критерии оценивания портфолио педагога на присвоение (подтверждение) квалификационной категории представляются за период между процедурами присвоения (подтвер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ждения) категории, являются обязательными</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
+      <w:bookmarkStart w:id="157" w:name="z166"/>
+      <w:bookmarkEnd w:id="156"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve"> Біліктілік санатын беру (растау) үшін жалпы орта білім беру ұйымы педагогінің портфолиосын бағалау өлшемшарттары</w:t>
+        <w:t xml:space="preserve"> Критерии оценивания портфолио педагога организаций общего среднего образования на присвоение (подтверждение) квалификационной категории</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2640"/>
+        <w:gridCol w:w="1715"/>
+        <w:gridCol w:w="1636"/>
+        <w:gridCol w:w="1939"/>
+        <w:gridCol w:w="2162"/>
+        <w:gridCol w:w="2210"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="706" w:type="dxa"/>
+            <w:tcW w:w="727" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
-[...10 lines deleted...]
-              <w:t>Бағалау өлшемшарттары</w:t>
+          <w:bookmarkEnd w:id="157"/>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Критерии оценивания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
-[...10 lines deleted...]
-              <w:t>Біліктілік санаты</w:t>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Квалификационная категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00904460"/>
-[...18 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="008F4B49"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1938" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Педагог-модератор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2785" w:type="dxa"/>
-[...89 lines deleted...]
-              <w:t>Педагог-шебер</w:t>
+            <w:tcW w:w="2868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-мастер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="706" w:type="dxa"/>
-[...160 lines deleted...]
-              <w:t>Білім сапасының өсудинамикасы - 15%</w:t>
+            <w:tcW w:w="727" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Качество знаний обучающихся1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1938" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Динамика роста качества знаний - на 3%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Динамика роста качества знаний - на 7%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Динамика роста качества знаний - на 10%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Динамика роста качества знаний - на 15%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="706" w:type="dxa"/>
-[...167 lines deleted...]
-              <w:t>Сабақтарды бақылау парақтары (әдістемелік кабинеттер (орталықтар) (облыстың/республикалық маңызы бар қалалардың және астананың) өкілдерінің ұсынымдарымен) (3-тен кем емес)</w:t>
+            <w:tcW w:w="727" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Качество </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>преподавания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1938" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Листы наблюдения уроков с рекомендациями представителей организации образования (не менее 2-х)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Листы наблюдения уроков с рекомендациями представителей методических кабинетов (центров) (района/города) (не менее 2-х)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Листы наблюдения уроков с ре</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>комендациями представителей методических кабинетов (центров) (области/городов республиканского значения и столицы) (не менее 3-х)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Листы наблюдения уроков (с рекомендациями представителей методических кабинетов (центров) (области/городов республиканского зн</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ачения и столицы) (не менее 3-х)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="706" w:type="dxa"/>
-[...160 lines deleted...]
-              <w:t>Республикалық/ халықаралық деңгей</w:t>
+            <w:tcW w:w="727" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Достижения обучающихся</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1938" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень района/города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень области/городов республиканского значения и столицы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республиканский/ международный уровень</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="706" w:type="dxa"/>
-[...153 lines deleted...]
-              <w:t>Республикалық деңгей (өз авторлық идеясын іске асыру негізінде)</w:t>
+            <w:tcW w:w="727" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Обобщение педагогического опыта 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1938" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Уровень </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень района/города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень области/городов республиканского значения и столицы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республиканский уровень (на основе реализации собственной авторской идеи)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="706" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>Педагогтің кәсіби жетістіктері</w:t>
+            <w:tcW w:w="727" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Профессиональные достижения педагога</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
-[...10 lines deleted...]
-              <w:t>Кәсіби конкурстарға, олимпиадаларға қатысу</w:t>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Участие в профессиональных конкурсах, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>олимпиадах</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>бұл өлшемшарт міндетті емес;</w:t>
+      <w:bookmarkStart w:id="158" w:name="z167"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Данный критерий является не обязательным, в случае если качество знаний составляет не менее 70%.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>лдарды әзірлеу (тиісті деңгейдегі оқу-әдістемелік кеңес мақұлдаған), семинарлар, мастер-кластар өткізу</w:t>
+      <w:bookmarkStart w:id="159" w:name="z168"/>
+      <w:bookmarkEnd w:id="158"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Документ о внесении опыта в банк данных соответствующего уровня, выступление на конференциях, симпозиумах (прилагается программа мероприятия и текст выступления, опубликованный в сборнике мероприятия), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>разработка методических материалов (одобренных учебно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-методическим советом соответствующего уровня), проведение семинаров, мастер - классов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>ең ішінде ұсынылады, міндетті болып табылады.</w:t>
+      <w:bookmarkStart w:id="160" w:name="z169"/>
+      <w:bookmarkEnd w:id="159"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание: все критерии оценивания портфолио педагога на присвоение (подтверждение) квалификационной категории представляются за период между процедурами присво</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ения (подтверждения) категории, являются обязательными.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
+      <w:bookmarkStart w:id="161" w:name="z170"/>
+      <w:bookmarkEnd w:id="160"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Біліктілік санатын беру (растау) үшін техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымы педагогінің портфолиосын бағалау өлшемшарттары</w:t>
+        <w:t xml:space="preserve"> Критерии оценивания портфолио педагога организаций технического и профессионального, послесреднего образования на присвоение (подтверждение) квалификационной категории</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1545"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2310"/>
+        <w:gridCol w:w="1716"/>
+        <w:gridCol w:w="1765"/>
+        <w:gridCol w:w="1766"/>
+        <w:gridCol w:w="2178"/>
+        <w:gridCol w:w="2237"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcW w:w="1633" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
-[...10 lines deleted...]
-              <w:t>Бағалау өлшемшарттары</w:t>
+          <w:bookmarkEnd w:id="161"/>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Критерии оценивания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
-[...10 lines deleted...]
-              <w:t>Біліктілік санаты</w:t>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Квалификаци</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>онная категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00904460"/>
-[...18 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="008F4B49"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2193" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Педагог-модератор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2088" w:type="dxa"/>
-[...89 lines deleted...]
-              <w:t>Педагог-шебер</w:t>
+            <w:tcW w:w="2194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3065" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-мастер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1526" w:type="dxa"/>
-[...153 lines deleted...]
-              <w:t>Білім сапасының өсу динамикасы - 15%</w:t>
+            <w:tcW w:w="1633" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Качество знаний обучающихся1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2193" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>динамика роста качества знаний на 3%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>динамика роста качества знаний на 7%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3065" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>динамика роста качества знаний на 10%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">динамика роста качества </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>знаний на 15%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1526" w:type="dxa"/>
-[...204 lines deleted...]
-              <w:t>сағаттан кем емес</w:t>
+            <w:tcW w:w="1633" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Прохождение курсов повышения квалификации (без учета онлайн-курсов и дистанционного обучения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2193" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>суммарный объем часов составляет не менее 72 часов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>суммарный объем часов составляет не менее 144 часов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3065" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">суммарный объем часов составляет не менее </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>216 часов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>суммарный объем часов составляет не менее 288 часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1526" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>Педагог пайдаланатын оқыту технологиялары көрсетілген ТжКБ ұйымы басшысының пікірі (үшеуден кем емес)</w:t>
+            <w:tcW w:w="1633" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Внедрение инновационных образовательных технологий обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2193" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Отзыв методиста с указанием используемых педагогом технологий обучения (не менее одной)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Отзыв заместителя руководителя организации Ти</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ПО с указанием используемых педагогом технологий обучения (не менее одной)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3065" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Отзыв руководителя организации ТиПО с указанием используемых педагогом технологий обучения (не менее двух)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Отзыв руководителя организации ТиПО с указанием используемых педагогом </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>технологий обучения (не менее трех)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1526" w:type="dxa"/>
-[...167 lines deleted...]
-              <w:t>Білім беруді басқару органдары өкілдерінің ұсынымдары бар сабақтарды бақылау парақтары (облыс/республикалық маңызы бар қалалар және астана) (3-тен кем емес)</w:t>
+            <w:tcW w:w="1633" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Качество преподавания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2193" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Листы наблюдения занятий с рекомендациями представителей организации образования (не менее 2-х при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Листы наблюдения занятий с рекомендациями представителей организации образования (не </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>менее 3-х при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3065" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Листы наблюдения занятий с рекомендациями представителей органа управления образования (область/городов республиканского значения и столицы) (не менее 3-х)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Листы наблюдения занятий (с рекомендациями представителей органа управления о</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бразования (область/городов республиканского значения и столицы) (не менее 3-х)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1526" w:type="dxa"/>
-[...160 lines deleted...]
-              <w:t>Республикалық/ халықаралық деңгей</w:t>
+            <w:tcW w:w="1633" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Достижения обучающихся</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2193" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень района/города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3065" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень области/городов или республики республиканского значения и столицы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республиканский/ междун</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ародный уровень</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1526" w:type="dxa"/>
-[...160 lines deleted...]
-              <w:t>Республикалық деңгей (өз авторлық идеясын іске асыру негізінде)</w:t>
+            <w:tcW w:w="1633" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Обобщение итогов деятельности 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2193" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень района/города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3065" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень области/городов республиканского значения и столицы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республиканский уровень (на основе реализации собственной авторской идеи)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1526" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>Педагогтің кәсіби жетістіктері</w:t>
+            <w:tcW w:w="1633" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Профессиональные </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>достижения педагога</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
-[...10 lines deleted...]
-              <w:t>Кәсіби конкурстарға, олимпиадаларға және өзге де іс-шараларға қатысу</w:t>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Участие в профессиональных конкурсах, олимпиадах и иных мероприятиях</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>емес;</w:t>
+      <w:bookmarkStart w:id="162" w:name="z171"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Данный критерий является не обязательным, в случае если качество знаний составляет не менее 70%.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>лар, мастер-кластар өткізу</w:t>
+      <w:bookmarkStart w:id="163" w:name="z172"/>
+      <w:bookmarkEnd w:id="162"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Документ о внесении опыта в банк данных соответствующего уровня, выступления на конференциях, симпозиумах (прилагается программа мероприятия и текст выступления, опубликованный в сборнике мероприятия), разработка методических материалов, проведение семина</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ров, мастер - классов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      Ескерту: біліктілік санатын беру (растау) үшін педагогтің портфолиосын бағалаудың барлық өлшемшарттары санат беру (растау) рәсімдері арасындағы кезең ішінде ұсынылады, міндетті болып табылады.</w:t>
+      <w:bookmarkStart w:id="164" w:name="z173"/>
+      <w:bookmarkEnd w:id="163"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание: все критерии оценивания портфолио педагога на присвоение (подтверждение) квалификационной категории представляются за период между процедурами присвоения (подтверждения) категории, являются обязательными.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
+      <w:bookmarkStart w:id="165" w:name="z174"/>
+      <w:bookmarkEnd w:id="164"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Біліктілік санатын беру (раст</w:t>
+        <w:t xml:space="preserve"> Критерии</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>ау) үшін қосымша білім беру ұйымы педагогінің портфолиосын бағалау өлшемшарттары</w:t>
+        <w:t xml:space="preserve"> оценивания портфолио педагога организаций дополнительного образования на присвоение (подтверждение) квалификационной категории</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1813"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2670"/>
+        <w:gridCol w:w="1724"/>
+        <w:gridCol w:w="1601"/>
+        <w:gridCol w:w="1941"/>
+        <w:gridCol w:w="2171"/>
+        <w:gridCol w:w="2225"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1938" w:type="dxa"/>
+            <w:tcW w:w="1736" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
-[...10 lines deleted...]
-              <w:t>Бағалау өлшемшарттары</w:t>
+          <w:bookmarkEnd w:id="165"/>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Критерии оценивания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
-[...10 lines deleted...]
-              <w:t>Біліктілік санаты</w:t>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Квалификационная категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00904460"/>
-[...18 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="008F4B49"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Педагог-модератор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2489" w:type="dxa"/>
-[...89 lines deleted...]
-              <w:t>Педагог-шебер</w:t>
+            <w:tcW w:w="2618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3156" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-мастер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1938" w:type="dxa"/>
-[...161 lines deleted...]
-              <w:t>Бағдарлама 90% меңгерілді</w:t>
+            <w:tcW w:w="1736" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> освоения выбранной образовательной программы обучающимися, воспитанниками (согласно разработанному диагностическому инструментарию1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Программа освоена на 40%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Программа освоена на 60%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Программа освоена на 80%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3156" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Программа освоена на 90%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1938" w:type="dxa"/>
-[...167 lines deleted...]
-              <w:t>Сабақтарды бақылау парақтары (әдістемелік кабинеттер (орталықтар) (облыстың/республикалық маңызы бар қалалардың және астананың) өкілдерінің ұсынымдарымен) (3-тен кем емес)</w:t>
+            <w:tcW w:w="1736" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Качество преподавания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Листы наблюдения занятий с рекомендациями представителей организации образования (не менее 2-х)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Листы наблюдения занятий с рекомендациями представителей методических кабинетов (центров) (района/города) (не менее 2-х)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Листы наблюдения занятий с </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рекомендациями представителей методических кабинетов (центров) (области/городов республиканского значения и столицы) (не менее 3-х)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3156" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Листы наблюдения занятий (с рекомендациями представителей методических кабинетов (центров) (области/городов республиканского</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> значения и столицы) (не менее 3-х)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1938" w:type="dxa"/>
-[...160 lines deleted...]
-              <w:t>Республикалық/халықаралық деңгей</w:t>
+            <w:tcW w:w="1736" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Достижения обучающихся, воспитанников</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень района/города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень области/городов республиканского значения и столицы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3156" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республиканский/ международный уровень</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1938" w:type="dxa"/>
-[...160 lines deleted...]
-              <w:t>Республикалық деңгей (өз авторлық идеясын іске асыру негізінде)</w:t>
+            <w:tcW w:w="1736" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Обобщение педагогического о</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пыта 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень района/города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень области/городов республиканского значения и столицы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3156" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республиканский уровень (на основе реализации собственной авторской идеи образовательной </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>программы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1938" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>Педагогтің кәсіби жетістіктері</w:t>
+            <w:tcW w:w="1736" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Профессиональные достижения </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагога</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
-[...10 lines deleted...]
-              <w:t>Кәсіби конкурстарға, олимпиадаларға қатысу</w:t>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Участие в профессиональных конкурсах, олимпиадах</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>үшін диагностикалық құралдарды қосымша білім беру ұйымы әзірлейді;</w:t>
+      <w:bookmarkStart w:id="166" w:name="z175"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Диагностический инструментарий для каждой образовательной программы разрабатывается организацией дополнительного образования</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>ні қоса беріледі), қызмет бағыты бойынша білім беру бағдарламаларын немесе оқу-әдістемелік кешендерді әзірлеу (тиісті деңгейдегі оқу-әдістемелік кеңес мақұлдаған), семинарлар, мастер-кластар өткізу</w:t>
+      <w:bookmarkStart w:id="167" w:name="z176"/>
+      <w:bookmarkEnd w:id="166"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Документ о внесении опыта в банк данных соответствующего уровня, выступление на конференциях, симпозиумах (прилагается программа мероприятия и текст выступления, опубликованный в сборнике мероприятия), разработка образовательных программ или учебно-методи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ческих комплексов по направлению деятельности (одобренных учебно-методическим советом соответствующего уровня), проведение семинаров, мастер - классов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>огтің портфолиосын бағалаудың барлық өлшемшарттары санат беру (растау) рәсімдері арасындағы кезең ішінде ұсынылады, міндетті болып табылады.</w:t>
+      <w:bookmarkStart w:id="168" w:name="z177"/>
+      <w:bookmarkEnd w:id="167"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание: все критерии оценивания портфолио педагога на присвоение (подтверждение) квалификацио</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нной категории представляются за период между процедурами присвоения (подтверждения) категории, являются обязательными.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
+      <w:bookmarkStart w:id="169" w:name="z178"/>
+      <w:bookmarkEnd w:id="168"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Біліктілік санатын беру (растау) үшін педагогтің портфолиосын бағалау өлшемшарттары (арнайы білім беру ұйымдарының</w:t>
+        <w:t xml:space="preserve"> Критерии оценивания портфолио педагога на присвоение (подтверждение) квалификационной категории (для педагогов специальных организаций </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>, білім беру ұйымдарындағы арнайы сыныптардың (топтардың) педагогтері үшін)</w:t>
+        <w:t>образования, специальных классов (групп) в организациях образования)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1560"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1758"/>
+        <w:gridCol w:w="1715"/>
+        <w:gridCol w:w="1682"/>
+        <w:gridCol w:w="2070"/>
+        <w:gridCol w:w="2322"/>
+        <w:gridCol w:w="1873"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1704" w:type="dxa"/>
+            <w:tcW w:w="1709" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
-[...10 lines deleted...]
-              <w:t>Бағалау өлшемшарттары</w:t>
+          <w:bookmarkEnd w:id="169"/>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Критерии оценивания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
-[...10 lines deleted...]
-              <w:t>Біліктілік санаты</w:t>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Квалификационная категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00904460"/>
-[...18 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="008F4B49"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Педагог-модератор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2673" w:type="dxa"/>
-[...89 lines deleted...]
-              <w:t>Педагог-шебер</w:t>
+            <w:tcW w:w="2916" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2345" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-мастер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1704" w:type="dxa"/>
-[...172 lines deleted...]
-        </w:tc>
+            <w:tcW w:w="1709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Результативность деятельности специалиста по реализации </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>индивидуальной развивающей программы (за исключением педагогов ПМПК)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="170" w:name="z179"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Реализация индивидуальной развивающей программы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>40%-50%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2916" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="171" w:name="z180"/>
+            <w:bookmarkEnd w:id="170"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Реализация индивидуальной развивающей программы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>50%-60%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="172" w:name="z181"/>
+            <w:bookmarkEnd w:id="171"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Реализация индивидуальной развивающей программы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>60%-70%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2345" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="173" w:name="z182"/>
+            <w:bookmarkEnd w:id="172"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Реализация индивиду</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>альной развивающей программы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>70%-80%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="173"/>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1704" w:type="dxa"/>
-[...175 lines deleted...]
-              <w:t xml:space="preserve"> парақтары (3-тен кем емес)</w:t>
+            <w:tcW w:w="1709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Качество коррекционно-развивающих занятий (за исключением педагогов ПМПК)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Листы наблюдения занятий с рекомендациями представителей организации образования (не менее 2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2916" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Листы наблюдения занятий с рекомендациями </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>представителей методических кабинетов (центров) (района/города) (не менее 2-х)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Листы наблюдения занятий с рекомендациями представителей методических кабинетов (центров) (области/городов республиканского значения и столицы) (не менее 3-х)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2345" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Листы наблюдения з</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>анятий с рекомендациями представителей областных методических кабинетов (центров) (не менее 3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1704" w:type="dxa"/>
-[...153 lines deleted...]
-              <w:t>Республикалық деңгей (өз авторлық идеясын іске асыру негізінде)</w:t>
+            <w:tcW w:w="1709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Обобщение педагогического опыта 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2916" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень района/города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень области/городов республиканского значения и столицы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2345" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республиканс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кий уровень (на основе реализации собственной </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>авторской идеи)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1704" w:type="dxa"/>
-[...32 lines deleted...]
-              <w:t>кәсіби жетістіктері</w:t>
+            <w:tcW w:w="1709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Профессиональные достижения педагога</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
-[...10 lines deleted...]
-              <w:t>Кәсіби конкурстарға, олимпиадаларға қатысу</w:t>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Участие в профессиональных конкурсах, олимпиадах</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>қоса беріледі), әдістемелік материалдарды әзірлеу (тиісті деңгейдегі оқу-әдістемелік кеңес мақұлдаған), семинарлар, мастер-кластар өткізу.</w:t>
+      <w:bookmarkStart w:id="174" w:name="z183"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Документ о внесении опыта в банк данных соответствующего уровня, выступления на конференциях, симпозиумах (прилагается программа мероприятия и текст выступления, опубликованный в сборнике мероприятия), разработка методических материалов (одобренных учебно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-методическим советом соответствующего уровня), проведение семинаров, мастер классов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>ру (растау) рәсімдері арасындағы кезең ішінде ұсынылады, міндетті болып табылады.</w:t>
+      <w:bookmarkStart w:id="175" w:name="z184"/>
+      <w:bookmarkEnd w:id="174"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание: все критерии оценивания портфолио педагога на присвоение (подтверждение) квалификационной категории представляются за период между процедурами присвоен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ия (подтверждения) категории, являются обязательными.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
+      <w:bookmarkStart w:id="176" w:name="z185"/>
+      <w:bookmarkEnd w:id="175"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Біліктілік санатын беру (растау) үшін әдістемелік кабинеттер (орталықтар) әдіскерлерінің портфолиосын бағалау өлшемшарттары</w:t>
+        <w:t xml:space="preserve"> Критерии оценивания портфолио методистов методических кабинетов (центров) на присвоение (подтверждение) квалификационной категории</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3057"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1961"/>
+        <w:gridCol w:w="3128"/>
+        <w:gridCol w:w="1373"/>
+        <w:gridCol w:w="1911"/>
+        <w:gridCol w:w="1624"/>
+        <w:gridCol w:w="1626"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4510" w:type="dxa"/>
+            <w:tcW w:w="4242" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
-[...10 lines deleted...]
-              <w:t>Бағалау өлшемшарттары</w:t>
+          <w:bookmarkEnd w:id="176"/>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Критерии оценивания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
-[...10 lines deleted...]
-              <w:t>Біліктілік санаты</w:t>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Квалификационная категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00904460"/>
-[...18 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="008F4B49"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Педагог-модератор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
-[...89 lines deleted...]
-              <w:t>Педагог-шебер</w:t>
+            <w:tcW w:w="1163" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-мастер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4510" w:type="dxa"/>
-[...46 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="4242" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наличие разработанных методических пособий, рекомендаций, учебно-методических комплексов, одобренных учебно-методическим советом соответствующего уровня (автор/соавтор)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
-[...99 lines deleted...]
-        </w:tc>
+            <w:tcW w:w="1163" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="177" w:name="z186"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Не менее 1</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(районный/городской </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>уровень)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="178" w:name="z187"/>
+            <w:bookmarkEnd w:id="177"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Не менее 2-х</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(областной уровень)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="179" w:name="z188"/>
+            <w:bookmarkEnd w:id="178"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Не менее 3-х</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(республиканский или международный уровень)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="179"/>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4510" w:type="dxa"/>
-[...160 lines deleted...]
-              <w:t>5-тен кем емес, оның ішінде 3-і республикалық и халықаралық деңгейде</w:t>
+            <w:tcW w:w="4242" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Публикации в психолого-педагогических изданиях, выступления на научно-практических конференциях, семинарах, съездах, форумах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Не менее 2-х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1163" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Не менее 3-х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Не </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>менее 4-х, в том числе не менее 2-х – республиканского уровня</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Не менее 5-ти, в том числе не менее 3-х – республиканского и международного уровня</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4510" w:type="dxa"/>
-[...200 lines deleted...]
-        </w:tc>
+            <w:tcW w:w="4242" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наблюдение уроков/занятий педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="180" w:name="z189"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Листы наблюдения уроков/занятий</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(не менее 5)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1163" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="181" w:name="z190"/>
+            <w:bookmarkEnd w:id="180"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Листы наблюдения уроков/занят</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ий</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(не менее10)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="182" w:name="z191"/>
+            <w:bookmarkEnd w:id="181"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Листы наблюдения уроков/занятий</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(не менее 15)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="183" w:name="z192"/>
+            <w:bookmarkEnd w:id="182"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Листы наблюдения уроков/занятий</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(не менее 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="183"/>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4510" w:type="dxa"/>
-[...33 lines deleted...]
-              <w:t>рға (әдістемелік, дипломдық және т. б.) рецензия беру</w:t>
+            <w:tcW w:w="4242" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Участие в проектах, исследовательской, инновационной, экспериментальной деятельности (организация и координация деятельности </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>экспериментальной/инновационной площадки, проведение исследований, рецензирование проектов (методических, дипломных и др.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
-[...10 lines deleted...]
-              <w:t>Білім беру ұйымының басшысы қол қойған аралық/қорытынды нәтижелерді ұсыну арқылы қатысу туралы анықтама; рецензиялардың көшірмелері</w:t>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Справка об участии с представлением промежуточных/итоговых результатов, подписанная руководителем организации образования; копии </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рецензий</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4510" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>Әдіскердің кәсіби жетістіктері</w:t>
+            <w:tcW w:w="4242" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Профессиональные достижения методиста</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
-[...17 lines deleted...]
-              <w:t>(аудандық/қалалық әдістемелік кабинеттердің әдіскерлері - облыстық деңгейден төмен емес; облыстық әдістемелік кабинеттердің әдіскерлері - республикалық деңгейден төмен емес) немесе республикалық деңгейдегі жұмыс топтарына қатысу</w:t>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Участие в профессиональных конкурсах, олимпиадах (методисты районных/городских методических кабинетов - не ниже областного уровня; методисты областных методических кабинетов - не ниже республиканского уровня)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или рабочих группах республиканского уровня</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>санатын беру (растау) үшін педагогтің портфолиосын бағалаудың барлық өлшемшарттары санат беру (растау) рәсімдері арасындағы кезең ішінде ұсынылады, міндетті болып табылады.</w:t>
+      <w:bookmarkStart w:id="184" w:name="z193"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание: все критерии оценивания портфолио педагога на присвоение (подтверждение) квалификационной категории представляются за период между процедурами присвоения (подтверждения) категории, являются о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бязательными.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5972"/>
-        <w:gridCol w:w="3805"/>
+        <w:gridCol w:w="5889"/>
+        <w:gridCol w:w="3888"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:bookmarkEnd w:id="184"/>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Педагогтерге біліктілік</w:t>
+              <w:t>Приложение 3 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>санаттарын беру (растау)</w:t>
+              <w:t>присвоения (подтверждения)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
-[...65 lines deleted...]
-              <w:t>нысан</w:t>
+              <w:t>квалификационных категорий педагогам</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="71" w:name="z75"/>
+      <w:bookmarkStart w:id="185" w:name="z195"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Сабақтарды бақылау парағы (сабақтың бейнежазбасы рұқсат етіледі)</w:t>
+        <w:t xml:space="preserve"> Лист наблюдения уроков/занятий (допускается видеозапись урока/занятия)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1646"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2704"/>
+        <w:gridCol w:w="1733"/>
+        <w:gridCol w:w="5070"/>
+        <w:gridCol w:w="2859"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="71"/>
-[...11 lines deleted...]
-              <w:t>Сабақты бақылау күні:</w:t>
+          <w:bookmarkEnd w:id="185"/>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дата наблюдения урока:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
-[...10 lines deleted...]
-              <w:t>Сынып:</w:t>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Класс:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
-[...10 lines deleted...]
-              <w:t>Пәні: Тақырыбы:</w:t>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Предмет: Тема:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Педагог:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
-[...10 lines deleted...]
-              <w:t>Бақылаушы:</w:t>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наблюдатель:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2301" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="2411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6367" w:type="dxa"/>
-[...57 lines deleted...]
-              <w:t>Бағалау (v)</w:t>
+            <w:tcW w:w="6083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Элементы наблюдения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Отметка (v)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2301" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="2411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6367" w:type="dxa"/>
-[...46 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="6083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Представлен план урока</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2301" w:type="dxa"/>
+            <w:tcW w:w="2411" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6367" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>Күтілетін нәтижесі:</w:t>
+            <w:tcW w:w="6083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="186" w:name="z196"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ожидаемые результаты:</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>оқыту мақсатына сай келеді:</w:t>
-[...20 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+              <w:t>соответствуют целям обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="186"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00904460"/>
-[...50 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="008F4B49"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учитывают потребности обучающихся/воспитанников</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00904460"/>
-[...50 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="008F4B49"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>направлены на развитие исследовательских навыков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2301" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="2411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6367" w:type="dxa"/>
-[...46 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="6083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог вовлекает обучающихся</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в постановку целей урока и ожидаемых результатов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2301" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="2411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6367" w:type="dxa"/>
-[...53 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="6083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>На каждом этапе урока педагог вовлекает всех обучающихся в активное обучение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2301" w:type="dxa"/>
+            <w:tcW w:w="2411" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6367" w:type="dxa"/>
-[...46 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="6083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>При организации изучения учебного материала педагог обеспечивает:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00904460"/>
-[...58 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="008F4B49"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">удовлетворение потребностей </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обучающихся/воспитанников</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00904460"/>
-[...50 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="008F4B49"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>развитие способностей обучающихся/воспитанников</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2301" w:type="dxa"/>
+            <w:tcW w:w="2411" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6367" w:type="dxa"/>
-[...46 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="6083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В ходе урока педагог использует ресурсы ИКТ:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00904460"/>
-[...50 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="008F4B49"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>использует готовые цифровые образовательные ресурсы для достижения образовательных результатов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00904460"/>
-[...50 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="008F4B49"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">использует собственные </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>цифровые образовательные ресурсы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00904460"/>
-[...57 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="008F4B49"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>задействует сетевые ресурсы для совместной работы учащихся</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2301" w:type="dxa"/>
-[...24 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6367" w:type="dxa"/>
-[...46 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="6083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог отслеживает прогресс каждого обучающегося/воспитанника по достижению целей обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2301" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="2411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6367" w:type="dxa"/>
-[...46 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="6083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог вовлекает обучающихся/воспитанников в процесс </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оценивания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2301" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="2411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6367" w:type="dxa"/>
-[...53 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="6083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог создает условия для предоставления обучающимися/воспитанниками конструктивной обратной связи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
-[...31 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дополнительные элементы наблюдения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3632" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="3806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3632" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="3806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3632" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="3806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
-[...10 lines deleted...]
-              <w:t>Кері байланыс және ұсынымдар:</w:t>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Обратная связь и рекомендации:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      Бақылаушы: _______________________________________________________________</w:t>
+      <w:bookmarkStart w:id="187" w:name="z197"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Наблюдатель: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               Подпись, ФИО (при наличии)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
-[...19 lines deleted...]
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
+      <w:bookmarkStart w:id="188" w:name="z198"/>
+      <w:bookmarkEnd w:id="187"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Сабақтарды бақылау парағы (арнайы білім беру ұйымдарының, білім беру ұйымдарындағы арнайы сыныптардың (топтардың) педагогтері үшін (сабақтың бейнежазбасы рұқсат етіледі)</w:t>
+        <w:t xml:space="preserve"> Лист наблюдения занятий (для педагогов специальных организаций образования, специальных классов (групп) в организациях образования (доп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ускается видеозапись урока)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2183"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2510"/>
+        <w:gridCol w:w="2039"/>
+        <w:gridCol w:w="5243"/>
+        <w:gridCol w:w="1216"/>
+        <w:gridCol w:w="1164"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...25 lines deleted...]
-              <w:t>Сабақты бақылау күні:</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="188"/>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дата наблюдения занятия:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...25 lines deleted...]
-              <w:t>Баланың тобы немесе жасы:</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Группа или возраст ребенка:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...25 lines deleted...]
-              <w:t>Диагнозы:</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Диагноз:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...25 lines deleted...]
-              <w:t>Пәні: Тақырыбы:</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Предмет: Тема:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Педагог:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...25 lines deleted...]
-              <w:t>Бақылаушы:</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наблюдатель:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2882" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="2783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6241" w:type="dxa"/>
-[...57 lines deleted...]
-              <w:t>Бағалау (v)</w:t>
+            <w:tcW w:w="6449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Элементы наблюдения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Отметка (v)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2882" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="2783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6241" w:type="dxa"/>
-[...46 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="6449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Представлена индивидуальная развивающая программа или коррекционно-развивающая </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>программа индивидуальной/групповой работы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2882" w:type="dxa"/>
+            <w:tcW w:w="2783" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6241" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>Күтілетін нәтижелер:</w:t>
+            <w:tcW w:w="6449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="189" w:name="z199"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ожидаемые результаты:</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қойылған мақсаттарға сәйкес</w:t>
-[...20 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+              <w:t>соответствуют поставленным целям</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="189"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00904460"/>
-[...65 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="008F4B49"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учитывают возрастные особенности детей и степень выраженности нарушения развития ребенка (детей)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00904460"/>
-[...50 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="008F4B49"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">направлены на коррекцию нарушения развития </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ребенка (детей)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2882" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="2783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6241" w:type="dxa"/>
-[...46 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="6449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>При планировании занятия учитывались индивидуальные особенности и зона ближайшего развития ребенка (детей)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2882" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="2783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6241" w:type="dxa"/>
-[...53 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="6449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог использует психологический настрой на выполнение заданий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2882" w:type="dxa"/>
+            <w:tcW w:w="2783" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6241" w:type="dxa"/>
-[...46 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="6449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>При формировании навыков педагог учитывает:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00904460"/>
-[...50 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="008F4B49"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нарушение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00904460"/>
-[...50 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="008F4B49"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>возраст ребенка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00904460"/>
-[...50 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="008F4B49"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>максимальные возможности и способности ребенка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00904460"/>
-[...50 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="008F4B49"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>уровень развития ребенка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00904460"/>
-[...50 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="008F4B49"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>предметная среда (в кабинете и дома)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2882" w:type="dxa"/>
+            <w:tcW w:w="2783" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6241" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>Сабақ барысында педагог:</w:t>
+            <w:tcW w:w="6449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="190" w:name="z200"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В ходе занятия педагог:</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>дидактикалық материал мен АКТ ресурстарын қолданады</w:t>
-[...20 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+              <w:t>использует дидактический материал и ресурсы ИКТ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="190"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00904460"/>
-[...50 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="008F4B49"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">использует готовые </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>компьютерные программы для достижения результатов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00904460"/>
-[...50 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="008F4B49"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>использует собственные методические пособия, программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00904460"/>
-[...57 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="008F4B49"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>задействует родителей для совместной работы над процессом реабилитации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2882" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="2783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6241" w:type="dxa"/>
-[...46 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="6449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог мотивирует ребенка при выполнении заданий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2882" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="2783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6241" w:type="dxa"/>
-[...46 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="6449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оценивает деятельность ребенка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2882" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дополнительные элементы наблюдения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6241" w:type="dxa"/>
-[...46 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="1534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2882" w:type="dxa"/>
-[...46 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="2783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3177" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2882" w:type="dxa"/>
-[...46 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="2783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3177" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2882" w:type="dxa"/>
-[...46 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="2783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3177" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2882" w:type="dxa"/>
-[...79 lines deleted...]
-              <w:br/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Обратная связь и рекомендации:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...25 lines deleted...]
-        <w:t>      Т.А.Ә. (болған жағдайда), қолы</w:t>
+      <w:bookmarkStart w:id="191" w:name="z201"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Наблюдатель: ____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               Подпись, ФИО (при наличии)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5972"/>
-        <w:gridCol w:w="3805"/>
+        <w:gridCol w:w="5889"/>
+        <w:gridCol w:w="3888"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:bookmarkEnd w:id="191"/>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Педагогтерге біліктілік</w:t>
+              <w:t>Приложение 4 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>санаттарын беру (растау)</w:t>
+              <w:t>присвоения (подтверждения)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
-[...65 lines deleted...]
-              <w:t>нысан</w:t>
+              <w:t>квалификационных категорий педагогам</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
+      <w:bookmarkStart w:id="192" w:name="z203"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Біліктілік санатын беру (растау) үшін мектепке дейінгі тәрбие мен оқыт</w:t>
+        <w:t xml:space="preserve">        Лист оценивания портфолио педагога организации дошкольного воспитания</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>у ұйымы педагогінің портфолиосын бағалау парағы</w:t>
+        <w:t xml:space="preserve">       и обучения на присвоен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ие (подтверждение) квалификационной категории</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             __________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (заявляемая квалификационная категория)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...50 lines deleted...]
-        <w:t>А.Ә. (бар болған жағдайда)</w:t>
+      <w:bookmarkStart w:id="193" w:name="z204"/>
+      <w:bookmarkEnd w:id="192"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Педагог: ___________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>                           (Ф.И.О. (при наличии)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8594"/>
-        <w:gridCol w:w="1068"/>
+        <w:gridCol w:w="8439"/>
+        <w:gridCol w:w="1223"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11397" w:type="dxa"/>
-[...57 lines deleted...]
-              <w:t>Түсініктеме</w:t>
+            <w:tcW w:w="11496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="193"/>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Разделы портфолио</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Комментарий</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11397" w:type="dxa"/>
-[...46 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="11496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Показатели уровня сформированности умений и навыков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11397" w:type="dxa"/>
-[...46 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="11496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Копии документов, подтверждающих достижения воспитанников, копии документов, подтверждающих обобщение опыта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11397" w:type="dxa"/>
-[...53 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="11496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Листы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>наблюдения занятий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11397" w:type="dxa"/>
-[...46 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="11496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Копии документов, подтверждающих профессиональные достижения педагога, а также наставничество (кроме "педагога - модератора")</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11397" w:type="dxa"/>
-[...46 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="11496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Рекомендация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
+      <w:bookmarkStart w:id="194" w:name="z205"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Біліктілік санатын беру (растау) үшін жалпы орта білім беру ұйымы педагогінің портфолиосын бағалау парағы</w:t>
+        <w:t xml:space="preserve">        Лист оценивания портфолио педагога организации общего среднего образования</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             на присвоение (подтверждение) квалификационной категории</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             ______________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (заявляемая квалификационная категория)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...50 lines deleted...]
-        <w:t>      (Т.А.Ә. (болған жағдайда)</w:t>
+      <w:bookmarkStart w:id="195" w:name="z206"/>
+      <w:bookmarkEnd w:id="194"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Педагог: ____________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (Ф.И.О. (при наличии)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8594"/>
-        <w:gridCol w:w="1068"/>
+        <w:gridCol w:w="8439"/>
+        <w:gridCol w:w="1223"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11397" w:type="dxa"/>
-[...57 lines deleted...]
-              <w:t>Түсініктеме</w:t>
+            <w:tcW w:w="11496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="195"/>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Разделы портфолио</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Комментарий</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11397" w:type="dxa"/>
-[...53 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="11496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Показатели качества знаний обучающихся за весь период, включающий результаты внешней оценки учебных достижений, итоговой аттестации учащихся</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11397" w:type="dxa"/>
-[...46 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="11496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Копии </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>документов, подтверждающих достижения обучающихся, копии документов, подтверждающих обобщение опыта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11397" w:type="dxa"/>
-[...46 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="11496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Листы наблюдения уроков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11397" w:type="dxa"/>
-[...53 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="11496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Копии документов, подтверждающих профессиональные достижения педагога, а также наставничество (кроме "педагога - модератора")</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11397" w:type="dxa"/>
-[...46 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="11496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Рекомендация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="196" w:name="z207"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Лист оценивания портфолио педагога организации дополнительного образования</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             на присвоение (подтверждение) квалификационной категории</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             ____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>         (заявляемая квалификационная категория)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...51 lines deleted...]
-        <w:t>      (Т.А.Ә. (болған жағдайда)</w:t>
+      <w:bookmarkStart w:id="197" w:name="z208"/>
+      <w:bookmarkEnd w:id="196"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Педагог: _______________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (Ф.И.О.(при наличии)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8594"/>
-        <w:gridCol w:w="1068"/>
+        <w:gridCol w:w="8439"/>
+        <w:gridCol w:w="1223"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11397" w:type="dxa"/>
-[...57 lines deleted...]
-              <w:t>Түсініктеме</w:t>
+            <w:tcW w:w="11496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="197"/>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Разделы портфолио</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Комментарий</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11397" w:type="dxa"/>
-[...53 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="11496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Показатели уровня освоения выбранной образовательной </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>программы обучающимися, воспитанниками (согласно разработанному диагностическому инструментарию)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11397" w:type="dxa"/>
-[...46 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="11496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Копии документов, подтверждающих достижения обучающихся, воспитанников, копии документов, подтверждающих обобщение опыта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11397" w:type="dxa"/>
-[...46 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="11496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Листы наблюдения уроков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11397" w:type="dxa"/>
-[...53 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="11496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Копии</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> документов, подтверждающих профессиональные достижения педагога, а также наставничество (кроме "педагога - модератора")</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11397" w:type="dxa"/>
-[...46 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="11496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Рекомендация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
+      <w:bookmarkStart w:id="198" w:name="z209"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Біліктілік санатын беру (растау) үшін педагогтің портфолиосын бағалау парағы (арнайы білім беру ұйымдарының, білім беру ұйымдарындағы арнайы сыныптардың (топтардың) педагогтері үшін)</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">              Лист оценивания портфолио педагога на присвоение (подтверждение)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> квалификационной категории (для педагогов специальных организаций образования,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             специальных классов (групп) в организациях образования)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             ____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (заявляе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>мая квалификационная категория)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...50 lines deleted...]
-        <w:t>      (Т.А.Ә. (болған жағдайда)</w:t>
+      <w:bookmarkStart w:id="199" w:name="z210"/>
+      <w:bookmarkEnd w:id="198"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Педагог: _________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (Ф.И.О. (при наличии)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8594"/>
-        <w:gridCol w:w="1068"/>
+        <w:gridCol w:w="8439"/>
+        <w:gridCol w:w="1223"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11397" w:type="dxa"/>
-[...57 lines deleted...]
-              <w:t>Түсініктеме</w:t>
+            <w:tcW w:w="11496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="199"/>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Разделы портфолио</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Комментарий</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11397" w:type="dxa"/>
-[...53 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="11496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Показатели результативности деятельности специалиста по реализации </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>индивидуальной развивающей программы (за исключением педагогов ПМПК)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11397" w:type="dxa"/>
-[...46 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="11496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Копии документов, подтверждающих обобщение опыта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11397" w:type="dxa"/>
-[...46 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="11496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="200" w:name="z211"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Листы наблюдения коррекционно-развивающих занятий</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(за исключением педагогов ПМПК)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="200"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11397" w:type="dxa"/>
-[...53 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="11496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Копии документов, подтверждающих </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>профессиональные достижения педагога, а также наставничество (кроме "педагога - модератора")</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11397" w:type="dxa"/>
-[...46 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="11496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Рекомендация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
+      <w:bookmarkStart w:id="201" w:name="z212"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Біліктілік санатын беру (растау) үшін әдістемелік кабинеттер (орталықтар) әдіскерлерінің портфолиосын бағалау парағы</w:t>
+        <w:t xml:space="preserve">        Лист оценивания портфолио методистов методических кабинетов (центров)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             на присвоение (подтверждение) квалификационной катего</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>рии</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             ___________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (заявляемая квалификационная категория)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...51 lines deleted...]
-        <w:t>      (Т.А.Ә. (болған жағдайда)</w:t>
+      <w:bookmarkStart w:id="202" w:name="z213"/>
+      <w:bookmarkEnd w:id="201"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Педагог: _________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (Ф.И.О. (п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ри наличии)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5784"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="53"/>
+        <w:gridCol w:w="5708"/>
+        <w:gridCol w:w="2680"/>
+        <w:gridCol w:w="1223"/>
+        <w:gridCol w:w="51"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11758" w:type="dxa"/>
+            <w:tcW w:w="11743" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
-[...42 lines deleted...]
-              <w:t>Түсініктеме</w:t>
+          <w:bookmarkEnd w:id="202"/>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Разделы портфолио</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Комментарий</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11758" w:type="dxa"/>
+            <w:tcW w:w="11743" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
-[...38 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наличие разработанных методических пособий, рекомендаций, учебно-методических комплексов, одобренных учебно-методическим советом соответствующего уровня (автор/соавтор)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11758" w:type="dxa"/>
+            <w:tcW w:w="11743" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
-[...31 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Копии документов, подтверждающих </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>профессиональные достижения методиста, а также наставничество (кроме "педагога - модератора")</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11758" w:type="dxa"/>
+            <w:tcW w:w="11743" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
-[...38 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Публикации в психолого-педагогических изданиях, выступления на научно-практических конференциях и семинарах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11758" w:type="dxa"/>
+            <w:tcW w:w="11743" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
-[...38 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Участие в проектах, исследовательской, инновацио</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нной, экспериментальной деятельности (организация и координация деятельности экспериментальной/инновационной площадки, проведение исследований, рецензирование проектов (методических, дипломных и др.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11758" w:type="dxa"/>
+            <w:tcW w:w="11743" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
-[...31 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Рекомендация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Педагогтерге біліктілік</w:t>
+              <w:t>Приложение 5 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>санаттарын беру (растау)</w:t>
+              <w:t xml:space="preserve">присвоения </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(подтверждения)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
-[...74 lines deleted...]
-              <w:t>нысан</w:t>
+              <w:t>квалификационных категорий педагогам</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
+      <w:bookmarkStart w:id="203" w:name="z215"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Сараптамалық кеңестің педагог қызметінің қорытындыларын кешенді талдамалы жинақтау бойынша ұсынымдары</w:t>
+        <w:t xml:space="preserve"> Рекомендации экспертного совета по комплексному аналитическому обобщению итогов деятельности педагога</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>Өтініш берілген біліктілік санаты _____________________________________________</w:t>
+      <w:bookmarkStart w:id="204" w:name="z216"/>
+      <w:bookmarkEnd w:id="203"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Заявленная квалификационная категория ___________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="754"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1941"/>
+        <w:gridCol w:w="915"/>
+        <w:gridCol w:w="3549"/>
+        <w:gridCol w:w="1169"/>
+        <w:gridCol w:w="1718"/>
+        <w:gridCol w:w="2311"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1000" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="1255" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="204"/>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5794" w:type="dxa"/>
-[...121 lines deleted...]
-              <w:t>Сараптамалық кеңестің ұсынымдары</w:t>
+            <w:tcW w:w="4918" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ФИО (при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1255" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Должность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2042" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заявляемый </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>уровень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2830" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Рекомендации </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>экспертного совета</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1000" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="1255" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5794" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="4918" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1000" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="1255" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="2042" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="2830" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      Сараптамалық кеңестің құрамы:</w:t>
+      <w:bookmarkStart w:id="205" w:name="z217"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Состав экспертного совета:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">      _______________________ _______________________ _________ </w:t>
+      <w:bookmarkStart w:id="206" w:name="z218"/>
+      <w:bookmarkEnd w:id="205"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ____________________________________ _________________________ ___________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             ФИО (при наличии)                         место работы, должность (подпись)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________ ________________________ ___________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             ФИО (при наличии)                         место работы, должность (подпис</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ь)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________ ________________________ ___________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             ФИО (при наличии)                         место работы, должность (подпись)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________ ________________________ ___________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>           ФИО (при наличии)                         место работы, должность (подпись)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________ ________________________ ___________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             ФИО (при наличии)                         место работы, должность (подпись)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...135 lines deleted...]
-        <w:t>      Күні : "__" _________ _____ ж.</w:t>
+      <w:bookmarkStart w:id="207" w:name="z219"/>
+      <w:bookmarkEnd w:id="206"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Дата: "__" _________ _____ г.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5972"/>
-        <w:gridCol w:w="3805"/>
+        <w:gridCol w:w="5889"/>
+        <w:gridCol w:w="3888"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:bookmarkEnd w:id="207"/>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Педагогтерге біліктілік</w:t>
+              <w:t>Приложение 6 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>санаттарын беру (растау)</w:t>
+              <w:t>присвоения (подтверждения)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
-[...9 lines deleted...]
-              <w:t>6-қосымша</w:t>
+              <w:t>квалификационных категорий педагогам</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>нысан</w:t>
+              <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
+      <w:bookmarkStart w:id="208" w:name="z222"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve"> Біліктілік</w:t>
+        <w:t xml:space="preserve">              Протокол заседания Комиссии на присвоение (подтверждение)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> санатын беру (растау) жөніндегі Комиссия отырысының хаттамасы</w:t>
+        <w:t xml:space="preserve">                         квалификационной катег</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ории</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      "___" ___________________ 20____жыл</w:t>
+      <w:bookmarkStart w:id="209" w:name="z223"/>
+      <w:bookmarkEnd w:id="208"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "___"___________________ 20____ года</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      Комиссия төрағасы:</w:t>
+      <w:bookmarkStart w:id="210" w:name="z224"/>
+      <w:bookmarkEnd w:id="209"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Председатель Комиссии: _________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      __________________________________________________________________________</w:t>
+      <w:bookmarkStart w:id="211" w:name="z225"/>
+      <w:bookmarkEnd w:id="210"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Члены Комиссии:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      Комиссия мүшелері:</w:t>
+      <w:bookmarkStart w:id="212" w:name="z226"/>
+      <w:bookmarkEnd w:id="211"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1. _____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>_____________________________________________________________</w:t>
+      <w:bookmarkStart w:id="213" w:name="z227"/>
+      <w:bookmarkEnd w:id="212"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2. ___________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      2. ________________________________________________________________________</w:t>
+      <w:bookmarkStart w:id="214" w:name="z228"/>
+      <w:bookmarkEnd w:id="213"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>РЕШЕНИЕ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Комиссии по итогам этапов присвоения (подтверждения) квалификационной категории:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...32 lines deleted...]
-        <w:t>ен біліктілік санатына мына педагогтер сәйкес келеді:</w:t>
+      <w:bookmarkStart w:id="215" w:name="z229"/>
+      <w:bookmarkEnd w:id="214"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Соответствуют заявленной квалификационной категории, следующие педагоги:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="462"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1197"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="1590"/>
+        <w:gridCol w:w="999"/>
+        <w:gridCol w:w="1471"/>
+        <w:gridCol w:w="1726"/>
+        <w:gridCol w:w="1726"/>
+        <w:gridCol w:w="1726"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="678" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="215"/>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3931" w:type="dxa"/>
-[...185 lines deleted...]
-              <w:t>Берілген біліктілік санаты</w:t>
+            <w:tcW w:w="3211" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ФИО (при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Должность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Обязательная/ досрочная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1847" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Имеющаяся </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>квалификационная категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1847" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Заявляемая квалификационная категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1847" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Присвоенная квалификационная категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="678" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3931" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="3211" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="678" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1578" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1953" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="1847" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1953" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="1847" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="1847" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="678" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3931" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="3211" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="678" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1578" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1953" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="1847" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1953" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="1847" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="1847" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>берілген біліктілік санатына мына педагогтер сәйкес келмейді:</w:t>
+      <w:bookmarkStart w:id="216" w:name="z230"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Не соответствуют заявленной квалификационной категории следующие педагоги:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="419"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="631"/>
+        <w:gridCol w:w="321"/>
+        <w:gridCol w:w="1158"/>
+        <w:gridCol w:w="999"/>
+        <w:gridCol w:w="1345"/>
+        <w:gridCol w:w="1678"/>
+        <w:gridCol w:w="1678"/>
+        <w:gridCol w:w="1678"/>
+        <w:gridCol w:w="805"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="642" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="216"/>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3725" w:type="dxa"/>
-[...217 lines deleted...]
-              <w:t>Себебі</w:t>
+            <w:tcW w:w="3010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ФИО (при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Должность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1789" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Обязательная/ досрочная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1732" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Имеющаяся квалификационная категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1732" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Заявляемая квалификационная категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1732" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Присвоенная квалификационная категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Причина</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="642" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3725" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="3010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="643" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1496" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="1789" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1851" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="1732" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1851" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="1732" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1448" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="1732" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="644" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="642" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3725" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="3010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="643" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1496" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="1789" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1851" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="1732" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1851" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="1732" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1448" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="1732" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="644" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="642" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3725" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="3010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="643" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1496" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="1789" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1851" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="1732" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1851" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="1732" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1448" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="1732" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="644" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...155 lines deleted...]
-        <w:t>      (қолы)</w:t>
+      <w:bookmarkStart w:id="217" w:name="z231"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Председатель Комиссии </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (подпись)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Члены Комиссии:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (подпись)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (подпись)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (подпись)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (подпись)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Секретарь: ______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (подпись)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5972"/>
-        <w:gridCol w:w="3805"/>
+        <w:gridCol w:w="5889"/>
+        <w:gridCol w:w="3888"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:bookmarkEnd w:id="217"/>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Педагогтерге біліктілік</w:t>
+              <w:t>Приложение 7 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>санаттарын беру (растау)</w:t>
+              <w:t>присвоения (подтверждения)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
-[...9 lines deleted...]
-              <w:t>7-қосымша</w:t>
+              <w:t>квалификационных категорий педагогам</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
+      <w:bookmarkStart w:id="218" w:name="z234"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Біліктілік санатының қолданылу мерзімін ұз</w:t>
+        <w:t xml:space="preserve">              Протокол заседания Комиссии о продлении срока действия</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>арту туралы</w:t>
+        <w:t xml:space="preserve">                         квалификационной категории</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   "___"___________________ 20____ года</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      Комиссия отырысының хаттамасы</w:t>
+      <w:bookmarkStart w:id="219" w:name="z235"/>
+      <w:bookmarkEnd w:id="218"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Председатель Комиссии: _________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      "___"___________________ 20____ жыл</w:t>
+      <w:bookmarkStart w:id="220" w:name="z236"/>
+      <w:bookmarkEnd w:id="219"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Члены Коми</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ссии:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      Комиссия төрағасы: ________________________________________________________</w:t>
+      <w:bookmarkStart w:id="221" w:name="z237"/>
+      <w:bookmarkEnd w:id="220"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1. _____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      Комиссия мүшелері:</w:t>
+      <w:bookmarkStart w:id="222" w:name="z238"/>
+      <w:bookmarkEnd w:id="221"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2. _____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>________________________________________________________________________</w:t>
+      <w:bookmarkStart w:id="223" w:name="z239"/>
+      <w:bookmarkEnd w:id="222"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>РЕШЕНИЕ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Комиссии по итогам этапов присвоения (подтверждения) квалификационной категории:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...45 lines deleted...]
-        <w:t>на педагогтердің біліктілік санатының мерзімі ұзартылсын:</w:t>
+      <w:bookmarkStart w:id="224" w:name="z240"/>
+      <w:bookmarkEnd w:id="223"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Продлить сроки квалифи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кационной категории педагогам:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="742"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="859"/>
+        <w:gridCol w:w="870"/>
+        <w:gridCol w:w="3369"/>
+        <w:gridCol w:w="1135"/>
+        <w:gridCol w:w="1604"/>
+        <w:gridCol w:w="1555"/>
+        <w:gridCol w:w="1129"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1021" w:type="dxa"/>
+            <w:tcW w:w="1209" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:bookmarkEnd w:id="224"/>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5916" w:type="dxa"/>
+            <w:tcW w:w="4737" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
-[...16 lines deleted...]
-            <w:tcW w:w="1021" w:type="dxa"/>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ФИО (при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1209" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
-[...10 lines deleted...]
-              <w:t>Лауазымы</w:t>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
-[...42 lines deleted...]
-              <w:t>Игеру</w:t>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Имеющаяся квалификационная </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1211" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Основание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00904460"/>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="008F4B49"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00904460"/>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="008F4B49"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00904460"/>
-[...82 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="008F4B49"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1967" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Действует до</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1967" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Продлен до</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1211" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1021" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="1209" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5916" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="4737" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1021" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="1209" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1660" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="1967" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1660" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="1967" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1022" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="1211" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1021" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="1209" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5916" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="4737" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1021" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="1209" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1660" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="1967" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1660" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="1967" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1022" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="1211" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1021" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="1209" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5916" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="4737" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1021" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="1209" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1660" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="1967" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1660" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="1967" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1022" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="1211" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...162 lines deleted...]
-        <w:t>      (қолы)</w:t>
+      <w:bookmarkStart w:id="225" w:name="z241"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Председатель Комиссии _______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (подпись)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Члены Комиссии:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (подпись)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (подпись)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (подпись)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (подпись)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Секретарь: ______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (подпись)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5972"/>
-        <w:gridCol w:w="3805"/>
+        <w:gridCol w:w="5889"/>
+        <w:gridCol w:w="3888"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:bookmarkEnd w:id="225"/>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Педагогтерге біліктілік</w:t>
+              <w:t>Приложение 8 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>санаттарын беру (растау)</w:t>
+              <w:t>присвоения (подтверждения)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
-[...9 lines deleted...]
-              <w:t>8-қосымша</w:t>
+              <w:t>квалификационных категорий педагогам</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
+      <w:bookmarkStart w:id="226" w:name="z244"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Педагогке біліктілік санатын беру (растау) туралы КУӘЛІК</w:t>
+        <w:t xml:space="preserve">                                УДОСТОВЕРЕНИЕ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             педагога о прис</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>воении (подтверждении) квалификационной категории</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>  Осы куәлік ________________________________________________________________</w:t>
+      <w:bookmarkStart w:id="227" w:name="z245"/>
+      <w:bookmarkEnd w:id="226"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Настоящее удостоверение выдано _________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      __________________________________________________________________________</w:t>
+      <w:bookmarkStart w:id="228" w:name="z246"/>
+      <w:bookmarkEnd w:id="227"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      _______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      (Т.А.Ә. (болған жағдайда), қолы)</w:t>
+      <w:bookmarkStart w:id="229" w:name="z247"/>
+      <w:bookmarkEnd w:id="228"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>                         (ФИО (при наличии), подпись)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>комиссияның 20___ жылғы "___" ________ шешіміне сәйкес</w:t>
+      <w:bookmarkStart w:id="230" w:name="z248"/>
+      <w:bookmarkEnd w:id="229"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      в том, что в соответс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>твии с решением Комиссии по присвоению (подтверждению) квалификационных категорий от "___" ________ 20___ приказом</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      __________________________________________________________________________</w:t>
+      <w:bookmarkStart w:id="231" w:name="z249"/>
+      <w:bookmarkEnd w:id="230"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      _______________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (полное наименование организации образования или органа управления образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      (білім беру ұйымының немесе білім басқармасы органының толық атауы)</w:t>
+      <w:bookmarkStart w:id="232" w:name="z250"/>
+      <w:bookmarkEnd w:id="231"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      № _____ от "____" ____20 _______ года присвоена (подтверждена) квалификационная категория</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>ғымен</w:t>
+      <w:bookmarkStart w:id="233" w:name="z251"/>
+      <w:bookmarkEnd w:id="232"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ___________________________________________ по должности</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      __________________________________________________________________________</w:t>
+      <w:bookmarkStart w:id="234" w:name="z252"/>
+      <w:bookmarkEnd w:id="233"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      _______________________________________________________.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (наименование</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должности)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      (лауазымның аталуы)</w:t>
+      <w:bookmarkStart w:id="235" w:name="z253"/>
+      <w:bookmarkEnd w:id="234"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Настоящее удостоверение действительно до "____"______________20____года</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      лауазымы бойынша _______________________________ біліктілік санаты берілгені (расталғаны) үшін берілді.</w:t>
+      <w:bookmarkStart w:id="236" w:name="z254"/>
+      <w:bookmarkEnd w:id="235"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Руководитель организации образования _____________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                           (ФИО (при наличии), подпись)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>_"______________ дейін жарамды.</w:t>
+      <w:bookmarkStart w:id="237" w:name="z255"/>
+      <w:bookmarkEnd w:id="236"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Место печати</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>      Білім беру ұйымының басшысы _______________________________________________</w:t>
+      <w:bookmarkStart w:id="238" w:name="z256"/>
+      <w:bookmarkEnd w:id="237"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Регистрационный номер __________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...43 lines deleted...]
-        <w:t>      Берілген күні "____" __________ 20 ____ ж.</w:t>
+      <w:bookmarkStart w:id="239" w:name="z257"/>
+      <w:bookmarkEnd w:id="238"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Дата выдачи "____" __________ 20 ____ года</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5972"/>
-        <w:gridCol w:w="3805"/>
+        <w:gridCol w:w="5889"/>
+        <w:gridCol w:w="3888"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:bookmarkEnd w:id="239"/>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Педагогтерге біліктілік</w:t>
+              <w:t>Приложение 9 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>санаттарын беру (растау)</w:t>
+              <w:t>присвоения (подтверждения)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
-[...9 lines deleted...]
-              <w:t>9-қосымша</w:t>
+              <w:t>квалификационных категорий педагогам</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="72" w:name="z82"/>
+      <w:bookmarkStart w:id="240" w:name="z260"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Біліктілік санатын беру (растау) туралы куәліктерді тіркеу және беру журналы</w:t>
+        <w:t xml:space="preserve"> Журнал регистрации и выдачи удостоверений о присвоении (подтверждении) квалификационной категории</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="701"/>
-        <w:gridCol w:w="2371"/>
+        <w:gridCol w:w="592"/>
+        <w:gridCol w:w="1763"/>
         <w:gridCol w:w="2168"/>
-        <w:gridCol w:w="1049"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1291"/>
+        <w:gridCol w:w="964"/>
+        <w:gridCol w:w="848"/>
+        <w:gridCol w:w="848"/>
+        <w:gridCol w:w="1306"/>
+        <w:gridCol w:w="1173"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="811" w:type="dxa"/>
-[...129 lines deleted...]
-              <w:t>шешімінің күні</w:t>
+            <w:tcW w:w="773" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="240"/>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Фамилия, имя (при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2482" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование должности и присвоенной/ подтвержденной квалификационной категории</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дата решения комиссии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
-[...74 lines deleted...]
-              <w:t>Педагогтің алғанын растайтын қолы</w:t>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дата и номер приказа о п</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рисвоении/ подтверждении и квалификационной категории</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дата выдачи удостоверения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Подпись педагога в получении</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="811" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="773" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2763" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2304" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="2482" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1074" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1074" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1373" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+            <w:tcW w:w="1310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904460">
+      <w:tr w:rsidR="008F4B49">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+          <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904460" w:rsidRDefault="00BD50F2">
+    <w:p w:rsidR="008F4B49" w:rsidRDefault="001347EE">
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама </w:t>
-[...5 lines deleted...]
-        <w:t>және құқықтық ақпарат институты» ШЖҚ РМК</w:t>
+        <w:t xml:space="preserve">© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00904460">
+    <w:sectPr w:rsidR="008F4B49">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
@@ -23492,53 +23720,53 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00904460"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00BD50F2"/>
+    <w:rsidRoot w:val="008F4B49"/>
+    <w:rsid w:val="001347EE"/>
+    <w:rsid w:val="008F4B49"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -23855,67 +24083,67 @@
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BD50F2"/>
+    <w:rsid w:val="001347EE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00BD50F2"/>
+    <w:rsid w:val="001347EE"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -24214,67 +24442,67 @@
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BD50F2"/>
+    <w:rsid w:val="001347EE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00BD50F2"/>
+    <w:rsid w:val="001347EE"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -24537,66 +24765,66 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>28</Pages>
-[...1 lines deleted...]
-  <Characters>47540</Characters>
+  <Pages>29</Pages>
+  <Words>8933</Words>
+  <Characters>50919</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>396</Lines>
-  <Paragraphs>111</Paragraphs>
+  <Lines>424</Lines>
+  <Paragraphs>119</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>55769</CharactersWithSpaces>
+  <CharactersWithSpaces>59733</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>