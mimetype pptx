--- v0 (2025-12-12)
+++ v1 (2025-12-18)
@@ -17,59 +17,59 @@
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
-    <p:sldMasterId id="2147483660" r:id="rId1"/>
+    <p:sldMasterId id="2147483696" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId5"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
     <p:sldId id="258" r:id="rId3"/>
-    <p:sldId id="257" r:id="rId4"/>
+    <p:sldId id="259" r:id="rId4"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="ru-RU"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -129,79 +129,96 @@
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:showPr showNarration="1">
+    <p:present/>
+    <p:sldAll/>
+    <p:penClr>
+      <a:prstClr val="red"/>
+    </p:penClr>
+    <p:extLst>
+      <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
+        <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+          <a:srgbClr val="FF0000"/>
+        </p14:laserClr>
+      </p:ext>
+      <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
+        <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
+      </p:ext>
+    </p:extLst>
+  </p:showPr>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
-      <p:cViewPr varScale="1">
+      <p:cViewPr>
         <p:scale>
-          <a:sx n="83" d="100"/>
-          <a:sy n="83" d="100"/>
+          <a:sx n="90" d="100"/>
+          <a:sy n="90" d="100"/>
         </p:scale>
-        <p:origin x="-1500" y="-90"/>
+        <p:origin x="-384" y="258"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -604,54 +621,63 @@
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Номер слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{64C1D50C-4CB9-4EC4-B8D6-C37BCB7E2D19}" type="slidenum">
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
               <a:t>3</a:t>
             </a:fld>
-            <a:endParaRPr lang="ru-RU"/>
+            <a:endParaRPr lang="ru-RU">
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3020894016"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -14761,61 +14787,61 @@
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2147483661" r:id="rId1"/>
-[...9 lines deleted...]
-    <p:sldLayoutId id="2147483671" r:id="rId11"/>
+    <p:sldLayoutId id="2147483697" r:id="rId1"/>
+    <p:sldLayoutId id="2147483698" r:id="rId2"/>
+    <p:sldLayoutId id="2147483699" r:id="rId3"/>
+    <p:sldLayoutId id="2147483700" r:id="rId4"/>
+    <p:sldLayoutId id="2147483701" r:id="rId5"/>
+    <p:sldLayoutId id="2147483702" r:id="rId6"/>
+    <p:sldLayoutId id="2147483703" r:id="rId7"/>
+    <p:sldLayoutId id="2147483704" r:id="rId8"/>
+    <p:sldLayoutId id="2147483705" r:id="rId9"/>
+    <p:sldLayoutId id="2147483706" r:id="rId10"/>
+    <p:sldLayoutId id="2147483707" r:id="rId11"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
         <a:defRPr sz="4400" kern="1200">
           <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
           <a:latin typeface="+mj-lt"/>
           <a:ea typeface="+mj-ea"/>
           <a:cs typeface="+mj-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
       <a:lvl2pPr eaLnBrk="1" hangingPunct="1">
         <a:defRPr>
           <a:solidFill>
             <a:schemeClr val="tx2"/>
           </a:solidFill>
         </a:defRPr>
       </a:lvl2pPr>
       <a:lvl3pPr eaLnBrk="1" hangingPunct="1">
@@ -15166,790 +15192,4358 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="755576" y="404664"/>
             <a:ext cx="7772400" cy="936104"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
-[...16 lines deleted...]
-              <a:t>для учителя английского языка</a:t>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Ағылшын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тілі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>мұғаліміне</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>арналған</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жадынама</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2800" b="1" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Подзаголовок 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="683568" y="1772816"/>
             <a:ext cx="7704856" cy="3865984"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="25000" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="457200" indent="-457200" algn="l">
-[...215 lines deleted...]
-          <a:p>
             <a:pPr algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="1000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="7200" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Есіңізде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>болсын-әр</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> бала </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>әртүрлі.Пән</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бойынша</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>оқу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>іс-әрекетін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ұйымдастырыңыз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>оқушылардың</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>мүмкіндіктері</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> мен </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қабілеттерін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ескеріңіз.Есіңізде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>болсын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бастысы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сіз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>үйрететін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>пән</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>емес</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сіз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қалыптастыратын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тұлға.Балаға</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жасаған</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жұмысын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>дұрыс</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бағалауға</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>көмектесіңіз.Есіңізде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>болсын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>материалды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қайта</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жазатын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>адам</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>емес</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> , оны </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>іс</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жүзінде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қолданатын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>адам</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>біледі.Баланы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>өз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ойларын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>айтуға</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>үйретіңіз.Стандартты</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>емес</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сабақтардан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қорықпаңыз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>материалды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="8000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>игеру</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>үшін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>әртүрлі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ойындар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>пікірталастар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> мен </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>топтық</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жұмыстарды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қолданып</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>көріңіз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="9600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="9600" b="1" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2129470883"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Прямоугольник 1"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1115616" y="612845"/>
-            <a:ext cx="7272808" cy="5109091"/>
+            <a:ext cx="7272808" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
               <a:t>                           </a:t>
             </a:r>
-            <a:r>
-[...5 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="ru-RU" b="1" dirty="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Прямоугольник 2"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="899592" y="797511"/>
+            <a:ext cx="7848872" cy="4401205"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Бірнеше</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>пайдалы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>кеңестерата-аналар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>үшін</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:r>
-[...76 lines deleted...]
-            <a:endParaRPr lang="ru-RU" b="1" dirty="0">
+            <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Баланың</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жетістіктеріне</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жиі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қызығушылық</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>танытыңыз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Баланың</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сабақта</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>үйренген</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>әнін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>айтуға</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>немесе</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>өлең</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>айтуға</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>деген</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ынтасын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>оятыңыз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Бала </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сабақта</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ойнаған</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ойынды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ойнаудан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> бас </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тартпаңыз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Баладан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сабақта</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> не </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>білгенін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>айтуды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> / </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>үйретуді</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жиі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сұраңыз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Сұрақ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>немесе</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>күмән</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>туындаған</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>кезде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>мұғаліммен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>кеңесіңіз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Баланы </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қаламаған</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>кезде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ағылшын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тілінде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сөйлеуге</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>мәжбүрлемеңіз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Баланы </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сыныпта</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>әлі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>өтпеген</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>материалды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>үйретуге</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>мәжбүрлемеңіз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>— </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бұл</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>баланы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жаңалық</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сезімінен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>айырады</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>және</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ол</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> скучно </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>боладысабақта</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2431387757"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Прямоугольник 1"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="827584" y="260648"/>
-            <a:ext cx="7992888" cy="6217087"/>
+            <a:ext cx="7992888" cy="523220"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
-[...3 lines deleted...]
-            </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0" smtClean="0">
-                <a:effectLst/>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
                 <a:latin typeface="Times New Roman"/>
                 <a:ea typeface="Times New Roman"/>
               </a:rPr>
               <a:t>                   </a:t>
             </a:r>
-            <a:r>
-[...210 lines deleted...]
-            </a:r>
             <a:endParaRPr lang="ru-RU" b="1" dirty="0">
-              <a:effectLst/>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
               <a:latin typeface="Times New Roman"/>
               <a:ea typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Прямоугольник 2"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="395536" y="197346"/>
+            <a:ext cx="8136904" cy="6063198"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Оқушыларға</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>арналған</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жадынамашет</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тілін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сәтті</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>меңгеру</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>үшін</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>1.Үнемі </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жаттығу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жасаңыз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Аптасына</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бір</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>рет</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бірнеше</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сағаттан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>гөрі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>күн</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сайын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> аз-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>аздан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жақсы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.                                                                                                                 2.Әрқашан </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>мұғалімді</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>мұқият</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тыңдаңыз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.                                                            3.Сөздерді </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тізім</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бойынша</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>емес</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, контексте </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>үйреніңіз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.                                          4.Мәтін </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>нашар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қабылданса</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> да, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>мүмкіндігінше</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>көп</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>оқыңыз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.                                     5. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Мүмкіндігінше</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жатқа</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>біліңіз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.                                                                                     6. "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Айту</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сондықтан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> оны </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>барлық</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жағынан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>және</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>барлық</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жағынан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ша</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>керек</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>", "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>назар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>аударыңыз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>", "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>менің</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ойымша</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>", "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>мағынасы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> бар", "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ойлануға</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бір</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> минут </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>беріңіз"сияқты</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тіркестер</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жиынтығын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>игеріңіз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.                                                                 7. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Тіл-бұл</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бекініс</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>буыл</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жасау</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>керек</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сондықтан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>кез</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>келген</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тәжірибе</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сәттіліктің</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>негізі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>болып</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>табылады</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>зерттелетін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тілде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сөйлеуге</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>оқуға</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жазуға</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>мүмкіндік</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>береді</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.                                                                                                   8</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Қателіктерден</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қорықпа</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>!                                                                                             9</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Әдетте</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>үмітсіз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жоғалып</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>кететін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>уақытты</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>пайдаланыңыз-көлік</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сапарлары</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қабылдауды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>күту</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>және</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> т. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>б</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.                                                                                    10</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Шыдамдылық</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>шыдамдылық</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>және</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тағы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> да </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>шыдамдылық</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>!                                                                                          			</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>        </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Сәттілік</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>!</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="396443421"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="895324057"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/_rels/theme1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Волна">
   <a:themeElements>
     <a:clrScheme name="Волна">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="073E87"/>
@@ -16504,76 +20098,76 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Waveform</Template>
   <TotalTime></TotalTime>
-  <Words>367</Words>
+  <Words>232</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Экран (4:3)</PresentationFormat>
-  <Paragraphs>35</Paragraphs>
+  <Paragraphs>17</Paragraphs>
   <Slides>3</Slides>
   <Notes>1</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>Волна</vt:lpstr>
-      <vt:lpstr>Памятка  для учителя английского языка</vt:lpstr>
+      <vt:lpstr>Ағылшын тілі мұғаліміне арналған жадынама</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Памятка  для учителя английского языка</dc:title>
   <dc:creator>31</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>