--- v0 (2025-12-16)
+++ v1 (2025-12-19)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns18="urn:schemas-microsoft-com:office:excel" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7f823e6" w14:textId="7f823e6">
+    <w:p w14:paraId="e269742" w14:textId="e269742">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,368 +76,428 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Мемлекеттік ұйымдар Педагогтарінің жалақысын есептеу қағидаларын бекіту туралы</w:t>
-[...16 lines deleted...]
-        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2020 жылғы 11 мамырдағы № 191 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 12 мамырда № 20622 болып тіркелді.</w:t>
+        <w:t>Об утверждении Правил исчисления заработной платы педагогов государственных организаций</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 11 мая 2020 года № 191. Зарегистрирован в Министерстве юстиции Республики Казахстан 12 мая 2020 года № 20622.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t>      Примечание ИЗПИ!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Осы бұйрықтың қолданысқа енгізілу тәртібін </w:t>
+        <w:t xml:space="preserve">Порядок введения в действие настоящего приказа см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>5 т</w:t>
+        <w:t>п 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>. қараңыз</w:t>
-[...38 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес БҰЙЫРАМЫН:</w:t>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 8 Закона Республики Казахстан от 27 декабря 2019 года "О статусе педагога" ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> бекітілсін.</w:t>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Утвердить Правила исчисления заработной платы педагогов государственных организаций согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Білім және ғылым министрінің кейбір бұйрықтарының күші жойылды деп танылсын.</w:t>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Признать утратившими силу некоторые приказы Министра образования и науки Республики Казахстан согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
-[...15 lines deleted...]
-      3. Қазақстан Республикасы Білім және ғылым министрлігінің Бюджеттік жоспарлау департаменті заңнамада белгіленген тәртіппен: </w:t>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Департаменту бюджетного планирования Министерства образования и науки Республики Казахстан в установленном законодательством порядке обеспечить:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
-[...15 lines deleted...]
-      1) осы бұйрықтың Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелуін; </w:t>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
-[...15 lines deleted...]
-      2) осы бұйрықты Қазақстан Республикасы Білім және ғылым министрлігінің интернет-ресурсында орналастыруды;</w:t>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) размещение настоящего приказа на интернет-ресурсе Министерства образования и науки Республики Казахстан после его официального опубликования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z7" w:id="6"/>
-[...15 lines deleted...]
-      3) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуден өткеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Білім және ғылым министрлігінің Заң қызметі департаментіне осы тармақтың 1), 2) тармақшаларында қарастырылған іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Юридический департамент Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
-[...15 lines deleted...]
-      4. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасы Білім және ғылым вице-министріне жүктелсін.</w:t>
+    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра образования и науки Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z9" w:id="8"/>
-[...15 lines deleted...]
-      5. Осы бұйрық 2020 жылғы 1 қаңтардан бастап қолданысқа енгізілетін Мемлекеттік білім беру ұйымдары педагогтеріне жалақыны есептеу қағидаларының (бұдан әрі - Қағида) 40, 42 және 43-тармақтарын қоспағанда алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования, за исключением </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктов 40</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>42</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>43</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правил исчисления заработной платы педагогов государственных организаций (далее - Правила), которые вводятся в действие с 1 января 2020 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7795"/>
         <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -455,64 +515,74 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Қазақстан Республикасының</w:t>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Министр образования и науки </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрі</w:t>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -537,140 +607,122 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>А. Аймагамбетов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...88 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Согласовано:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министр труда и</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>социальной защиты населения</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>" " 2020 г.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -704,2224 +756,2538 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Утверждены приказом</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрінің</w:t>
+              <w:t>Министра образования и науки</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2020 жылғы 11 мамырдағы</w:t>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 191 бұйрығымен бекітілген</w:t>
+              <w:t>от 11 мая 2020 года № 191</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Мемлекеттік ұйымдар педагогтерінің жалақысын есептеу қағидалары</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z12" w:id="10"/>
+        <w:t xml:space="preserve"> Правила исчисления заработной платы педагогов государственных организаций образования </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve"> (бұдан әрі - Қаулы) нормаларына сәйкес әзірленді және мемлекеттік ұйымдар педагогтерінің жалақысын есептеу тәртібін айқындайды.</w:t>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
-[...15 lines deleted...]
-      2. Осы Қағидаларда мынадай негізгі терминдер мен анықтамалар қолданылады:</w:t>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Настоящие Правила исчисления заработной платы педагогов государственных организаций образования разработаны в соответствии с нормами </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Трудового кодекса</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 23 ноября 2015 года (далее – Кодекс), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закона</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 27 декабря 2019 года "О статусе педагога" (далее – Закон) и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановления</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства Республики Казахстан от 31 декабря 2015 года № 1193 "О системе оплаты труда гражданских служащих, работников организаций, содержащихся за счет средств государственного бюджета, работников казенных предприятий" (далее – Постановление) и определяют порядок исчисления заработной платы педагогов государственных организаций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z15" w:id="13"/>
-[...15 lines deleted...]
-      1) жалақы - жұмыскердің біліктілігіне, орындалатын жұмыстың күрделілігіне, санына, сапасына және жағдайларына қарай еңбек үшін төленетін сыйақы, сондай-ақ өтемақы және ынталандыру сипатындағы төлемдер;</w:t>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В настоящих Правилах применяются следующие основные термины и определения:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z16" w:id="14"/>
-[...15 lines deleted...]
-      2) тарифтік мөлшерлеме (айлықақы) - жұмыскердің уақыт бірлігі ішінде белгілі бір күрделіліктегі (біліктіліктегі) еңбек міндеттерін орындағаны үшін еңбегіне ақы төлеудің тіркелген мөлшері;</w:t>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заработная плата – вознаграждение за труд в зависимости от квалификации работника, сложности, количества, качества и условий выполняемой работы, а также выплаты компенсационного и стимулирующего характера;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z17" w:id="15"/>
-[...15 lines deleted...]
-      3) педагог - педагогтік немесе тиісті бейіні бойынша өзге де кәсіптік білімі бар және білім алушыларды және (немесе) тәрбиеленушілерді оқыту және тәрбиелеу, білім беру қызметін әдістемелік қолдау немесе ұйымдастыру бойынша педагогтің кәсіптік қызметін жүзеге асыратын адам.</w:t>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тарифная ставка (должностной оклад) – фиксированный размер оплаты труда работника за выполнение трудовых обязанностей определенной сложности (квалификации) за единицу времени;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) педагог – лицо, имеющее педагогическое или иное профессиональное образование по соответствующему профилю и осуществляющее профессиональную деятельность педагога по обучению и воспитанию обучающихся и (или) воспитанников, методическому сопровождению или организации образовательной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. Мемлекеттік білім беру ұйымдары педагогтерінің жалақысын есептеу тәртібі</w:t>
-[...19 lines deleted...]
-      3. Мемлекеттік ұйымдар педагогтерінің жалақысын есептеу ұйымның бірінші басшысы бөлетін және Заңда көзделген апталық нормативтік жүктемені ескере отырып анықталатын оқу жүктемесінің санына қарай, сондай-ақ Заңда және Қаулыда көзделген орындалатын жұмыстың күрделілігіне, санына, сапасына және жағдайларына қарай өтемақы және ынталандыру сипатындағы төлемдерді, арттыруларды, қосымша ақыларды, үстемеақыларды ескере отырып, Қаулыға сәйкес тарифтік мөлшерлемелерді (айлықақыларды) анықтау үшін қызметкерлердің біліктілігіне байланысты есептеледі.</w:t>
+        <w:t xml:space="preserve"> Глава 2. Порядок исчисления заработной платы педагогов государственных организаций образования</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z20" w:id="18"/>
-[...15 lines deleted...]
-      4. Орта білім беру ұйымдарының (бастауыш, негізгі орта, жалпы орта) педагогтерінің, күндізгі-сырттай оқыту нысанындағы кешкі (ауысымдық) жалпы білім беретін мектептер (сыныптар) педагогтерін, сондай-ақ емдеу-профилактикалық ұйымдарда ұзақ уақыт жатып емделетін балалармен сабақ өткізетін педагогтерін және кәсіптік және техникалық білім беру ұйымдарының педагогтерін қосапағанда, оқу жүктемесі жылына бір рет оқу жартыжылдықтары бойынша белгіленеді, қажет болған жағдайда екінші оқу жартыжылдығының басында түзетіледі.</w:t>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Заработная плата педагогов государственных организаций образования исчисляется в зависимости от квалификации, стажа и наличия категории работника, которые определяют тарифные ставки (должностные оклады) в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Постановлением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, исходя из учебной нагрузки, распределяемой первым руководителем организации и определяемой с учетом нормативной нагрузки в неделю, предусмотренной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, а также с учетом выплат компенсационного и стимулирующего характера, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кодексом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Постановлением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z21" w:id="19"/>
-[...15 lines deleted...]
-      5. Күндізгі, сырттай оқыту нысанындағы жалпы білім беретін кешкі (ауысымдық) мектептерде (сыныптарда), сондай-ақ емдеу-профилактикалық ұйымдарда ұзақ уақыт жатып емделетін балалармен сабақ өткізетін педагогтердің оқу жүктемесін бөлу жылына екі рет бірінші және екінші оқу жартыжылдықтарының басында жүргізіледі.</w:t>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Учебная нагрузка педагогов организаций среднего образования (начального, основного среднего, общего среднего), за исключением педагогов вечерних (сменных) общеобразовательных школ (классов), педагогов, ведущих занятия с детьми, находящимися на длительном лечении в лечебно-профилактических организациях, и педагогов организаций технического и профессионального образования распределяется один раз в год раздельно по полугодиям, при необходимости корректируется на начало второго полугодия. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z22" w:id="20"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес белгіленген апталық оқу жүктемесіне сәйкес есептеледі. Сабақтар (дәрістер) арасында көзделген қысқаша үзілістер педагогтің жұмыс уақыты болып табылады.</w:t>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Распределение учебной нагрузки педагогов вечерних (сменных) общеобразовательных школ (классов) с очной/ заочной формой обучения, а также педагогов, ведущих занятия с детьми, находящимися на длительном лечении в лечебно-профилактических организациях, производится дважды в год к началу первого и к началу второго учебных полугодий. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z23" w:id="21"/>
-[...15 lines deleted...]
-      7. Мемлекеттік білім беру ұйымдарының біліктілікті арттырудың деңгейлік курстарынан өткен бастауыш, негізгі орта, жалпы орта білім берудің оқу бағдарламаларын іске асыратын білім беру ұйымдарының педагогтеріне белгіленген қосымша ақыларды қоспағанда, айлық тарифтік мөлшерлемелер (айлықақылар) қосымша ақылар мен үстемеақылар мөлшерлерін өзгерту:</w:t>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Тарифные ставки в месяц (должностные оклады) педагогов организаций образования исчисляются в соответствии с нормативной учебной нагрузкой в неделю, установленной согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункту 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 8 Закона, исходя из затрат рабочего времени в астрономических часах. Короткие перерывы (перемены), предусмотренные между уроками (занятиями, лекциями), являются рабочим временем педагога.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z24" w:id="22"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> бекітілген Мектепке дейінгі тәрбие мен оқытуды, бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша білімнің білім беру бағдарламалары және арнайы оқу бағдарламаларын іске асыратын білім беру ұйымдарында жұмыс істейтін педагог қызметкерлер мен оларға теңестірілген тұлғаларды және білім және ғылым саласындағы басқа да азаматтық қызметшілерді аттестаттаудан өткізу қағидалары мен шарттарында өзгеше көзделмесе, оқу жылының 1 қыркүйегінен бастап;</w:t>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Изменение размеров тарифных ставок в месяц (должностных окладов), доплат и надбавок, за исключением доплат, устанавливаемых педагогам организаций</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, реализующим учебные программы начального, основного среднего и общего среднего образования, прошедшим уровневое повышение квалификации, работникам государственных организаций образования производится:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z25" w:id="23"/>
-[...15 lines deleted...]
-      2) жұмыс стажының көбейген күнінен бастап;</w:t>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) с 1 сентября учебного года, если иное не предусмотрено </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и условиями проведения аттестации педагогических работников и приравненных к ним лиц, занимающих должности в организациях образования, реализующих общеобразовательные учебные программы дошкольного воспитания и обучения, начального, основного среднего и общего среднего образования, образовательные программы технического и профессионального, послесреднего, дополнительного образования и специальные учебные программы, и иных гражданских служащих в области образования и науки, утвержденными приказом Министра образования и науки Республики Казахстан от 27 января 2016 года № 83, зарегистрированным в Государственном реестре нормативных правовых актов за № 13317, при присвоении (подтверждении) квалификационной категории;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z26" w:id="24"/>
-[...15 lines deleted...]
-      3) құрметті атақ берілген күнінен бастап;</w:t>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) со дня увеличения стажа работы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z27" w:id="25"/>
-[...15 lines deleted...]
-      4) білім алған (техникалық және кәсіптік білім, орта білімнен кейінгі, жоғары білім) немесе білімі туралы құжатын қалпына келтірген жағдайда - тиісті құжат берілген күнінен бастап;</w:t>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) со дня присвоения почетного звания;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z28" w:id="26"/>
-[...15 lines deleted...]
-      5) философия докторы (PhD), бейіні бойынша доктор ғылыми атақ берілген жағдайда - Қазақстан Республикасы Білім және ғылым министрлігінің Білім саласындағы білім сапасын қамтамасыз ету комитетінің диплом беру туралы шешім шығарған күнінен бастап;</w:t>
+    <w:bookmarkStart w:name="z32" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) при получении образования (техническое и профессиональное, послесреднее, высшее) или восстановлении документа об образовании – со дня представления соответствующего документа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z29" w:id="27"/>
-[...15 lines deleted...]
-      6) бастауыш, негізгі орта, жалпы орта білім беру ұйымдарының педагогтеріне ғылыми-педагогикалық бағыттағы магистр дәрежесі берілген кезде жүргізіледі.</w:t>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) при присуждении степеней доктора философии (PhD), доктора по профилю – со дня вынесения решения Комитета по обеспечению качества в сфере образования и науки Министерства образования и науки Республики Казахстан о выдаче диплома;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z30" w:id="28"/>
-[...15 lines deleted...]
-      8. Қызметкер жыл сайынғы еңбек, жыл сайынғы қосымша төленетін еңбек, әлеуметтік демалыстарда және экологиялық апат пен радиациялық қауiптi аймақтар бойынша жыл сайынғы қосымша ақы төленетін ақылы демалыста, сондай-ақ еңбекке уақытша жарамсыз болған кезеңде (оның ішінде жүктілігі мен тууы бойынша) айлық тарифтік мөлшерлемелер (айлықақылар) өзгертілген кезде жалақыны есептеу жаңа айлық тарифтік мөлшерлемелерге (айлықақылар) байланысты демалысы немесе еңбекке уақытша жарамсыздығы аяқталған күнінен бастап жүргізіледі.</w:t>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) при присуждении степени магистра по научно-педагогическому направлению педагогам организаций начального, основного среднего, общего среднего образования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z31" w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. При изменении тарифной ставки в месяц (должностного оклада) у работника в период пребывания его в оплачиваемом ежегодном</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> трудовом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, дополнительном оплачиваемом ежегодном трудовом, социальном отпусках и ежегодном дополнительном оплачиваемом отпуске по зонам экологического бедствия и радиационного риска, а также в период его временной нетрудоспособности (в том числе по беременности и родам) исчисление заработной платы исходя из новой тарифной ставки в месяц (должностного оклада) производится со дня окончания отпуска или временной нетрудоспособности. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z36" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1 - параграф. Бастауыш, негізгі орта, жалпы орта білім беру ұйымдары педагогтерінің жалақысын есептеу тәртібі</w:t>
-[...19 lines deleted...]
-      9. Бастауыш, негізгі орта, жалпы орта білім беру ұйымдары педагогтерінің жалақысын есептеу үшін бір ай кезеңі қолданылады.</w:t>
+        <w:t xml:space="preserve"> Параграф 1. Порядок исчисления заработной платы педагогов организаций начального, основного среднего, общего среднего образования</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:p>
-[...33 lines deleted...]
-      10. Тарифтеу кезінде белгіленген айлық жалақы жылдың әрбір айларындағы апталар мен жұмыс күндерінің санына қарамастан, тарифтеу мерзімі аяқталғанға дейін сақталады.</w:t>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Для исчисления заработной платы педагогов организаций начального, основного среднего, общего среднего образования применяется период в один месяц.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z34" w:id="32"/>
-[...15 lines deleted...]
-      11. Оқу тоқсандары аралығындағы және оқу жылы басталғанға дейінгі каникул кезінде, білім беру ұйымдары қызметкерлерінің демалыс күндерін қоспағанда, негізгі жұмыс орны бойынша педагогикалық жұмыс жүргізетін білім беру ұйымдарының қызметкерлеріне еңбекақы каникул басталар алдындағы тарифтеу кезінде белгіленген жалақы есебінен жүргізіледі.</w:t>
+    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заработная плата педагогов за месяц исчисляется путем умножения тарифной ставки в месяц (должностного оклада) на их фактическую нагрузку в неделю и деления полученного произведения на нормативную учебную нагрузку в неделю, установленную Законом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z35" w:id="33"/>
-[...15 lines deleted...]
-      12. Оқушылардың жазғы каникулы кезінде жұмысқа басшы және педагог ретінде қабылданғандарға оқу жылы басталғанға дейінгі кезең үшін жалақы олардың Қазақстан Республикасының заңнамасына сәйкес белгіленген біліктілік санаттарын, білім деңгейін және жұмыс стажын ескере отырып анықталатын тарифтік ставкасы (лауазымдық жалақы) есебінен төленеді.</w:t>
+    <w:bookmarkStart w:name="z39" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. Месячная заработная плата, установленная при тарификации, остается постоянной до окончания срока действия тарификации независимо от числа недель и рабочих дней в разные месяцы года. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z36" w:id="34"/>
-[...15 lines deleted...]
-      13. Сабақ 28 аптаға есептелген оқу жоспары бойынша өткізілетін жалпы білім беретін мектептердің жанындағы кешкі (ауысымдық) жалпы білім беретін мектептердің және кешкі (сырттай) оқыту жекелеген сыныптарының педагогтеріне айлық жалақы оқу жылы бойы, сондай-ақ оқу басталғанға дейін бір апта, оқу жылы аяқталғаннан кейін бір апта үшін төленеді.</w:t>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11. Во время каникул между учебными четвертями и до начала учебного года, за исключением дней отпуска, работникам организаций образования, ведущим педагогическую работу по основному месту работы, заработная плата исчисляется из расчета месячной заработной платы, установленной при тарификации, предшествовавшей началу каникул. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z37" w:id="35"/>
-[...15 lines deleted...]
-      14. Негізгі жұмыс орны бойынша білім беру ұйымдарында педагогтердің бір сағат үшін жалақысын есептеу ауырып қалған немесе басқа себептермен екі айдан аспайтындай уақыт ішінде жұмыста уақытша болмаған педагогтің міндеттерін орындау кезіндегі оқу сағаттары үшін жүргізіледі.</w:t>
+    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12. Лицам, принятым на работу в качестве руководящих работников и педагогов во время летних каникул обучающихся, месячная заработная плата за период до начала учебного года исчисляется из расчета тарифной ставки (должностного оклада), определяемой с учетом их квалификационных категорий, уровня образования и стажа работы, установленных в соответствии с законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:p>
-[...51 lines deleted...]
-      15. Оқу жүктемесімен толық қамтамасыз етілмеген педагогтерге айлық тарифтік ставка толық көлемде бекітілген сағаттар нормасына дейін басқа педагогикалық жұмыстармен толықтыратын мынадай жағдайларда төленуі мүмкін:</w:t>
+    <w:bookmarkStart w:name="z42" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13. Педагогам вечерних (сменных) общеобразовательных школ и отдельных классов вечернего (заочного) обучения при общеобразовательных школах, где занятия ведутся по учебному плану, рассчитанному на 28 недель, месячная заработная плата исчисляется в течение учебного года, а также за одну неделю до начала и за одну неделю после окончания учебного года. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:p>
-[...213 lines deleted...]
-      16. Оқу жүктемесі екінші жарты жылдықта оқу жоспарына сәйкес азаю жағдайын қоспағанда, оқу жүктемесі оқу жылы ішінде педагогтерге қатысы жоқ себептермен тарифтеу кезінде белгіленген жүктемемен салыстырғанда азайтылған жағдайда оларға оқу жылының аяғына дейін:</w:t>
+    <w:bookmarkStart w:name="z43" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14. Исчисление заработной платы педагогов за час в организациях образования по основному месту работы производится за учебные часы при выполнении обязанностей временно отсутствующего по болезни или другим причинам педагога, продолжающегося не свыше двух месяцев подряд. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z40" w:id="38"/>
-[...15 lines deleted...]
-      1) егер қалған жүктеме айлық белгіленген ставкадан жоғары болса - жалақы нақты сағат саны үшін;</w:t>
+    <w:bookmarkStart w:name="z44" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При этом, если занятия не ведутся во время каникул, начисление заработной платы за этот период не производится. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z41" w:id="39"/>
-[...15 lines deleted...]
-      2) егер қалған жүктеме айлық белгіленген ставкадан төмен болса - айлық белгіленген ставка;</w:t>
+    <w:bookmarkStart w:name="z45" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Если выполнение обязанностей временно отсутствующего работника продолжалось свыше двух месяцев подряд, исчисление заработной платы педагога производится со дня начала замещения за все часы фактической педагогической нагрузки в общем порядке, указанном в пункте 9 настоящих Правил. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z42" w:id="40"/>
-[...15 lines deleted...]
-      3) егер тарифтеу кезінде оқу жүктемесі айлық тарифтік ставкадан кем белгіленген болса - тарифтеу кезінде белгіленген жалақы төленеді.</w:t>
+    <w:bookmarkStart w:name="z46" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15. Педагогам, которым не обеспечена полная учебная нагрузка, тарифные ставки в месяц исчисляются в полном размере при условии дополнения учебной нагрузки до установленной нормы часов дополнительной педагогической работой в следующих случаях: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z43" w:id="41"/>
-[...15 lines deleted...]
-      17. Қосымша білім беру ұйымдарындағы, жалпы білім беретін мектептердегі және басқа да білім беру ұйымдарындағы жұмысы негізгі жұмыс орны болып есептелетін қосымша білім беретін педагогтерге айлық жалақы осы Қағидалардың 9-тармағында қарастырылған тәртіппен белгіленеді, ал егер негізгі жұмыс орны болып есептелмесе, онда айлық жалақы үйірмелерден сабақ өткізілген нақты сағаттар санына және сағаттық ставкаға қарай ставканы орташа айлық сағат нормасына бөлу жолымен белгіленеді.</w:t>
+    <w:bookmarkStart w:name="z47" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      педагогам начальных классов общеобразовательных школ, в которых созданы условия для передачи педагогам-специалистам уроков художественного труда, музыки и физической культуры; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z44" w:id="42"/>
+    <w:bookmarkStart w:name="z48" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      педагогам начальных классов общеобразовательных школ, которые не могут вести уроки физического воспитания и музыки по состоянию здоровья и другим причинам; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z49" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      педагогам начальных классов школ с углубленным изучением иностранного языка, педагогам сельских школ с казахским и другими национальными (нерусскими) языками обучения, которые вследствие своей подготовки не могут вести уроки иностранного/казахского/ русского языка; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z50" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      педагогам казахского языка сельских школ с русским и другими национальными (неказахскими) языками обучения; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z51" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      педагогам русского языка сельских начальных школ с казахским и другими национальными (нерусскими) языками обучения; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z52" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      педагогам физической культуры сельских школ, педагогам иностранного языка школ, расположенных в отдаленных местностях, при возложении на них в счет выплачиваемой полной ставки педагога обязанностей (части обязанностей) по организации внеклассной работы по физическому воспитанию (для педагогов физической культуры), по проверке письменных работ, классному руководству (для педагогов иностранного языка).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z53" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      К дополнительной педагогической работе относятся: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z54" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      проведение занятий на дому с учениками, освобожденными от посещения школы по состоянию здоровья; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z55" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      замена временно отсутствующих педагогов; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z56" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      воспитательная работа в группе продленного дня; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      учебно-воспитательная работа. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      16. В случаях, когда педагогам, у которых по не зависящим от них причинам в течение учебного года учебная нагрузка уменьшилась по сравнению с нагрузкой, установленной им при тарификации, до конца учебного года, за исключением, когда учебная нагрузка во втором полугодии уменьшается в соответствии с учебным планом, исчисление производится следующим образом: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z59" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) если оставшаяся нагрузка выше установленной тарифной ставки в месяц – заработная плата за фактическое число часов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z60" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) если оставшаяся нагрузка ниже установленной тарифной ставки в месяц – тарифная ставка в месяц; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z61" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) если при тарификации учебная нагрузка была установлена ниже тарифной ставки в месяц – заработная плата, установленная при тарификации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z62" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Педагогам дополнительного образования, для которых работа в организациях дополнительного образования, в общеобразовательных школах и в других организациях образования является местом основной работы, месячная заработная плата исчисляется в порядке, предусмотренном в пункте 9 настоящих Правил; если работа в организации образования не является местом основной работы, то месячная заработная плата определяется исходя из фактического количества часов кружковых занятий и часовой ставки, исчисленной путем деления ставки на среднемесячную норму часов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z63" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-параграф. Балалар демалыс лагерлері қызметкерлерінің жалақысын есептеу тәртібі</w:t>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z46" w:id="44"/>
+        <w:t xml:space="preserve"> Параграф 2. Порядок исчисления заработной платы работникам детских лагерей отдыха</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z64" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      18. Исчисление заработной платы педагогов организаций начального, основного среднего и общего среднего образования, организаций дополнительного образования, направляемых в период, не совпадающий с их оплачиваемым ежегодным трудовым отпуском, в детские лагеря отдыха, являющиеся структурным подразделением самой организации образования, расположенным в другой местности, путем временного перевода на другую работу в случае производственной необходимости, производится в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 41</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кодекса за выполняемую работу, но не ниже средней заработной платы по прежней работе. Кроме того, при временном переводе в структурное подразделение, расположенное в другой местности, работнику выплачивается компенсация в размере, предусмотренном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 127</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кодекса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z65" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Исчисление заработной платы для педагогов и других работников организаций образования, направленных для проведения туристских путешествий (в том числе походов, экспедиций, экскурсий) в период, не совпадающий с их оплачиваемым ежегодным трудовым отпуском, производится в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 127</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кодекса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z66" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3-параграф. Педагогтерге оқытылуы сырттай нысан бойынша жүзеге асырылатын балалармен істеген жұмысы үшін және ұзақ уақыт емделетін балаларды оқыту бойынша жалақы есептеу тәртібі</w:t>
-[...157 lines deleted...]
-    <w:bookmarkStart w:name="z51" w:id="49"/>
+        <w:t xml:space="preserve"> Параграф 3. Порядок исчисления заработной платы педагогов за работу с детьми, обучение которых осуществляется по заочной форме, и по обучению детей, находящихся на длительном лечении</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z67" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      19. Исчисление заработной платы педагогов за обучение учеников, находящихся на длительном лечении в больницах, если постоянная сменяемость обучающихся влияет на учебную нагрузку педагогов, производится ежемесячно в зависимости от фактически отработанного времени (ежемесячной фактической нагрузки). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z68" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исчисление заработной платы педагогов школ за работу с детьми, обучение которых ведется по заочной форме, производится ежемесячно в зависимости от фактически отработанного времени (ежемесячной фактической нагрузки).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z69" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Исчисление заработной платы за объем учебного времени педагогической работы, выполненный сверх учебной нагрузки, установленной при тарификации, производится дополнительно по тарифным ставкам в час по окончании каждого учебного полугодия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z70" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      21. Исчисление доплат педагогам за проверку письменных работ производится в зависимости от общего количества объема учебного времени, включенного в учебную нагрузку при тарификации, по учебным предметам, по которым проверка предусмотрена типовыми учебными программами. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z71" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      22. Заработная плата педагогов школ за работу по индивидуальному обучению в лечебно-профилактических учреждениях, детей с хроническими заболеваниями на дому, а также за проведение занятий по физической культуре с учениками, отнесенными по состоянию здоровья к специальной медицинской группе, исчисляется в порядке, предусмотренном в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z72" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4-параграф. Шағын жинақты жалпы білім беретін мектептер педагогтерінің жалақысын есептеу тәртібі</w:t>
-[...143 lines deleted...]
-    <w:bookmarkStart w:name="z58" w:id="56"/>
+        <w:t xml:space="preserve"> Параграф 4. Порядок исчисления заработной платы педагогов малокомплектных общеобразовательных школ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z73" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Заработная плата педагогам малокомплектных общеобразовательных школ исчисляется за фактическую учебную нагрузку педагогической работы в неделю, но не выше, чем предусмотрено учебным планом класса, входящим в класс-комплект, в котором указан наибольший объем учебного времени в сравнении с другими классами, также входящими в класс-комплект.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z74" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Заработная плата исчисляется одному учителю за работу в полторы смены в зависимости от объема учебного времени по учебному плану с класс-комплектом, в который объединяются обучающиеся, при наличии двух начальных классов с общим контингентом учеников до 20 человек, трех начальных классов с общим контингентом учеников до 15 человек, четырех начальных классов с общим контингентом учеников до 10 человек.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z75" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Заработная плата исчисляется каждому учителю за работу с отдельным классом, если число учеников в двух начальных классах составляет 20 и более человек.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z76" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Заработная плата исчисляется учителю на каждый класс-комплект, в который объединяются три начальных класса, если количество обучающихся составляет 15 и более человек, при объединении четырех начальных классах с количеством 10 и более человек.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z77" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      27. В классах школ и школ-интернатов, за исключением специальных коррекционных организаций для детей с особыми образовательными потребностями, с числом менее 15 обучающихся (воспитанников) доплаты к должностным окладам (ставкам) за классное руководство, проверку тетрадей и письменных работ производятся в размере 50 процентов от размеров, установленных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Постановлением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. Данный порядок применяется также при делении классов на подгруппы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z78" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. В организациях основного среднего, общего среднего образования, имеющих в своем составе малокомплектные классы, исчисление заработной платы педагогов этих классов (классов-комплектов) производится в порядке, предусмотренном в параграф 4 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z79" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 5-параграф. Техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарындағы педагогтерге жалақы есептеу тәртібі</w:t>
-[...313 lines deleted...]
-    <w:bookmarkStart w:name="z70" w:id="68"/>
+        <w:t xml:space="preserve"> Параграф 5. Порядок исчисления заработной платы педагогов в организациях технического и профессионального, послесреднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z80" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      29. Для исчисления заработной платы педагогов в организациях технического и профессионального, послесреднего образования применяется период в один месяц. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z81" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Педагогам организаций технического и профессионального, послесреднего образования, за исключением педагогов общеобразовательных дисциплин, ежегодно до начала учебного года средняя заработная плата в месяц исчисляется путем умножения тарифной ставки педагога в час на установленный ему объем годовой нагрузки и деления полученного произведения на 10 учебных месяцев. Тарифная ставка в час определяется путем деления тарифной ставки (должностного оклада) в месяц на среднемесячную норму учебной нагрузки. Установленная средняя заработная плата в месяц начисляется педагогу за работу в течение учебного года, за исключением дней очередного отпуска.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z82" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      30. Педагогам, поступившим на работу в течение учебного года, средняя заработная плата в месяц исчисляется путем умножения тарифной ставки в час данного педагога на объем учебной нагрузки, приходящейся на полные учебные месяцы, оставшиеся до конца учебного года, и деления полученного произведения на количество этих же месяцев. Заработная плата за неполный рабочий месяц в этом случае исчисляется за фактическое количество часов. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z83" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Педагогам, поступившим на работу до начала учебного года, заработная плата за работу до начала занятий исчисляется из расчета тарифной ставки в месяц, определенной с учетом уровня их образования и стажа педагогической работы, установленных в соответствии с законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z84" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. В случае освобождения в соответствии с действующим</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> законодательством </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>педагога от учебных занятий с сохранением за ним средней заработной платы распределенная ему годовая учебная нагрузка уменьшается:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z85" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) за каждый полный месяц отсутствия на работе – на 1/10 часть от годовой нагрузки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z86" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) за неполный месяц – исходя из количества пропущенных рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z87" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В таком же порядке производится уменьшение годовой учебной нагрузки в случае освобождения педагога от учебных занятий без сохранения средней заработной платы. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z88" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Уменьшение нагрузки не производится за дни, когда педагог фактически выполнил учебную работу (например, в день выдачи больничного листа, в день выбытия в командировку и прибытия из нее). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z89" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Если в организации образования учебный процесс продолжается в течение всего календарного года, и оплачиваемый ежегодный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> трудовой отпуск</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогам в связи с этим предоставляется в различные месяцы года, а не только в период летних каникул, снижение учебной нагрузки на 1/10 часть за время оплачиваемого ежегодного трудового отпуска за текущий год не производится. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z90" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. За часы педагогической работы, данные сверх распределенной годовой нагрузки, заработная плата исчисляется дополнительно по тарифным ставкам в час после выполнения педагогом годовой учебной нагрузки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z91" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      34. В организациях технического и профессионального, послесреднего образования с индивидуальными формами обучения (культуры и искусства) тарификация педагогов производится дважды в учебном году: на начало первого и начало второго полугодий. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z92" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      35. Если теоретические занятия в организациях технического и профессионального образования проводятся в течение 39-40 учебных недель в году (при сроке обучения в 10 месяцев), то заработная плата педагогов общеобразовательных дисциплин исчисляется исходя из среднего количества учебных часов по данной дисциплине в неделю и числа недель теоретического обучения по учебному плану. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z93" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      36. В случаях, когда в соответствии с учебным планом теоретические занятия в организациях технического и профессионального образования проводятся в течение 27 учебных недель в году (со сроком обучения в 6 месяцев), средняя заработная плата педагогам в месяц исчисляется из расчета средней недельной учебной нагрузки, определяемой путем деления годового объема учебной работы по учебному плану на 38 недель. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z94" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      37. Мастерам производственного обучения, состоящим в штате организаций образования, исчисление заработной платы производится по месячным должностным окладам. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z95" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При неполном объеме учебной нагрузки, а также за объем учебного времени, данного сверх установленной нормы рабочего времени, при выполнении обязанностей временно отсутствующих мастеров производственного обучения в связи с болезнью, отпуском, предусмотренным</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кодексом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, командировкой, учебным сбором и другими причинами, предусмотренными законодательством Республики Казахстан, и в случаях, когда в связи с недостаточным объемом учебной работы в штат учебного заведения не может быть введена штатная единица мастера, мастерам производственного обучения производится почасовая оплата. Размер заработной платы в этих случаях исчисляется путем деления должностного оклада мастера в месяц на среднемесячную норму рабочих часов и умножения полученной тарифной ставки в час на фактически отработанные часы в месяц. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z96" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3-тарау. Білім беру ұйымдарының қызметкерлеріне көбейтуді, сондай-ақ қосымша ақылар мен үстемеақыларды есептеу тәртібі</w:t>
-[...293 lines deleted...]
-    <w:bookmarkStart w:name="z81" w:id="79"/>
+        <w:t xml:space="preserve"> Глава 3. Порядок исчисления повышений, доплат и надбавок работникам организаций образования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z97" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      38. Суммы повышений, доплат и надбавок, установленных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Постановлением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, исчисляются в зависимости от фактической нагрузки, за исключением следующих случаев доплат: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z98" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) основному учителю 1-4 классов общеобразовательных школ и школ-интернатов всех типов и видов доплата за проверку тетрадей производится независимо от объема учебной нагрузки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z99" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) педагогам организаций начального, основного среднего, общего среднего образования за степень магистра по научно-педагогическому направлению;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z100" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) учителям организаций начального, основного среднего, общего среднего образования, за исключением организаций образования, осуществляющих деятельность в области культуры и спорта, военных учебных заведений, за наставничество.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z101" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      39. Исчисление доплаты за квалификационный уровень учителям организаций образования, реализующих учебные программы начального, основного среднего и общего среднего образования, прошедшим уровневое повышение квалификации, сдавшим квалификационный экзамен до 1 января 2016 года и получившим сертификат по программе соответствующего уровня – первого (продвинутого) уровня; второго (основного) уровня; третьего (базового) уровня – осуществляется к должностному окладу с учетом фактической нагрузки, но не более установленной законодательством нормативной учебной нагрузки. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z102" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. Учителям и преподавателям организаций образования, имеющим документ о прохождении международного экзамена (теста) на знание английского языка APTIS (All Purpose Ticket Issuing System – Ол Пупос Тикет Ишун Систем), IELTS (International English Language Testing System – Интенашнл Инглиш Лангуич Тестин Систем), TOEFL (Test of English as a Foreign Language – Тест оф Инглиш аз э Форин Лангуич), CEPT (Conference of European Post and Telecommunications – Конфеернц оф Еуропиан Пост энд Телекомюникайшнз), FCE (First Certificate in English – ФҰст Сертификат ин Инглиш), EMI (English as the Medium of Instruction – Инглиш аз зе Мидиам оф Интракшин), TKT CLIL (Content and Language Integrated Learning – Контент энд Лангуич Интеграйтед ЛҰнинг), с подтверждением уровня не ниже B1 согласно общеевропейской шкале компетенций владения иностранным языком CEFR (Common European Framework of Reference – Комин Еуропиан Фремуорк оф Референс) или имеющим языковые компетенции, позволяющие преподавание предметов на английском языке согласно приложению к диплому, и реализующим учебные программы основного среднего и общего среднего образования, учебные программы технического и профессионального, послесреднего образования по учебным предметам "Физика", "Химия", "Биология", "Информатика" на английском языке, производится доплата в размере до 200% от базового должностного оклада в зависимости от степени погружения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z103" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      200% от базового должностного оклада – при режиме полного погружения: проведение всех этапов урока на английском языке в общеобразовательных школах, специализированных организациях образования за счет инвариантного и вариативного компонентов в 10-11 классах и в общеобразовательных школах, специализированных организациях образования за счет вариативного компонента в 7-9 классах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z104" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      100% от базового должностного оклада – при режиме частичного погружения: проведение отдельных этапов урока, изучение терминологии и отдельных разделов на английском языке в общеобразовательных школах, специализированных организациях образования за счет вариативного компонента в 7-9 классах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z105" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом уровень готовности учителей соответствует 100%-му освоению учебного предмета на английском языке, уровень готовности учеников – 100 %-му владению английским языком на уровне А2 и выше, и уровень обеспеченности учебниками и учебно-методическими комплексами на английском языке (в том числе билингвальными) также составляет 100%.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z106" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      41. Доплата за классное руководство в школах-интернатах всех типов устанавливается в классах, укомплектованных приходящими учениками. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z107" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. Педагогам в организациях начального, основного среднего, общего среднего образования начисляется доплата в размере 10 минимальных расчетных показателей на основании документов установленного образца и производится по основному месту работы независимо от фактической нагрузки:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z108" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      – при наличии степени магистра по научно-педагогическому направлению со сроком обучения не менее двух лет в соответствии с Государственным общеобязательным стандартом послевузовского образования и (или) освоении не менее 120 академических кредитов ECTS (European Credit Transfer and Accumulation System - Еуропиан Кредит Трансфер энд Акьюмилейшн Систем) по образовательным программам научно-педагогического направления (по следующим направлениям подготовки – 7M011 Педагогика и психология, 7M012 Педагогика дошкольного воспитания и обучения, 7M013 Подготовка учителей без предметной специализации, 7M014 Подготовка учителей с предметной специализацией общего развития, 7M015 Подготовка учителей по естественнонаучным предметам, 7M016 Подготовка учителей по гуманитарным предметам, 7M017 Подготовка учителей по языкам и литературе, 7M018 Подготовка специалистов по социальной педагогике и самопознанию, 7M019 Подготовка специалистов по специальной педагогике, 7M021 Искусство, 7M022 Гуманитарные науки, 7M023 Языки и литература, 7M031 Социальные науки, 7M032 Журналистика и информация, 7M041Бизнес и управление, 7M042 Право, 7M051 Биологические и смежные науки, 7M052 Окружающая среда, 7M053 Физические науки, 7M054 Математика и статистика, 7M061 Информационно-коммуникационные технологии, 7M121 Военное дело, 7M122 Национальная безопасность, 7M123 Общественная безопасность), а также по специальностям, эквивалентным вышеуказанным направлениям подготовки в соответствии с Классификатором специальностей высшего и послевузовского образования Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z109" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      – магистру, окончившему профильную магистратуру после дополнительного освоения образовательной программы магистратуры педагогического профиля.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z110" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. Учителям организаций начального, основного среднего, общего среднего образования, за исключением организаций образования, осуществляющих деятельность в области культуры и спорта, военных учебных заведений, начисляется доплата за наставничество, осуществляемое в порядке, установленном уполномоченным органом в области образования, в размере 100% от базового должностного оклада независимо от фактической нагрузки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z111" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. Все виды доплат и надбавок исчисляются от базового должностного оклада, за исключением доплат за ученую степень, за работу в ночное время, в праздничные и выходные дни, за сверхурочную работу, за проживание на территориях радиационного риска и в зонах экологического бедствия, учителям, реализующим учебные программы начального, основного среднего и общего среднего образования по обновленному содержанию образования, за квалификацию педагогического мастерства учителям, педагогам-психологам, реализующим общеобразовательные учебные программы начального, основного среднего и общего среднего образования, за степень магистра по научно-педагогическому направлению, а также доплаты за квалификационную категорию, которые исчисляются от должностного оклада.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z112" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4-тарау. Төтенше жағдай, төтенше ахуал кезеңінде мемлекеттік білім беру ұйымдары педагогтерінің жалақысын есептеу тәртібі</w:t>
-[...69 lines deleted...]
-        <w:t>38</w:t>
+        <w:t xml:space="preserve"> Глава 4. Порядок исчисления заработной платы педагогов государственных организаций образования в период чрезвычайного положения, чрезвычайной ситуации</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z113" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45. Порядок исчисления заработной платы работников государственных организаций образования в период чрезвычайного положения, чрезвычайной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ситуации </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>регулируется Кодексом, нормативными правовыми актами, регламентирующими режим чрезвычайного положения, чрезвычайной ситуации, и настоящими Правилами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z114" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46. Исчисление заработной платы работников организаций образования в период чрезвычайного положения (далее – ЧП), чрезвычайной ситуации (далее– ЧС) задействованных в организации и проведении обучения на основе дистанционных образовательных технологий, производится в соответствии с настоящими Правилами и видом организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z115" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      47. Исчисление заработной платы с сохранением прежнего уровня заработной платы производится работникам организаций образования в период ЧП, ЧС, не задействованным в организации и проведении обучения на основе дистанционных образовательных технологий, при привлечении их к другим видам работ с согласия самого работника, оформленного внесением соответствующих изменений в трудовой договор, путем перевода на другие виды работ в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьями 38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -2947,114 +3313,134 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> және </w:t>
-[...62 lines deleted...]
-    <w:bookmarkEnd w:id="83"/>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>58</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кодекса, а также в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 127</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кодекса при временном переводе работника в структурное подразделение работодателя, расположенное в другой местности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z116" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      48. Исчисление заработной платы работников государственных организаций образования в период ЧП, ЧС за время простоя по причинам, не зависящим от работодателя и работника, определенного в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 112</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кодекса трудовым, коллективным договорами, производится в размерах, установленных до введения режима ЧП, ЧС, но не более одной тарифной ставки (должностного оклада) и не ниже законодательно установленного минимального размера заработной платы. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3088,407 +3474,407 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Приложение к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрінің</w:t>
+              <w:t>Министра образования и науки</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2020 жылғы 11 мамырдағы</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 191 бұйрығына 2-қосымша</w:t>
+              <w:t>от 11 мая 2020 года № 191</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z87" w:id="84"/>
+    <w:bookmarkStart w:name="z118" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қазақстан Республикасы Білім және ғылым министрінің күші жойылған кейбір бұйрықтардың тізбесі.</w:t>
-[...242 lines deleted...]
-    <w:bookmarkEnd w:id="90"/>
+        <w:t xml:space="preserve"> Перечень утративших силу некоторых приказов Министра образования и науки Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z119" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 2 августа 2013 года № 313 "О внесении изменения и дополнений в приказ Министра образования и науки Республики Казахстан от 29 января 2008 года № 40 "Об утверждении Правил исчисления заработной платы работникам государственных организаций образования, финансируемых за счет средств бюджета";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z120" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 24 сентября 2014 года № 394 "О внесении изменения в приказ Министра образования и науки Республики Казахстан от 29 января 2008 года № 40 "Об утверждении Правил исчисления заработной платы работникам государственных организаций образования, финансируемых за счет средств бюджета";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z121" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 29 февраля 2016 года № 181 "О внесении изменений и дополнения в приказ Министра образования и науки Республики Казахстан от 29 января 2008 года № 40 "Об утверждении Правил исчисления заработной платы работникам государственных организаций образования, финансируемых за счет средств бюджета";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z122" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 3 июля 2017 года № 315 "О внесении дополнения в приказ Министра образования и науки Республики Казахстан от 29 января 2008 года № 40 "Об утверждении Правил об исчислении заработной платы работников государственных организаций образования, финансируемых за счет средств бюджета";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z123" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 21 декабря 2017 года № 638 "О внесении изменения в приказ Министра образования и науки Республики Казахстан от 29 января 2008 года № 40 "Об утверждении Правил об исчислении заработной платы работников государственных организаций образования, финансируемых за счет средств бюджета";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z124" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 19 февраля 2018 года № 64 "О внесении изменения в приказ Министра образования и науки Республики Казахстан от 29 января 2008 года № 40 "Об утверждении Правил об исчислении заработной платы работников государственных организаций образования, финансируемых за счет средств бюджета".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
+					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns18="urn:schemas-microsoft-com:office:excel" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns18="urn:schemas-microsoft-com:office:excel" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3814,31 +4200,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>