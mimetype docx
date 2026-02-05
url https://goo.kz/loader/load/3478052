--- v0 (2025-12-06)
+++ v1 (2026-02-05)
@@ -45,57 +45,57 @@
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="0000"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="9639"/>
             </w:tblGrid>
             <w:tr w:rsidR="006B3173" w:rsidTr="006B3173">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9639" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:tbl>
                   <w:tblPr>
                     <w:tblW w:w="0" w:type="auto"/>
                     <w:tblLayout w:type="fixed"/>
                     <w:tblLook w:val="0000"/>
                   </w:tblPr>
                   <w:tblGrid>
                     <w:gridCol w:w="9423"/>
                   </w:tblGrid>
-                  <w:tr w:rsidR="007F6B72" w:rsidTr="007F6B72">
+                  <w:tr w:rsidR="005B1631" w:rsidTr="005B1631">
                     <w:tc>
                       <w:tcPr>
                         <w:tcW w:w="9423" w:type="dxa"/>
                         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                       </w:tcPr>
-                      <w:p w:rsidR="007F6B72" w:rsidRPr="007F6B72" w:rsidRDefault="007F6B72" w:rsidP="00EF4E93">
+                      <w:p w:rsidR="005B1631" w:rsidRPr="005B1631" w:rsidRDefault="005B1631" w:rsidP="00EF4E93">
                         <w:pPr>
                           <w:rPr>
                             <w:color w:val="0C0000"/>
                             <w:sz w:val="24"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="0C0000"/>
                             <w:sz w:val="24"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t>№ исх: 484   от: 17.11.2020</w:t>
                         </w:r>
                       </w:p>
                     </w:tc>
                   </w:tr>
                 </w:tbl>
                 <w:p w:rsidR="006B3173" w:rsidRPr="006B3173" w:rsidRDefault="006B3173" w:rsidP="00EF4E93">
                   <w:pPr>
                     <w:rPr>
                       <w:color w:val="0C0000"/>
                       <w:sz w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
@@ -137,749 +137,685 @@
         </w:rPr>
         <w:t>аласы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">                                      город </w:t>
       </w:r>
       <w:r w:rsidRPr="001F4908">
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Нур</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>-Султан</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001071FE" w:rsidRDefault="001071FE" w:rsidP="001071FE">
+    <w:p w:rsidR="00296D83" w:rsidRDefault="00296D83" w:rsidP="00296D83">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:right="5102" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00296D83" w:rsidRPr="008A0016" w:rsidRDefault="00296D83" w:rsidP="00296D83">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:right="5102" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001227AF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>О внесении изменени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">я </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001227AF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в приказ Министра образования и науки Республики Казахстан от </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>13 августа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001227AF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>345«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005320F8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Об утверждении Методическихрекомендаций по осуществлениюучебного процесса в организациях образованияв период ограничительных мер, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E9073E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">связанныхс </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD34D3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>распространением</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005320F8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> коронавирусной инфекции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00296D83" w:rsidRDefault="00296D83" w:rsidP="00296D83">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:right="139" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00296D83" w:rsidRPr="00A30811" w:rsidRDefault="00BB74D1" w:rsidP="00296D83">
       <w:pPr>
         <w:pStyle w:val="a8"/>
-        <w:ind w:right="4819"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="004B58D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В соответствии с пунктом 3 статьи 65 Закона Республики Казахстан                   от 6 апреля 2016 года «О правовых актах» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и н</w:t>
+      </w:r>
+      <w:r w:rsidR="00296D83" w:rsidRPr="00A30811">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а основании постановления Главного государственного санитарного врача</w:t>
+      </w:r>
+      <w:r w:rsidR="00296D83" w:rsidRPr="00A30811">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidR="00296D83" w:rsidRPr="00A30811">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от 2 </w:t>
+      </w:r>
+      <w:r w:rsidR="00296D83" w:rsidRPr="00A30811">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ноября</w:t>
+      </w:r>
+      <w:r w:rsidR="00296D83" w:rsidRPr="00A30811">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2020 года №</w:t>
+      </w:r>
+      <w:r w:rsidR="00296D83" w:rsidRPr="00A30811">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 62</w:t>
+      </w:r>
+      <w:r w:rsidR="00296D83" w:rsidRPr="00A30811">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
     </w:p>
-    <w:tbl>
-[...128 lines deleted...]
-    <w:p w:rsidR="008A2FB0" w:rsidRDefault="008A2FB0" w:rsidP="008A2FB0">
+    <w:p w:rsidR="00296D83" w:rsidRPr="00FD34D3" w:rsidRDefault="00296D83" w:rsidP="00296D83">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A30811">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Внести в приказ Министра образования и науки Республики Казахстан от 13 августа 2020 года № 345 «Об утверждении Методических рекомендаций по осуществлению учебного процесса в организациях образования в период ограничительных мер, связанных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD34D3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с распространением ко</w:t>
+      </w:r>
+      <w:r w:rsidR="006125C5" w:rsidRPr="00FD34D3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ронавирусной инфекции»  следующе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD34D3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е изменение:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00296D83" w:rsidRDefault="008F02B2" w:rsidP="00296D83">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD34D3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+      <w:r w:rsidR="00296D83" w:rsidRPr="00FD34D3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>етодические рекомендации по организации учебного процесса в организациях среднего образования в период ограничительных мер, связанных с недопущением  распространения коронавирусной</w:t>
+      </w:r>
+      <w:r w:rsidR="00296D83" w:rsidRPr="00FE3E93">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> инфекции, утвержденных указанным приказом, изложить в редакции согласно приложению  к нас</w:t>
+      </w:r>
+      <w:r w:rsidR="00296D83">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тоящему приказу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00296D83" w:rsidRPr="008D7D4B" w:rsidRDefault="008D7D4B" w:rsidP="008D7D4B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00296D83" w:rsidRPr="008D7D4B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Комитету дошкольного и среднего образования Министерства образования и науки Республики Казахстан (Мелдебекова М.Т.)</w:t>
+      </w:r>
+      <w:r w:rsidR="00296D83" w:rsidRPr="008D7D4B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00296D83" w:rsidRPr="008D7D4B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> довести настоящий приказ до сведения руководителей управлений образования областей, городов Нур-Султан, Алматы и Шымкент.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00296D83" w:rsidRPr="00503E34" w:rsidRDefault="008D7D4B" w:rsidP="00296D83">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           3</w:t>
+      </w:r>
+      <w:r w:rsidR="00296D83">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00296D83" w:rsidRPr="00503E34">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Руководителям управлений образования областей, городов Нур-Султан, Алматы и Шымкент довести настоящий приказ до сведения районных и городских отделов образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00296D83" w:rsidRPr="008D7D4B" w:rsidRDefault="008D7D4B" w:rsidP="008D7D4B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidR="00296D83" w:rsidRPr="008D7D4B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Контроль за исполнением настоящего приказа возложить на курирующ</w:t>
+      </w:r>
+      <w:r w:rsidR="00296D83" w:rsidRPr="008D7D4B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r w:rsidR="00296D83" w:rsidRPr="008D7D4B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вице-министра образования и науки Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00296D83" w:rsidRPr="006411A4" w:rsidRDefault="006411A4" w:rsidP="006411A4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r w:rsidR="00296D83" w:rsidRPr="006411A4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Настоящий приказ вводится в действие со дня его подписания.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00296D83" w:rsidRDefault="00296D83" w:rsidP="00296D83">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008A2FB0" w:rsidRPr="002E55A8" w:rsidRDefault="008A2FB0" w:rsidP="008A2FB0">
-[...96 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="00296D83" w:rsidRPr="0046489C" w:rsidRDefault="00296D83" w:rsidP="00296D83">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C94245">
-[...5 lines deleted...]
-        <w:t>кө</w:t>
+    </w:p>
+    <w:p w:rsidR="00296D83" w:rsidRDefault="00296D83" w:rsidP="00296D83">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009274A5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009274A5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>инистр</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...35 lines deleted...]
-        <w:t>шаға сәйкес редакцияда жазылсын.</w:t>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>А. Аймагамбетов</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A2FB0" w:rsidRDefault="008A2FB0" w:rsidP="008A2FB0">
-[...20 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="005B1631" w:rsidRDefault="005B1631" w:rsidP="00296D83">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="008A2FB0" w:rsidRDefault="008A2FB0" w:rsidP="008A2FB0">
-[...289 lines deleted...]
-        <w:contextualSpacing/>
+    <w:p w:rsidR="005B1631" w:rsidRPr="005B1631" w:rsidRDefault="005B1631" w:rsidP="005B1631">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
         <w:rPr>
           <w:color w:val="0C0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="0C0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Результаты согласования</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="0C0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>14.11.2020 16:19:30: Зейнуллаулы А. З. (Управление правового обеспечения) - - cогласовано без замечаний</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
         <w:t>14.11.2020 20:16:24: Давлет Т. В. (Юридический Департамент) - - cогласовано без замечаний</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
         <w:t>16.11.2020 15:06:53: Дауленов М. М. (Руководство) - - cогласовано без замечаний</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="007F6B72" w:rsidRPr="007F6B72" w:rsidSect="00642211">
+    <w:sectPr w:rsidR="005B1631" w:rsidRPr="005B1631" w:rsidSect="00642211">
       <w:headerReference w:type="even" r:id="rId7"/>
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="849" w:bottom="993" w:left="1418" w:header="851" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="0">
-    <w:p w:rsidR="00245544" w:rsidRDefault="00245544">
+    <w:p w:rsidR="005121B5" w:rsidRDefault="005121B5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="00245544" w:rsidRDefault="00245544">
+    <w:p w:rsidR="005121B5" w:rsidRDefault="005121B5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
@@ -898,232 +834,226 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Consolas">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="0">
-    <w:p w:rsidR="00245544" w:rsidRDefault="00245544">
+    <w:p w:rsidR="005121B5" w:rsidRDefault="005121B5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="00245544" w:rsidRDefault="00245544">
+    <w:p w:rsidR="005121B5" w:rsidRDefault="005121B5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00BE78CA" w:rsidRDefault="003F6422" w:rsidP="00E43190">
+  <w:p w:rsidR="00BE78CA" w:rsidRDefault="006140FA" w:rsidP="00E43190">
     <w:pPr>
       <w:pStyle w:val="ab"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
-        <w:rStyle w:val="af1"/>
+        <w:rStyle w:val="af2"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="af1"/>
+        <w:rStyle w:val="af2"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00BE78CA">
       <w:rPr>
-        <w:rStyle w:val="af1"/>
+        <w:rStyle w:val="af2"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="af1"/>
+        <w:rStyle w:val="af2"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00BE78CA" w:rsidRDefault="00BE78CA">
     <w:pPr>
       <w:pStyle w:val="ab"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00BE78CA" w:rsidRDefault="003F6422" w:rsidP="00E43190">
+  <w:p w:rsidR="00BE78CA" w:rsidRDefault="006140FA" w:rsidP="00E43190">
     <w:pPr>
       <w:pStyle w:val="ab"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
-        <w:rStyle w:val="af1"/>
+        <w:rStyle w:val="af2"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="af1"/>
+        <w:rStyle w:val="af2"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00BE78CA">
       <w:rPr>
-        <w:rStyle w:val="af1"/>
+        <w:rStyle w:val="af2"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="af1"/>
+        <w:rStyle w:val="af2"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00B534F0">
+    <w:r w:rsidR="003A7BB8">
       <w:rPr>
-        <w:rStyle w:val="af1"/>
+        <w:rStyle w:val="af2"/>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="af1"/>
+        <w:rStyle w:val="af2"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00BE78CA" w:rsidRDefault="003F6422">
+  <w:p w:rsidR="00BE78CA" w:rsidRDefault="006140FA">
     <w:pPr>
       <w:pStyle w:val="ab"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
-        <v:shape id="Надпись 6" o:spid="_x0000_s4101" type="#_x0000_t202" style="position:absolute;margin-left:494.4pt;margin-top:41.65pt;width:30pt;height:631.45pt;z-index:251662336;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAt2/iYAgMAAFsGAAAOAAAAZHJzL2Uyb0RvYy54bWysVbFu2zAQ3Qv0HwjujiRHsS0hcuAkcFHA&#10;aIImRWaaImMhFKmStC236NC9v9B/6NChW3/B+aMeKclx0g5N0YUi794d794dT8cndSnQimlTKJnh&#10;6CDEiEmq8kLeZvjd9bQ3wshYInMilGQZ3jCDT8YvXxyvq5T11UKJnGkETqRJ11WGF9ZWaRAYumAl&#10;MQeqYhKUXOmSWDjq2yDXZA3eSxH0w3AQrJXOK60oMwak540Sj71/zhm1F5wbZpHIMMRm/ar9Ondr&#10;MD4m6a0m1aKgbRjkH6IoSSHh0p2rc2IJWuriN1dlQbUyitsDqspAcV5Q5nOAbKLwSTZXC1IxnwuQ&#10;Y6odTeb/uaVvVpcaFXmGBxhJUkKJtl+337bftz+3P+4/339BA8fRujIpQK8qANv6VNVQ605uQOhS&#10;r7ku3ReSQqAHtjc7hlltEQXh4SgKQ9BQUI3CKAmTkXMTPFhX2thXTJXIbTKsoYKeWLKaGdtAO4i7&#10;TKppIYSvopBoDWkcHoXeYKcB50I6LPP90LiBU21h6+UQnK/VxyTqx+FpP+lNB6NhL57GR71kGI56&#10;EOlpMgjjJD6ffnLeozhdFHnO5KyQrOubKP67urQd3FTcd86jwI0SRe6ycrG5XM+ERisCDTwXhN61&#10;fO2hgsfheDohu+7rswxcBZtK+Z3dCOb8C/mWcai/L5gT+JfHdlcSSpm0vtaeR0A7FIfwnmPY4p1p&#10;U4XnGO8s/M1K2p1xWUilfbWfhJ3fdSHzBg9k7OXttrae121nz1W+gcbWChoOmtNUdFoA7zNi7CXR&#10;MA9ACDPOXsDChYIuU+0Oo4XSH/4kd/gMu7U/BPM1jJgMm/dLohlG4rWEN5xEcQwq6w/x0bAPB72v&#10;me9r5LI8U9AEkQ/Qbx3eim7LtSpvYBpO3MWgIpJCcBm23fbMNoMPpillk4kHwRSqiJ3Jq4o6145h&#10;13LX9Q3RVfsGLTTTG9UNI5I+eYoN1llKNVlaxQv/Th3HDbEt9zDBfEu209aNyP2zRz38E8a/AAAA&#10;//8DAFBLAwQUAAYACAAAACEAaTdHQuEAAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzW7CMBCE&#10;75X6DtZW6q04EITSNA5CiLaHqgd+VHFc4m0SEa+j2JD07euc4LY7O5r5NlsOphFX6lxtWcF0EoEg&#10;LqyuuVRw2L+/JCCcR9bYWCYFf+RgmT8+ZJhq2/OWrjtfihDCLkUFlfdtKqUrKjLoJrYlDrdf2xn0&#10;Ye1KqTvsQ7hp5CyKFtJgzaGhwpbWFRXn3cUo2E6/3Lc++gO7fjN86OPmhz/PSj0/Das3EJ4GfzPD&#10;iB/QIQ9MJ3th7USj4DVJArpXkMQxiNEQzUflFKZ4vpiBzDN5/0T+DwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAC3b+JgCAwAAWwYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAGk3R0LhAAAADAEAAA8AAAAAAAAAAAAAAAAAXAUAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAABqBgAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
-          <v:fill o:detectmouseclick="t"/>
+        <v:shape id="Text Box 7" o:spid="_x0000_s4101" type="#_x0000_t202" style="position:absolute;margin-left:494.4pt;margin-top:41.65pt;width:30pt;height:631.4pt;z-index:251662336;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHXE5ZhgIAABIFAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1v2yAQ/j5p/wHxPfXLnMS26lR9WaZJ&#10;3YvU7gcQwDEaBgYkdjX1v+/ASZt2mjRNywfCccfD3T3P+fxi7CXac+uEVg3OzlKMuKKaCbVt8Lf7&#10;9azEyHmiGJFa8QY/cIcvVm/fnA+m5rnutGTcIgBRrh5MgzvvTZ0kjna8J+5MG67A2WrbEw+m3SbM&#10;kgHQe5nkabpIBm2ZsZpy5+D0ZnLiVcRvW079l7Z13CPZYMjNx9XGdRPWZHVO6q0lphP0kAb5hyx6&#10;IhQ8+gR1QzxBOyt+g+oFtdrp1p9R3Se6bQXlsQaoJktfVXPXEcNjLdAcZ57a5P4fLP28/2qRYA1e&#10;YKRIDxTd89GjKz2iZejOYFwNQXcGwvwIx8ByrNSZW02/O6T0dUfUll9aq4eOEwbZZeFmcnJ1wnEB&#10;ZDN80gyeITuvI9DY2j60DpqBAB1YenhiJqRC4fBdmaUpeCi4yjQrl2WkLiH18baxzn/gukdh02AL&#10;zEd0sr91PmRD6mNIeMxpKdhaSBkNu91cS4v2BFSyjr9YwKswqUKw0uHahDidQJLwRvCFdCPrP6ss&#10;L9KrvJqtF+VyVqyL+axapuUszaqrapEWVXGzfgwJZkXdCca4uhWKHxWYFX/H8GEWJu1EDaKhwdU8&#10;n08U/bFIaGbo51TFi170wsNAStGHRh+DSB2Ifa8YXCC1J0JO++Rl+rHL0IPjf+xKlEFgftKAHzcj&#10;oARtbDR7AEFYDXwBt/AVgU1Y8yWYAwxlg92PHbEcI/lRga6qrCjA5aNRzJc5GPbUszn1EEU7DbPu&#10;MZq2136a/J2xYtvBY5OSlb4ELbYiyuQ5sYOCYfBiPYePRJjsUztGPX/KVr8AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQAQ/AZz4AAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqN2m&#10;ikKIUxUkTkiVKBHnbezGaeN1FLtp4OtxTvS2OzuaeVtsJtuxUQ++dSRhuRDANNVOtdRIqL7enzJg&#10;PiAp7BxpCT/aw6a8vyswV+5Kn3rch4bFEPI5SjAh9Dnnvjbaol+4XlO8Hd1gMcR1aLga8BrDbcdX&#10;QqTcYkuxwWCv34yuz/uLlTCK36pO0PGP3Smtzluzeh1331I+PkzbF2BBT+HfDDN+RIcyMh3chZRn&#10;nYTnLIvoQUKWJMBmg1jPyiFOyTpdAi8LfvtE+QcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCHXE5ZhgIAABIFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQAQ/AZz4AAAAAwBAAAPAAAAAAAAAAAAAAAAAOAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAA7QUAAAAA&#10;" stroked="f">
           <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
             <w:txbxContent>
-              <w:p w:rsidR="007F6B72" w:rsidRPr="007F6B72" w:rsidRDefault="007F6B72">
+              <w:p w:rsidR="005B1631" w:rsidRPr="005B1631" w:rsidRDefault="005B1631">
                 <w:pPr>
                   <w:rPr>
                     <w:color w:val="0C0000"/>
                     <w:sz w:val="14"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:color w:val="0C0000"/>
                     <w:sz w:val="14"/>
                   </w:rPr>
                   <w:t xml:space="preserve">17.11.2020 ЕСЭДО ГО (версия 7.23.0)  </w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
       <w:pict>
-        <v:shape id="Надпись 5" o:spid="_x0000_s4100" type="#_x0000_t202" style="position:absolute;margin-left:494.4pt;margin-top:41.65pt;width:30pt;height:631.45pt;z-index:251661312;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA4Qv6MAwMAAFsGAAAOAAAAZHJzL2Uyb0RvYy54bWysVb1u2zAQ3gv0HQjujiRH/pEROXASuChg&#10;JEGTIjNNkbEQilRJ2pYbdOjeV+g7dOjQra/gvFGPlOQ4aYem6EKRd98d7747no6Oq0KgFdMmVzLF&#10;0UGIEZNUZbm8TfH762lniJGxRGZEKMlSvGEGH49fvzpalyPWVQslMqYROJFmtC5TvLC2HAWBoQtW&#10;EHOgSiZByZUuiIWjvg0yTdbgvRBBNwz7wVrprNSKMmNAelYr8dj755xRe8G5YRaJFENs1q/ar3O3&#10;BuMjMrrVpFzktAmD/EMUBcklXLpzdUYsQUud/+aqyKlWRnF7QFURKM5zynwOkE0UPsvmakFK5nMB&#10;cky5o8n8P7f0fHWpUZ6luIeRJAWUaPt1+237fftz++Ph88MX1HMcrUszAuhVCWBbnagKat3KDQhd&#10;6hXXhftCUgj0wPZmxzCrLKIgPBxGYQgaCqphGCVhMnRugkfrUhv7hqkCuU2KNVTQE0tWM2NraAtx&#10;l0k1zYXwVRQSrVPcP+yF3mCnAedCOizz/VC7gVNlYevlEJyv1X0SdePwpJt0pv3hoBNP414nGYTD&#10;DkR6kvTDOInPpp+c9ygeLfIsY3KWS9b2TRT/XV2aDq4r7jvnSeBGiTxzWbnYXK6nQqMVgQaeC0Lv&#10;Gr72UMHTcDydkF379VkGroJ1pfzObgRz/oV8xzjU3xfMCfzLY7srCaVMWl9rzyOgHYpDeC8xbPDO&#10;tK7CS4x3Fv5mJe3OuMil0r7az8LO7tqQeY0HMvbydltbzaums+cq20BjawUNB81pSjrNgfcZMfaS&#10;aJgHIIQZZy9g4UJBl6lmh9FC6Y9/kjt8it3aHYD5GkZMis2HJdEMI/FWwhtOojgGlfWHuDfowkHv&#10;a+b7GrksThU0QeQD9FuHt6Ldcq2KG5iGE3cxqIikEFyKbbs9tfXgg2lK2WTiQTCFSmJn8qqkzrVj&#10;2LXcdXVDdNm8QQvNdK7aYURGz55ijXWWUk2WVvHcv1PHcU1swz1MMN+SzbR1I3L/7FGP/4TxLwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAGk3R0LhAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj81uwjAQ&#10;hO+V+g7WVuqtOBCE0jQOQoi2h6oHflRxXOJtEhGvo9iQ9O3rnOC2Ozua+TZbDqYRV+pcbVnBdBKB&#10;IC6srrlUcNi/vyQgnEfW2FgmBX/kYJk/PmSYatvzlq47X4oQwi5FBZX3bSqlKyoy6Ca2JQ63X9sZ&#10;9GHtSqk77EO4aeQsihbSYM2hocKW1hUV593FKNhOv9y3PvoDu34zfOjj5oc/z0o9Pw2rNxCeBn8z&#10;w4gf0CEPTCd7Ye1Eo+A1SQK6V5DEMYjREM1H5RSmeL6Ygcwzef9E/g8AAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQA4Qv6MAwMAAFsGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQBpN0dC4QAAAAwBAAAPAAAAAAAAAAAAAAAAAF0FAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAawYAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+        <v:shape id="Надпись 5" o:spid="_x0000_s4100" type="#_x0000_t202" style="position:absolute;margin-left:494.4pt;margin-top:41.65pt;width:30pt;height:631.45pt;z-index:251661312;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAoqaCTDQMAAHsGAAAOAAAAZHJzL2Uyb0RvYy54bWysVT1u2zAU3gv0DgR3R5Ij/wmRAyeBiwJG&#10;EjQpMtMUFQuhSJakbblBh+69Qu/QoUO3XsG5UR8pyXHSDk3RhSL5vvf7PT4dHVclRyumTSFFiqOD&#10;ECMmqMwKcZvi99fTzhAjY4nICJeCpXjDDD4ev351tFYJ68qF5BnTCIwIk6xVihfWqiQIDF2wkpgD&#10;qZgAYS51SSwc9W2QabIG6yUPumHYD9ZSZ0pLyoyB27NaiMfefp4zai/y3DCLeIohNutX7de5W4Px&#10;EUluNVGLgjZhkH+IoiSFAKc7U2fEErTUxW+myoJqaWRuD6gsA5nnBWU+B8gmCp9lc7UgivlcoDhG&#10;7cpk/p9Zer661KjIUtzDSJASKNp+3X7bft/+3P54+PzwBfVcjdbKJAC9UgC21YmsgGufr1EzSe8M&#10;QII9TK1gAO1qUuW6dF/IFoEi0LDZlZ5VFlG4PBxGYQgSCqJhGI3iyPsNHrWVNvYNkyVymxRroNZH&#10;QFYzY51/krQQ50zIacG5p5cLtE5x/7AXeoWdBDS4cFjmG6U2A6fKwtbfQ3CexPtR1I3Dk+6oM+0P&#10;B514Gvc6o0E47ECkJ6N+GI/is+knZz2Kk0WRZUzMCsHahorivyOsae26FXxLPQncSF5kLisXm8v1&#10;lGu0ItDZc07oneMJUtpDBU/D8WLIrv36LD1tNVOOQGM3nDn7XLxjOTSGJ8xd+CfJdi4JpUzYqHHq&#10;0Q6VQ3gvUWzwTrVm4SXKOw3vWQq7Uy4LIbVn+1nY2V0bcl7joRh7ebutreaVfxEe6W7mMttA42sJ&#10;fQc9ahSdFlD+GTH2kmiYF3AJM9BewJJzCc0mmx1GC6k//une4VPs1u4A1NcwglJsPiyJZhjxtwLe&#10;+CiKYxBZf4h7gy4c9L5kvi8Ry/JUQi9EPkC/dXjL222uZXkD03LiHIOICArBpdi221NbD0aYtpRN&#10;Jh4EU0oROxNXirZP3nXedXVDtGqeooWeOpftsCLJsxdZYx1FQk6WVuaFf66PhW0ogAnnO7OZxm6E&#10;7p896vGfMf4FAAD//wMAUEsDBBQABgAIAAAAIQAXBs/14AAAAAwBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI9BT4NAEIXvJv6HzZh4s4uFNEBZGmOsNxNbtfG4ZadAZGcJO6Xor3c56W3mzct73xSbyXZi&#10;xMG3jhTcLyIQSJUzLdUK3t+2dykIz5qM7hyhgm/0sCmvrwqdG3ehHY57rkUIIZ9rBQ1zn0vpqwat&#10;9gvXI4XbyQ1Wc1iHWppBX0K47eQyilbS6pZCQ6N7fGyw+tqfrYLP9qPJtsnrz5jxk+Pdy+FZ6oNS&#10;tzfTwxoE48R/ZpjxAzqUgenozmS86BRkaRrQWUEaxyBmQ5TMyjFMcbJagiwL+f+J8hcAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQAoqaCTDQMAAHsGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAXBs/14AAAAAwBAAAPAAAAAAAAAAAAAAAAAGcFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAdAYAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+          <v:path arrowok="t"/>
           <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
             <w:txbxContent>
               <w:p w:rsidR="002164C6" w:rsidRPr="002164C6" w:rsidRDefault="002164C6">
                 <w:pPr>
                   <w:rPr>
                     <w:color w:val="0C0000"/>
                     <w:sz w:val="14"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:color w:val="0C0000"/>
                     <w:sz w:val="14"/>
                   </w:rPr>
                   <w:t xml:space="preserve">03.09.2020 ЭҚАБЖ МО (7.23.0 нұсқасы)  </w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
       <w:pict>
-        <v:shape id="Надпись 3" o:spid="_x0000_s4099" type="#_x0000_t202" style="position:absolute;margin-left:494.4pt;margin-top:41.65pt;width:30pt;height:631.45pt;z-index:251660288;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQARgkQRBAMAAGIGAAAOAAAAZHJzL2Uyb0RvYy54bWysVb1u2zAQ3gv0HQjujiRbcSwjcuAkcFHA&#10;aIImRWaaImMhFKmStC236NC9r9B36NChW1/BeaMeqZ84aYem6EKR98e7+z6ejk+qQqA10yZXMsXR&#10;QYgRk1RlubxN8bvrWW+EkbFEZkQoyVK8ZQafTF6+ON6UY9ZXSyUyphEEkWa8KVO8tLYcB4GhS1YQ&#10;c6BKJkHJlS6IhaO+DTJNNhC9EEE/DIfBRums1IoyY0B6XivxxMfnnFF7wblhFokUQ27Wr9qvC7cG&#10;k2MyvtWkXOa0SYP8QxYFySVc2oU6J5aglc5/C1XkVCujuD2gqggU5zllvgaoJgqfVHO1JCXztUBz&#10;TNm1yfy/sPTN+lKjPEvxACNJCoBo93X3bfd993P34/7z/Rc0cD3alGYMplclGNvqVFWAdSs3IHSl&#10;V1wX7gtFIdBDt7ddh1llEQXhYBSFIWgoqEZhlITJyIUJHrxLbewrpgrkNinWgKBvLFnPja1NWxN3&#10;mVSzXAiPopBok+Lh4DD0Dp0GggvpbJnnQx0GTpWFrZdDch6rj0nUj8PTftKbDUdHvXgWH/aSo3DU&#10;g0xPk2EYJ/H57JOLHsXjZZ5lTM5zyVreRPHf4dIwuEbcM+dR4kaJPHNVudxcrWdCozUBAi8EoXdN&#10;v/asgsfp+HZCde3XVxk4BGuk/M5uBXPxhXzLOODvAXMC//JYdyWhlEnrsfZ9BGtnxSG95zg29s61&#10;RuE5zp2Hv1lJ2zkXuVTao/0k7eyuTZnX9tCMvbrd1laLyhO/I/JCZVvgt1bAO+CoKeksh/bPibGX&#10;RMNYACGMOnsBCxcKyKaaHUZLpT/8Se7sU+zW/hG4b2DSpNi8XxHNMBKvJTzlJIpjUFl/iA+P+nDQ&#10;+5rFvkauijMFXIh8gn7r7K1ot1yr4gaG4tRdDCoiKSSXYttuz2w9/2CoUjadeiMYRiWxc3lVUhfa&#10;Ndox77q6IbpsnqIFTr1R7Uwi4ycvsrZ1nlJNV1bx3D9X1+q6sQ0EMMg8M5uh6ybl/tlbPfwaJr8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBpN0dC4QAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NbsIw&#10;EITvlfoO1lbqrTgQhNI0DkKItoeqB35UcVzibRIRr6PYkPTt65zgtjs7mvk2Ww6mEVfqXG1ZwXQS&#10;gSAurK65VHDYv78kIJxH1thYJgV/5GCZPz5kmGrb85auO1+KEMIuRQWV920qpSsqMugmtiUOt1/b&#10;GfRh7UqpO+xDuGnkLIoW0mDNoaHCltYVFefdxSjYTr/ctz76A7t+M3zo4+aHP89KPT8NqzcQngZ/&#10;M8OIH9AhD0wne2HtRKPgNUkCuleQxDGI0RDNR+UUpni+mIHMM3n/RP4PAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAEYJEEQQDAABiBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAaTdHQuEAAAAMAQAADwAAAAAAAAAAAAAAAABeBQAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAGwGAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+        <v:shape id="Надпись 3" o:spid="_x0000_s4099" type="#_x0000_t202" style="position:absolute;margin-left:494.4pt;margin-top:41.65pt;width:30pt;height:631.45pt;z-index:251660288;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAtZRG6EAMAAHsGAAAOAAAAZHJzL2Uyb0RvYy54bWysVb1u2zAQ3gv0HQjujiRb/hMiB04CFwWM&#10;JmhSZKYpKhZCkSxJ23KLDt37Cn2HDh269RWcN+qRkhwn7dAUXSiS993xfr47HZ9UJUdrpk0hRYqj&#10;oxAjJqjMCnGb4nfXs84II2OJyAiXgqV4yww+mbx8cbxRCevKpeQZ0wiMCJNsVIqX1qokCAxdspKY&#10;I6mYAGEudUksHPVtkGmyAeslD7phOAg2UmdKS8qMgdvzWogn3n6eM2ov8twwi3iKwTfrV+3XhVuD&#10;yTFJbjVRy4I2bpB/8KIkhYBH96bOiSVopYvfTJUF1dLI3B5RWQYyzwvKfAwQTRQ+ieZqSRTzsUBy&#10;jNqnyfw/s/TN+lKjIktxDyNBSijR7uvu2+777ufux/3n+y+o53K0USYB6JUCsK1OZQW19vEaNZf0&#10;zgAkOMDUCgbQLidVrkv3hWgRKEIZtvvUs8oiCpe9URSGIKEgGoXROI767t3gQVtpY18xWSK3SbGG&#10;0noPyHpubA1tIe4xIWcF53BPEi7QJsWDXj/0CnsJGOfCAZgnSm0GTpWFrb8H53wRP46jbhyedsed&#10;2WA07MSzuN8ZD8NRBzw9HQ/CeByfzz4561GcLIssY2JeCNYSKor/rmANtWsqeEo9ctxIXmQuKueb&#10;i/WMa7QmwOwFJ/SuydcBKnjsjk8nRNd+fZS+bHWlXAGN3XLm7HPxluVADF8wd+Fbku2fJJQyYaPm&#10;UY92qBzce45ig3eqdRWeo7zX8C9LYffKZSGk9tV+4nZ217qc1/iGuE3cLgW2WlS+I7ot8xcy2wLx&#10;tQTeAUeNorMC0j8nxl4SDfMCLmEG2gtYci6BbLLZYbSU+sOf7h0+xW7tDkF9AyMoxeb9imiGEX8t&#10;oMfHURyDyPpD3B924aAPJYtDiViVZxK4EHkH/dbhLW+3uZblDUzLqXsYRERQcC7Ftt2e2XowwrSl&#10;bDr1IJhSiti5uFK0bXnHvOvqhmjVtKIFTr2R7bAiyZOOrLGuREJOV1bmhW9Xl+o6sU0JYMJ5ZjbT&#10;2I3Qw7NHPfwzJr8AAAD//wMAUEsDBBQABgAIAAAAIQAXBs/14AAAAAwBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI9BT4NAEIXvJv6HzZh4s4uFNEBZGmOsNxNbtfG4ZadAZGcJO6Xor3c56W3mzct73xSb&#10;yXZixMG3jhTcLyIQSJUzLdUK3t+2dykIz5qM7hyhgm/0sCmvrwqdG3ehHY57rkUIIZ9rBQ1zn0vp&#10;qwat9gvXI4XbyQ1Wc1iHWppBX0K47eQyilbS6pZCQ6N7fGyw+tqfrYLP9qPJtsnrz5jxk+Pdy+FZ&#10;6oNStzfTwxoE48R/ZpjxAzqUgenozmS86BRkaRrQWUEaxyBmQ5TMyjFMcbJagiwL+f+J8hcAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAtZRG6EAMAAHsGAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAXBs/14AAAAAwBAAAPAAAAAAAAAAAAAAAAAGoF&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAdwYAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+          <v:path arrowok="t"/>
           <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
             <w:txbxContent>
               <w:p w:rsidR="006B3173" w:rsidRPr="006B3173" w:rsidRDefault="006B3173">
                 <w:pPr>
                   <w:rPr>
                     <w:color w:val="0C0000"/>
                     <w:sz w:val="14"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:color w:val="0C0000"/>
                     <w:sz w:val="14"/>
                   </w:rPr>
                   <w:t xml:space="preserve">03.09.2020 ЕСЭДО ГО (версия 7.23.0)  </w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
@@ -1278,75 +1208,76 @@
             </w:rPr>
             <w:t xml:space="preserve">МИНИСТЕРСТВО </w:t>
           </w:r>
         </w:p>
         <w:p w:rsidR="001071FE" w:rsidRDefault="001071FE" w:rsidP="001A1881">
           <w:pPr>
             <w:spacing w:line="288" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
             <w:t>ОБРАЗОВАНИЯ И НАУКИ</w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidRDefault="003F6422" w:rsidP="001A1881">
+        <w:p w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidRDefault="006140FA" w:rsidP="001A1881">
           <w:pPr>
             <w:spacing w:line="288" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:color w:val="3A7298"/>
               <w:sz w:val="29"/>
               <w:szCs w:val="29"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="003F6422">
+          <w:r w:rsidRPr="006140FA">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
               <w:color w:val="3399FF"/>
             </w:rPr>
             <w:pict>
               <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Поле 1" o:spid="_x0000_s4098" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:191.3pt;margin-top:14.05pt;width:30pt;height:631.45pt;z-index:251659264;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD5dBPp+wIAAFwGAAAOAAAAZHJzL2Uyb0RvYy54bWysVUtu2zAQ3RfoHQjuHX2i2JYQOXASuChg&#10;JEGTImuaImMhFKmStC236Fl6iq4K9Aw+UoeU5DhpF03RDUXOvBnO53F0etZUAq2ZNqWSOY6OQoyY&#10;pKoo5UOOP97NBmOMjCWyIEJJluMtM/hs8vbN6abOWKyWShRMI3AiTbapc7y0ts6CwNAlq4g5UjWT&#10;oORKV8TCUT8EhSYb8F6JIA7DYbBRuqi1oswYkF62Sjzx/jln1F5zbphFIscQm/Wr9uvCrcHklGQP&#10;mtTLknZhkH+IoiKlhEv3ri6JJWily99cVSXVyihuj6iqAsV5SZnPAbKJwhfZ3C5JzXwuUBxT78tk&#10;/p9berW+0agsoHcYSVJBi3bfdj93P3bfUeSqs6lNBqDbGmC2OVeNQ3ZyA0KXdMN15b6QDgI91Hm7&#10;ry1rLKIgPB5HYQgaCqpxGKVhOnZugifrWhv7jqkKuU2ONfTOl5Ss58a20B7iLpNqVgoBcpIJiTY5&#10;Hh6fhN5grwHnQjoA80xo3cCpsbD1cgjOd+lLGsVJeB6ng9lwPBoks+RkkI7C8QAiPU+HYZIml7Ov&#10;znuUZMuyKJicl5L1jImSv+tIx922154zzwI3SpSFy8rF5nK9EBqtCVB3IQh97Op1gAqeh+PLCdn1&#10;X59l4DrYdsrv7FYw51/ID4xD533DnMC/Oba/klDKpPW99nUEtENxCO81hh3embZdeI3x3sLfrKTd&#10;G1elVNp3+0XYxWMfMm/xUIyDvN3WNovGUz7uibxQxRb4rRXwDjhqajorofxzYuwN0TAQQAhDzl7D&#10;woUCsqluh9FS6c9/kjt8jt0aj8B8AzMmx+bTimiGkXgv4RGnUZKAyvpDcjKK4aAPNYtDjVxVFwq4&#10;AA8VAvRbh7ei33KtqnsYh1N3MaiIpBBcjm2/vbDt5INxStl06kEwhmpi5/K2ps61K7Rj3l1zT3Td&#10;PUULnLpS/TQi2YsX2WKdpVTTlVW89M/VlbotbNcCGGGemd24dTPy8OxRTz+FyS8AAAD//wMAUEsD&#10;BBQABgAIAAAAIQDZKUKF4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9Nb8IwDIbvk/gPkSft&#10;NtJ2CJWuKUIT2w6IAx+aOIbGaysap2oC7f79zGk72n70+nnz5WhbccPeN44UxNMIBFLpTEOVguPh&#10;/TkF4YMmo1tHqOAHPSyLyUOuM+MG2uFtHyrBIeQzraAOocuk9GWNVvup65D49u16qwOPfSVNrwcO&#10;t61MomgurW6IP9S6w7cay8v+ahXs4o3fmlM4kh/W44c5rb/o86LU0+O4egURcAx/MNz1WR0Kdjq7&#10;KxkvWgUvaTJnVEGSxiAYmM3uizOTySKOQBa5/N+h+AUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQD5dBPp+wIAAFwGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQDZKUKF4AAAAAsBAAAPAAAAAAAAAAAAAAAAAFUFAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAYgYAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape id="Поле 1" o:spid="_x0000_s4098" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:191.3pt;margin-top:14.05pt;width:30pt;height:631.45pt;z-index:251659264;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBBmLZjBgMAAHUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVUtu2zAQ3RfoHQjuHUmO7NhC5MBJ4KKA&#10;kQRNiqxpioyFUCRL0rbcomfpKboq0DP4SB1SkuOkXTRFNxTJeTOcz5vR6VldCbRmxpZK5jg5ijFi&#10;kqqilA85/ng3640wso7IggglWY63zOKzyds3pxudsb5aKlEwg8CItNlG53jpnM6iyNIlq4g9UppJ&#10;EHJlKuLgaB6iwpANWK9E1I/jYbRRptBGUWYt3F42QjwJ9jln1F1zbplDIsfgmwurCevCr9HklGQP&#10;huhlSVs3yD94UZFSwqN7U5fEEbQy5W+mqpIaZRV3R1RVkeK8pCzEANEk8YtobpdEsxALJMfqfZrs&#10;/zNLr9Y3BpUF1A4jSSoo0e7b7ufux+47Snx2NtpmALrVAHP1uao90kdq9VzRRwuQ6ADTKFhAe0zN&#10;TeW/ECcCRSjAdp90VjtE4fJ4lMQxSCiIRnEyTpOBfzd60tbGundMVchvcmygqMEDsp5b10A7iH9M&#10;qlkpBNyTTEi0yfHweBAHhb0EjAvpASxQpDEDp9rBNtyDc6F8X8ZJP43P++PebDg66aWzdNAbn8Sj&#10;Hnh6Ph7G6Ti9nH311pM0W5ZFweS8lKyjUpL+XalaUjckCGR65rhVoix8VN43H+uFMGhNgNMLQehj&#10;m68DVPTcnZBOiK77hihD2ZpK+QJatxXM2xfyA+NAiVAwfxGake2fJJQy6QI5Qh4B7VEc3HuNYov3&#10;qk0VXqO81wgvK+n2ylUplQnVfuF28di5zBt8S9w2bp8CVy/q0AvHHfMXqtgC8Y0C3gFHraazEtI/&#10;J9bdEAOTAi5h+rlrWLhQQDbV7jBaKvP5T/cen2O/9k9AfQPDJ8f204oYhpF4L6G7x0magsiFQzo4&#10;6cPBHEoWhxK5qi4UcAE6GBwMW493ottyo6p7mJNT/zCIiKTgXI5dt71wzUiEOUvZdBpAMJ80cXN5&#10;q2nX8p55d/U9MbptRQeculLdmCLZi45ssL5EUk1XTvEytKtPdZPYtgQw2wIz2znsh+fhOaCe/haT&#10;XwAAAP//AwBQSwMEFAAGAAgAAAAhAKdsL7DgAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;g0AQhu8mvsNmTLzZBSQNUJbGGOvNxFZtPE5hyhLZWcJuKfr0bk96nJkv/3x/uZ5NLyYaXWdZQbyI&#10;QBDXtum4VfD+trnLQDiP3GBvmRR8k4N1dX1VYtHYM29p2vlWhBB2BSrQ3g+FlK7WZNAt7EAcbkc7&#10;GvRhHFvZjHgO4aaXSRQtpcGOwweNAz1qqr92J6Pgs/vQ+SZ9/Zly/2T99mX/LHGv1O3N/LAC4Wn2&#10;fzBc9IM6VMHpYE/cONEruM+SZUAVJFkMIgBpelkcApnkcQSyKuX/DtUvAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAEGYtmMGAwAAdQYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAKdsL7DgAAAACwEAAA8AAAAAAAAAAAAAAAAAYAUAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAABtBgAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+                <v:path arrowok="t"/>
                 <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
                   <w:txbxContent>
                     <w:p w:rsidR="00F179B8" w:rsidRPr="00F179B8" w:rsidRDefault="00F179B8">
                       <w:pPr>
                         <w:rPr>
                           <w:color w:val="0C0000"/>
                           <w:sz w:val="14"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </w:r>
           <w:r w:rsidR="00A646AF" w:rsidRPr="00A646AF">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
             <w:t>РЕСПУБЛИКИ КАЗАХСТАН</w:t>
           </w:r>
         </w:p>
@@ -1448,69 +1379,69 @@
           <w:r w:rsidRPr="0087566C">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>ПРИКАЗ</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w:rsidR="00C7780A" w:rsidRDefault="00C7780A" w:rsidP="004B400D">
     <w:pPr>
       <w:pStyle w:val="ab"/>
       <w:rPr>
         <w:color w:val="3A7298"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="004B400D" w:rsidRPr="00207569" w:rsidRDefault="003F6422" w:rsidP="004B400D">
+  <w:p w:rsidR="004B400D" w:rsidRPr="00207569" w:rsidRDefault="006140FA" w:rsidP="004B400D">
     <w:pPr>
       <w:pStyle w:val="ab"/>
       <w:rPr>
         <w:color w:val="3A7298"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="003F6422">
+    <w:r w:rsidRPr="006140FA">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="3399FF"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
       <w:pict>
-        <v:line id="Line 26" o:spid="_x0000_s4097" style="position:absolute;flip:y;z-index:251657728;visibility:visible;mso-wrap-distance-top:-6e-5mm;mso-wrap-distance-bottom:-6e-5mm;mso-position-vertical-relative:page" from=".55pt,119.95pt" to="505.4pt,119.95pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA2QHptHgIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2jAQvVfqf7B8hyQQWIgIqyqBXrZd&#10;pN32bmyHWHVsyzYEVPW/d2w+yraXqurFGWdm3ryZeV48HjuJDtw6oVWJs2GKEVdUM6F2Jf7yuh7M&#10;MHKeKEakVrzEJ+7w4/L9u0VvCj7SrZaMWwQgyhW9KXHrvSmSxNGWd8QNteEKnI22HfFwtbuEWdID&#10;eieTUZpOk15bZqym3Dn4W5+deBnxm4ZT/9w0jnskSwzcfDxtPLfhTJYLUuwsMa2gFxrkH1h0RCgo&#10;eoOqiSdob8UfUJ2gVjvd+CHVXaKbRlAee4BusvS3bl5aYnjsBYbjzG1M7v/B0s+HjUWClTjHSJEO&#10;VvQkFEejaRhNb1wBEZXa2NAcPaoX86TpN4eUrlqidjxSfD0ZyMtCRvImJVycgQLb/pNmEEP2Xsc5&#10;HRvboUYK8zUkBnCYBTrGxZxui+FHjyj8nOZZNplPMKJXX0KKABESjXX+I9cdCkaJJdCPgOTw5Hyg&#10;9CskhCu9FlLGvUuFeig/mT1MYobTUrDgDXHO7raVtOhAQDrj8Xy+XscGwXMfZvVesYjWcsJWF9sT&#10;Ic82VJcq4EEvwOdinbXxfZ7OV7PVLB/ko+lqkKd1PfiwrvLBdJ09TOpxXVV19iNQy/KiFYxxFdhd&#10;dZrlf6eDy4s5K+ym1NsckrfocWBA9vqNpONawybPmthqdtrY67pBmjH48oyC9u/vYN8/9uVPAAAA&#10;//8DAFBLAwQUAAYACAAAACEAX4lZjtwAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3KidIgpN41SoghuXtjlwdOIliRqvQ+w0ga9nKyHBcXZGs2+y7ew6ccYhtJ40JAsFAqny&#10;tqVaQ3F8vXsCEaIhazpPqOELA2zz66vMpNZPtMfzIdaCSyikRkMTY59KGaoGnQkL3yOx9+EHZyLL&#10;oZZ2MBOXu04ulVpJZ1riD43pcddgdTqMTsPqMXg1fpe7/Uvx/llMQygf3JvWtzfz8wZExDn+heGC&#10;z+iQM1PpR7JBdKwTDmpY3q/XIC6+ShRvKX9PMs/k/wn5DwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQA2QHptHgIAADQEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQBfiVmO3AAAAAoBAAAPAAAAAAAAAAAAAAAAAHgEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAgQUAAAAA&#10;" strokecolor="#39f" strokeweight="1.25pt">
+        <v:line id="Line 26" o:spid="_x0000_s4097" style="position:absolute;flip:y;z-index:251657728;visibility:visible;mso-wrap-distance-top:-8e-5mm;mso-wrap-distance-bottom:-8e-5mm;mso-position-vertical-relative:page" from=".55pt,119.95pt" to="505.4pt,119.95pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA2QHptHgIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2jAQvVfqf7B8hyQQWIgIqyqBXrZd&#10;pN32bmyHWHVsyzYEVPW/d2w+yraXqurFGWdm3ryZeV48HjuJDtw6oVWJs2GKEVdUM6F2Jf7yuh7M&#10;MHKeKEakVrzEJ+7w4/L9u0VvCj7SrZaMWwQgyhW9KXHrvSmSxNGWd8QNteEKnI22HfFwtbuEWdID&#10;eieTUZpOk15bZqym3Dn4W5+deBnxm4ZT/9w0jnskSwzcfDxtPLfhTJYLUuwsMa2gFxrkH1h0RCgo&#10;eoOqiSdob8UfUJ2gVjvd+CHVXaKbRlAee4BusvS3bl5aYnjsBYbjzG1M7v/B0s+HjUWClTjHSJEO&#10;VvQkFEejaRhNb1wBEZXa2NAcPaoX86TpN4eUrlqidjxSfD0ZyMtCRvImJVycgQLb/pNmEEP2Xsc5&#10;HRvboUYK8zUkBnCYBTrGxZxui+FHjyj8nOZZNplPMKJXX0KKABESjXX+I9cdCkaJJdCPgOTw5Hyg&#10;9CskhCu9FlLGvUuFeig/mT1MYobTUrDgDXHO7raVtOhAQDrj8Xy+XscGwXMfZvVesYjWcsJWF9sT&#10;Ic82VJcq4EEvwOdinbXxfZ7OV7PVLB/ko+lqkKd1PfiwrvLBdJ09TOpxXVV19iNQy/KiFYxxFdhd&#10;dZrlf6eDy4s5K+ym1NsckrfocWBA9vqNpONawybPmthqdtrY67pBmjH48oyC9u/vYN8/9uVPAAAA&#10;//8DAFBLAwQUAAYACAAAACEAX4lZjtwAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3KidIgpN41SoghuXtjlwdOIliRqvQ+w0ga9nKyHBcXZGs2+y7ew6ccYhtJ40JAsFAqny&#10;tqVaQ3F8vXsCEaIhazpPqOELA2zz66vMpNZPtMfzIdaCSyikRkMTY59KGaoGnQkL3yOx9+EHZyLL&#10;oZZ2MBOXu04ulVpJZ1riD43pcddgdTqMTsPqMXg1fpe7/Uvx/llMQygf3JvWtzfz8wZExDn+heGC&#10;z+iQM1PpR7JBdKwTDmpY3q/XIC6+ShRvKX9PMs/k/wn5DwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQA2QHptHgIAADQEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQBfiVmO3AAAAAoBAAAPAAAAAAAAAAAAAAAAAHgEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAgQUAAAAA&#10;" strokecolor="#39f" strokeweight="1.25pt">
           <w10:wrap anchory="page"/>
         </v:line>
       </w:pict>
     </w:r>
     <w:r w:rsidR="00642211" w:rsidRPr="00E04401">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="3399FF"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
       <w:t xml:space="preserve">№  ____________________                                                          </w:t>
     </w:r>
     <w:r w:rsidR="005D62E1">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="3399FF"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
       <w:t xml:space="preserve">    от «___»    ___________  20</w:t>
@@ -1658,50 +1589,139 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6100"/>
         </w:tabs>
         <w:ind w:left="6100" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6820"/>
         </w:tabs>
         <w:ind w:left="6820" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="0785397C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="85A21DF0"/>
+    <w:lvl w:ilvl="0" w:tplc="BE425F2C">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1211" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1931" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2651" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3371" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4091" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4811" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5531" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6251" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6971" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="2D746B4A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C3ECD064"/>
     <w:lvl w:ilvl="0" w:tplc="CA3603C4">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1350" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2070" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -1746,51 +1766,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5670" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6390" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7110" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="3C7A5260"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97E0FD48"/>
     <w:lvl w:ilvl="0" w:tplc="EB50223A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1065" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1785" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -1835,51 +1855,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5385" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6105" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6825" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="445F2E8D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A560080E"/>
     <w:lvl w:ilvl="0" w:tplc="7ABCE982">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3054" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3774" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -1924,51 +1944,140 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7374" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8094" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8814" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="540633ED"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0234FA4A"/>
+    <w:lvl w:ilvl="0" w:tplc="38F8FB0E">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
     <w:nsid w:val="60C5405D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2654B108"/>
     <w:lvl w:ilvl="0" w:tplc="C2888490">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1758" w:hanging="1050"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1788" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -2013,51 +2122,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5388" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6108" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6828" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="7">
     <w:nsid w:val="6C204AF5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F454F34A"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1669"/>
         </w:tabs>
         <w:ind w:left="1669" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2389"/>
         </w:tabs>
         <w:ind w:left="2389" w:hanging="360"/>
@@ -2126,51 +2235,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6709"/>
         </w:tabs>
         <w:ind w:left="6709" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7429"/>
         </w:tabs>
         <w:ind w:left="7429" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="79B018D2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C6649AD2"/>
     <w:lvl w:ilvl="0" w:tplc="13CE3B24">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1068" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1788" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -2216,316 +2325,341 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5388" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6108" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6828" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="7"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="5">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:stylePaneFormatFilter w:val="3F01"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="5122"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="4"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00A47D62"/>
     <w:rsid w:val="000623AD"/>
     <w:rsid w:val="00066FDE"/>
     <w:rsid w:val="00073119"/>
     <w:rsid w:val="000922AA"/>
     <w:rsid w:val="00096790"/>
     <w:rsid w:val="000A6813"/>
     <w:rsid w:val="000C45D7"/>
     <w:rsid w:val="000D4DAC"/>
     <w:rsid w:val="000F48E7"/>
     <w:rsid w:val="001071FE"/>
     <w:rsid w:val="001227AF"/>
     <w:rsid w:val="00125B79"/>
     <w:rsid w:val="001319EE"/>
     <w:rsid w:val="00143292"/>
+    <w:rsid w:val="00174D55"/>
     <w:rsid w:val="001763DE"/>
     <w:rsid w:val="00181609"/>
     <w:rsid w:val="001827CD"/>
     <w:rsid w:val="00185C5E"/>
+    <w:rsid w:val="001A0EC4"/>
     <w:rsid w:val="001A1881"/>
     <w:rsid w:val="001B61C1"/>
     <w:rsid w:val="001F2566"/>
     <w:rsid w:val="001F4925"/>
     <w:rsid w:val="001F4F23"/>
     <w:rsid w:val="001F64CB"/>
     <w:rsid w:val="002000F4"/>
     <w:rsid w:val="002164C6"/>
     <w:rsid w:val="0022101F"/>
     <w:rsid w:val="00224DA2"/>
     <w:rsid w:val="00225BBD"/>
     <w:rsid w:val="0023374B"/>
     <w:rsid w:val="002356F4"/>
-    <w:rsid w:val="00245544"/>
     <w:rsid w:val="00251F3F"/>
     <w:rsid w:val="00282DC2"/>
     <w:rsid w:val="00291494"/>
     <w:rsid w:val="0029382E"/>
+    <w:rsid w:val="00296D83"/>
     <w:rsid w:val="002A394A"/>
     <w:rsid w:val="002B0022"/>
     <w:rsid w:val="002C31D4"/>
     <w:rsid w:val="00363FAF"/>
     <w:rsid w:val="00364E0B"/>
     <w:rsid w:val="00367055"/>
     <w:rsid w:val="003A41F6"/>
+    <w:rsid w:val="003A7BB8"/>
     <w:rsid w:val="003D781A"/>
     <w:rsid w:val="003F241E"/>
     <w:rsid w:val="003F60AE"/>
-    <w:rsid w:val="003F6422"/>
+    <w:rsid w:val="003F692F"/>
     <w:rsid w:val="004077CA"/>
     <w:rsid w:val="004169D0"/>
+    <w:rsid w:val="004219BB"/>
     <w:rsid w:val="00423754"/>
     <w:rsid w:val="00430E89"/>
+    <w:rsid w:val="00443343"/>
+    <w:rsid w:val="00453825"/>
     <w:rsid w:val="0046489C"/>
     <w:rsid w:val="004726FE"/>
     <w:rsid w:val="004872D1"/>
     <w:rsid w:val="0049623C"/>
     <w:rsid w:val="004A6897"/>
     <w:rsid w:val="004B400D"/>
     <w:rsid w:val="004C34B8"/>
     <w:rsid w:val="004C4C4E"/>
     <w:rsid w:val="004D223A"/>
     <w:rsid w:val="004E49BE"/>
     <w:rsid w:val="004E4C93"/>
     <w:rsid w:val="004F3375"/>
+    <w:rsid w:val="005121B5"/>
     <w:rsid w:val="005320F8"/>
-    <w:rsid w:val="00553AAE"/>
     <w:rsid w:val="0056459C"/>
     <w:rsid w:val="00566AF4"/>
+    <w:rsid w:val="005B1631"/>
     <w:rsid w:val="005D10D9"/>
     <w:rsid w:val="005D62E1"/>
     <w:rsid w:val="005D6ED4"/>
     <w:rsid w:val="005F582C"/>
+    <w:rsid w:val="006125C5"/>
+    <w:rsid w:val="006140FA"/>
+    <w:rsid w:val="006411A4"/>
     <w:rsid w:val="00642211"/>
     <w:rsid w:val="00650032"/>
     <w:rsid w:val="00686BD0"/>
     <w:rsid w:val="00693ADB"/>
     <w:rsid w:val="006B3173"/>
     <w:rsid w:val="006B6938"/>
     <w:rsid w:val="006C2871"/>
     <w:rsid w:val="007006E3"/>
     <w:rsid w:val="00703ABC"/>
     <w:rsid w:val="007111E8"/>
     <w:rsid w:val="00715B6C"/>
     <w:rsid w:val="00721C6D"/>
     <w:rsid w:val="00731B2A"/>
     <w:rsid w:val="00740441"/>
     <w:rsid w:val="007767CD"/>
     <w:rsid w:val="00782A16"/>
     <w:rsid w:val="00785E10"/>
     <w:rsid w:val="00787A78"/>
+    <w:rsid w:val="007C6468"/>
     <w:rsid w:val="007E588D"/>
     <w:rsid w:val="007F1C18"/>
-    <w:rsid w:val="007F6B72"/>
     <w:rsid w:val="0081000A"/>
     <w:rsid w:val="00834F6C"/>
     <w:rsid w:val="008436CA"/>
     <w:rsid w:val="00866964"/>
     <w:rsid w:val="00867FA4"/>
     <w:rsid w:val="00884707"/>
+    <w:rsid w:val="0089582F"/>
     <w:rsid w:val="00895EA4"/>
     <w:rsid w:val="008A2FB0"/>
     <w:rsid w:val="008B65A6"/>
     <w:rsid w:val="008C70E2"/>
     <w:rsid w:val="008C76DB"/>
+    <w:rsid w:val="008D7D4B"/>
     <w:rsid w:val="008D7D4C"/>
-    <w:rsid w:val="008D7F2F"/>
     <w:rsid w:val="008E7CBA"/>
+    <w:rsid w:val="008F02B2"/>
+    <w:rsid w:val="00911BCF"/>
     <w:rsid w:val="009139A9"/>
     <w:rsid w:val="00914138"/>
     <w:rsid w:val="00915A4B"/>
     <w:rsid w:val="00934587"/>
     <w:rsid w:val="00942CF0"/>
     <w:rsid w:val="009711DE"/>
     <w:rsid w:val="0098083B"/>
     <w:rsid w:val="009924CE"/>
     <w:rsid w:val="009B69F4"/>
     <w:rsid w:val="009C4A86"/>
+    <w:rsid w:val="009D20A8"/>
+    <w:rsid w:val="009E4289"/>
     <w:rsid w:val="00A03C8A"/>
     <w:rsid w:val="00A10052"/>
+    <w:rsid w:val="00A12527"/>
     <w:rsid w:val="00A17FE7"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A40B7C"/>
     <w:rsid w:val="00A47D62"/>
-    <w:rsid w:val="00A5406E"/>
     <w:rsid w:val="00A55D90"/>
     <w:rsid w:val="00A646AF"/>
     <w:rsid w:val="00AA225A"/>
     <w:rsid w:val="00AC76FB"/>
     <w:rsid w:val="00AD01A3"/>
     <w:rsid w:val="00AD462C"/>
     <w:rsid w:val="00B058B8"/>
     <w:rsid w:val="00B22818"/>
-    <w:rsid w:val="00B534F0"/>
     <w:rsid w:val="00B600EE"/>
+    <w:rsid w:val="00B62379"/>
     <w:rsid w:val="00B62A7B"/>
     <w:rsid w:val="00B63124"/>
     <w:rsid w:val="00B73FC3"/>
     <w:rsid w:val="00B86340"/>
     <w:rsid w:val="00B91E99"/>
     <w:rsid w:val="00BA7D97"/>
+    <w:rsid w:val="00BB484D"/>
+    <w:rsid w:val="00BB74D1"/>
     <w:rsid w:val="00BD42EA"/>
     <w:rsid w:val="00BE3CFA"/>
     <w:rsid w:val="00BE78CA"/>
     <w:rsid w:val="00BF588A"/>
     <w:rsid w:val="00C2729B"/>
     <w:rsid w:val="00C65C8D"/>
     <w:rsid w:val="00C7780A"/>
     <w:rsid w:val="00C8380B"/>
     <w:rsid w:val="00CA1875"/>
     <w:rsid w:val="00CC1BEA"/>
     <w:rsid w:val="00CC7D90"/>
     <w:rsid w:val="00CE6A1B"/>
     <w:rsid w:val="00D03D0C"/>
     <w:rsid w:val="00D11982"/>
     <w:rsid w:val="00D14F06"/>
-    <w:rsid w:val="00D32830"/>
     <w:rsid w:val="00D32D1D"/>
     <w:rsid w:val="00D42C93"/>
     <w:rsid w:val="00D52DE8"/>
     <w:rsid w:val="00D71688"/>
     <w:rsid w:val="00D94477"/>
     <w:rsid w:val="00DB1363"/>
     <w:rsid w:val="00DC1044"/>
     <w:rsid w:val="00DD06B3"/>
     <w:rsid w:val="00DF59AA"/>
     <w:rsid w:val="00E03311"/>
+    <w:rsid w:val="00E03DD2"/>
     <w:rsid w:val="00E106D7"/>
     <w:rsid w:val="00E23642"/>
     <w:rsid w:val="00E43190"/>
-    <w:rsid w:val="00E43BE1"/>
+    <w:rsid w:val="00E50476"/>
     <w:rsid w:val="00E57A5B"/>
     <w:rsid w:val="00E75F8F"/>
     <w:rsid w:val="00E80B48"/>
     <w:rsid w:val="00E866E0"/>
+    <w:rsid w:val="00E86F86"/>
+    <w:rsid w:val="00E9073E"/>
     <w:rsid w:val="00EB54A3"/>
     <w:rsid w:val="00EB685A"/>
     <w:rsid w:val="00EC3C11"/>
     <w:rsid w:val="00EC655D"/>
     <w:rsid w:val="00ED0F7C"/>
     <w:rsid w:val="00EE1A39"/>
     <w:rsid w:val="00EE2D93"/>
     <w:rsid w:val="00EE379C"/>
     <w:rsid w:val="00EF4E93"/>
     <w:rsid w:val="00F179B8"/>
     <w:rsid w:val="00F22932"/>
     <w:rsid w:val="00F304DB"/>
     <w:rsid w:val="00F525B9"/>
     <w:rsid w:val="00F64017"/>
     <w:rsid w:val="00F66500"/>
     <w:rsid w:val="00F923B9"/>
     <w:rsid w:val="00F93EE0"/>
     <w:rsid w:val="00F96405"/>
     <w:rsid w:val="00FA7E02"/>
-    <w:rsid w:val="00FD2E27"/>
+    <w:rsid w:val="00FD34D3"/>
     <w:rsid w:val="00FD5D0D"/>
     <w:rsid w:val="00FE0A6E"/>
     <w:rsid w:val="00FF4CCD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="5122"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -2544,51 +2678,51 @@
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Date" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="0" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:uiPriority="99" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
@@ -3035,161 +3169,162 @@
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ae">
     <w:name w:val="Знак Знак Знак"/>
     <w:basedOn w:val="a"/>
     <w:autoRedefine/>
     <w:rsid w:val="0023374B"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="SimSun"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af">
     <w:name w:val="List Paragraph"/>
+    <w:aliases w:val="маркированный,Абзац списка1"/>
     <w:basedOn w:val="a"/>
+    <w:link w:val="af0"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00CE6A1B"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af0">
+  <w:style w:type="paragraph" w:styleId="af1">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00364E0B"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="af1">
+  <w:style w:type="character" w:styleId="af2">
     <w:name w:val="page number"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="00BE78CA"/>
   </w:style>
-  <w:style w:type="character" w:styleId="af2">
+  <w:style w:type="character" w:styleId="af3">
     <w:name w:val="Strong"/>
-    <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="007111E8"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af3">
+  <w:style w:type="paragraph" w:styleId="af4">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="af4"/>
+    <w:link w:val="af5"/>
     <w:rsid w:val="004726FE"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="af4">
+  <w:style w:type="character" w:customStyle="1" w:styleId="af5">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="af3"/>
+    <w:link w:val="af4"/>
     <w:rsid w:val="004726FE"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af5">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af6">
     <w:name w:val="Знак"/>
     <w:basedOn w:val="a"/>
     <w:autoRedefine/>
     <w:rsid w:val="004B400D"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="SimSun"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af6">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af7">
     <w:name w:val="Знак"/>
     <w:basedOn w:val="a"/>
     <w:autoRedefine/>
     <w:rsid w:val="00934587"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="SimSun"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af7">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af8">
     <w:name w:val="Знак"/>
     <w:basedOn w:val="a"/>
     <w:autoRedefine/>
     <w:rsid w:val="001A1881"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="SimSun"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Без интервала Знак"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="1"/>
     <w:locked/>
     <w:rsid w:val="001071FE"/>
@@ -3201,108 +3336,123 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:rsid w:val="004077CA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:rsid w:val="004077CA"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af8">
+  <w:style w:type="paragraph" w:styleId="af9">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="af9"/>
+    <w:link w:val="afa"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005D10D9"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="af9">
+  <w:style w:type="character" w:customStyle="1" w:styleId="afa">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="af8"/>
+    <w:link w:val="af9"/>
     <w:semiHidden/>
     <w:rsid w:val="005D10D9"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="005D10D9"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Standard">
+    <w:name w:val="Standard"/>
+    <w:rsid w:val="00296D83"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:overflowPunct w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="3"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af0">
+    <w:name w:val="Абзац списка Знак"/>
+    <w:aliases w:val="маркированный Знак,Абзац списка1 Знак"/>
+    <w:link w:val="af"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00296D83"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
     <w:div w:id="809253203">
-      <w:bodyDiv w:val="1"/>
-[...11 lines deleted...]
-    <w:div w:id="993602660">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1515025836">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -3628,67 +3778,67 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>330</Words>
-  <Characters>1884</Characters>
+  <Words>328</Words>
+  <Characters>1873</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ЌАЗАЌСТАН</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>АО НИТ</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2210</CharactersWithSpaces>
+  <CharactersWithSpaces>2197</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ЌАЗАЌСТАН</dc:title>
   <dc:creator>user</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>