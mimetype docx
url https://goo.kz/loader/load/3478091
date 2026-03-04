--- v0 (2025-12-12)
+++ v1 (2026-03-04)
@@ -1,697 +1,779 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00A118DB" w:rsidRPr="00AC4583" w:rsidRDefault="00A118DB" w:rsidP="00A118DB">
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+    <w:p w:rsidR="00A06B6D" w:rsidRDefault="00A06B6D" w:rsidP="00A06B6D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002668C8" w:rsidRPr="00074CA4" w:rsidRDefault="002668C8" w:rsidP="00400E73">
-[...1 lines deleted...]
-        <w:ind w:left="6237"/>
+    <w:p w:rsidR="00A06B6D" w:rsidRDefault="00A06B6D" w:rsidP="00A06B6D">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E301E9" w:rsidRDefault="007C6A0B" w:rsidP="007C6A0B">
+    <w:p w:rsidR="002668C8" w:rsidRPr="00074CA4" w:rsidRDefault="00A666BE" w:rsidP="00A06B6D">
       <w:pPr>
         <w:jc w:val="center"/>
-        <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Уважаемые выпускники и их родители!</w:t>
+        <w:t>Құрметті түлектер және ата -</w:t>
+      </w:r>
+      <w:r w:rsidR="00A94C78">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аналар!</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007C6A0B" w:rsidRDefault="007C6A0B" w:rsidP="007C6A0B">
       <w:pPr>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E301E9" w:rsidRDefault="007C6A0B" w:rsidP="007C6A0B">
+    <w:p w:rsidR="00A666BE" w:rsidRDefault="00A666BE" w:rsidP="007A4F73">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A06B6D">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2020 жылғы 1–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D4122">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>15 желтоксанда жүргізілетін</w:t>
+      </w:r>
+      <w:r w:rsidR="00A06B6D">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00704AE6">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidR="006D4122" w:rsidRPr="006D4122">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лттық</w:t>
+      </w:r>
+      <w:r w:rsidR="00704AE6">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бірыңғай</w:t>
+      </w:r>
+      <w:r w:rsidR="008F2C17">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тестілеуге (бұдан әрі -</w:t>
+      </w:r>
+      <w:r w:rsidR="006D4122" w:rsidRPr="006D4122">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҰБТ) өтінішті беру рәсімін оңтайландыру үшін дайындық жұмысын бастаймыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A4F73" w:rsidRDefault="006D4122" w:rsidP="007A4F73">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006D4122">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жеке куәлігі немесе паспорты бар, бірақ жасы 18</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D4122">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ге толмаған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта білім беру ұйымдарының бітіруші 11 (12) сынып оқушылар өтініш беруді тек ата-анасының немесе заңды өкілінің рұқсатымен ғана жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C6A0B" w:rsidRDefault="00704AE6" w:rsidP="007A4F73">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сондықтан, бұл тұлғалардың ата-анасы нем</w:t>
+      </w:r>
+      <w:r w:rsidR="008F2C17">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>есе заңды өкілі</w:t>
+      </w:r>
+      <w:r w:rsidR="00A06B6D">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008F2C17">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(ата-анасының </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="008F2C17">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">уі) ағымдағы жылғы 1 желтоқсанға дейін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002113CA">
+        <w:rPr>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Для </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>did.gov.kz</w:t>
+      </w:r>
+      <w:r w:rsidR="00A06B6D">
+        <w:rPr>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">оптимизации процедуры подачи заявления на Единое национальное тестирование (далее – </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704AE6">
+        <w:rPr>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ЕНТ</w:t>
-[...23 lines deleted...]
-        <w:t>подготовительнуюработу.</w:t>
+        <w:t>сайты арқылы тіркелуі қажет.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CE4C97" w:rsidRPr="002113CA" w:rsidRDefault="00D82409" w:rsidP="007C6A0B">
+    <w:p w:rsidR="00194CB1" w:rsidRPr="00704AE6" w:rsidRDefault="00194CB1" w:rsidP="007A4F73">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00404015" w:rsidRDefault="008F2C17" w:rsidP="008F2C17">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Обучающиеся</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FF6092" w:rsidRPr="00404015">
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="5619750" cy="2466975"/>
+            <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+            <wp:docPr id="1" name="Рисунок 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5619750" cy="2466975"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00366188" w:rsidRDefault="00366188" w:rsidP="00366188">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...66 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="007C6A0B" w:rsidRDefault="00FF6092" w:rsidP="007C6A0B">
+    <w:p w:rsidR="00F31B81" w:rsidRDefault="00704AE6" w:rsidP="00994589">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ескерту:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00994589" w:rsidRDefault="00A06B6D" w:rsidP="00704AE6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00704AE6" w:rsidRPr="00027C15">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:r w:rsidR="00704AE6" w:rsidRPr="007A4F73">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Digital ID</w:t>
+      </w:r>
+      <w:r w:rsidR="00704AE6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> профилін құрған ата-ана немесе заңды өкіл өзінің профилін баласы ҰБТ-</w:t>
+      </w:r>
+      <w:r w:rsidR="0032153E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нытапсырғанға</w:t>
+      </w:r>
+      <w:r w:rsidR="00704AE6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дейін жоймауға тиіс;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00704AE6" w:rsidRPr="002732D0" w:rsidRDefault="00704AE6" w:rsidP="00704AE6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A06B6D">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="0032153E" w:rsidRPr="002732D0">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="007A4F73" w:rsidRPr="002732D0">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>та</w:t>
+      </w:r>
+      <w:r w:rsidR="00E34ED3" w:rsidRPr="002732D0">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="007A4F73" w:rsidRPr="002732D0">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ананың</w:t>
+      </w:r>
+      <w:r w:rsidR="00A06B6D">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0032153E" w:rsidRPr="002732D0">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сақталған</w:t>
+      </w:r>
+      <w:r w:rsidR="00A06B6D">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A4F73" w:rsidRPr="002732D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Digital ID профилі(егер </w:t>
+      </w:r>
+      <w:r w:rsidR="0032153E" w:rsidRPr="002732D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:r w:rsidR="00E34ED3" w:rsidRPr="002732D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>із өз профилінізді жоймасаңыз</w:t>
+      </w:r>
+      <w:r w:rsidR="007A4F73" w:rsidRPr="002732D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00E34ED3" w:rsidRPr="002732D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ағымдағы жылы кейінгі ҰБТ-ға </w:t>
+      </w:r>
+      <w:r w:rsidR="0032153E" w:rsidRPr="002732D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқушының</w:t>
+      </w:r>
+      <w:r w:rsidR="00E34ED3" w:rsidRPr="002732D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тіркеу үшін жарамды болып саналады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E34ED3" w:rsidRPr="00A06B6D" w:rsidRDefault="00E34ED3" w:rsidP="00A06B6D">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...51 lines deleted...]
-        <w:t>до 1 декабря текущего года.</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҰБТ-ға қатысу ерікті екенін және тестілеу ақылы негіз</w:t>
+      </w:r>
+      <w:r w:rsidR="0032153E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>де</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүргізіл</w:t>
+      </w:r>
+      <w:r w:rsidR="0032153E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>етінін</w:t>
+      </w:r>
+      <w:r w:rsidR="00A06B6D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0032153E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ескертеміз.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00404015" w:rsidRDefault="00404015" w:rsidP="007C6A0B">
-[...355 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId10"/>
+    <w:sectPr w:rsidR="00E34ED3" w:rsidRPr="00A06B6D" w:rsidSect="004560AE">
+      <w:headerReference w:type="first" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="849" w:bottom="567" w:left="1134" w:header="0" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="0">
-    <w:p w:rsidR="00C26B28" w:rsidRDefault="00C26B28" w:rsidP="00B85B9D">
+    <w:p w:rsidR="00D63F32" w:rsidRDefault="00D63F32" w:rsidP="00B85B9D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="00C26B28" w:rsidRDefault="00C26B28" w:rsidP="00B85B9D">
+    <w:p w:rsidR="00D63F32" w:rsidRDefault="00D63F32" w:rsidP="00B85B9D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -728,58 +810,58 @@
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="0">
-    <w:p w:rsidR="00C26B28" w:rsidRDefault="00C26B28" w:rsidP="00B85B9D">
+    <w:p w:rsidR="00D63F32" w:rsidRDefault="00D63F32" w:rsidP="00B85B9D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="00C26B28" w:rsidRDefault="00C26B28" w:rsidP="00B85B9D">
+    <w:p w:rsidR="00D63F32" w:rsidRDefault="00D63F32" w:rsidP="00B85B9D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p w:rsidR="00250E22" w:rsidRDefault="00250E22"/>
   <w:p w:rsidR="00F3272B" w:rsidRDefault="00F3272B">
     <w:pPr>
       <w:pStyle w:val="af2"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="0C3C14F3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C83429C6"/>
@@ -2200,342 +2282,358 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="74"/>
-  <w:doNotDisplayPageBoundaries/>
+  <w:zoom w:percent="100"/>
   <w:stylePaneFormatFilter w:val="3F01"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="5122"/>
+    <o:shapedefaults v:ext="edit" spidmax="8194"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="001B4C68"/>
     <w:rsid w:val="00010E7E"/>
     <w:rsid w:val="00022749"/>
+    <w:rsid w:val="00027C15"/>
     <w:rsid w:val="00041E1A"/>
     <w:rsid w:val="00047342"/>
     <w:rsid w:val="00052819"/>
     <w:rsid w:val="00057217"/>
     <w:rsid w:val="00074CA4"/>
     <w:rsid w:val="000817C2"/>
     <w:rsid w:val="0009771F"/>
     <w:rsid w:val="000A32CD"/>
     <w:rsid w:val="000C2103"/>
     <w:rsid w:val="000C3EA7"/>
     <w:rsid w:val="000C497F"/>
     <w:rsid w:val="000D0526"/>
     <w:rsid w:val="000D133E"/>
     <w:rsid w:val="000E75C1"/>
     <w:rsid w:val="000F2499"/>
     <w:rsid w:val="000F2DF0"/>
     <w:rsid w:val="001015C3"/>
     <w:rsid w:val="00106431"/>
     <w:rsid w:val="00133F67"/>
     <w:rsid w:val="0015788C"/>
     <w:rsid w:val="001777B4"/>
+    <w:rsid w:val="00186998"/>
     <w:rsid w:val="00190449"/>
     <w:rsid w:val="00191F1C"/>
     <w:rsid w:val="00193647"/>
+    <w:rsid w:val="00194CB1"/>
     <w:rsid w:val="001B1683"/>
     <w:rsid w:val="001B4A2F"/>
     <w:rsid w:val="001B4C68"/>
     <w:rsid w:val="001B50AF"/>
     <w:rsid w:val="001D2C17"/>
     <w:rsid w:val="001E5796"/>
     <w:rsid w:val="002020B2"/>
     <w:rsid w:val="002113CA"/>
     <w:rsid w:val="002311CB"/>
     <w:rsid w:val="002354EC"/>
     <w:rsid w:val="00250E22"/>
     <w:rsid w:val="0025627A"/>
     <w:rsid w:val="002668C8"/>
     <w:rsid w:val="00272A73"/>
+    <w:rsid w:val="002732D0"/>
     <w:rsid w:val="00274FFC"/>
     <w:rsid w:val="0027563C"/>
     <w:rsid w:val="00283488"/>
     <w:rsid w:val="002877DC"/>
     <w:rsid w:val="002A13CA"/>
     <w:rsid w:val="002A451C"/>
     <w:rsid w:val="002B2243"/>
     <w:rsid w:val="002C0B0C"/>
     <w:rsid w:val="002C5667"/>
     <w:rsid w:val="002D04A8"/>
+    <w:rsid w:val="002F0525"/>
     <w:rsid w:val="00307A69"/>
     <w:rsid w:val="00317FD2"/>
+    <w:rsid w:val="0032153E"/>
     <w:rsid w:val="00343EFB"/>
     <w:rsid w:val="00344326"/>
     <w:rsid w:val="00362E01"/>
     <w:rsid w:val="00366188"/>
+    <w:rsid w:val="00377AB9"/>
     <w:rsid w:val="00383BD8"/>
     <w:rsid w:val="00384CD9"/>
     <w:rsid w:val="003870E8"/>
     <w:rsid w:val="003930C6"/>
     <w:rsid w:val="003A1FB4"/>
     <w:rsid w:val="003C440E"/>
     <w:rsid w:val="003D0115"/>
     <w:rsid w:val="003D0BC1"/>
     <w:rsid w:val="003D2616"/>
     <w:rsid w:val="003E24C3"/>
     <w:rsid w:val="003E5ECC"/>
     <w:rsid w:val="00400E73"/>
     <w:rsid w:val="00404015"/>
     <w:rsid w:val="0043358D"/>
     <w:rsid w:val="0043479D"/>
     <w:rsid w:val="00434AC8"/>
     <w:rsid w:val="004372F1"/>
     <w:rsid w:val="00442AA7"/>
     <w:rsid w:val="004560AE"/>
     <w:rsid w:val="004627A8"/>
     <w:rsid w:val="00471B37"/>
     <w:rsid w:val="0048235A"/>
     <w:rsid w:val="004977BC"/>
     <w:rsid w:val="004A6EC5"/>
     <w:rsid w:val="004B743E"/>
+    <w:rsid w:val="004C490C"/>
     <w:rsid w:val="004C5AD0"/>
     <w:rsid w:val="004D52E9"/>
     <w:rsid w:val="004E0A33"/>
     <w:rsid w:val="004F1006"/>
     <w:rsid w:val="004F242D"/>
     <w:rsid w:val="004F43FA"/>
     <w:rsid w:val="00500860"/>
     <w:rsid w:val="005026F5"/>
     <w:rsid w:val="005508B5"/>
     <w:rsid w:val="0055776D"/>
     <w:rsid w:val="00571AC1"/>
     <w:rsid w:val="00587A87"/>
     <w:rsid w:val="005B1CEA"/>
     <w:rsid w:val="005D0EFC"/>
     <w:rsid w:val="005E7A6A"/>
+    <w:rsid w:val="005F7DE8"/>
     <w:rsid w:val="00602FF3"/>
     <w:rsid w:val="00612AF1"/>
     <w:rsid w:val="00614F10"/>
     <w:rsid w:val="00634C08"/>
     <w:rsid w:val="00666A2C"/>
     <w:rsid w:val="006676A2"/>
     <w:rsid w:val="00670C6F"/>
     <w:rsid w:val="00671E01"/>
     <w:rsid w:val="00692673"/>
     <w:rsid w:val="00692777"/>
     <w:rsid w:val="006A6FFB"/>
     <w:rsid w:val="006C0F24"/>
+    <w:rsid w:val="006D4122"/>
     <w:rsid w:val="006D749F"/>
     <w:rsid w:val="006E6A2D"/>
+    <w:rsid w:val="00704AE6"/>
     <w:rsid w:val="007061C8"/>
     <w:rsid w:val="00707695"/>
     <w:rsid w:val="0071249A"/>
     <w:rsid w:val="00713A5D"/>
+    <w:rsid w:val="00713D0B"/>
     <w:rsid w:val="007146CE"/>
     <w:rsid w:val="007230A1"/>
     <w:rsid w:val="00726CA4"/>
     <w:rsid w:val="00731473"/>
     <w:rsid w:val="00745815"/>
     <w:rsid w:val="00750BE8"/>
     <w:rsid w:val="00782F1F"/>
     <w:rsid w:val="00784CC3"/>
+    <w:rsid w:val="007A4F73"/>
     <w:rsid w:val="007A5EB9"/>
     <w:rsid w:val="007B5BB0"/>
     <w:rsid w:val="007B7B2D"/>
     <w:rsid w:val="007C6A0B"/>
     <w:rsid w:val="007F3CFF"/>
     <w:rsid w:val="008003F1"/>
     <w:rsid w:val="00817980"/>
     <w:rsid w:val="008278D7"/>
     <w:rsid w:val="00831536"/>
     <w:rsid w:val="00834906"/>
     <w:rsid w:val="008359AB"/>
-    <w:rsid w:val="008405A0"/>
     <w:rsid w:val="00870847"/>
     <w:rsid w:val="008762A5"/>
     <w:rsid w:val="00883C48"/>
     <w:rsid w:val="008A168A"/>
     <w:rsid w:val="008D0FBC"/>
     <w:rsid w:val="008D3D79"/>
     <w:rsid w:val="008E517E"/>
     <w:rsid w:val="008E76E5"/>
+    <w:rsid w:val="008F2C17"/>
     <w:rsid w:val="00905D93"/>
     <w:rsid w:val="009226A5"/>
     <w:rsid w:val="00960F62"/>
     <w:rsid w:val="0096570C"/>
     <w:rsid w:val="00994589"/>
     <w:rsid w:val="00994630"/>
     <w:rsid w:val="009A406F"/>
     <w:rsid w:val="009B3085"/>
     <w:rsid w:val="009C5BFE"/>
     <w:rsid w:val="009D53DB"/>
     <w:rsid w:val="009F57F0"/>
     <w:rsid w:val="009F7396"/>
     <w:rsid w:val="00A00994"/>
     <w:rsid w:val="00A036E2"/>
     <w:rsid w:val="00A03DAB"/>
+    <w:rsid w:val="00A06B6D"/>
     <w:rsid w:val="00A118DB"/>
     <w:rsid w:val="00A21D61"/>
     <w:rsid w:val="00A26384"/>
     <w:rsid w:val="00A3627B"/>
     <w:rsid w:val="00A532E9"/>
+    <w:rsid w:val="00A666BE"/>
     <w:rsid w:val="00A70518"/>
     <w:rsid w:val="00A84BD7"/>
+    <w:rsid w:val="00A94C78"/>
     <w:rsid w:val="00AA045F"/>
     <w:rsid w:val="00AB2230"/>
     <w:rsid w:val="00AD4A59"/>
     <w:rsid w:val="00AD4C9A"/>
     <w:rsid w:val="00AE31E4"/>
     <w:rsid w:val="00B00487"/>
     <w:rsid w:val="00B21BA9"/>
     <w:rsid w:val="00B224CF"/>
     <w:rsid w:val="00B43C4E"/>
     <w:rsid w:val="00B51B2D"/>
     <w:rsid w:val="00B85B9D"/>
     <w:rsid w:val="00BA5BD9"/>
     <w:rsid w:val="00BB40F9"/>
     <w:rsid w:val="00BE5B5E"/>
     <w:rsid w:val="00BF1DD0"/>
     <w:rsid w:val="00BF33BC"/>
     <w:rsid w:val="00BF65F3"/>
     <w:rsid w:val="00C02656"/>
     <w:rsid w:val="00C05404"/>
     <w:rsid w:val="00C0562A"/>
     <w:rsid w:val="00C2662A"/>
-    <w:rsid w:val="00C26B28"/>
     <w:rsid w:val="00C40AB6"/>
     <w:rsid w:val="00C57DBF"/>
     <w:rsid w:val="00C60593"/>
     <w:rsid w:val="00C6108F"/>
     <w:rsid w:val="00C93C91"/>
     <w:rsid w:val="00CA3EF9"/>
     <w:rsid w:val="00CB6B5E"/>
     <w:rsid w:val="00CC166B"/>
     <w:rsid w:val="00CC41BE"/>
     <w:rsid w:val="00CD1FA0"/>
     <w:rsid w:val="00CD3495"/>
     <w:rsid w:val="00CE4C97"/>
     <w:rsid w:val="00CE5610"/>
     <w:rsid w:val="00CF68F5"/>
     <w:rsid w:val="00D20D25"/>
     <w:rsid w:val="00D34A62"/>
     <w:rsid w:val="00D37B6A"/>
     <w:rsid w:val="00D401BE"/>
     <w:rsid w:val="00D45869"/>
     <w:rsid w:val="00D545B0"/>
+    <w:rsid w:val="00D63F32"/>
     <w:rsid w:val="00D708AD"/>
     <w:rsid w:val="00D7324B"/>
     <w:rsid w:val="00D776C9"/>
     <w:rsid w:val="00D77F6F"/>
     <w:rsid w:val="00D82409"/>
     <w:rsid w:val="00D97FBA"/>
     <w:rsid w:val="00DA0A36"/>
     <w:rsid w:val="00DA4068"/>
     <w:rsid w:val="00DC4E67"/>
     <w:rsid w:val="00DD4AAA"/>
     <w:rsid w:val="00DF25DC"/>
     <w:rsid w:val="00DF4111"/>
     <w:rsid w:val="00E03999"/>
     <w:rsid w:val="00E24ACC"/>
     <w:rsid w:val="00E301E9"/>
+    <w:rsid w:val="00E34ED3"/>
     <w:rsid w:val="00E36FC4"/>
     <w:rsid w:val="00E60BA2"/>
     <w:rsid w:val="00E64435"/>
     <w:rsid w:val="00E677CD"/>
     <w:rsid w:val="00E701B3"/>
     <w:rsid w:val="00E739CE"/>
     <w:rsid w:val="00E80189"/>
     <w:rsid w:val="00E81C96"/>
     <w:rsid w:val="00E81D6F"/>
-    <w:rsid w:val="00E92A71"/>
     <w:rsid w:val="00EA693D"/>
+    <w:rsid w:val="00EB0923"/>
     <w:rsid w:val="00EB5A99"/>
     <w:rsid w:val="00EC24A0"/>
     <w:rsid w:val="00EC3163"/>
     <w:rsid w:val="00EC3BBE"/>
     <w:rsid w:val="00EE1D99"/>
     <w:rsid w:val="00EF33D6"/>
     <w:rsid w:val="00F11227"/>
     <w:rsid w:val="00F15A4E"/>
     <w:rsid w:val="00F2190F"/>
     <w:rsid w:val="00F31B81"/>
     <w:rsid w:val="00F3272B"/>
     <w:rsid w:val="00F35C33"/>
     <w:rsid w:val="00F463B6"/>
     <w:rsid w:val="00F5680D"/>
     <w:rsid w:val="00F67D57"/>
     <w:rsid w:val="00F75CC1"/>
     <w:rsid w:val="00F9245E"/>
     <w:rsid w:val="00FA27C4"/>
     <w:rsid w:val="00FB1235"/>
     <w:rsid w:val="00FD7CAA"/>
     <w:rsid w:val="00FF6092"/>
     <w:rsid w:val="00FF60DB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="5122"/>
+    <o:shapedefaults v:ext="edit" spidmax="8194"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
@@ -2828,63 +2926,61 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ae">
     <w:name w:val="Схема документа Знак"/>
     <w:link w:val="ad"/>
     <w:rsid w:val="00E81D6F"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="af">
     <w:name w:val="титульный лист центр"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="Char"/>
     <w:rsid w:val="00041E1A"/>
     <w:pPr>
       <w:spacing w:before="40"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
-      <w:lang/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Char">
     <w:name w:val="титульный лист центр Char"/>
     <w:link w:val="af"/>
     <w:rsid w:val="00041E1A"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
-      <w:lang/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="af0">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="002668C8"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="af1">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00707695"/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
@@ -2934,50 +3030,68 @@
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="af4"/>
     <w:rsid w:val="00B85B9D"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af6">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00571AC1"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af7">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007A4F73"/>
+    <w:pPr>
+      <w:spacing w:after="200"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:qFormat="1"/>
@@ -3373,91 +3487,109 @@
     <w:link w:val="af4"/>
     <w:rsid w:val="00B85B9D"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af6">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00571AC1"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="af7">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007A4F73"/>
+    <w:pPr>
+      <w:spacing w:after="200"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
     <w:div w:id="2041009997">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2091149437">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3710,78 +3842,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{67C2E20B-4235-4E41-8D58-7CF91B3FB342}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{48BA6B4A-3BA3-4A7A-A70D-7DE470443F34}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>165</Words>
-  <Characters>942</Characters>
+  <Words>137</Words>
+  <Characters>784</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>6</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Председателю Агентства</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>АОНИТ</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1105</CharactersWithSpaces>
+  <CharactersWithSpaces>920</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Председателю Агентства</dc:title>
   <dc:creator>Сиражева Диана</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>