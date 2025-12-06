--- v0 (2025-12-05)
+++ v1 (2025-12-06)
@@ -1,31 +1,30 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
@@ -36,73 +35,74 @@
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId17"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="277" r:id="rId2"/>
     <p:sldId id="278" r:id="rId3"/>
     <p:sldId id="279" r:id="rId4"/>
     <p:sldId id="309" r:id="rId5"/>
-    <p:sldId id="299" r:id="rId6"/>
+    <p:sldId id="308" r:id="rId6"/>
     <p:sldId id="289" r:id="rId7"/>
     <p:sldId id="303" r:id="rId8"/>
     <p:sldId id="302" r:id="rId9"/>
     <p:sldId id="305" r:id="rId10"/>
     <p:sldId id="307" r:id="rId11"/>
     <p:sldId id="306" r:id="rId12"/>
     <p:sldId id="300" r:id="rId13"/>
     <p:sldId id="301" r:id="rId14"/>
     <p:sldId id="304" r:id="rId15"/>
     <p:sldId id="259" r:id="rId16"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="ru-RU"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -176,112 +176,116 @@
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{521415D9-36F7-43E2-AB2F-B90AF26B5E84}">
       <p14:sectionLst xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
         <p14:section name="Раздел по умолчанию" id="{3435A589-03E3-4BA7-9E79-3EBB4F6EDC89}">
           <p14:sldIdLst>
             <p14:sldId id="277"/>
             <p14:sldId id="278"/>
             <p14:sldId id="279"/>
             <p14:sldId id="309"/>
-            <p14:sldId id="299"/>
+            <p14:sldId id="308"/>
             <p14:sldId id="289"/>
             <p14:sldId id="303"/>
             <p14:sldId id="302"/>
             <p14:sldId id="305"/>
             <p14:sldId id="307"/>
             <p14:sldId id="306"/>
             <p14:sldId id="300"/>
             <p14:sldId id="301"/>
+          </p14:sldIdLst>
+        </p14:section>
+        <p14:section name="Раздел без заголовка" id="{0C55D043-A84E-4F9F-8665-E4BA8B637B60}">
+          <p14:sldIdLst>
             <p14:sldId id="304"/>
             <p14:sldId id="259"/>
           </p14:sldIdLst>
         </p14:section>
       </p14:sectionLst>
     </p:ext>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
-      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns=""/>
+      <p15:sldGuideLst xmlns="" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:showPr showNarration="1">
     <p:present/>
     <p:sldAll/>
     <p:penClr>
       <a:prstClr val="red"/>
     </p:penClr>
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:clrMru>
+    <a:srgbClr val="F5B5CD"/>
+    <a:srgbClr val="FCE8F0"/>
     <a:srgbClr val="6CAED0"/>
     <a:srgbClr val="6AAED2"/>
     <a:srgbClr val="F2F2F2"/>
     <a:srgbClr val="FAF9E5"/>
     <a:srgbClr val="3686B8"/>
     <a:srgbClr val="6BAED1"/>
     <a:srgbClr val="246B9F"/>
     <a:srgbClr val="2393D9"/>
-    <a:srgbClr val="246BA2"/>
-    <a:srgbClr val="6CAECF"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
-      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns="" val="1"/>
+      <p15:chartTrackingRefBased xmlns="" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Средний стиль 2 — акцент 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
@@ -435,54 +439,54 @@
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="15044" autoAdjust="0"/>
     <p:restoredTop sz="88790" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr>
         <p:scale>
-          <a:sx n="84" d="100"/>
-          <a:sy n="84" d="100"/>
+          <a:sx n="78" d="100"/>
+          <a:sy n="78" d="100"/>
         </p:scale>
-        <p:origin x="-1590" y="-504"/>
+        <p:origin x="-1830" y="-642"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="3840"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:outlineViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="33" d="100"/>
         <a:sy n="33" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
@@ -845,50 +849,54 @@
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
+<file path=ppt/notesSlides/_rels/notesSlide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -952,50 +960,134 @@
           <p:cNvPr id="4" name="Номер слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{36D4622C-EE9A-4303-A128-401DCEE0CACA}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>3</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3154148333"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Образ слайда 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Заметки 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Номер слайда 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{36D4622C-EE9A-4303-A128-401DCEE0CACA}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>12</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3739368258"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -1727,88 +1819,88 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="Титульный слайд">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{5475BD99-17AB-45DE-BF5B-21E69A38EA34}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5475BD99-17AB-45DE-BF5B-21E69A38EA34}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1524000" y="1122363"/>
             <a:ext cx="9144000" cy="2387600"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
               <a:defRPr sz="6000"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Подзаголовок 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{86B10F61-C8C2-4CFA-A80B-8F966DF60748}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{86B10F61-C8C2-4CFA-A80B-8F966DF60748}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1524000" y="3602038"/>
             <a:ext cx="9144000" cy="1655762"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="2400"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0" algn="ctr">
               <a:buNone/>
@@ -1834,105 +1926,105 @@
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец подзаголовка</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{6F219BA2-6EA9-4117-9D9D-DF1F04C833BF}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6F219BA2-6EA9-4117-9D9D-DF1F04C833BF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8D725E21-EC16-4FB2-B00B-6D2CEE013F9A}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>25.11.2020</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{9E2123D1-72E9-447E-8CF2-BEBBC705177A}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E2123D1-72E9-447E-8CF2-BEBBC705177A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Номер слайда 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{BB6CEAA0-2640-4654-9DE2-C71D2A596647}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BB6CEAA0-2640-4654-9DE2-C71D2A596647}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C8E53427-77A2-4406-AB9B-33DF0012B4DB}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
@@ -1947,88 +2039,88 @@
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="secHead" preserve="1">
   <p:cSld name="Заголовок раздела">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{23CCA2EE-340E-4BC2-B045-5559CF5435DB}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{23CCA2EE-340E-4BC2-B045-5559CF5435DB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="831850" y="1709738"/>
             <a:ext cx="10515600" cy="2852737"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="6000"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Текст 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{40D8DD8C-8C92-4ADA-AEFD-F2F6073297BE}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{40D8DD8C-8C92-4ADA-AEFD-F2F6073297BE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="831850" y="4589463"/>
             <a:ext cx="10515600" cy="1500187"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="2400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
@@ -2109,105 +2201,105 @@
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{78FA0067-DFE8-4586-BBC2-4007413DF5C2}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{78FA0067-DFE8-4586-BBC2-4007413DF5C2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8D725E21-EC16-4FB2-B00B-6D2CEE013F9A}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>25.11.2020</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{15017F7A-01E9-41A3-B6F9-D4AE7442E760}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{15017F7A-01E9-41A3-B6F9-D4AE7442E760}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Номер слайда 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{5A037F90-C6FB-4A0A-A588-F5B8A3E6DAD2}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5A037F90-C6FB-4A0A-A588-F5B8A3E6DAD2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C8E53427-77A2-4406-AB9B-33DF0012B4DB}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
@@ -2222,79 +2314,79 @@
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoObj" preserve="1">
   <p:cSld name="Два объекта">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F4775FA2-AD4A-4D21-BAFE-79999508746D}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F4775FA2-AD4A-4D21-BAFE-79999508746D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F0DE6DDA-511A-4EC2-826E-2A97F56D9138}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0DE6DDA-511A-4EC2-826E-2A97F56D9138}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1825625"/>
             <a:ext cx="5181600" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
@@ -2312,51 +2404,51 @@
               <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Объект 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{2E84EAA4-9A55-4602-BB5C-DEC85F3E2373}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E84EAA4-9A55-4602-BB5C-DEC85F3E2373}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6172200" y="1825625"/>
             <a:ext cx="5181600" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
@@ -2374,105 +2466,105 @@
               <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{7CF1B79C-BDD1-42E3-BD7E-C418F7427C36}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7CF1B79C-BDD1-42E3-BD7E-C418F7427C36}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8D725E21-EC16-4FB2-B00B-6D2CEE013F9A}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>25.11.2020</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{9C5585E6-F863-43B9-A7CC-A8D8A856CA09}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C5585E6-F863-43B9-A7CC-A8D8A856CA09}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Номер слайда 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{C5308610-C0CD-43B2-8384-7726E003824A}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C5308610-C0CD-43B2-8384-7726E003824A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C8E53427-77A2-4406-AB9B-33DF0012B4DB}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
@@ -2487,84 +2579,84 @@
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoTxTwoObj" preserve="1">
   <p:cSld name="Сравнение">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1E806E9C-7DD6-4D89-9E49-CCCA67A07B9A}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1E806E9C-7DD6-4D89-9E49-CCCA67A07B9A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="839788" y="365125"/>
             <a:ext cx="10515600" cy="1325563"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Текст 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EF494F38-9B84-4779-88FA-A093A9284758}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EF494F38-9B84-4779-88FA-A093A9284758}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="839788" y="1681163"/>
             <a:ext cx="5157787" cy="823912"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="2400" b="1"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0">
               <a:buNone/>
@@ -2591,51 +2683,51 @@
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Объект 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{6670A8D5-E71E-4FC6-A899-44478D3DB2CB}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6670A8D5-E71E-4FC6-A899-44478D3DB2CB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="839788" y="2505075"/>
             <a:ext cx="5157787" cy="3684588"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
@@ -2653,51 +2745,51 @@
               <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Текст 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{30C0321F-0382-4FAD-98D3-27420B52BFA9}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{30C0321F-0382-4FAD-98D3-27420B52BFA9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6172200" y="1681163"/>
             <a:ext cx="5183188" cy="823912"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="2400" b="1"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0">
               <a:buNone/>
@@ -2724,51 +2816,51 @@
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Объект 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{9B109BB3-8278-4334-B477-1A2F02E79C06}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9B109BB3-8278-4334-B477-1A2F02E79C06}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6172200" y="2505075"/>
             <a:ext cx="5183188" cy="3684588"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
@@ -2786,105 +2878,105 @@
               <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Дата 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{57A6EB80-69D1-45E0-AEDD-A537F263345A}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{57A6EB80-69D1-45E0-AEDD-A537F263345A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8D725E21-EC16-4FB2-B00B-6D2CEE013F9A}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>25.11.2020</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Нижний колонтитул 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{18A625B8-8BED-4821-874A-33F13935890C}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{18A625B8-8BED-4821-874A-33F13935890C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Номер слайда 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{5FF6C1CD-C9E9-48B4-85DB-6A0D81E55E64}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5FF6C1CD-C9E9-48B4-85DB-6A0D81E55E64}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C8E53427-77A2-4406-AB9B-33DF0012B4DB}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
@@ -2899,133 +2991,133 @@
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Только заголовок">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{B7B4A8CC-FFA3-446D-8513-0C06A95369BF}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B7B4A8CC-FFA3-446D-8513-0C06A95369BF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Дата 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{4F4670BB-E6DD-4C1C-9A92-7C6AB0E20B14}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F4670BB-E6DD-4C1C-9A92-7C6AB0E20B14}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8D725E21-EC16-4FB2-B00B-6D2CEE013F9A}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>25.11.2020</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Нижний колонтитул 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{ED4E5B68-44F3-4B41-8E8C-1B87DD43061C}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ED4E5B68-44F3-4B41-8E8C-1B87DD43061C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Номер слайда 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{DBC5B350-4505-4A31-B3C4-FD65007D7E28}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DBC5B350-4505-4A31-B3C4-FD65007D7E28}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C8E53427-77A2-4406-AB9B-33DF0012B4DB}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
@@ -3040,105 +3132,105 @@
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="blank" preserve="1">
   <p:cSld name="Пустой слайд">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Дата 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{2784C86C-822B-40C8-ABF6-5F2E6529AAFF}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2784C86C-822B-40C8-ABF6-5F2E6529AAFF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8D725E21-EC16-4FB2-B00B-6D2CEE013F9A}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>25.11.2020</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Нижний колонтитул 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{8E161B5F-059D-4603-95BA-25F8AAA7EC4F}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8E161B5F-059D-4603-95BA-25F8AAA7EC4F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Номер слайда 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{D4520802-30F1-44DF-8CB6-D377182FF752}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D4520802-30F1-44DF-8CB6-D377182FF752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C8E53427-77A2-4406-AB9B-33DF0012B4DB}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
@@ -3153,88 +3245,88 @@
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="objTx" preserve="1">
   <p:cSld name="Объект с подписью">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{7725D3FC-DE13-4C7C-A2AB-CDC36FE9CA08}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7725D3FC-DE13-4C7C-A2AB-CDC36FE9CA08}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="839788" y="457200"/>
             <a:ext cx="3932237" cy="1600200"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="3200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{8162DDFD-D724-4764-8F63-4CDA7D25EDE8}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8162DDFD-D724-4764-8F63-4CDA7D25EDE8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5183188" y="987425"/>
             <a:ext cx="6172200" cy="4873625"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="3200"/>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr sz="2800"/>
             </a:lvl2pPr>
@@ -3280,51 +3372,51 @@
               <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Текст 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{614FACB8-B7D1-45BB-BCC8-2BAA3730A44F}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{614FACB8-B7D1-45BB-BCC8-2BAA3730A44F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="839788" y="2057400"/>
             <a:ext cx="3932237" cy="3811588"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0">
               <a:buNone/>
@@ -3351,105 +3443,105 @@
               <a:defRPr sz="1000"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{B83EB474-C57B-4460-A80F-F7F7481D08D9}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B83EB474-C57B-4460-A80F-F7F7481D08D9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8D725E21-EC16-4FB2-B00B-6D2CEE013F9A}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>25.11.2020</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{BAA0E1D5-6A1A-4F7C-8298-7CDDA70F4E4A}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BAA0E1D5-6A1A-4F7C-8298-7CDDA70F4E4A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Номер слайда 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{ABD64352-98F4-4463-9A43-DAB7B8C82C86}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ABD64352-98F4-4463-9A43-DAB7B8C82C86}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C8E53427-77A2-4406-AB9B-33DF0012B4DB}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
@@ -3464,88 +3556,88 @@
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="picTx" preserve="1">
   <p:cSld name="Рисунок с подписью">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{91292653-F00E-4B0F-99D8-F58702BD8FCC}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{91292653-F00E-4B0F-99D8-F58702BD8FCC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="839788" y="457200"/>
             <a:ext cx="3932237" cy="1600200"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="3200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Рисунок 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A869DC4C-581E-4A63-8EB7-78CBBC2505C5}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A869DC4C-581E-4A63-8EB7-78CBBC2505C5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5183188" y="987425"/>
             <a:ext cx="6172200" cy="4873625"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="3200"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0">
               <a:buNone/>
@@ -3568,51 +3660,51 @@
               <a:defRPr sz="2000"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Текст 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{7D18DFBF-6C91-470B-BDBF-AF6FF5B77A87}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7D18DFBF-6C91-470B-BDBF-AF6FF5B77A87}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="839788" y="2057400"/>
             <a:ext cx="3932237" cy="3811588"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0">
               <a:buNone/>
@@ -3639,105 +3731,105 @@
               <a:defRPr sz="1000"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{C6B36F99-CD76-4360-85AA-BDB4732C706A}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C6B36F99-CD76-4360-85AA-BDB4732C706A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8D725E21-EC16-4FB2-B00B-6D2CEE013F9A}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>25.11.2020</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{5C2753AC-8FA4-495C-BB5A-DD26CB1FAFA1}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5C2753AC-8FA4-495C-BB5A-DD26CB1FAFA1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Номер слайда 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{305FC5C9-5238-4284-95D8-28C12137A453}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{305FC5C9-5238-4284-95D8-28C12137A453}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C8E53427-77A2-4406-AB9B-33DF0012B4DB}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
@@ -3752,79 +3844,79 @@
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTx" preserve="1">
   <p:cSld name="Заголовок и вертикальный текст">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{C86CE049-BBED-43E6-9471-D323FFDFC6FB}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C86CE049-BBED-43E6-9471-D323FFDFC6FB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Вертикальный текст 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{2524F019-8181-418B-9784-23CF77542E34}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2524F019-8181-418B-9784-23CF77542E34}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" orient="vert" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
@@ -3837,105 +3929,105 @@
               <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1DB06BBB-199D-4972-ABF7-9CE882A0EC18}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1DB06BBB-199D-4972-ABF7-9CE882A0EC18}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8D725E21-EC16-4FB2-B00B-6D2CEE013F9A}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>25.11.2020</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{0EED62B3-69CD-4EC0-B9C3-D330BE838673}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0EED62B3-69CD-4EC0-B9C3-D330BE838673}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Номер слайда 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{85A5581C-B40E-48A6-A69D-33D4C4EA2DE2}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85A5581C-B40E-48A6-A69D-33D4C4EA2DE2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C8E53427-77A2-4406-AB9B-33DF0012B4DB}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
@@ -3950,84 +4042,84 @@
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTitleAndTx" preserve="1">
   <p:cSld name="Вертикальный заголовок и текст">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Вертикальный заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{B1412BD8-1800-4154-BF84-0C972632E264}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B1412BD8-1800-4154-BF84-0C972632E264}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" orient="vert"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8724900" y="365125"/>
             <a:ext cx="2628900" cy="5811838"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Вертикальный текст 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{8BF64695-A62C-480E-A4EB-8A2306FC8EE1}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8BF64695-A62C-480E-A4EB-8A2306FC8EE1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" orient="vert" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="365125"/>
             <a:ext cx="7734300" cy="5811838"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
@@ -4045,105 +4137,105 @@
               <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{6E70A3E2-4416-495F-9FD6-D301346B82FC}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6E70A3E2-4416-495F-9FD6-D301346B82FC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8D725E21-EC16-4FB2-B00B-6D2CEE013F9A}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>25.11.2020</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{7CAC1021-24DE-44A1-B75A-25AB8CC42C28}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7CAC1021-24DE-44A1-B75A-25AB8CC42C28}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Номер слайда 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A0FD36B5-A790-40FA-B261-31E23D8DCC3D}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A0FD36B5-A790-40FA-B261-31E23D8DCC3D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C8E53427-77A2-4406-AB9B-33DF0012B4DB}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
@@ -4207,87 +4299,87 @@
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
   <p:cSld name="2_Заголовок и объект">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{2E11ABB4-84E6-4957-916D-CC332F6B4FBB}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E11ABB4-84E6-4957-916D-CC332F6B4FBB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr b="1">
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{0FC7823A-AB17-46E4-B7FA-475AC7D0D3D4}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0FC7823A-AB17-46E4-B7FA-475AC7D0D3D4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
@@ -4336,134 +4428,134 @@
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{136528C9-5884-4B4D-B36C-1A614FA16BAF}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{136528C9-5884-4B4D-B36C-1A614FA16BAF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6C800526-881B-4EFB-A2B1-E2EC6E673644}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>25.11.2020</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{83A9552C-5650-405C-942C-79F245E32754}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{83A9552C-5650-405C-942C-79F245E32754}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Номер слайда 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{47EA733B-55B7-42F8-B642-7A4DC9DAF6CB}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47EA733B-55B7-42F8-B642-7A4DC9DAF6CB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{36AE403C-4EB7-40BC-9395-955F62C492F5}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Прямоугольник 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{640E1113-501F-42FF-A817-B71D295CCD2C}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{640E1113-501F-42FF-A817-B71D295CCD2C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="12192000" cy="99000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
@@ -4475,51 +4567,51 @@
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Прямоугольник 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{939F007F-2479-4E1B-962F-B6FEF354E7FF}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{939F007F-2479-4E1B-962F-B6FEF354E7FF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="6759000"/>
             <a:ext cx="12192000" cy="99000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
@@ -4531,74 +4623,74 @@
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="11" name="Группа 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{4FBB389D-F645-4EF0-A313-F1760EDDD65D}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4FBB389D-F645-4EF0-A313-F1760EDDD65D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="9347250" y="37980"/>
             <a:ext cx="2844750" cy="286020"/>
             <a:chOff x="9347250" y="37980"/>
             <a:chExt cx="2844750" cy="286020"/>
           </a:xfrm>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="12" name="Прямоугольник 11">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{E8DDD8ED-37DB-433B-9BE3-ED56AB186990}"/>
+                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8DDD8ED-37DB-433B-9BE3-ED56AB186990}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr userDrawn="1"/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="9651000" y="49500"/>
               <a:ext cx="2541000" cy="274500"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1">
                 <a:shade val="50000"/>
               </a:schemeClr>
             </a:lnRef>
@@ -4608,51 +4700,51 @@
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:endParaRPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
                 </a:solidFill>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="13" name="Блок-схема: объединение 12">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{8A9AC1B6-7038-462A-A7C2-D0F29619BF17}"/>
+                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8A9AC1B6-7038-462A-A7C2-D0F29619BF17}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr userDrawn="1"/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="9347250" y="37980"/>
               <a:ext cx="607500" cy="274500"/>
             </a:xfrm>
             <a:prstGeom prst="flowChartMerge">
               <a:avLst/>
             </a:prstGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1">
                 <a:shade val="50000"/>
               </a:schemeClr>
             </a:lnRef>
@@ -4663,74 +4755,74 @@
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:endParaRPr lang="ru-RU">
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
                 </a:solidFill>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="14" name="Группа 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{E463789D-0C7C-454D-BFD9-1DE51E4C5BFC}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E463789D-0C7C-454D-BFD9-1DE51E4C5BFC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="-35250" y="6583500"/>
             <a:ext cx="2844750" cy="274500"/>
             <a:chOff x="-35250" y="6583500"/>
             <a:chExt cx="2844750" cy="274500"/>
           </a:xfrm>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="15" name="Прямоугольник 14">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{84D431FD-AB15-4701-9AC6-CDB8CE4C764C}"/>
+                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{84D431FD-AB15-4701-9AC6-CDB8CE4C764C}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr userDrawn="1"/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="-35250" y="6583500"/>
               <a:ext cx="2541000" cy="274500"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1">
                 <a:shade val="50000"/>
               </a:schemeClr>
             </a:lnRef>
@@ -4740,51 +4832,51 @@
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:endParaRPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="16" name="Блок-схема: объединение 15">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{E7D3F83A-004E-403A-8F03-CC8948CF9F67}"/>
+                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E7D3F83A-004E-403A-8F03-CC8948CF9F67}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr userDrawn="1"/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm rot="10800000">
               <a:off x="2202000" y="6583500"/>
               <a:ext cx="607500" cy="274500"/>
             </a:xfrm>
             <a:prstGeom prst="flowChartMerge">
               <a:avLst/>
             </a:prstGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1">
                 <a:shade val="50000"/>
               </a:schemeClr>
             </a:lnRef>
@@ -4837,51 +4929,51 @@
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="3_Заголовок и объект">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Прямоугольник 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{24B881EB-1784-473B-8081-FDC8508B7613}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{24B881EB-1784-473B-8081-FDC8508B7613}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="12192000" cy="99000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
@@ -4893,51 +4985,51 @@
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Прямоугольник 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{B119E31C-4778-49B4-88E9-494EF71DCCA4}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B119E31C-4778-49B4-88E9-494EF71DCCA4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="6759000"/>
             <a:ext cx="12192000" cy="99000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
@@ -4949,74 +5041,74 @@
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="11" name="Группа 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{AB8690DA-5449-464D-80A9-DCC9C148D31F}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB8690DA-5449-464D-80A9-DCC9C148D31F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="9347250" y="37980"/>
             <a:ext cx="2844750" cy="286020"/>
             <a:chOff x="9347250" y="37980"/>
             <a:chExt cx="2844750" cy="286020"/>
           </a:xfrm>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="12" name="Прямоугольник 11">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{315118C4-713A-4AB9-B08B-BD62864C2E6A}"/>
+                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{315118C4-713A-4AB9-B08B-BD62864C2E6A}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr userDrawn="1"/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="9651000" y="49500"/>
               <a:ext cx="2541000" cy="274500"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1">
                 <a:shade val="50000"/>
               </a:schemeClr>
             </a:lnRef>
@@ -5026,51 +5118,51 @@
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:endParaRPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="13" name="Блок-схема: объединение 12">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A0898C5B-FFF0-4624-824E-84E4C17CBB18}"/>
+                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A0898C5B-FFF0-4624-824E-84E4C17CBB18}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr userDrawn="1"/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="9347250" y="37980"/>
               <a:ext cx="607500" cy="274500"/>
             </a:xfrm>
             <a:prstGeom prst="flowChartMerge">
               <a:avLst/>
             </a:prstGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1">
                 <a:shade val="50000"/>
               </a:schemeClr>
             </a:lnRef>
@@ -5081,74 +5173,74 @@
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:endParaRPr lang="ru-RU">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="14" name="Группа 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{7BCAD506-BA00-4E33-B68C-E5911E34BEAB}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7BCAD506-BA00-4E33-B68C-E5911E34BEAB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="-35250" y="6583500"/>
             <a:ext cx="2844750" cy="274500"/>
             <a:chOff x="-35250" y="6583500"/>
             <a:chExt cx="2844750" cy="274500"/>
           </a:xfrm>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="15" name="Прямоугольник 14">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{501341E1-EFB0-48B5-8780-45599BABAF41}"/>
+                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{501341E1-EFB0-48B5-8780-45599BABAF41}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr userDrawn="1"/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="-35250" y="6583500"/>
               <a:ext cx="2541000" cy="274500"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1">
                 <a:shade val="50000"/>
               </a:schemeClr>
             </a:lnRef>
@@ -5158,51 +5250,51 @@
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:endParaRPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="16" name="Блок-схема: объединение 15">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{DE8C835F-D205-4D6A-8A82-F0DFE38F02AB}"/>
+                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DE8C835F-D205-4D6A-8A82-F0DFE38F02AB}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr userDrawn="1"/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm rot="10800000">
               <a:off x="2202000" y="6583500"/>
               <a:ext cx="607500" cy="274500"/>
             </a:xfrm>
             <a:prstGeom prst="flowChartMerge">
               <a:avLst/>
             </a:prstGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1">
                 <a:shade val="50000"/>
               </a:schemeClr>
             </a:lnRef>
@@ -5297,130 +5389,130 @@
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="3_Пользовательский макет">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{23721462-A9E1-4536-9F2D-B2F8F2185D48}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{23721462-A9E1-4536-9F2D-B2F8F2185D48}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6095998" y="365125"/>
             <a:ext cx="5257801" cy="1325563"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr b="1">
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Дата 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A18D8509-D379-49B3-A4FE-EDBEE0641797}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A18D8509-D379-49B3-A4FE-EDBEE0641797}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{90FB3E60-2F82-4C12-95B3-7ACC1B0E5862}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
               <a:t>25.11.2020</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Прямоугольник 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1D1B458C-BFE5-4FED-890B-A3C81CBD9E00}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D1B458C-BFE5-4FED-890B-A3C81CBD9E00}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="12192000" cy="99000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
@@ -5432,51 +5524,51 @@
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Прямоугольник 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{474EC097-BE1E-47C5-A4A4-558BFD9F9C06}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{474EC097-BE1E-47C5-A4A4-558BFD9F9C06}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="12450" y="6772425"/>
             <a:ext cx="12192000" cy="99000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
@@ -5488,115 +5580,115 @@
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Рисунок 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{17DD4B55-CA6E-4B68-97C9-646C6EC1FBE1}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{17DD4B55-CA6E-4B68-97C9-646C6EC1FBE1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="20850" y="-575"/>
             <a:ext cx="5186362" cy="6858575"/>
           </a:xfrm>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="9" name="Группа 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{ECD6CA42-8F84-4EF7-AC44-C6D7CA7B5256}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ECD6CA42-8F84-4EF7-AC44-C6D7CA7B5256}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="5207212" y="36075"/>
             <a:ext cx="2844750" cy="274500"/>
             <a:chOff x="5228062" y="49500"/>
             <a:chExt cx="2844750" cy="274500"/>
           </a:xfrm>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="10" name="Прямоугольник 9">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EF73193D-4957-4A8F-A457-261D1530DEC3}"/>
+                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EF73193D-4957-4A8F-A457-261D1530DEC3}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr userDrawn="1"/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="5228062" y="49500"/>
               <a:ext cx="2541000" cy="274500"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1">
                 <a:shade val="50000"/>
               </a:schemeClr>
             </a:lnRef>
@@ -5606,51 +5698,51 @@
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:endParaRPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="11" name="Блок-схема: объединение 10">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{9CA2CB59-7E2E-4FE6-B4DA-BC82267C4973}"/>
+                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9CA2CB59-7E2E-4FE6-B4DA-BC82267C4973}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr userDrawn="1"/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="7465312" y="49500"/>
               <a:ext cx="607500" cy="274500"/>
             </a:xfrm>
             <a:prstGeom prst="flowChartMerge">
               <a:avLst/>
             </a:prstGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1">
                 <a:shade val="50000"/>
               </a:schemeClr>
             </a:lnRef>
@@ -5661,74 +5753,74 @@
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:endParaRPr lang="ru-RU">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="12" name="Группа 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F77822EB-8A6C-4A70-8594-303E6651250C}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F77822EB-8A6C-4A70-8594-303E6651250C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="9382650" y="6596925"/>
             <a:ext cx="2844750" cy="274500"/>
             <a:chOff x="9347250" y="6571200"/>
             <a:chExt cx="2844750" cy="274500"/>
           </a:xfrm>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="13" name="Прямоугольник 12">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1DA2A97F-749F-48D2-AE48-5762F540EF28}"/>
+                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1DA2A97F-749F-48D2-AE48-5762F540EF28}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr userDrawn="1"/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="9651000" y="6571200"/>
               <a:ext cx="2541000" cy="274500"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1">
                 <a:shade val="50000"/>
               </a:schemeClr>
             </a:lnRef>
@@ -5738,51 +5830,51 @@
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:endParaRPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="14" name="Блок-схема: объединение 13">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{3E93E1D6-3B3B-47F6-966E-B20E50008B90}"/>
+                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3E93E1D6-3B3B-47F6-966E-B20E50008B90}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr userDrawn="1"/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm rot="10800000">
               <a:off x="9347250" y="6571200"/>
               <a:ext cx="607500" cy="274500"/>
             </a:xfrm>
             <a:prstGeom prst="flowChartMerge">
               <a:avLst/>
             </a:prstGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1">
                 <a:shade val="50000"/>
               </a:schemeClr>
             </a:lnRef>
@@ -5793,51 +5885,51 @@
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:endParaRPr lang="ru-RU">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="Текст 18">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{57C0137E-3F0D-4D70-B2CA-0E5AD27AD19D}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{57C0137E-3F0D-4D70-B2CA-0E5AD27AD19D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6096000" y="2033588"/>
             <a:ext cx="5186363" cy="4049712"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr b="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
                 </a:solidFill>
               </a:defRPr>
@@ -5933,51 +6025,51 @@
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="4_Заголовок и объект">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Прямоугольник 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{04756F5F-238C-4EA5-953D-83BC7A40E2A5}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{04756F5F-238C-4EA5-953D-83BC7A40E2A5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="1674000"/>
             <a:ext cx="12192000" cy="1350000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
@@ -5985,87 +6077,87 @@
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Заголовок 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{4A24F890-6633-4AD3-9C24-3D0B92AF4E3A}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4A24F890-6633-4AD3-9C24-3D0B92AF4E3A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr b="1">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Текст 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{E2BC0BA3-1E1F-4BDD-8E19-DB8F68551CEA}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E2BC0BA3-1E1F-4BDD-8E19-DB8F68551CEA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="3294063"/>
             <a:ext cx="10515600" cy="2970212"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
@@ -6124,51 +6216,51 @@
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Текст 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{4560B685-5836-4067-85B7-2D3D4F5E0922}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4560B685-5836-4067-85B7-2D3D4F5E0922}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1989138"/>
             <a:ext cx="10515600" cy="809625"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
@@ -6269,51 +6361,51 @@
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="2_Пользовательский макет">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Прямоугольник 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{CA75B666-56EB-4BC3-A2DA-3F26BD5CBF9B}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA75B666-56EB-4BC3-A2DA-3F26BD5CBF9B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8031000" y="447747"/>
             <a:ext cx="3735000" cy="5962500"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
@@ -6321,124 +6413,124 @@
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Рисунок 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{848B91CB-D8C9-4DA9-8CED-26CE57EE341D}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{848B91CB-D8C9-4DA9-8CED-26CE57EE341D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="898502" y="3654002"/>
             <a:ext cx="6525000" cy="2609998"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Заголовок 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{7B65CF81-B173-4646-A374-B2745ECC32A1}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7B65CF81-B173-4646-A374-B2745ECC32A1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="898501" y="594001"/>
             <a:ext cx="6525000" cy="855000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="4800" b="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Текст 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{71819EB9-C582-4395-9B13-E428103A3604}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{71819EB9-C582-4395-9B13-E428103A3604}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="898501" y="1764001"/>
             <a:ext cx="6525000" cy="1685564"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
@@ -6539,79 +6631,79 @@
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
   <p:cSld name="Заголовок и объект">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{5B8583EE-252E-41FE-AB7A-07D44653FD27}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5B8583EE-252E-41FE-AB7A-07D44653FD27}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{476B07D8-45F5-432E-B708-DF9A62577838}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{476B07D8-45F5-432E-B708-DF9A62577838}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
@@ -6624,105 +6716,105 @@
               <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{4F326451-6A92-4D65-AD0B-856528E6431B}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F326451-6A92-4D65-AD0B-856528E6431B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8D725E21-EC16-4FB2-B00B-6D2CEE013F9A}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>25.11.2020</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{CBB1D946-D98C-4347-BAE3-CA1AC606661A}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CBB1D946-D98C-4347-BAE3-CA1AC606661A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Номер слайда 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{C5B3555D-832A-49FA-A417-C87C45C2FB7E}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C5B3555D-832A-49FA-A417-C87C45C2FB7E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C8E53427-77A2-4406-AB9B-33DF0012B4DB}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
@@ -6746,89 +6838,89 @@
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F6563856-D66D-44B8-8569-D9ACB42E3C8A}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F6563856-D66D-44B8-8569-D9ACB42E3C8A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="365125"/>
             <a:ext cx="10515600" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Текст 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{7790A5AD-7C0F-4C90-97EE-17018A6D240F}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7790A5AD-7C0F-4C90-97EE-17018A6D240F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1825625"/>
             <a:ext cx="10515600" cy="4351338"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -6851,189 +6943,189 @@
               <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{6DC517B4-0AEF-484D-A4C7-3B3F2A71AF42}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6DC517B4-0AEF-484D-A4C7-3B3F2A71AF42}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{8D725E21-EC16-4FB2-B00B-6D2CEE013F9A}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>25.11.2020</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{43C0E6D4-8D6A-47A6-9A1A-6801E7FBB2E8}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{43C0E6D4-8D6A-47A6-9A1A-6801E7FBB2E8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Номер слайда 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{73DBEAA2-0AD4-4523-8AB9-89C7AC541DAD}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{73DBEAA2-0AD4-4523-8AB9-89C7AC541DAD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8610600" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{C8E53427-77A2-4406-AB9B-33DF0012B4DB}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Рисунок 7">
             <a:hlinkClick r:id="rId20"/>
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A3DF6E02-8AFD-430E-83E7-3B976B38D7C2}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A3DF6E02-8AFD-430E-83E7-3B976B38D7C2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId21" cstate="email">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="-1194000" y="367393"/>
             <a:ext cx="757762" cy="757762"/>
           </a:xfrm>
@@ -7336,59 +7428,59 @@
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto2.wdp"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
@@ -7454,51 +7546,51 @@
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="-11710" y="21573"/>
             <a:ext cx="12203710" cy="6851515"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Прямоугольник 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{FAEDB61B-F9AE-4F16-B6F5-0670FE0EBD79}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FAEDB61B-F9AE-4F16-B6F5-0670FE0EBD79}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="-19300" y="2754000"/>
             <a:ext cx="12211300" cy="4104000"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst>
               <a:gd name="connsiteX0" fmla="*/ 0 w 12192000"/>
               <a:gd name="connsiteY0" fmla="*/ 0 h 6858000"/>
               <a:gd name="connsiteX1" fmla="*/ 12192000 w 12192000"/>
               <a:gd name="connsiteY1" fmla="*/ 0 h 6858000"/>
               <a:gd name="connsiteX2" fmla="*/ 12192000 w 12192000"/>
               <a:gd name="connsiteY2" fmla="*/ 6858000 h 6858000"/>
               <a:gd name="connsiteX3" fmla="*/ 0 w 12192000"/>
               <a:gd name="connsiteY3" fmla="*/ 6858000 h 6858000"/>
               <a:gd name="connsiteX4" fmla="*/ 0 w 12192000"/>
               <a:gd name="connsiteY4" fmla="*/ 0 h 6858000"/>
               <a:gd name="connsiteX0" fmla="*/ 0 w 12192000"/>
@@ -7659,300 +7751,358 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="-18150" y="0"/>
             <a:ext cx="12171000" cy="707886"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="6CAED0"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:tabLst>
                 <a:tab pos="1524000" algn="l"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Қазақстан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Республикасы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Білім</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>және</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ғылым</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>министрлігі</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Министерство образования и науки Республики Казахстан</a:t>
+              <a:t/>
             </a:r>
             <a:br>
               <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Национальный центр тестирования</a:t>
-            </a:r>
+              <a:t>Ұлттық</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тестілеу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>орталығы</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4971000" y="4239000"/>
-            <a:ext cx="7432674" cy="1384995"/>
+            <a:off x="5215050" y="4803021"/>
+            <a:ext cx="6930000" cy="954107"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="6350">
             <a:noFill/>
             <a:prstDash val="lgDash"/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+              <a:rPr lang="kk-KZ" sz="2800" b="1" dirty="0" smtClean="0">
                 <a:ln w="3175">
                   <a:solidFill>
                     <a:schemeClr val="bg1"/>
                   </a:solidFill>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ЕДИНОЕ</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+              <a:t>Қаңтар айында өткізілетін</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2800" b="1" dirty="0" smtClean="0">
                 <a:ln w="3175">
                   <a:solidFill>
                     <a:schemeClr val="bg1"/>
                   </a:solidFill>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
-[...121 lines deleted...]
-              <a:t>проводимое в январе</a:t>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ҰЛТТЫҚ БІРЫҢҒАЙ ТЕСТІЛЕУ</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2800" dirty="0">
               <a:ln w="3175">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:ln>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="TextBox 8"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4837105" y="6399000"/>
-            <a:ext cx="2249590" cy="377026"/>
+            <a:off x="4830693" y="6399000"/>
+            <a:ext cx="2262414" cy="377026"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" lIns="68580" tIns="34290" rIns="68580" bIns="34290" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Нур-Султан, 2021 </a:t>
-            </a:r>
+              <a:t>Нұр-Сұлтан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, 2021</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Рисунок 9"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
                 <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a14:imgLayer r:embed="rId4">
                     <a14:imgEffect>
                       <a14:brightnessContrast bright="20000"/>
                     </a14:imgEffect>
                   </a14:imgLayer>
                 </a14:imgProps>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect l="1122" t="13105" r="80929" b="70655"/>
           <a:stretch/>
@@ -8002,81 +8152,50 @@
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...29 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Заголовок 1"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="13"/>
             <a:ext cx="12192000" cy="818375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="6CAED0"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
@@ -8086,788 +8205,783 @@
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="4400" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="3467" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Образец задания на основе контекста</a:t>
+              <a:t>Контекст </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3467" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>негізіндегі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3467" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3467" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тапсырмалардың</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3467" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3467" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>үлгісі</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="3467" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...4 lines deleted...]
-          </p:cNvSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Рисунок 5" descr="C:\Users\dauren\Desktop\FLtRvgII5C0.jpg"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
           <p:nvPr/>
-        </p:nvSpPr>
-        <p:spPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect r="1338"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="0" y="824301"/>
-            <a:ext cx="6540500" cy="673100"/>
+            <a:off x="26987" y="822609"/>
+            <a:ext cx="3189013" cy="2021391"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
         </p:spPr>
-        <p:txBody>
-[...60 lines deleted...]
-      </p:sp>
+      </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Прямоугольник 5"/>
+          <p:cNvPr id="5" name="Прямоугольник 6"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="127466" y="2701780"/>
-            <a:ext cx="5698534" cy="1923604"/>
+            <a:off x="3216000" y="822609"/>
+            <a:ext cx="8976000" cy="2031325"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...57 lines deleted...]
-            </a:r>
+            <a:pPr indent="457200" algn="just"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Отанымызда </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>табиғаттың керемет құбылыстарының бірін – Үлбі мен Ертіс атты түстері әр түрлі екі өзеннің қосылуын көре аламыз. Түрлі-түсті сулар кездескенде бір-бірімен араласпай, біраз қашықтық бойы қатарласып өз жолдарын жалғастыра, әр өзен өз түсін сақтап аға береді. Ертіс өзеніне қарағанда Үлбі өзенінің суының түсі – қою сары болып келеді.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr indent="457200" algn="just"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Сулардың тоғысу үрдісін көргенде, өз көзіңе өзің сенбейсің. Бұл бір-бірімен кездескен, бірақ араласпайтын мүлдем екі бөлек жиектер.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8" name="Прямоугольник 6"/>
+          <p:cNvPr id="6" name="Прямоугольник 7"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="127466" y="4569964"/>
-[...108 lines deleted...]
-            <a:ext cx="4530725" cy="1923604"/>
+            <a:off x="28684" y="3004034"/>
+            <a:ext cx="3252787" cy="3540125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0">
-[...28 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1700" dirty="0">
+              <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>1. Аталған өзендер орналасқан Қазақстан аймағы</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1700" dirty="0">
-[...12 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1700" dirty="0">
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>А) Солтүстік</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1700" dirty="0">
-[...12 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1700" dirty="0">
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>В) Орталық</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1700" dirty="0">
-[...12 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1700" dirty="0">
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>С) Оңтүстік</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1700" dirty="0">
-[...12 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1700" dirty="0">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>D</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>) Шығыс</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Е) Батыс</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>2. Екі өзен түйіскеннен кейінгі өзеннің ағу бағыты</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>А) солтүстік-шығыс</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>В) оңтүстік</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>С) солтүстік-батыс</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>D) батыс</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Е) оңтүстік-шығыс</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="10" name="Прямоугольник 8"/>
+          <p:cNvPr id="7" name="Прямоугольник 8"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="6553824" y="2913657"/>
-            <a:ext cx="6096000" cy="1661993"/>
+            <a:off x="2998887" y="2977639"/>
+            <a:ext cx="4741862" cy="3786187"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0">
-[...28 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1700" dirty="0">
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>3</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. Төменде берілген пайымдаулардың ішіндегі дұрысы</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1700" dirty="0">
-[...12 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1700" dirty="0">
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>А) Үлбі өзені Ертіс өзенінің бастауы.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1700" dirty="0">
-[...12 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1700" dirty="0">
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>В) Суретте Павлодар қаласы көрсетілген.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1700" dirty="0">
-[...12 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1700" dirty="0">
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>С) Үлбі өзенінің суы қара түсті.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1700" dirty="0">
-[...12 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1700" dirty="0">
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>D) Үлбі өзені Ертіс өзенінің саласы.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Е) Аталған өзендер Жетісу Алатауынан бастау алады.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>4. Аталған өзендердің суларының түсі екі түрлі болуының себебі</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>А) қара түсті балдырлардың көп өсуі</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>В) өзен аңғарында жауын-шашынның мол түсуі</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>С) өзен бойындағы шөгінділердің әркелкілігі</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>D) ұзақ уақыт бір-бірімен араласпай ағуы</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Е) жылдамдықтарының әркелкі болуы</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="11" name="Прямоугольник 9"/>
+          <p:cNvPr id="8" name="Прямоугольник 9"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="6522521" y="4569964"/>
-            <a:ext cx="5540500" cy="2185214"/>
+            <a:off x="7581000" y="3004034"/>
+            <a:ext cx="3870325" cy="3292475"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square">
+          <a:bodyPr>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...57 lines deleted...]
-            </a:r>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>5. Үлбі мен Ертіс өзендері суларының біраз қашықтық бойы араласпай ағуының себебі</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>А) судың жылдамдығы, тұздылығы, температурасының әркелкілігі</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>В) өзендердің құламаларының, салалар санының, ағысының әркелкілігі</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>С) орманның көптігі, ағын жылдамдығы, суларының түстерінің әркелкілігі</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>D) жауын-шашынның молдығы, судың тығыздығы, жылдамдығының әркелкілігі</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Е) судың температурасы, жылдамдығы, тығыздығының әркелкілігі</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2480727593"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
       <p:transition spd="med" p14:dur="700">
         <p:fade/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
       <p:transition spd="med">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
@@ -8921,134 +9035,209 @@
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="4400" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:r>
-[...8 lines deleted...]
-            </a:r>
             <a:endParaRPr lang="ru-RU" sz="3467" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Picture 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="3731317" y="818388"/>
+            <a:off x="3711000" y="818388"/>
             <a:ext cx="4362450" cy="5838825"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
               <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Прямоугольник 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2788500" y="101423"/>
+            <a:ext cx="6615000" cy="615553"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ҰБТ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3400" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жауап</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3400" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>парағының</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3400" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>үлгісі</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3400" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="826670846"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
       <p:transition spd="med" p14:dur="700">
         <p:fade/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
       <p:transition spd="med">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
@@ -9182,83 +9371,104 @@
         <p:nvSpPr>
           <p:cNvPr id="33" name="Прямоугольник 32"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6369725" y="473094"/>
             <a:ext cx="5586877" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Тестілеудің</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Результаты тестирования</a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>нәтижелері</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>:</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="3" name="Группа 2"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="6665059" y="1072657"/>
-            <a:ext cx="5189272" cy="5138992"/>
+            <a:ext cx="5107716" cy="5410150"/>
             <a:chOff x="6668204" y="774000"/>
-            <a:chExt cx="5189272" cy="5138992"/>
+            <a:chExt cx="5107716" cy="5410150"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="13" name="Прямая соединительная линия 12">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{46C55AF7-4EE2-40E0-9A11-AAFC42BFA583}"/>
+                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{46C55AF7-4EE2-40E0-9A11-AAFC42BFA583}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvCxnSpPr>
               <a:cxnSpLocks/>
             </p:cNvCxnSpPr>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr>
             <a:xfrm flipH="1">
               <a:off x="6764331" y="1414906"/>
               <a:ext cx="39637" cy="4219094"/>
             </a:xfrm>
             <a:prstGeom prst="line">
               <a:avLst/>
             </a:prstGeom>
             <a:ln w="50800">
               <a:solidFill>
                 <a:srgbClr val="6CAED0"/>
               </a:solidFill>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
@@ -9271,51 +9481,51 @@
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="tx1"/>
             </a:fontRef>
           </p:style>
         </p:cxnSp>
         <p:grpSp>
           <p:nvGrpSpPr>
             <p:cNvPr id="25" name="Группа 24"/>
             <p:cNvGrpSpPr/>
             <p:nvPr/>
           </p:nvGrpSpPr>
           <p:grpSpPr>
             <a:xfrm>
               <a:off x="6690190" y="774000"/>
               <a:ext cx="675000" cy="675731"/>
               <a:chOff x="9157796" y="865193"/>
               <a:chExt cx="675000" cy="675731"/>
             </a:xfrm>
           </p:grpSpPr>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="14" name="Овал 13">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{20FC8D9E-76FE-4DA2-9038-AFB2970BA80C}"/>
+                    <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{20FC8D9E-76FE-4DA2-9038-AFB2970BA80C}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="9157796" y="865193"/>
                 <a:ext cx="675000" cy="675000"/>
               </a:xfrm>
               <a:prstGeom prst="ellipse">
                 <a:avLst/>
               </a:prstGeom>
               <a:solidFill>
                 <a:schemeClr val="accent5"/>
               </a:solidFill>
               <a:ln w="50800">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:ln>
             </p:spPr>
             <p:style>
               <a:lnRef idx="2">
@@ -9325,51 +9535,51 @@
               </a:lnRef>
               <a:fillRef idx="1">
                 <a:schemeClr val="accent1"/>
               </a:fillRef>
               <a:effectRef idx="0">
                 <a:schemeClr val="accent1"/>
               </a:effectRef>
               <a:fontRef idx="minor">
                 <a:schemeClr val="lt1"/>
               </a:fontRef>
             </p:style>
             <p:txBody>
               <a:bodyPr rtlCol="0" anchor="ctr"/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="ctr"/>
                 <a:endParaRPr lang="ru-RU"/>
               </a:p>
             </p:txBody>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="19" name="TextBox 18">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{5FE0E089-F94C-4DAD-9343-91982DD57BE4}"/>
+                    <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5FE0E089-F94C-4DAD-9343-91982DD57BE4}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr txBox="1"/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="9168924" y="894593"/>
                 <a:ext cx="652743" cy="646331"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
             </p:spPr>
             <p:txBody>
               <a:bodyPr wrap="none" rtlCol="0">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="ctr"/>
                 <a:r>
                   <a:rPr lang="en-US" sz="3600" b="1" dirty="0">
@@ -9389,51 +9599,51 @@
                   </a:solidFill>
                 </a:endParaRPr>
               </a:p>
             </p:txBody>
           </p:sp>
         </p:grpSp>
         <p:grpSp>
           <p:nvGrpSpPr>
             <p:cNvPr id="26" name="Группа 25"/>
             <p:cNvGrpSpPr/>
             <p:nvPr/>
           </p:nvGrpSpPr>
           <p:grpSpPr>
             <a:xfrm>
               <a:off x="6679334" y="1699892"/>
               <a:ext cx="675000" cy="675000"/>
               <a:chOff x="8723808" y="1284705"/>
               <a:chExt cx="675000" cy="675000"/>
             </a:xfrm>
           </p:grpSpPr>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="15" name="Овал 14">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{CAD916AD-4EBF-4C46-9DF3-879EE784F6A5}"/>
+                    <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CAD916AD-4EBF-4C46-9DF3-879EE784F6A5}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="8723808" y="1284705"/>
                 <a:ext cx="675000" cy="675000"/>
               </a:xfrm>
               <a:prstGeom prst="ellipse">
                 <a:avLst/>
               </a:prstGeom>
               <a:solidFill>
                 <a:schemeClr val="accent3"/>
               </a:solidFill>
               <a:ln w="50800">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:ln>
             </p:spPr>
             <p:style>
               <a:lnRef idx="2">
@@ -9443,51 +9653,51 @@
               </a:lnRef>
               <a:fillRef idx="1">
                 <a:schemeClr val="accent1"/>
               </a:fillRef>
               <a:effectRef idx="0">
                 <a:schemeClr val="accent1"/>
               </a:effectRef>
               <a:fontRef idx="minor">
                 <a:schemeClr val="lt1"/>
               </a:fontRef>
             </p:style>
             <p:txBody>
               <a:bodyPr rtlCol="0" anchor="ctr"/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="ctr"/>
                 <a:endParaRPr lang="ru-RU"/>
               </a:p>
             </p:txBody>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="20" name="TextBox 19">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{68F5F177-6241-458D-B305-50FCDF948C77}"/>
+                    <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{68F5F177-6241-458D-B305-50FCDF948C77}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr txBox="1"/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="8734935" y="1299039"/>
                 <a:ext cx="652743" cy="646331"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
             </p:spPr>
             <p:txBody>
               <a:bodyPr wrap="none" rtlCol="0">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="ctr"/>
                 <a:r>
                   <a:rPr lang="en-US" sz="3600" b="1" dirty="0">
@@ -9507,51 +9717,51 @@
                   </a:solidFill>
                 </a:endParaRPr>
               </a:p>
             </p:txBody>
           </p:sp>
         </p:grpSp>
         <p:grpSp>
           <p:nvGrpSpPr>
             <p:cNvPr id="27" name="Группа 26"/>
             <p:cNvGrpSpPr/>
             <p:nvPr/>
           </p:nvGrpSpPr>
           <p:grpSpPr>
             <a:xfrm>
               <a:off x="6690190" y="2756126"/>
               <a:ext cx="675000" cy="675365"/>
               <a:chOff x="8521818" y="1993057"/>
               <a:chExt cx="675000" cy="675365"/>
             </a:xfrm>
           </p:grpSpPr>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="16" name="Овал 15">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{D2AD7BFD-0EE7-4BE2-80F2-E3FA62C79BE4}"/>
+                    <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D2AD7BFD-0EE7-4BE2-80F2-E3FA62C79BE4}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="8521818" y="1993057"/>
                 <a:ext cx="675000" cy="675000"/>
               </a:xfrm>
               <a:prstGeom prst="ellipse">
                 <a:avLst/>
               </a:prstGeom>
               <a:solidFill>
                 <a:schemeClr val="accent5"/>
               </a:solidFill>
               <a:ln w="50800">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:ln>
             </p:spPr>
             <p:style>
               <a:lnRef idx="2">
@@ -9561,51 +9771,51 @@
               </a:lnRef>
               <a:fillRef idx="1">
                 <a:schemeClr val="accent1"/>
               </a:fillRef>
               <a:effectRef idx="0">
                 <a:schemeClr val="accent1"/>
               </a:effectRef>
               <a:fontRef idx="minor">
                 <a:schemeClr val="lt1"/>
               </a:fontRef>
             </p:style>
             <p:txBody>
               <a:bodyPr rtlCol="0" anchor="ctr"/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="ctr"/>
                 <a:endParaRPr lang="ru-RU"/>
               </a:p>
             </p:txBody>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="21" name="TextBox 20">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{751C5BC8-27B3-4377-B0CB-C023BBB759AE}"/>
+                    <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{751C5BC8-27B3-4377-B0CB-C023BBB759AE}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr txBox="1"/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="8532945" y="2022091"/>
                 <a:ext cx="652743" cy="646331"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
             </p:spPr>
             <p:txBody>
               <a:bodyPr wrap="none" rtlCol="0">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="ctr"/>
                 <a:r>
                   <a:rPr lang="en-US" sz="3600" b="1" dirty="0">
@@ -9625,51 +9835,51 @@
                   </a:solidFill>
                 </a:endParaRPr>
               </a:p>
             </p:txBody>
           </p:sp>
         </p:grpSp>
         <p:grpSp>
           <p:nvGrpSpPr>
             <p:cNvPr id="28" name="Группа 27"/>
             <p:cNvGrpSpPr/>
             <p:nvPr/>
           </p:nvGrpSpPr>
           <p:grpSpPr>
             <a:xfrm>
               <a:off x="6668204" y="3904817"/>
               <a:ext cx="675000" cy="675000"/>
               <a:chOff x="8541573" y="2096499"/>
               <a:chExt cx="675000" cy="675000"/>
             </a:xfrm>
           </p:grpSpPr>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="17" name="Овал 16">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{88FFBF1D-6537-4205-948E-C69BA9A66689}"/>
+                    <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88FFBF1D-6537-4205-948E-C69BA9A66689}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="8541573" y="2096499"/>
                 <a:ext cx="675000" cy="675000"/>
               </a:xfrm>
               <a:prstGeom prst="ellipse">
                 <a:avLst/>
               </a:prstGeom>
               <a:solidFill>
                 <a:schemeClr val="accent3"/>
               </a:solidFill>
               <a:ln w="50800">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:ln>
             </p:spPr>
             <p:style>
               <a:lnRef idx="2">
@@ -9679,51 +9889,51 @@
               </a:lnRef>
               <a:fillRef idx="1">
                 <a:schemeClr val="accent1"/>
               </a:fillRef>
               <a:effectRef idx="0">
                 <a:schemeClr val="accent1"/>
               </a:effectRef>
               <a:fontRef idx="minor">
                 <a:schemeClr val="lt1"/>
               </a:fontRef>
             </p:style>
             <p:txBody>
               <a:bodyPr rtlCol="0" anchor="ctr"/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="ctr"/>
                 <a:endParaRPr lang="ru-RU"/>
               </a:p>
             </p:txBody>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="22" name="TextBox 21">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A25210DE-0967-4AFC-AFA7-DB5928987001}"/>
+                    <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A25210DE-0967-4AFC-AFA7-DB5928987001}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr txBox="1"/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="8552700" y="2110833"/>
                 <a:ext cx="652743" cy="646331"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
             </p:spPr>
             <p:txBody>
               <a:bodyPr wrap="none" rtlCol="0">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="ctr"/>
                 <a:r>
                   <a:rPr lang="en-US" sz="3600" b="1" dirty="0">
@@ -9743,51 +9953,51 @@
                   </a:solidFill>
                 </a:endParaRPr>
               </a:p>
             </p:txBody>
           </p:sp>
         </p:grpSp>
         <p:grpSp>
           <p:nvGrpSpPr>
             <p:cNvPr id="29" name="Группа 28"/>
             <p:cNvGrpSpPr/>
             <p:nvPr/>
           </p:nvGrpSpPr>
           <p:grpSpPr>
             <a:xfrm>
               <a:off x="6711601" y="5237992"/>
               <a:ext cx="675000" cy="675000"/>
               <a:chOff x="7052665" y="6216430"/>
               <a:chExt cx="675000" cy="675000"/>
             </a:xfrm>
           </p:grpSpPr>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="18" name="Овал 17">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{00BB512A-D581-414F-835E-5D5DC62D5B5D}"/>
+                    <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00BB512A-D581-414F-835E-5D5DC62D5B5D}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="7052665" y="6216430"/>
                 <a:ext cx="675000" cy="675000"/>
               </a:xfrm>
               <a:prstGeom prst="ellipse">
                 <a:avLst/>
               </a:prstGeom>
               <a:solidFill>
                 <a:schemeClr val="accent5"/>
               </a:solidFill>
               <a:ln w="50800">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:ln>
             </p:spPr>
             <p:style>
               <a:lnRef idx="2">
@@ -9797,51 +10007,51 @@
               </a:lnRef>
               <a:fillRef idx="1">
                 <a:schemeClr val="accent1"/>
               </a:fillRef>
               <a:effectRef idx="0">
                 <a:schemeClr val="accent1"/>
               </a:effectRef>
               <a:fontRef idx="minor">
                 <a:schemeClr val="lt1"/>
               </a:fontRef>
             </p:style>
             <p:txBody>
               <a:bodyPr rtlCol="0" anchor="ctr"/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="ctr"/>
                 <a:endParaRPr lang="ru-RU"/>
               </a:p>
             </p:txBody>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="23" name="TextBox 22">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{71B8F704-798F-40EA-9520-91B51829E69A}"/>
+                    <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{71B8F704-798F-40EA-9520-91B51829E69A}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr txBox="1"/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="7063791" y="6230764"/>
                 <a:ext cx="652743" cy="646331"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
             </p:spPr>
             <p:txBody>
               <a:bodyPr wrap="none" rtlCol="0">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="ctr"/>
                 <a:r>
                   <a:rPr lang="en-US" sz="3600" b="1" dirty="0">
@@ -9863,206 +10073,586 @@
               </a:p>
             </p:txBody>
           </p:sp>
         </p:grpSp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="34" name="Прямоугольник 33"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="7387860" y="785976"/>
               <a:ext cx="4332685" cy="646331"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
-              <a:pPr algn="just"/>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>Мемлекеттік</a:t>
+              </a:r>
               <a:r>
                 <a:rPr lang="ru-RU" dirty="0">
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>Объявляются государственной комиссией в тот же день;</a:t>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>комиссиямен</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>сол</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>күні</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>хабарланады</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>;</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="35" name="Прямоугольник 34"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="7386601" y="1817266"/>
               <a:ext cx="4281392" cy="646331"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
-              <a:pPr algn="just"/>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>Тестілеу</a:t>
+              </a:r>
               <a:r>
                 <a:rPr lang="ru-RU" dirty="0">
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>Вывешиваются на информационном стенде по месту проведения;</a:t>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>өткізу</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>орнындағы</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>ақпараттық</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>тақтаға</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>ілінеді</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>;</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="36" name="Прямоугольник 35"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="7376313" y="2877311"/>
-              <a:ext cx="4481163" cy="369332"/>
+              <a:off x="7457878" y="2877311"/>
+              <a:ext cx="4318042" cy="369332"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="none">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="just"/>
               <a:r>
-                <a:rPr lang="ru-RU" dirty="0">
+                <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>Сертификат выдается в электронном виде;</a:t>
+                <a:t>Сертификат </a:t>
               </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>электронды</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>нұсқада</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>беріледі</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>;</a:t>
+              </a:r>
+              <a:endParaRPr lang="ru-RU" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="37" name="Прямоугольник 36"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="7370627" y="3642153"/>
               <a:ext cx="4332685" cy="1200329"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="just"/>
               <a:r>
-                <a:rPr lang="ru-RU" dirty="0">
+                <a:rPr lang="ru-RU" dirty="0" err="1">
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>С результатом тестирования можно ознакомиться на сайте                               www.testcenter.kz </a:t>
-[...13 lines deleted...]
-                <a:t>(</a:t>
+                <a:t>Тестілеу</a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="ru-RU" dirty="0">
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>при вводе ИКТ и ИИН тестируемого);</a:t>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>нәтижесімен</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" dirty="0">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>www.testcenter.kz </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>сайтында</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>танысуға</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>болады</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> (</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>тестіленушінің</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> ТЖК мен  ЖСН </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>енгізу</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>арқылы</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>);</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="38" name="Прямоугольник 37"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="7387439" y="5260820"/>
-              <a:ext cx="4299063" cy="646331"/>
+              <a:ext cx="4299063" cy="923330"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="just"/>
               <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>Нәтижемен</a:t>
+              </a:r>
+              <a:r>
                 <a:rPr lang="ru-RU" dirty="0">
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>При несогласии с результатами, тестируемый может подать на апелляцию.</a:t>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>келіспеген</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>жағдайда</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>, </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>тестіленуші</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>апелляцияға</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>өтініш</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>бере</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>алады</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>.</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="39" name="Прямоугольник 38"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6119119" y="38655"/>
             <a:ext cx="242944" cy="6637800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="6CAED0"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
@@ -10079,51 +10669,51 @@
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4098" name="Picture 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="-15279" y="221875"/>
             <a:ext cx="6105525" cy="6134100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
@@ -10143,163 +10733,1058 @@
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
               <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="TextBox 1"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6290" y="461265"/>
-            <a:ext cx="3826087" cy="5570756"/>
+            <a:ext cx="3826087" cy="6432530"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Тыйым</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Запрещается:</a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>салынады</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Аудиториядан</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Выходить из аудитории без разрешения и сопровождения представителя Министерства;</a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>дәліз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>кезекшісінің</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>міндетін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>атқаратын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Министрлік</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>өкілінің</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>рұқсатынсыз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>және</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>алып</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жүруінсіз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>шығуға</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Сөйлесуге</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>орын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ауыстыруға</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тестілеу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>материалдарымен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>алмасуға</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тестілеу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>материалдарын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>аудиториядан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>шығаруға</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Переговариваться, пересаживаться с места на место, обмениваться материалами тестирования и выносить материалы тестирования с аудитории;</a:t>
+              <a:t>. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Ұялы</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Пользоваться средствами мобильной связи и другими электронными устройствами, учебно-методическими пособиями, шпаргалками, калькулятором (за исключением калькулятора установленного на посадочном месте в пункте проведения ЕНТ);</a:t>
-            </a:r>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>байланыс</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>құралдарын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>оқулықтар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>мен </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>әдістемелік</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>әдебиеттерді</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>шпаргалкаларды және </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>калькуляторды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қолдануға</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> (ҰБТ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>өткізу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>пунктіндегі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>отырғызу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>орындарына</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бекітілген</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>калькуляторды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>есептемегенде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>);</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Тестілеу</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Осуществлять порчу материалов тестирования (листов ответа и книжки);</a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>материалдарын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жауап</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>парағы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> мен </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>кітапшалар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>умаждауға</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Использовать корректирующую жидкость, закрашивать сектора, не предусмотренные для этого (номер листа ответов);</a:t>
+              <a:t>Корректор </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сұйықтығын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қолдануға</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Жауап</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>По истечению времени тестирования необходимо сдать материалы дежурному, в противном случае результаты не принимаются;</a:t>
-            </a:r>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>парағын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бояуға</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қарастырылмаған</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>секторларын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бояу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жауап</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>парағының</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>нөмірі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>арқылы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бүлдіруге</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+            <a:endParaRPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Тестілеу уақыты аяқталған соң тест материалдарын кезекшіге тапсыру қажет, тапсырмаған жағдайда нәтижелер қабылданбайды;  </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Қауіпсіздік</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Намеренную порчу системы безопасности.</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жүйесін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>әдейі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бүлдіруіне</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0" smtClean="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3543718871"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
       <p:transition spd="med" p14:dur="700">
         <p:fade/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
       <p:transition spd="med">
         <p:fade/>
@@ -10401,423 +11886,1951 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Прямоугольник 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="290999" y="1089000"/>
             <a:ext cx="11610000" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0">
-[...18 lines deleted...]
-            </a:r>
+              <a:rPr lang="en-US" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Апелляция</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>өтініштері</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> ҰБТ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>нәтижелері</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>хабарланғаннан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>кейін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>келесі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>күнгі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сағат</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>13.00-ге </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>дейін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қабылданады</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" b="1" dirty="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3872826" y="1467782"/>
-            <a:ext cx="4446345" cy="400110"/>
+            <a:ext cx="5355762" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Апелляция рассматривается в случаях</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+              <a:t>Апелляция </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>мына</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жағдайларда</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қарастырылады</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
               </a:rPr>
               <a:t>:</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Прямоугольник 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="291000" y="1993890"/>
             <a:ext cx="5920430" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="6CAED0"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>По содержанию</a:t>
-            </a:r>
+              <a:t>Мазмұнына</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>байланысты</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Прямоугольник 5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6410208" y="2000063"/>
             <a:ext cx="5482992" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="6CAED0"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>По техническим причинам</a:t>
-            </a:r>
+              <a:t>Техникалық</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>себептерге</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>байланысты</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="19" name="Прямоугольник 18"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="290999" y="2391923"/>
             <a:ext cx="5920431" cy="3785652"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="F2F2F2"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>1) Правильный ответ не совпадает с кодом правильных ответов (указывается вариант правильного ответа);</a:t>
-            </a:r>
+              <a:t>1) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Д</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ұрыс</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жауап</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>дұрыс</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жауаптар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>кодымен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сәйкес</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>келмесе</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>дұрыс</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жауаптың</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>нұсқасы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>көрсетіледі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>);</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just">
               <a:tabLst>
                 <a:tab pos="533387" algn="l"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>2)   Отсутствует правильный ответ;</a:t>
-            </a:r>
+              <a:t>2) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Д</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ұрыс</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жауап</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>болмаса</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just">
               <a:tabLst>
                 <a:tab pos="441314" algn="l"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>3</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>3) Имеется более одного правильного ответа в тестовых заданиях с выбором одного правильного ответа из всех предложенных (указываются все варианты правильных ответов);</a:t>
-            </a:r>
+              <a:t>) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Б</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ерілген</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>барлық</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жауап</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>нұсқасынан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бір</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>дұрыс</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жауапты</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>таңдауға</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>арналған</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тест</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тапсырмаларында</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бірден</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>көп</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>дұрыс</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жауап</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>болса</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>дұрыс</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жауаптардың</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>барлық</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>нұсқалары</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>көрсетіледі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>);</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>4</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>4)   Некорректно составленное тестовое задание;</a:t>
-            </a:r>
+              <a:t>) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Т</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ест</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тапсырмасы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>дұрыс</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>құрылмаса</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>5</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>5)  Отсутствует фрагмент условия тестового задания (текст, схемы, рисунки, таблицы) в результате,</a:t>
-[...13 lines deleted...]
-            </a:r>
+              <a:t>) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тест</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тапсырмасы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>шартының</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>фрагменті</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>мәтін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сызба</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>суреттер</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>кестелер</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>табылмаса</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>соның</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>нәтижесінде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>дұрыс</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жауапты</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>анықтау</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>мүмкін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>болмағанда</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="20" name="Прямоугольник 19"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6410207" y="2409623"/>
             <a:ext cx="5482992" cy="3785652"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="F2F2F2"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>1) Считывание сканером закрашенного кружка, совпадающего с кодом каждого правильного ответа,</a:t>
-            </a:r>
+              <a:t>1) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Д</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ұрыс</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жауаптар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>кодымен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сәйкес</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>келетін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>боялған</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>дөңгелекшені</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сканер</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>екі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>және</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>одан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>көп</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>дөңгелекше</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ретінде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>оқыса</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
-            <a:r>
-[...70 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="2000" dirty="0" smtClean="0">
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="457200" indent="-457200" algn="just">
-[...1 lines deleted...]
-            </a:pPr>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>2</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Д</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ұрыс</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жауаптар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>кодымен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сәйкес</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>келетін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>боялған</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>дөңгелекшені</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сканер</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бос</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>дөңгелекше</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ретінде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>оқыса</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+            <a:endParaRPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:endParaRPr lang="kk-KZ" sz="2000" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>3) Ж</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ауап</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>парағында</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ақау</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>болғанда</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
             <a:endParaRPr lang="en-US" sz="2000" dirty="0">
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" indent="-457200" algn="just">
               <a:buAutoNum type="arabicParenR" startAt="3"/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="2000" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" indent="-457200" algn="just">
               <a:buAutoNum type="arabicParenR" startAt="3"/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="2000" dirty="0">
@@ -11058,118 +14071,266 @@
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="19772"/>
             <a:ext cx="12192000" cy="802161"/>
           </a:xfrm>
           <a:solidFill>
             <a:srgbClr val="6CAED0"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3467" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="3467" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Подготовка к ЕНТ</a:t>
-            </a:r>
+              <a:t>ҰБТ-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3467" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ға</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3467" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3467" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>дайындық</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3467" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Прямоугольник 5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="155575" y="949507"/>
-            <a:ext cx="4131226" cy="1015663"/>
+            <a:ext cx="4131226" cy="707886"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="6CAED0"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Онлайн пробное тестирование</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+              <a:t>Онлайн </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:t>байқау</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>на сайте Национального центра тестирования:</a:t>
-            </a:r>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сынағы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Ұлттық</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тестілеу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>орталығының</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сайтында</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>:</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Прямоугольник 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="155575" y="2418423"/>
             <a:ext cx="4191353" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
@@ -11180,85 +14341,162 @@
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>https://prob-ent.testcenter.kz/#/login</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" b="1" u="sng" dirty="0">
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Прямоугольник 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="274719" y="5317833"/>
-            <a:ext cx="3872961" cy="1015663"/>
+            <a:ext cx="3872961" cy="707886"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" algn="ctr"/>
             <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Онлайн </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>байқау</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сынағының</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бағасы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>– </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Стоимость одного онлайн </a:t>
-[...3 lines deleted...]
-            <a:pPr lvl="0" algn="ctr"/>
+              <a:t>260 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>теңге</a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>пробного тестирования  – 260 тенге.</a:t>
+              <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1400" i="1" dirty="0">
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="AutoShape 2" descr="blob:https://web.whatsapp.com/fd5eb0b6-cb22-4b95-9c63-a4d6147c037e"/>
           <p:cNvSpPr>
             <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="155575" y="-144463"/>
             <a:ext cx="304800" cy="304801"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
@@ -11405,130 +14643,280 @@
           </p:spPr>
         </p:pic>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="12" name="Прямоугольник 11"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="8517524" y="5364000"/>
               <a:ext cx="3203360" cy="923330"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr lvl="0" algn="ctr"/>
               <a:r>
+                <a:rPr lang="ru-RU" i="1" dirty="0" err="1" smtClean="0">
+                  <a:solidFill>
+                    <a:prstClr val="black"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>Байқау</a:t>
+              </a:r>
+              <a:r>
                 <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:prstClr val="black"/>
                   </a:solidFill>
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>Стоимость книжки-вопросника пробного тестирования – 351 тенге</a:t>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" i="1" dirty="0" err="1" smtClean="0">
+                  <a:solidFill>
+                    <a:prstClr val="black"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>сынағы</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:prstClr val="black"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" i="1" dirty="0" err="1" smtClean="0">
+                  <a:solidFill>
+                    <a:prstClr val="black"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>сұрақ</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:prstClr val="black"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" i="1" dirty="0" err="1" smtClean="0">
+                  <a:solidFill>
+                    <a:prstClr val="black"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>кітапшасының</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:prstClr val="black"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" i="1" dirty="0" err="1" smtClean="0">
+                  <a:solidFill>
+                    <a:prstClr val="black"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>бағасы</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:prstClr val="black"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> – 351 </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" i="1" dirty="0" err="1" smtClean="0">
+                  <a:solidFill>
+                    <a:prstClr val="black"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>теңге</a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="ru-RU" i="1" dirty="0">
                   <a:solidFill>
                     <a:prstClr val="black"/>
                   </a:solidFill>
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t>.</a:t>
               </a:r>
               <a:endParaRPr lang="ru-RU" sz="1200" i="1" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="14" name="Прямоугольник 13"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="4473984" y="5364000"/>
-              <a:ext cx="3456407" cy="923330"/>
+              <a:ext cx="3456407" cy="646331"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr lvl="0" algn="ctr"/>
               <a:r>
-                <a:rPr lang="ru-RU" i="1" dirty="0">
+                <a:rPr lang="ru-RU" i="1" dirty="0" err="1" smtClean="0">
                   <a:solidFill>
                     <a:prstClr val="black"/>
                   </a:solidFill>
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>Стоимость </a:t>
+                <a:t>Оқу-әдістемелік</a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:prstClr val="black"/>
                   </a:solidFill>
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>учебно-методического пособия – 414 </a:t>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" i="1" dirty="0" err="1" smtClean="0">
+                  <a:solidFill>
+                    <a:prstClr val="black"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>құралдың</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:prstClr val="black"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" i="1" dirty="0" err="1" smtClean="0">
+                  <a:solidFill>
+                    <a:prstClr val="black"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>бағасы</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:prstClr val="black"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> – 414 </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" i="1" dirty="0" err="1" smtClean="0">
+                  <a:solidFill>
+                    <a:prstClr val="black"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>теңге</a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="ru-RU" i="1" dirty="0">
                   <a:solidFill>
                     <a:prstClr val="black"/>
                   </a:solidFill>
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>тенге.</a:t>
+                <a:t>.</a:t>
               </a:r>
               <a:endParaRPr lang="ru-RU" sz="1200" i="1" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:grpSp>
           <p:nvGrpSpPr>
             <p:cNvPr id="13" name="Группа 12"/>
             <p:cNvGrpSpPr/>
             <p:nvPr/>
           </p:nvGrpSpPr>
           <p:grpSpPr>
             <a:xfrm>
               <a:off x="4694417" y="2919309"/>
               <a:ext cx="3015000" cy="1918239"/>
               <a:chOff x="0" y="0"/>
               <a:chExt cx="7754587" cy="4156364"/>
             </a:xfrm>
           </p:grpSpPr>
@@ -11645,145 +15033,341 @@
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="8391001" y="1909968"/>
               <a:ext cx="3456406" cy="707886"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="accent1">
                 <a:lumMod val="60000"/>
                 <a:lumOff val="40000"/>
               </a:schemeClr>
             </a:solidFill>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr lvl="0" algn="ctr"/>
               <a:r>
+                <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>Байқау</a:t>
+              </a:r>
+              <a:r>
                 <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:schemeClr val="bg1"/>
                   </a:solidFill>
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>Книжки-вопросники пробного тестирования:</a:t>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>сынағының</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>сұрақ</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>кітапшалары</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>:</a:t>
               </a:r>
               <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="19" name="Прямоугольник 18"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="4473985" y="1909968"/>
-              <a:ext cx="3351294" cy="707886"/>
+              <a:ext cx="3351294" cy="400110"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr lvl="0" algn="ctr"/>
               <a:r>
+                <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>Оқу-әдістемелік</a:t>
+              </a:r>
+              <a:r>
                 <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:schemeClr val="bg1"/>
                   </a:solidFill>
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>Учебно-методические пособия:</a:t>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>құрал</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>:</a:t>
               </a:r>
               <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="21" name="Прямоугольник 20"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4499806" y="949507"/>
-            <a:ext cx="7581194" cy="461665"/>
+            <a:off x="4836001" y="949507"/>
+            <a:ext cx="6766516" cy="461665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent3">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>В пунктах проведения ЕНТ можете приобрести:</a:t>
+              <a:t>ҰБТ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>өткізу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>пункттерінде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сатып</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> ала </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>аласыз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>:</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent3">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="24" name="Прямоугольник 23"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4499264" y="2180748"/>
             <a:ext cx="3456948" cy="3652992"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
@@ -11820,51 +15404,93 @@
         <p:nvSpPr>
           <p:cNvPr id="25" name="Прямоугольник 24"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4499806" y="5849783"/>
             <a:ext cx="7692194" cy="861774"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" sz="2500" b="1" u="sng" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Адреса пунктов проведения ЕНТ: </a:t>
+              <a:t>ҰБТ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2500" b="1" u="sng" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>өткізу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2500" b="1" u="sng" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2500" b="1" u="sng" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>пункттерінің</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2500" b="1" u="sng" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2500" b="1" u="sng" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>мекен-жайы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2500" b="1" u="sng" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>: </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2500" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>https://</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2500" b="1" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>www.testcenter.kz/ru/contacts/kontakty-filialov/</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2500" b="1" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
@@ -11904,51 +15530,51 @@
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Прямоугольник 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{2E3C9821-5591-4CF4-89A7-31405354F565}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E3C9821-5591-4CF4-89A7-31405354F565}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="5466000" cy="6858000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="6CAED0"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
@@ -11956,133 +15582,179 @@
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Заголовок 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{AEC55727-BA37-4438-8ACD-551E0CC2D3B6}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AEC55727-BA37-4438-8ACD-551E0CC2D3B6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5484674" y="372977"/>
             <a:ext cx="6707326" cy="379373"/>
           </a:xfrm>
           <a:solidFill>
             <a:srgbClr val="6CAED0"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>СПАСИБО</a:t>
-            </a:r>
+              <a:t>Рақмет</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Прямоугольник 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1" y="372977"/>
-            <a:ext cx="5484672" cy="379373"/>
+            <a:ext cx="5484672" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="kk-KZ" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="6CAED0"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> Интернет-ресурсы по вопросам ЕНТ – 2021 </a:t>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="6CAED0"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>ҰБТ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="6CAED0"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>– </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="6CAED0"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>2021 </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="6CAED0"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="6CAED0"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сұрақтары бойынша интернет-ресурстар</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="6CAED0"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="15" name="Рисунок 14"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3"/>
           <a:srcRect l="1122" t="13105" r="80929" b="70655"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="309684" y="1289331"/>
             <a:ext cx="692040" cy="410844"/>
           </a:xfrm>
@@ -12490,436 +16162,1290 @@
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Рисунок 5"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4606313" y="739864"/>
+            <a:off x="4595621" y="324000"/>
             <a:ext cx="2979017" cy="4801316"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="TextBox 6"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="201000" y="739865"/>
-            <a:ext cx="4407750" cy="5078313"/>
+            <a:off x="179422" y="324001"/>
+            <a:ext cx="4407750" cy="5570756"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0">
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFC000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Кто может участвовать в ЕНТ</a:t>
-[...9 lines deleted...]
-              <a:t>?</a:t>
+              <a:t>ҰБТ-ға кімдер қатыса алады?</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2000" b="1" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="FFC000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:endParaRPr lang="en-US" sz="1600" b="1" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750" algn="just">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="q"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>для зачисления в ВУЗ на платной основе</a:t>
+              <a:t>ЖОО-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ға</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ақылы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>негізде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қабылдану</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>үшін</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FFFF00"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
-[...17 lines deleted...]
-            </a:r>
+              <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Қ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>алауы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бойынша</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> ЖОО-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ға</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ақылы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>негізде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>оқуға</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қабылдану</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>үшін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>орта</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>білім</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>беру</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ұйымдарының</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бітіруші</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> 11 (12) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сынып</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>оқушылары</a:t>
+            </a:r>
+            <a:endParaRPr lang="kk-KZ" sz="1600" b="1" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
-            <a:endParaRPr lang="en-US" sz="1600" b="1" dirty="0">
+            <a:endParaRPr lang="kk-KZ" sz="1600" b="1" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="bg2"/>
+                <a:schemeClr val="bg1"/>
               </a:solidFill>
-              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750" algn="just">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="q"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>для </a:t>
-[...19 lines deleted...]
-              <a:t>основе</a:t>
+              <a:t>ЖОО-ға ақылы негізде одан әрі қабылдану үшін</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" b="1" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="FFFF00"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Күнтізбелік</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
-                  <a:schemeClr val="bg2"/>
-[...4 lines deleted...]
-              <a:t>Лица</a:t>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жылы</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="bg2"/>
-[...4 lines deleted...]
-              <a:t>, зачисленные в ВУЗы по очной форме обучения на платной основе в календарном году без сертификата </a:t>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> ЖОО</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ның</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
-                  <a:schemeClr val="bg2"/>
-[...6 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="1600" b="1" dirty="0" smtClean="0">
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>күндізгі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>оқу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бөліміне</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ақылы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>негізде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ҰБТ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сертификатынсыз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қабылданған</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тұлғалар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="bg2"/>
+                <a:schemeClr val="bg1"/>
               </a:solidFill>
-              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0">
-              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:endParaRPr lang="en-US" sz="1600" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="285750" indent="-285750" algn="just">
+            <a:pPr algn="just">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="q"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+              <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
-                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-[...5 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
-                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-[...5 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Шығармашылықтан </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
-                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-[...2 lines deleted...]
-              <a:t>на другие группы образовательных программ</a:t>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>басқа</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>білім</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>беру</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бағдарламалар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тобына</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ауысу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> үшін</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
-[...16 lines deleted...]
-              <a:t>другие</a:t>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Ш</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ығармашылық</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>дайындықты</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>талап</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ететін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>білім</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>беру</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бағдарламалары</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тобы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>нан басқаға ауысуға ниет білдірген ЖОО-ның </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>білім</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>алушы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>лары</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" b="1" dirty="0" smtClean="0">
               <a:solidFill>
-                <a:schemeClr val="bg2"/>
+                <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:endParaRPr lang="en-US" sz="1600" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="TextBox 8"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7585331" y="739865"/>
+            <a:off x="7563753" y="324001"/>
             <a:ext cx="4402877" cy="2062103"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="3200" b="1" dirty="0">
+              <a:rPr lang="kk-KZ" sz="3200" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Сроки подачи заявления для участия в </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="3200" b="1" dirty="0" smtClean="0">
+              <a:t>ҰБТ-ға қатысуға өтініштер беру мерзімі </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ЕНТ            </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
+              <a:t>1-15 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>с </a:t>
-[...19 lines deleted...]
-              <a:t>декабря</a:t>
+              <a:t>желтоқсан</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="15" name="Прямая соединительная линия 14"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="762375" y="1189865"/>
             <a:ext cx="3285000" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="57150">
@@ -12931,84 +17457,84 @@
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="25" name="Группа 24"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="2265262" y="5793003"/>
-            <a:ext cx="9164007" cy="830997"/>
+            <a:off x="2279833" y="5894757"/>
+            <a:ext cx="9711167" cy="830997"/>
             <a:chOff x="2265262" y="5819956"/>
             <a:chExt cx="9164007" cy="830997"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="17" name="TextBox 16"/>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="2662641" y="5819956"/>
               <a:ext cx="8766628" cy="830997"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
                 <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0" smtClean="0">
                   <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>Подача заявления в онлайн режиме возможно при наличии у заявителя удостоверения личности или паспорта, лица имеющие только свидетельство о рождении подают заявление через пункты приема заявлений.</a:t>
+                <a:t>Өтініш берушінің жеке куәлігі немесе төлқұжаты болған жағдайда онлайн өтініш бере алады, ал тек туу туралы куәлігі бар тұлғалар өтінішті қабылдау пунктері арқылы береді </a:t>
               </a:r>
               <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0">
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="18" name="Picture 3" descr="C:\Users\b.amzeeva\AppData\Local\Microsoft\Windows\INetCache\IE\BWZBUA2C\1200px-Exclamation_mark_2.svg[1].png"/>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
             <a:blip r:embed="rId3" cstate="print">
               <a:extLst>
                 <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
                   <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                     <a14:imgLayer r:embed="rId4">
                       <a14:imgEffect>
                         <a14:sharpenSoften amount="50000"/>
                       </a14:imgEffect>
                       <a14:imgEffect>
@@ -13139,166 +17665,199 @@
           </p:spPr>
           <p:style>
             <a:lnRef idx="3">
               <a:schemeClr val="accent5"/>
             </a:lnRef>
             <a:fillRef idx="0">
               <a:schemeClr val="accent5"/>
             </a:fillRef>
             <a:effectRef idx="2">
               <a:schemeClr val="accent5"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="tx1"/>
             </a:fontRef>
           </p:style>
         </p:cxnSp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="TextBox 1"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7599090" y="3116797"/>
-            <a:ext cx="4185000" cy="584775"/>
+            <a:off x="7577512" y="2724657"/>
+            <a:ext cx="4389118" cy="584775"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Өтініштер</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Заявления подаются в режиме онлайн через сайт НЦТ</a:t>
+              <a:t> ҰТО-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ның</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сайты </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>арқылы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> онлайн </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>режимде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>беріледі</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="TextBox 12"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7620587" y="3971519"/>
+            <a:off x="7577237" y="3555655"/>
             <a:ext cx="4402877" cy="1569660"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="3200" b="1" dirty="0">
+              <a:rPr lang="kk-KZ" sz="3200" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Сроки </a:t>
-            </a:r>
+              <a:t>ҰБТ-ның өтетін мерзімі</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>проведения</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="3200" b="1" dirty="0" smtClean="0">
+              <a:t>15-20 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> ЕНТ </a:t>
-[...32 lines deleted...]
-              <a:t>20 января</a:t>
+              <a:t>қаңтар</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1581336246"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
       <p:transition spd="med" p14:dur="700">
         <p:fade/>
       </p:transition>
@@ -13322,97 +17881,244 @@
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="20" name="TextBox 19"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4153002" y="6070988"/>
-            <a:ext cx="3791712" cy="461665"/>
+            <a:off x="4195447" y="5792801"/>
+            <a:ext cx="3791712" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln w="9525">
             <a:solidFill>
               <a:schemeClr val="accent4">
                 <a:lumMod val="75000"/>
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...7 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1200" b="1" dirty="0">
+            <a:pPr lvl="0" indent="361950" algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Барлық</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>кезеңдерден</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сәтті</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>өткеннен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>кейін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Сіз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> «</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Сіздің</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>өтінішіңіз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қабылданды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>» </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>хабарламасын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>көресіз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1200" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="31" name="Овал 30"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5967388" y="292554"/>
+            <a:off x="5771827" y="261992"/>
             <a:ext cx="287129" cy="301446"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="6AAED2"/>
           </a:solidFill>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
@@ -13474,51 +18180,51 @@
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>3</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" b="1" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="38" name="Овал 37"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1713894" y="238185"/>
+            <a:off x="1723993" y="261992"/>
             <a:ext cx="287129" cy="301446"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="6AAED2"/>
           </a:solidFill>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
@@ -13527,1060 +18233,3211 @@
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" b="1" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="TextBox 1"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="-12062" y="639947"/>
+            <a:off x="15292" y="636363"/>
             <a:ext cx="3996633" cy="769441"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ПОДАЧА ЗАЯВЛЕНИЯ (В ОНЛАЙН РЕЖИМЕ)</a:t>
+              <a:t>ӨТІНІШ БЕРУ (ОНЛАЙН РЕЖИМДЕ)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1000" b="1" i="1" dirty="0">
-[...18 lines deleted...]
-            </a:r>
+              <a:rPr lang="ru-RU" sz="1000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ЖЕКЕ КУӘЛІГІ НЕМЕСЕ ПАСПОРТЫ БАР,  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" b="1" u="sng" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ЖАСЫ 18-ГЕ ТОЛ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1000" b="1" u="sng" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ҒАН ТҰЛҒАЛАР </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1000" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ҮШІН</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1000" b="1" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="ru-RU" sz="1200" b="1" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="TextBox 11"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="105168" y="1357817"/>
-            <a:ext cx="3811908" cy="3293209"/>
+            <a:ext cx="3811908" cy="2893100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent4">
               <a:lumMod val="75000"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="228600" indent="-228600">
+              <a:buFontTx/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" smtClean="0">
-[...13 lines deleted...]
-              <a:rPr lang="en-US" sz="1400" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ҮМІТКЕР </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>https://ubt.testcenter.kz/</a:t>
+              <a:t>https://</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ubt.testcenter.kz/  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>САЙТЫНА КІРУ КЕРЕК: </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" lvl="0" indent="-171450">
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Электронды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>поштаны</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>көрсету</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Осы </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>электронды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>поштаға</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тіркелу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>үшін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> логин мен пароль </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жіберіледі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" lvl="0" indent="-171450">
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Digital </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ID</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> жүйесінде міндетті тіркелуден </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>өту;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Тіркеу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жеке</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>куәлік</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> пен паспорт бар </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>болған</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жағдайда</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>мүмкін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>болады</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Тіркеуді</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>өз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> телефон </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>номерімен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>өту</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>міндетті</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" lvl="0" indent="-171450">
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Тестілеуге өтініш нысанын толтырады</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Үміткер</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>  ЖСН-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>енгізгеннен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>кейін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>  ТАӘ мен </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>білім</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> беру </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ұйымы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> ҰББДҚ-дан </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>алынып</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қойылады</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Мәліметтер</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>дұрыс</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>болмаған</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жағдайда</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>міндетті</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>түрде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> ҰБТ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>өткізу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>пунктіне</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>хабарлау</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>керек</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1200" dirty="0" smtClean="0">
-[...77 lines deleted...]
-            </a:pPr>
+              <a:rPr lang="kk-KZ" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Тестілеуге қатысу үшін ақы </a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1200" dirty="0" smtClean="0">
-                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
-[...14 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1200" b="1" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>төлейді.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1200" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="TextBox 15"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4060639" y="625446"/>
-            <a:ext cx="3996633" cy="769441"/>
+            <a:off x="3996151" y="648658"/>
+            <a:ext cx="3996633" cy="584775"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ПОДАЧА ЗАЯВЛЕНИЯ (В ОНЛАЙН РЕЖИМЕ)</a:t>
+              <a:t>ӨТІНІШ БЕРУ (ОНЛАЙН РЕЖИМДЕ)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1000" b="1" i="1" dirty="0" smtClean="0">
-[...14 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="1000" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ЖЕКЕ КУӘЛІГІ НЕМЕСЕ ПАСПОРТЫ БАР,  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" b="1" u="sng" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ЖАСЫ 18-ГЕ ТОЛМАҒАН </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ТҰЛҒАЛАР ҮШІН</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1000" b="1" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="TextBox 16"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4104281" y="1218603"/>
-            <a:ext cx="3967998" cy="1754326"/>
+            <a:off x="4131696" y="1224000"/>
+            <a:ext cx="3725541" cy="1938992"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="228600" indent="-228600" algn="just">
+            <a:pPr marL="228600" indent="-228600">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>РОДИТЕЛЬ или ЗАКОННЫЙ </a:t>
-[...6 lines deleted...]
-              <a:t>ПРЕДСТАВИТЕЛЬ </a:t>
+              <a:t>АТА-АНА НЕМЕСЕ ЗАҢДЫ ӨКІЛ БАЛАНЫҢ ҰБТ-ҒА ҚАТЫСУЫНА КЕЛІСІМІН БЕРУІ ТИІС.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Ол</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ДАЮТ </a:t>
-[...6 lines deleted...]
-              <a:t>СОГЛАСИЕ НА </a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>үшін</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>РЕГИСТРАЦИЮ РЕБЕНКА ДЛЯ УЧАСТИЯ В ЕНТ.</a:t>
-[...2 lines deleted...]
-          <a:p>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ата-ана</a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Для этого родитель или законный представитель должен зайти на сайт </a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>немесе</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>заңды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>өкіл</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="1" u="sng" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>DID.GOV.KZ</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1200" b="1" u="sng" dirty="0">
-[...5 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1200" b="1" u="sng" dirty="0" smtClean="0">
+              <a:rPr lang="kk-KZ" sz="1200" b="1" u="sng" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>  сайтына кіру керек</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1200" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>:</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1200" b="1" dirty="0" smtClean="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1200" dirty="0" smtClean="0">
-[...10 lines deleted...]
-              <a:t>Digital ID</a:t>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Digital ID </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жүйесінде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>міндетті</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тіркелуден</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>өтеді</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1200" dirty="0" smtClean="0">
-                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
-[...79 lines deleted...]
-              <a:t>https://ubt.testcenter.kz/</a:t>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>және</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>баласының</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> ЖСН-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>көрсетеді</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450" algn="just">
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Баласының</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ЖСН-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>көрсеткеннен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>кейін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>заңды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>өкілдің</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>іс-әрекеті</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>аяқталады</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
-            <a:r>
-[...144 lines deleted...]
-              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            <a:endParaRPr lang="ru-RU" sz="1200" dirty="0" smtClean="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="22" name="TextBox 21"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8221517" y="639947"/>
-            <a:ext cx="3842905" cy="769441"/>
+            <a:off x="8108904" y="648658"/>
+            <a:ext cx="3996633" cy="584775"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ПОДАЧА ЗАЯВЛЕНИЯ </a:t>
-[...74 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1200" b="1" dirty="0">
+              <a:t>ӨТІНІШ БЕРУ (ДӘСТҮРЛІ ӘДІСПЕН)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1000" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ЖАСЫ 16-ға ТОЛМАҒАН ЖӘНЕ  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>«Туу туралы» </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1000" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>КУӘЛІГІ БАР ТҰЛҒАЛАР ҮШІН</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1000" b="1" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="23" name="TextBox 22"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8231308" y="1522156"/>
-            <a:ext cx="3811908" cy="1754326"/>
+            <a:off x="8256000" y="1357817"/>
+            <a:ext cx="3811908" cy="1938992"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent4">
               <a:lumMod val="75000"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1200" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ДЛЯ ПОДАЧИ ЗАЯВЛЕНИЯ НЕОБХОДИМО ОБРАТИТЬСЯ В ПУНКТ ПРОВЕДЕНИЯ ЕНТ И ПРЕДОСТАВИТЬ СЛЕДУЮЩИЕ ДОКУМЕНТЫ</a:t>
+              <a:t>ӨТІНІШ БЕРУ ҮШІН МІНДЕТТІ ТҮРДЕ ҰБТӨП-КЕ БАРЫП, КЕЛЕСІ ҚҰЖАТТАРДЫ ТАПСЫРУЫ ҚАЖЕТ</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>:</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="228600" indent="-228600">
-              <a:buAutoNum type="arabicPeriod"/>
+            <a:pPr marL="228600" indent="-228600" algn="just">
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Өтініш</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="1200" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Заявление по форме (подается в ППЕНТ);</a:t>
-[...4 lines deleted...]
-              <a:buAutoNum type="arabicPeriod"/>
+              <a:t> (ҰБТӨП-те </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>беріледі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>);</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="228600" indent="-228600" algn="just">
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>3х4 сантиметр </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>көлемдегі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="1200" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Две фотографии </a:t>
+              <a:t>екі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>фотосурет</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1200" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>размером 3х4 сантиметра;</a:t>
-[...4 lines deleted...]
-              <a:buAutoNum type="arabicPeriod"/>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="228600" indent="-228600" algn="just">
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="kk-KZ" sz="1200" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Туу </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Calibri"/>
+              </a:rPr>
+              <a:t>туралы куәлігінің </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1200" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Calibri"/>
+              </a:rPr>
+              <a:t>көшірмесі; </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="228600" indent="-228600" algn="just">
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Өзі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>білім</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>алатын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> орта </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>білім</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> беру </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ұйымының</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>анықтама</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="1200" dirty="0" smtClean="0">
-                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
-[...7 lines deleted...]
-              <a:buAutoNum type="arabicPeriod" startAt="4"/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="228600" lvl="0" indent="-228600" algn="just">
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1200" dirty="0" smtClean="0">
-[...3 lines deleted...]
-              <a:t>Справку с организации среднего образования, </a:t>
+              <a:rPr lang="kk-KZ" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Т</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1200" dirty="0" smtClean="0">
-                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
-[...8 lines deleted...]
-            </a:pPr>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>естілеуге </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қатысу үшін ақы төлегені туралы түбіртек (түпнұсқа</a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1200" dirty="0" smtClean="0">
-                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
-[...6 lines deleted...]
-              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>). </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1200" dirty="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="4" name="Прямая соединительная линия 3"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
-          <a:xfrm flipH="1">
-[...1 lines deleted...]
-            <a:ext cx="58244" cy="5815465"/>
+          <a:xfrm>
+            <a:off x="4050804" y="834332"/>
+            <a:ext cx="0" cy="5699668"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="30" name="Прямая соединительная линия 29"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8121000" y="742264"/>
-            <a:ext cx="0" cy="5836736"/>
+            <a:off x="8085418" y="752715"/>
+            <a:ext cx="23486" cy="5724219"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="32" name="TextBox 31"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="105168" y="4589471"/>
-            <a:ext cx="3791712" cy="461665"/>
+            <a:off x="115266" y="4220139"/>
+            <a:ext cx="3791712" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:solidFill>
               <a:srgbClr val="00B0F0"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...7 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1200" b="1" dirty="0">
+            <a:pPr lvl="0" indent="361950" algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Барлық</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>кезеңдерден</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сәтті</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>өткеннен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>кейін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Сіз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> «</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Сіздің</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>өтінішіңіз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қабылданды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>» </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>хабарламасын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>көресіз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1200" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="19" name="TextBox 18"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8236596" y="3276482"/>
+            <a:off x="8256000" y="3296809"/>
             <a:ext cx="3791712" cy="461665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln w="9525">
             <a:solidFill>
               <a:schemeClr val="accent4">
                 <a:lumMod val="75000"/>
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1200" b="1" dirty="0">
-[...17 lines deleted...]
-              <a:t>принятии документов.</a:t>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>       </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Тіркеуден</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>өткеннен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>кейін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>үміткерге</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>өтініш</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қабылданғаны</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жөнінде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>анықтама</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>беріледі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1400" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="26" name="TextBox 25"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4195812" y="2948746"/>
+            <a:ext cx="3811908" cy="2893100"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent4">
+              <a:lumMod val="75000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>2. ҮМІТКЕР </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>https://</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ubt.testcenter.kz/  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>САЙТЫНА </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>КІРУ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>КЕРЕК: </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1200" b="1" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" lvl="0" indent="-171450">
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Электронды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>поштаны</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>көрсету</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Осы </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>электронды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>поштаға</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тіркелу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>үшін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> логин мен пароль </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жіберіледі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" lvl="0" indent="-171450">
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Digital </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ID</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> жүйесінде міндетті тіркелуден </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>өту;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Тіркеу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жеке</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>куәлік</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> пен паспорт бар </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>болған</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жағдайда</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>мүмкін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>болады</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Тіркелу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>барысында</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>өз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> телефон </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>номерін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>көрсету</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>міндетті</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" lvl="0" indent="-171450">
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Тестілеуге өтініш нысанын толтырады</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Үміткер</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>  ЖСН-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>енгізгеннен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>кейін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>  ТАӘ мен </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>білім</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> беру </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ұйымы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> ҰББДҚ-дан </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>алынып</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қойылады</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Мәліметтер</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>дұрыс</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>болмаған</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жағдайда</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>міндетті</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>түрде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> ҰБТ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>өткізу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>пунктіне</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>хабарлау</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>керек</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Тестілеуге қатысу үшін ақы </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>төлейді.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1200" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3938242844"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
       <p:transition spd="med" p14:dur="700">
         <p:fade/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
       <p:transition spd="med">
         <p:fade/>
@@ -14592,799 +21449,713 @@
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="37" name="Picture 2" descr="C:\Users\b.amzeeva\AppData\Local\Microsoft\Windows\INetCache\IE\7L8CTGOE\mental-health-survey[1].jpg"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="8057389" y="4836101"/>
+            <a:ext cx="1382832" cy="1659224"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
       <p:grpSp>
         <p:nvGrpSpPr>
-          <p:cNvPr id="7" name="Группа 6"/>
+          <p:cNvPr id="21" name="Группа 20"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="0" y="99000"/>
             <a:ext cx="12192000" cy="445192"/>
             <a:chOff x="0" y="99000"/>
             <a:chExt cx="12192000" cy="445192"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="21" name="Заголовок 1"/>
+            <p:cNvPr id="24" name="Заголовок 1"/>
             <p:cNvSpPr txBox="1">
               <a:spLocks/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="0" y="99000"/>
-              <a:ext cx="9426000" cy="445192"/>
+              <a:ext cx="10281000" cy="445192"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:srgbClr val="6CAED0"/>
             </a:solidFill>
           </p:spPr>
           <p:txBody>
             <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
               <a:noAutofit/>
             </a:bodyPr>
             <a:lstStyle>
               <a:defPPr>
                 <a:defRPr lang="ru-RU"/>
               </a:defPPr>
               <a:lvl1pPr algn="ctr">
                 <a:lnSpc>
                   <a:spcPct val="90000"/>
                 </a:lnSpc>
                 <a:spcBef>
                   <a:spcPct val="0"/>
                 </a:spcBef>
                 <a:buNone/>
                 <a:defRPr sz="3400" b="1">
                   <a:solidFill>
                     <a:schemeClr val="bg1"/>
                   </a:solidFill>
                   <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                   <a:ea typeface="+mj-ea"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:defRPr>
               </a:lvl1pPr>
             </a:lstStyle>
             <a:p>
               <a:pPr algn="l"/>
               <a:r>
                 <a:rPr lang="kk-KZ" sz="3000" dirty="0" smtClean="0"/>
-                <a:t>                                   Об </a:t>
-[...3 lines deleted...]
-                <a:t>оплате за участие в ЕНТ</a:t>
+                <a:t>                          ҰБТ-ға қатысу төлемақы бойынша</a:t>
               </a:r>
               <a:endParaRPr lang="ru-RU" sz="3000" dirty="0"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="5" name="Фигура, имеющая форму буквы L 4"/>
+            <p:cNvPr id="25" name="Фигура, имеющая форму буквы L 24"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="9201000" y="109296"/>
               <a:ext cx="2991000" cy="434895"/>
             </a:xfrm>
             <a:prstGeom prst="corner">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:srgbClr val="6CAED0"/>
             </a:solidFill>
           </p:spPr>
           <p:txBody>
             <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
               <a:noAutofit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr">
                 <a:lnSpc>
                   <a:spcPct val="90000"/>
                 </a:lnSpc>
                 <a:spcBef>
                   <a:spcPct val="0"/>
                 </a:spcBef>
               </a:pPr>
               <a:endParaRPr lang="ru-RU" sz="3400" b="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="6" name="Равнобедренный треугольник 5"/>
+            <p:cNvPr id="27" name="Равнобедренный треугольник 26"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm rot="6343772">
               <a:off x="9361140" y="138314"/>
               <a:ext cx="302429" cy="264609"/>
             </a:xfrm>
             <a:prstGeom prst="triangle">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:srgbClr val="6CAED0"/>
             </a:solidFill>
           </p:spPr>
           <p:txBody>
             <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
               <a:noAutofit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr">
                 <a:lnSpc>
                   <a:spcPct val="90000"/>
                 </a:lnSpc>
                 <a:spcBef>
                   <a:spcPct val="0"/>
                 </a:spcBef>
               </a:pPr>
               <a:endParaRPr lang="ru-RU" sz="3400" b="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8" name="Прямоугольник 7"/>
+          <p:cNvPr id="28" name="Прямоугольник 27"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2173714" y="684000"/>
             <a:ext cx="8100000" cy="461665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2400" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Стоимость тестирования – </a:t>
+              <a:t>Тестілеу </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2400" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>құны – </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>2242 тенге</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Прямоугольник 1"/>
+          <p:cNvPr id="5" name="Прямоугольник 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="1145665"/>
+            <a:off x="0" y="1130860"/>
             <a:ext cx="12192000" cy="461665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2400" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Оплата за участие в тестировании может осуществляться двумя </a:t>
-[...13 lines deleted...]
-              <a:t>:</a:t>
+              <a:t>Тестілеуге қатысу үшін ақы төлеуді екі түрлі әдіспен жүзеге асыруға болады:</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2400" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
-          <p:cNvPr id="10" name="Группа 9"/>
+          <p:cNvPr id="33" name="Группа 32"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="291000" y="1769371"/>
+            <a:off x="233492" y="1719000"/>
             <a:ext cx="11725015" cy="2064629"/>
             <a:chOff x="331985" y="2031474"/>
             <a:chExt cx="11725015" cy="2064629"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="3" name="Прямоугольник 2"/>
+            <p:cNvPr id="34" name="Прямоугольник 33"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="331985" y="2031474"/>
               <a:ext cx="3289015" cy="2062103"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="0070C0"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent5"/>
             </a:lnRef>
             <a:fillRef idx="2">
               <a:schemeClr val="accent5"/>
             </a:fillRef>
             <a:effectRef idx="1">
               <a:schemeClr val="accent5"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="dk1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr wrap="square">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
-              <a:pPr algn="just"/>
-              <a:endParaRPr lang="kk-KZ" sz="1200" dirty="0" smtClean="0">
+              <a:pPr lvl="0" algn="just"/>
+              <a:endParaRPr lang="kk-KZ" sz="1600" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
             <a:p>
-              <a:pPr algn="just"/>
+              <a:pPr lvl="0" algn="just"/>
               <a:r>
                 <a:rPr lang="kk-KZ" sz="1600" dirty="0" smtClean="0">
                   <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>1) </a:t>
+                <a:t>1) онлайн </a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="kk-KZ" sz="1600" dirty="0">
                   <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>через веб-приложение онлайн (не выходя из системы).</a:t>
+                <a:t>веб-қосымшасы арқылы (жүйенің ішінен шықпай). </a:t>
               </a:r>
               <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
             <a:p>
               <a:pPr algn="just"/>
               <a:r>
                 <a:rPr lang="kk-KZ" sz="1600" dirty="0">
                   <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>Для тех, кто делает онлайн-оплату, выдается сообщение «ваше заявление принято", то есть участники </a:t>
+                <a:t>Онлайн төлем жасағандар үшін «Сіздің өтінішіңіз қабылданды» хабарламасы шығады, яғни ҰБТ-ға қатысушылар ДБ-ға тіркелесіз. </a:t>
               </a:r>
-              <a:r>
-[...19 lines deleted...]
-              </a:r>
+              <a:endParaRPr lang="kk-KZ" sz="1600" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+            <a:p>
+              <a:pPr algn="just"/>
               <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="9" name="Прямоугольник 8"/>
+            <p:cNvPr id="35" name="Прямоугольник 34"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="3711000" y="2034000"/>
               <a:ext cx="8346000" cy="2062103"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="0070C0"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent5"/>
             </a:lnRef>
             <a:fillRef idx="2">
               <a:schemeClr val="accent5"/>
             </a:fillRef>
             <a:effectRef idx="1">
               <a:schemeClr val="accent5"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="dk1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr wrap="square">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
-              <a:pPr algn="just"/>
+              <a:pPr lvl="0" algn="just" fontAlgn="base"/>
               <a:r>
                 <a:rPr lang="kk-KZ" sz="1600" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="dk1"/>
                   </a:solidFill>
                   <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>2) через АО» Народный Банк Казахстана «через оплату реквизитов РГКП» Национальный центр тестирования " МОН РК.</a:t>
+                <a:t>2) </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                  <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>«Қазақстан Халық Банкі» АҚ арқылы ҚР БҒМ «Ұлттық тестілеу орталығы» РМҚК реквизитіне төлеу арқылы.</a:t>
               </a:r>
               <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
-                <a:solidFill>
-[...1 lines deleted...]
-                </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
             <a:p>
-              <a:pPr algn="just"/>
+              <a:pPr algn="just" fontAlgn="base"/>
               <a:r>
                 <a:rPr lang="kk-KZ" sz="1600" dirty="0">
-                  <a:solidFill>
-[...1 lines deleted...]
-                  </a:solidFill>
                   <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>Для тех, кто производит оплату через АО "Народный Банк Казахстана", </a:t>
+                <a:t>«Қазақстан Халық Банкі» АҚ арқылы төлем жасағандар үшін </a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0">
                   <a:solidFill>
                     <a:srgbClr val="C00000"/>
                   </a:solidFill>
                   <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>ваше заявление считается предварительно зарегистрированным</a:t>
+                <a:t>Сіздің өтінішіңіз алдын-ала тіркелген өтініш</a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="kk-KZ" sz="1600" dirty="0">
-                  <a:solidFill>
-[...1 lines deleted...]
-                  </a:solidFill>
                   <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>, </a:t>
-[...99 lines deleted...]
-                <a:t>номер заявления в системе. В этот же период заявление считается полностью зарегистрированным.</a:t>
+                <a:t> болып саналады, сондықтан өтініш номері мен ақы төлем түбіртегін студент өзі оқитын ЖОО-ның жауапты хатшысына немесе мектеп оқушысы жергілікті жердегі ҰБТ өткізу пункті қызметшісіне жолдайды. ЖОО-ның жауапты хатшысы немесе ҰБТ өткізу пункті қызметшісі ақы төлем түбіртегін тексергеннен кейін барып, өтініш номерін жүйеге тіркейді. Сол кезеңде барып өтініш толық тіркелген болып есептеледі.   </a:t>
               </a:r>
               <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
-                <a:solidFill>
-[...1 lines deleted...]
-                </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
-      <p:pic>
-[...39 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="13" name="Прямоугольник 12"/>
+          <p:cNvPr id="7" name="Прямоугольник 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="233492" y="4464000"/>
-            <a:ext cx="9552508" cy="2031325"/>
+            <a:ext cx="7797508" cy="2031325"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FCE8F0"/>
           </a:solidFill>
           <a:ln w="38100">
             <a:solidFill>
               <a:srgbClr val="F5B5CD"/>
             </a:solidFill>
             <a:prstDash val="lgDash"/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...5 lines deleted...]
-          <a:p>
             <a:pPr fontAlgn="base"/>
             <a:r>
-              <a:rPr lang="kk-KZ" dirty="0"/>
-[...43 lines deleted...]
-              <a:t>".</a:t>
+              <a:rPr lang="kk-KZ" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ҚР БҒМ «Ұлттық тестілеу орталығы» РМҚК  </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
+          <a:p>
+            <a:pPr fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Қазақстан, Нұр-Сұлтан қ., Есіл а., Сарайшық көшесі, 11 ү., 7 т.е.б.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>БСН 000140001853</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ЖСК KZ536010111000001515</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>БСК HSBKKZKX     Кбе 16</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>«Қазақстан Халық Банкі» АҚ</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Төлемнің атауы </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>– "Ұлттық бірыңғай тестілеу үшін" немесе «Тестілеу үшін».</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="14" name="Прямоугольник 13"/>
+          <p:cNvPr id="39" name="Прямоугольник 38"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="606000" y="3993159"/>
-            <a:ext cx="7136389" cy="461665"/>
+            <a:off x="921000" y="3993161"/>
+            <a:ext cx="6161697" cy="461665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2400" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Реквизиты Национального центра тестирования</a:t>
+              <a:t>Ұлттық тестілеу орталығының реквизиттері</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3183570866"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="969632567"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
       <p:transition spd="med" p14:dur="700">
         <p:fade/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
       <p:transition spd="med">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
@@ -15461,304 +22232,817 @@
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="4400" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3400" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
-[...2 lines deleted...]
-              <a:t>Получение пропуска</a:t>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Рұқсаттама</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>алу</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="3400" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="TextBox 12"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="181786" y="3135907"/>
-            <a:ext cx="4455000" cy="830997"/>
+            <a:off x="213922" y="3484769"/>
+            <a:ext cx="4455000" cy="1938992"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
+              <a:rPr lang="kk-KZ" sz="2400" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Мәліметтермен </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>өткізу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>күні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>уақыты</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>В </a:t>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>орны</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>личном кабинете на сайте: </a:t>
+              <a:t>, аудитория</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>) </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>https://ubt.testcenter.kz</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2400" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>/</a:t>
+            </a:r>
+            <a:endParaRPr lang="kk-KZ" sz="2400" i="1" dirty="0" smtClean="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сайтындағы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жеке</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>кабинетінен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>таныса</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>алады</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2400" i="1" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Прямоугольник 13"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7971623" y="3526156"/>
-            <a:ext cx="3963241" cy="2677656"/>
+            <a:off x="7971623" y="3384000"/>
+            <a:ext cx="3963241" cy="2308324"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>После </a:t>
+              <a:t>ҰБТ-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ға</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>өтініштерді</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қабылдау</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>аяқталғаннан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>кейін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> ҰБТ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>өткізу</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>завершения приема заявлений обратиться в пункт проведения ЕНТ для получения пропуска (обязательно при себе иметь удостоверение личности</a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>пунктіне</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> бару </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>керек</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>өзімен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бірге</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жеке</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>басын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>куәландыратын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>құжаты</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>болуы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>керек</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>).</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2400" i="1" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="24" name="Прямоугольник 23"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="149651" y="2304000"/>
-            <a:ext cx="4519271" cy="830997"/>
+            <a:ext cx="4519271" cy="892552"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Для лиц, подавших заявление в онлайн режиме</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+              <a:t>Онлайн </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>режимде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>өтініш</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>берген</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тұлғалар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>үшін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>:</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="25" name="Прямоугольник 24"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7984264" y="2343958"/>
-            <a:ext cx="3963241" cy="1200329"/>
+            <a:ext cx="3963241" cy="892552"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Дәстүрлі</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Для лиц, подавших заявление традиционным способом</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2400" dirty="0">
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>әдіспен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>өтініш</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>берген</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тұлғалар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>үшін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>:</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Прямоугольник 9"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2271000" y="1114163"/>
             <a:ext cx="8100000" cy="830997"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" b="1" u="sng" dirty="0" smtClean="0">
-[...3 lines deleted...]
-              <a:t>Пропуск</a:t>
+              <a:rPr lang="ru-RU" sz="2400" b="1" u="sng" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Рұқсаттама</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> – содержит информацию о месте, дате, времени, языке сдачи тестирования.</a:t>
-            </a:r>
+              <a:t> –  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тестілеудің орны, күні, уақыты, тілі туралы ақпаратты </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2400" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қамтиды.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="708772509"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4293441641"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
       <p:transition spd="med" p14:dur="700">
         <p:fade/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
       <p:transition spd="med">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
@@ -15782,344 +23066,755 @@
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="24" name="Рисунок 23"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="11215345" y="4625795"/>
-            <a:ext cx="976655" cy="1175522"/>
+            <a:off x="10873378" y="4790459"/>
+            <a:ext cx="1167899" cy="1167899"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="23" name="Рисунок 22"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5241001" y="4529065"/>
+            <a:off x="4898214" y="4677744"/>
             <a:ext cx="1079999" cy="1443759"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3" y="13"/>
             <a:ext cx="12191997" cy="835620"/>
           </a:xfrm>
           <a:solidFill>
             <a:srgbClr val="6CAED0"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3467" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="3467" b="1" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Запуск на тестирование</a:t>
-            </a:r>
+              <a:t>Тестілеуге</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3467" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3467" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>кіргізу</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3467" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="27" name="Группа 26"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="6552584" y="4575259"/>
-[...2 lines deleted...]
-            <a:chExt cx="5569678" cy="1226058"/>
+            <a:off x="6411000" y="4794191"/>
+            <a:ext cx="4724998" cy="1218330"/>
+            <a:chOff x="21000" y="3601808"/>
+            <a:chExt cx="5524758" cy="1218330"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="14" name="Прямоугольник 13"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="252938" y="3462129"/>
+              <a:off x="171151" y="3601808"/>
               <a:ext cx="5374607" cy="1200329"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="accent6"/>
             </a:solidFill>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="just"/>
               <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>Металліздегішпен</a:t>
+              </a:r>
+              <a:r>
                 <a:rPr lang="ru-RU" dirty="0">
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>При обнаружении запрещенных предметов в зоне проверки металлоискателем, составляется акт и претендент не допускается </a:t>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>тексеру</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>аймағында</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>тыйым</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>салынған</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>зат</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>табылған</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>жағдайда</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>, акт </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>жасалады</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>және</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>түсуші</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>сол</a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>к</a:t>
+                <a:t> </a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="en-US" dirty="0" smtClean="0">
+                <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>тестілеуге</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t> </a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+                <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>тому же </a:t>
-[...6 lines deleted...]
-                <a:t>тестированию.</a:t>
+                <a:t>жіберілмейді</a:t>
               </a:r>
               <a:endParaRPr lang="ru-RU" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="15" name="Прямоугольник 14">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{CBCC6620-EF3C-4936-B278-FA6C0377A2C4}"/>
+                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CBCC6620-EF3C-4936-B278-FA6C0377A2C4}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="57867" y="3469857"/>
+              <a:off x="21000" y="3601808"/>
               <a:ext cx="150152" cy="1218330"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:srgbClr val="6CAED0"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1">
                 <a:shade val="50000"/>
               </a:schemeClr>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:endParaRPr lang="ru-RU"/>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="28" name="Группа 27"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="336000" y="4649390"/>
-[...2 lines deleted...]
-            <a:chExt cx="4709087" cy="1116992"/>
+            <a:off x="329255" y="4743394"/>
+            <a:ext cx="4683858" cy="1218330"/>
+            <a:chOff x="21000" y="5347676"/>
+            <a:chExt cx="4683858" cy="1218330"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="18" name="Прямоугольник 17"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="171153" y="5500669"/>
+              <a:off x="175010" y="5495176"/>
               <a:ext cx="4529848" cy="923330"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="accent6"/>
             </a:solidFill>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="just"/>
               <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>Тестілеуге</a:t>
+              </a:r>
+              <a:r>
                 <a:rPr lang="ru-RU" dirty="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>Поступающий, вовлекший к участию в тестировании «подставное лицо», не допускается к </a:t>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>өз</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>орнына</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> «</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>бөтен</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>тұлғаны</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>» </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>кіргізуге</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>талпынған</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>түсушілер</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>ағымдағы</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>жылы</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>сол</a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>тому же тестированию.</a:t>
+                <a:t> </a:t>
               </a:r>
-              <a:endParaRPr lang="ru-RU" dirty="0">
-[...2 lines deleted...]
-              </a:endParaRPr>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>тестілеуге</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>жіберілмейді</a:t>
+              </a:r>
+              <a:endParaRPr lang="ru-RU" dirty="0"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="19" name="Прямоугольник 18">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{CBCC6620-EF3C-4936-B278-FA6C0377A2C4}"/>
+                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CBCC6620-EF3C-4936-B278-FA6C0377A2C4}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="-8086" y="5429458"/>
-              <a:ext cx="150152" cy="1116992"/>
+              <a:off x="21000" y="5347676"/>
+              <a:ext cx="150152" cy="1218330"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:srgbClr val="6CAED0"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1">
                 <a:shade val="50000"/>
               </a:schemeClr>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
@@ -16165,573 +23860,1100 @@
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Подавшие заявление в режиме онлайн, при запуске проходят идентификацию личности через систему </a:t>
+              <a:t>Онлайн </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>режимде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>өтініш</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>берген</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>үміткерлер</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>  </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Face</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> ID</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жүйесі арқылы сәйкестендіріліп, аудиторияға жіберіледі. </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="20" name="Прямоугольник 19"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6279083" y="819000"/>
-            <a:ext cx="5740508" cy="1051212"/>
+            <a:off x="6279083" y="989710"/>
+            <a:ext cx="5740508" cy="810000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="bg1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Дәстүрлі</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Подавшие заявление традиционным способом, </a:t>
-[...3 lines deleted...]
-            <a:pPr algn="ctr"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>түрде</a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>при запуске проходят идентификацию личности путем сличения внешности с фотографией на пропуске.</a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>өтініш</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>берген</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>үміткерлердің</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сыртқы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>келбеті</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>рұқсаттамадағы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>фотосуретпен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сәйкестендіріліп</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>аудиторияға</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жіберіледі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="336000" y="1853281"/>
+            <a:off x="329254" y="1898281"/>
             <a:ext cx="5040000" cy="45719"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="6AAED2"/>
           </a:solidFill>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="30" name="Прямоугольник 29"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6629337" y="1845429"/>
-            <a:ext cx="5040000" cy="45719"/>
+            <a:off x="6475208" y="1845429"/>
+            <a:ext cx="5194129" cy="45719"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="6AAED2"/>
           </a:solidFill>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Прямоугольник 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="329255" y="1870213"/>
-            <a:ext cx="5040000" cy="2098788"/>
+            <a:off x="337886" y="1944000"/>
+            <a:ext cx="5040000" cy="2093260"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="accent4">
                 <a:lumMod val="75000"/>
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="31" name="Прямоугольник 30"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6632771" y="1870212"/>
-            <a:ext cx="5040000" cy="2098788"/>
+            <a:off x="6475208" y="1944000"/>
+            <a:ext cx="5197563" cy="2093260"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="accent4">
                 <a:lumMod val="75000"/>
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Прямоугольник 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="358172" y="2169000"/>
-            <a:ext cx="4847405" cy="1477328"/>
+            <a:off x="425551" y="2353571"/>
+            <a:ext cx="4847405" cy="1200329"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent6"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Өзімен</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>При </a:t>
-[...7 lines deleted...]
-            </a:r>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бірге</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>болуы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қажет</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>:</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" b="1" dirty="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="q"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" u="sng" dirty="0">
-[...6 lines deleted...]
-              <a:rPr lang="ru-RU" dirty="0">
+              <a:rPr lang="ru-RU" u="sng" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Жеке </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" u="sng" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>куәлігі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>;</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="q"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" u="sng" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Қара</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" u="sng" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Ручку </a:t>
-[...16 lines deleted...]
-          <a:p>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" u="sng" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>немесе</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" u="sng" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" u="sng" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>көк</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" u="sng" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" u="sng" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сиялы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" u="sng" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> ручка. </a:t>
+            </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="32" name="Прямоугольник 31"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6757165" y="1960250"/>
+            <a:off x="6757165" y="2017631"/>
             <a:ext cx="4847405" cy="1892826"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent6"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Өзімен</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>При </a:t>
-[...7 lines deleted...]
-            </a:r>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бірге</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>болуы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қажет</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>:</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" b="1" dirty="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="q"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" u="sng" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Мектептен</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" u="sng" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Справку со школы</a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" u="sng" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>анықтама</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>;</a:t>
+              <a:t>; </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="q"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" u="sng" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Тестілеуге</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" u="sng" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Пропуск на тестирование</a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" u="sng" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>рұқсаттама</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>;</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="q"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" u="sng" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Қара</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" u="sng" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Ручку </a:t>
-[...9 lines deleted...]
-              <a:rPr lang="ru-RU" dirty="0">
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" u="sng" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>немесе</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" u="sng" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" u="sng" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>көк</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" u="sng" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" u="sng" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сиялы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" u="sng" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> ручка</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3728302205"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
@@ -16812,311 +25034,816 @@
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="4400" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3467" b="1" smtClean="0">
+              <a:rPr lang="ru-RU" sz="3467" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Проведение ЕНТ</a:t>
+              <a:t>ҰБТ-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3467" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ны</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3467" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3467" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>өткізу</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="3467" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="26" name="Прямоугольник 25"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="508" y="1134000"/>
-            <a:ext cx="12191492" cy="4893647"/>
+            <a:off x="-1" y="999000"/>
+            <a:ext cx="12029254" cy="4893647"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="F2F2F2"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Жұмыс</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Порядок </a:t>
-[...6 lines deleted...]
-              <a:t>работы</a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тәртібі</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>:</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="3200" b="1" dirty="0" smtClean="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="ru-RU" sz="2800" b="1" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
+            <a:pPr marL="285750" lvl="0" indent="-285750" algn="just">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="v"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ҰБТ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>өткізу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қағидаларымен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ТАНЫСЫҢЫЗ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" lvl="0" indent="-285750" algn="just">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="v"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Жауап</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>парағындағы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қызметтік</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>секторларды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>МҰҚИЯТ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>толтырыңыз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" lvl="0" indent="-285750" algn="just">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="v"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Кітапшаның</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бүтіндігін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>беттерінің</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>түгелдігін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>және</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>баспаның</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сапалылығын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ТЕКСЕРІҢІЗ;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2800" dirty="0">
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" lvl="0" indent="-285750" algn="just">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="v"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Тестілеу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тапсырмаларын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ОРЫНДАҢЫЗ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>және</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жауап</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>парағын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>толтырыңыз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" lvl="0" indent="-285750" algn="just">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="v"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Кітапша</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> мен </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жауап</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>парағын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> аудитория </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>кезекшісіне</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ТАПСЫРЫҢЫЗ.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:endParaRPr lang="en-US" sz="2800" dirty="0" smtClean="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
             <a:pPr marL="285750" indent="-285750" algn="just">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="v"/>
             </a:pPr>
-            <a:r>
-[...20 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="2800" dirty="0" smtClean="0">
+            <a:endParaRPr lang="ru-RU" sz="2800" dirty="0" smtClean="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
-          </a:p>
-[...151 lines deleted...]
-            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2887463267"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
@@ -17135,52 +25862,52 @@
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="14" name="Рисунок 13"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="201000" y="4932700"/>
-            <a:ext cx="1077410" cy="1215279"/>
+            <a:off x="0" y="5258742"/>
+            <a:ext cx="798674" cy="900875"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Заголовок 1"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="13"/>
             <a:ext cx="12192000" cy="818375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="6CAED0"/>
           </a:solidFill>
@@ -17196,980 +25923,2281 @@
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="4400" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="3467" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Формат ЕНТ в 2021 году</a:t>
+              <a:t>2021 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3467" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жылғы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3467" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> ҰБТ форматы </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="3467" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Прямоугольник 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="839814"/>
             <a:ext cx="12192000" cy="2000548"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="171450" algn="just"/>
             <a:r>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Үміткер</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> ҰБТ-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ны</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қалауы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бойынша</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қазақ</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Претендент сдает ЕНТ по желанию на казахском, русском или английском* языке.</a:t>
-            </a:r>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>немесе</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>орыс</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>немесе</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ағылшын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тілінде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тапсырады</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2200" b="1" dirty="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="171450" algn="just"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" i="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>*</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" i="1" dirty="0">
-[...11 lines deleted...]
-            </a:r>
+              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ҰБТ-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ны</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ағылшын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тілінде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тапсыратын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>түсушілер</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>үшін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Қазақстан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тарихы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бойынша</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тестілеу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қалауы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бойынша</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қазақ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>немесе</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>орыс</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тілінде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>өткізіледі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" i="1" dirty="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" algn="just"/>
             <a:endParaRPr lang="en-US" sz="2200" i="1" dirty="0" smtClean="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="171450" algn="just"/>
-            <a:endParaRPr lang="en-US" sz="2200" i="1" dirty="0">
+            <a:pPr marL="171450" algn="ctr"/>
+            <a:endParaRPr lang="ru-RU" sz="2200" b="1" dirty="0" smtClean="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="171450" algn="ctr"/>
-            <a:endParaRPr lang="ru-RU" sz="1400" b="1" dirty="0" smtClean="0">
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Тестілеу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>үш</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>міндетті</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>және</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>екі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бейінді</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>пәндер</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бойынша</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>өткізіледі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>:</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2200" b="1" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
-          </a:p>
-[...15 lines deleted...]
-            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Прямоугольник 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="-1" y="3130457"/>
-            <a:ext cx="6276001" cy="1472353"/>
+            <a:off x="316893" y="3243651"/>
+            <a:ext cx="5621683" cy="1745427"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0">
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Обязательные предметы</a:t>
+              <a:t>Міндетті</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>пәндер</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342891" indent="-342891">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Қазақстан</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>История </a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тарихы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> – </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Казахстана – 15 </a:t>
+              <a:t>15 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>баллов </a:t>
-[...13 lines deleted...]
-              <a:t>;</a:t>
+              <a:t>балл;</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" b="1" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342891" indent="-342891">
-              <a:buFontTx/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Математикалық</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сауаттылық</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> – </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Грамотность чтения – 20 </a:t>
+              <a:t>15 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>баллов</a:t>
-[...82 lines deleted...]
-              <a:t>.</a:t>
+              <a:t>балл;</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" b="1" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:pPr marL="342891" indent="-342891">
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Оқу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сауаттылығы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>20 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>балл.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Берілген</a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" smtClean="0">
-                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-[...2 lines deleted...]
-              <a:t>Предлагается </a:t>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0">
-                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-[...3 lines deleted...]
-            </a:r>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бес </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жауап</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>нұсқасынан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бір</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>дұрыс</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жауабын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>таңдау</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ұсынылады</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2000" i="1" dirty="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Прямоугольник 7"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6140999" y="3335926"/>
-            <a:ext cx="5940001" cy="1553342"/>
+            <a:off x="6321239" y="3478269"/>
+            <a:ext cx="5759761" cy="1781415"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU" sz="1000" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="C00000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
-            <a:r>
-[...41 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1600" i="1" dirty="0" smtClean="0">
+            <a:endParaRPr lang="kk-KZ" sz="1600" dirty="0" smtClean="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>1-20 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>аралығындағы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тест</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тапсырмаларында</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>берілген</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бес</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жауап</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>нұсқасынан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бір</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>дұрыс</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жауапты</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>таңдау</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> ұсынылады;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" i="1" dirty="0" smtClean="0">
-[...15 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:rPr lang="en-US" sz="1600" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>21-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>25</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>аралығындағы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тест</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тапсырмалары</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>нда</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>берілген бес жауап нұсқасынан </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бір</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>дұрыс</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жауапты</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>контекст негізіндегі тапсырмалар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>;</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="1600" i="1" dirty="0">
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>26-35 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>аралығындағы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> тест </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тапсырмаларында</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>берілген</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> бес </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жауап</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>нұсқасынан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бір</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>немесе</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бірнеше</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>дұрыс</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жауабын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>таңдау</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ұсынылады</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" i="1" dirty="0">
-[...58 lines deleted...]
-            <a:pPr algn="ctr"/>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Әр</a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Количество </a:t>
-[...21 lines deleted...]
-            </a:r>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бейінді</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>пән</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бойынша</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> тест </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тапсырмалар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> саны – 35. </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2000" i="1" dirty="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Прямоугольник 9"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2466069" y="5912139"/>
-            <a:ext cx="9627261" cy="702447"/>
+            <a:off x="2564738" y="6159617"/>
+            <a:ext cx="9627261" cy="436675"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
+              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ҰБТ бойынша ең жоғарғы балл - </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Максимальное количество баллов  </a:t>
+              <a:t>140 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ЕНТ </a:t>
-[...9 lines deleted...]
-              <a:t>составляет  - 140 баллов</a:t>
+              <a:t>балл.</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Прямоугольник 10"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6130251" y="2869208"/>
-            <a:ext cx="5547032" cy="369332"/>
+            <a:off x="7915830" y="2976155"/>
+            <a:ext cx="1823128" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0">
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Два профильных </a:t>
+              <a:t>Екі</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>предмета (по каждому предмету):</a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бейінді</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>пән</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>:</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="C00000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Прямоугольник 11"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="111001" y="2844000"/>
-            <a:ext cx="6019250" cy="2045268"/>
+            <a:off x="296235" y="3244593"/>
+            <a:ext cx="5621683" cy="2045268"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:prstDash val="lgDash"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="Прямоугольник 12"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6168125" y="2844000"/>
-            <a:ext cx="5957875" cy="2360268"/>
+            <a:off x="6180177" y="3050323"/>
+            <a:ext cx="5900824" cy="2843522"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:prstDash val="lgDash"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Прямоугольник 14"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1300359" y="5337605"/>
+            <a:off x="798674" y="5709179"/>
             <a:ext cx="3830503" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="6CAED0"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0">
-[...3 lines deleted...]
-              <a:t>Время тестирования </a:t>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Тестілеу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>уақыты</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>–</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>240 минут</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Прямоугольник 1"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3621000" y="1609192"/>
+            <a:off x="4161000" y="1662754"/>
             <a:ext cx="6011823" cy="584902"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="bg1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Пәндер</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Изменено количество тестовых заданий по предметам</a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бойынша</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> тест </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тапсырмалардың</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> саны </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>өзгерді</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="16" name="Picture 3" descr="C:\Users\b.amzeeva\AppData\Local\Microsoft\Windows\INetCache\IE\BWZBUA2C\1200px-Exclamation_mark_2.svg[1].png"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4" cstate="print">
             <a:extLst>
               <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
                 <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a14:imgLayer r:embed="rId5">
                     <a14:imgEffect>
                       <a14:sharpenSoften amount="50000"/>
                     </a14:imgEffect>
                     <a14:imgEffect>
                       <a14:brightnessContrast bright="-20000" contrast="20000"/>
                     </a14:imgEffect>
                   </a14:imgLayer>
                 </a14:imgProps>
               </a:ext>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="9142018" y="1519203"/>
+            <a:off x="9606000" y="1502944"/>
             <a:ext cx="981609" cy="804339"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1849262850"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
@@ -18245,169 +28273,779 @@
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="4400" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="3467" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Понятие задание на основе контекста</a:t>
+              <a:t>Контекст </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3467" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>негізіндегі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3467" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3467" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тапсырмаларға</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3467" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3467" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сипаттама</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="3467" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Прямоугольник 1"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="651000" y="855487"/>
-            <a:ext cx="11250000" cy="5632311"/>
+            <a:off x="403500" y="953999"/>
+            <a:ext cx="11385000" cy="5632311"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="3600" b="1" i="1" u="sng" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Контекст</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3600" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...6 lines deleted...]
-              <a:t>–</a:t>
+              <a:t> – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бұл</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3600" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> тематическая область, к которой относится описанная в вопросе (задании) проблемная ситуация.</a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>проблемалық</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жағдаяттағы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сұрақтың</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тапсырманың</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>шешімдеріне</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сілтеме</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жасалатын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тақырып</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>аясы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Контекст </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>мәтін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сурет</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, график, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>кесте</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, диаграмма, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>инфографика</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>және</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>т.б</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>түрінде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>болуы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>мүмкін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="ru-RU" sz="3600" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="ru-RU" sz="3600" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Контекст</a:t>
-[...9 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="3600" dirty="0" smtClean="0">
+              <a:t>Контекст </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>негізіндегі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тапсырмалар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>пән</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бойынша</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>терең</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>білімді</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>меңгерудің</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жоғары</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>деңгейі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>), </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>контекстті</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>оқу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> мен </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>түсіну</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, контекст </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>мазмұны</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бойынша</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> рефлексия </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жасау</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>салыстыру</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> мен </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>талдау</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>және</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>т.б</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>кең</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>көлемдегі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>дағдылар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> мен </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>біліктерді</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бағалайды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
-          </a:p>
-[...23 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="3600" dirty="0"/>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3415326998"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
       <p:transition spd="med" p14:dur="700">
         <p:fade/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
       <p:transition spd="med">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
@@ -18688,51 +29326,51 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -18949,96 +29587,96 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>1719</Words>
+  <Words>1778</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Произвольный</PresentationFormat>
-  <Paragraphs>226</Paragraphs>
+  <Paragraphs>227</Paragraphs>
   <Slides>15</Slides>
-  <Notes>9</Notes>
+  <Notes>10</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>15</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="16" baseType="lpstr">
       <vt:lpstr>Тема Office</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
-      <vt:lpstr>Запуск на тестирование</vt:lpstr>
+      <vt:lpstr>Тестілеуге кіргізу</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
-      <vt:lpstr>Подготовка к ЕНТ</vt:lpstr>
-      <vt:lpstr>СПАСИБО</vt:lpstr>
+      <vt:lpstr>ҰБТ-ға дайындық</vt:lpstr>
+      <vt:lpstr>Рақмет</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Презентация PowerPoint</dc:title>
   <dc:creator>Юрий Козырев</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>