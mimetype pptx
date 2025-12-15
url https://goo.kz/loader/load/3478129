--- v0 (2025-12-06)
+++ v1 (2025-12-15)
@@ -48,74 +48,74 @@
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId28"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
     <p:sldId id="257" r:id="rId3"/>
-    <p:sldId id="280" r:id="rId4"/>
+    <p:sldId id="289" r:id="rId4"/>
     <p:sldId id="290" r:id="rId5"/>
     <p:sldId id="291" r:id="rId6"/>
-    <p:sldId id="299" r:id="rId7"/>
+    <p:sldId id="298" r:id="rId7"/>
     <p:sldId id="292" r:id="rId8"/>
     <p:sldId id="258" r:id="rId9"/>
     <p:sldId id="259" r:id="rId10"/>
     <p:sldId id="260" r:id="rId11"/>
     <p:sldId id="261" r:id="rId12"/>
     <p:sldId id="262" r:id="rId13"/>
     <p:sldId id="263" r:id="rId14"/>
     <p:sldId id="264" r:id="rId15"/>
     <p:sldId id="265" r:id="rId16"/>
     <p:sldId id="266" r:id="rId17"/>
     <p:sldId id="267" r:id="rId18"/>
     <p:sldId id="268" r:id="rId19"/>
     <p:sldId id="273" r:id="rId20"/>
     <p:sldId id="272" r:id="rId21"/>
     <p:sldId id="293" r:id="rId22"/>
     <p:sldId id="270" r:id="rId23"/>
-    <p:sldId id="300" r:id="rId24"/>
+    <p:sldId id="296" r:id="rId24"/>
     <p:sldId id="294" r:id="rId25"/>
-    <p:sldId id="297" r:id="rId26"/>
-    <p:sldId id="298" r:id="rId27"/>
+    <p:sldId id="295" r:id="rId26"/>
+    <p:sldId id="297" r:id="rId27"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="5143500" type="screen16x9"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="ru-RU"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -172,51 +172,51 @@
       </a:defRPr>
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
-      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns="">
+      <p15:sldGuideLst xmlns="" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
         <p15:guide id="1" orient="horz" pos="2160">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="2880">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:showPr showNarration="1">
     <p:present/>
     <p:sldAll/>
     <p:penClr>
       <a:prstClr val="red"/>
     </p:penClr>
     <p:extLst>
@@ -228,51 +228,51 @@
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:clrMru>
     <a:srgbClr val="2A63A8"/>
     <a:srgbClr val="3072C2"/>
     <a:srgbClr val="E7EFF9"/>
     <a:srgbClr val="DBE5F1"/>
     <a:srgbClr val="D7DDF9"/>
     <a:srgbClr val="CDD4F7"/>
     <a:srgbClr val="5F76E7"/>
     <a:srgbClr val="798CEB"/>
     <a:srgbClr val="5875EE"/>
     <a:srgbClr val="899DF3"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
-      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns="" val="0"/>
+      <p15:chartTrackingRefBased xmlns="" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Средний стиль 2 - акцент 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
@@ -1257,51 +1257,51 @@
         </a:fill>
       </a:tcStyle>
     </a:lastRow>
     <a:firstRow>
       <a:tcTxStyle b="on"/>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="25400" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:noFill/>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="16029" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr>
         <p:scale>
           <a:sx n="50" d="100"/>
           <a:sy n="50" d="100"/>
         </p:scale>
         <p:origin x="-786" y="-1218"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="1620"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
@@ -4608,331 +4608,285 @@
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2050" name="Picture 2"/>
+          <p:cNvPr id="1026" name="Picture 2" descr="C:\Users\a.tulepbergenova.NCGSOT.000\Desktop\1\1.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="5143500"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln>
-[...2 lines deleted...]
-          <a:effectLst/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
-                  <a:schemeClr val="accent1"/>
+                  <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
-            </a:ext>
-[...17 lines deleted...]
-              </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1604516204"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="6146" name="Picture 2"/>
+          <p:cNvPr id="5122" name="Picture 2" descr="C:\Users\a.tulepbergenova.NCGSOT.000\Desktop\1\5.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="0" y="0"/>
+            <a:off x="8012" y="0"/>
             <a:ext cx="9144000" cy="5143500"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln>
-[...2 lines deleted...]
-          <a:effectLst/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
-                  <a:schemeClr val="accent1"/>
+                  <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
-            </a:ext>
-[...17 lines deleted...]
-              </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3020208999"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
@@ -5045,51 +4999,51 @@
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3074" name="Picture 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="0" y="0"/>
-            <a:ext cx="9144000" cy="5143500"/>
+            <a:ext cx="9143997" cy="5143499"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -5114,209 +5068,163 @@
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="9218" name="Picture 2"/>
+          <p:cNvPr id="8194" name="Picture 2" descr="C:\Users\a.tulepbergenova.NCGSOT.000\Desktop\1\8.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="0" y="0"/>
-            <a:ext cx="9144000" cy="5143501"/>
+            <a:off x="0" y="22498"/>
+            <a:ext cx="9144000" cy="5143500"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln>
-[...2 lines deleted...]
-          <a:effectLst/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
-                  <a:schemeClr val="accent1"/>
+                  <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
-            </a:ext>
-[...17 lines deleted...]
-              </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="18881564"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="10242" name="Picture 2"/>
+          <p:cNvPr id="9218" name="Picture 2" descr="C:\Users\a.tulepbergenova.NCGSOT.000\Desktop\1\9.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="0" y="0"/>
-            <a:ext cx="9144000" cy="5143500"/>
+            <a:off x="21703" y="0"/>
+            <a:ext cx="9143999" cy="5143500"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln>
-[...2 lines deleted...]
-          <a:effectLst/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
-                  <a:schemeClr val="accent1"/>
+                  <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
-            </a:ext>
-[...17 lines deleted...]
-              </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1197455146"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
@@ -5337,52 +5245,52 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4098" name="Picture 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="0" y="0"/>
-            <a:ext cx="9144000" cy="5143500"/>
+            <a:off x="-1" y="0"/>
+            <a:ext cx="9143999" cy="5143500"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -5407,108 +5315,85 @@
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="12290" name="Picture 2"/>
+          <p:cNvPr id="11266" name="Picture 2" descr="C:\Users\a.tulepbergenova.NCGSOT.000\Desktop\1\11.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="0" y="0"/>
+            <a:off x="27484" y="0"/>
             <a:ext cx="9144000" cy="5143500"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln>
-[...2 lines deleted...]
-          <a:effectLst/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
-                  <a:schemeClr val="accent1"/>
+                  <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
-            </a:ext>
-[...17 lines deleted...]
-              </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3105378787"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
@@ -5599,51 +5484,619 @@
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="14338" name="Picture 2"/>
+          <p:cNvPr id="13314" name="Picture 2" descr="C:\Users\a.tulepbergenova.NCGSOT.000\Desktop\1\13.jpg"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="9144000" cy="5143500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1283940533"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="18434" name="Picture 2" descr="C:\Users\a.tulepbergenova.NCGSOT.000\Desktop\1\18.jpg"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="372" y="0"/>
+            <a:ext cx="9144000" cy="5143500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1790600026"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2050" name="Picture 2" descr="C:\Users\a.tulepbergenova.NCGSOT.000\Desktop\1\2.jpg"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="-30808" y="0"/>
+            <a:ext cx="9174807" cy="5143500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2111918385"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="17410" name="Picture 2" descr="C:\Users\a.tulepbergenova.NCGSOT.000\Desktop\1\17.jpg"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="-1" y="0"/>
+            <a:ext cx="9143999" cy="5143500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3094359580"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6146" name="Picture 2"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="9144000" cy="5143500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1905266288"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="15362" name="Picture 2" descr="C:\Users\a.tulepbergenova.NCGSOT.000\Desktop\1\15.jpg"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="0" y="-18678"/>
+            <a:ext cx="9177205" cy="5162178"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3987685241"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1026" name="Picture 2"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="-1" y="0"/>
+            <a:ext cx="9143999" cy="5143500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1438702223"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2050" name="Picture 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="5143500"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
@@ -5664,87 +6117,80 @@
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
               <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1283940533"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2023600151"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="19458" name="Picture 2"/>
+          <p:cNvPr id="2050" name="Picture 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="-1" y="0"/>
             <a:ext cx="9143999" cy="5143500"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
@@ -5765,449 +6211,61 @@
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
               <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1790600026"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1398545627"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
-[...380 lines deleted...]
-<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1026" name="Picture 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
@@ -6247,840 +6305,283 @@
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
               <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2938271776"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="334116975"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3074" name="Picture 2" descr="C:\Users\a.tulepbergenova\Desktop\Аст Тазалык\1x\6.png"/>
+          <p:cNvPr id="1026" name="Picture 2" descr="C:\Users\a.tulepbergenova.NCGSOT.000\Downloads\1 (1).jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="-20872" y="0"/>
-            <a:ext cx="9164871" cy="5155240"/>
+            <a:off x="-1" y="-9104"/>
+            <a:ext cx="9160183" cy="5152603"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2144289362"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3404906322"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="1026" name="Picture 2"/>
+          <p:cNvPr id="2050" name="Picture 2" descr="C:\Users\a.tulepbergenova.NCGSOT.000\Downloads\2 (1).jpg"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="0" y="-28575"/>
+            <a:ext cx="9144000" cy="5143500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1843305344"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3074" name="Picture 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="5143500"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
-          <a:effectLst/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
-            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
-[...7 lines deleted...]
-            </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3176837677"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1916109330"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...609 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Picture 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
@@ -7114,316 +6615,263 @@
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2276272491"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1294181077"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 2" descr="C:\Users\a.tulepbergenova\Desktop\Аст Тазалык\1x\5.png"/>
+          <p:cNvPr id="5122" name="Picture 2" descr="C:\Users\a.tulepbergenova.NCGSOT.000\Downloads\4.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="-1" y="0"/>
-            <a:ext cx="9143999" cy="5143500"/>
+            <a:off x="0" y="-2258"/>
+            <a:ext cx="9148014" cy="5145758"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="802106357"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1259170202"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4098" name="Picture 2"/>
+          <p:cNvPr id="3074" name="Picture 2" descr="C:\Users\a.tulepbergenova.NCGSOT.000\Desktop\1\3.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="0" y="0"/>
-            <a:ext cx="9144001" cy="5143500"/>
+            <a:off x="8745" y="0"/>
+            <a:ext cx="9144000" cy="5143500"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln>
-[...2 lines deleted...]
-          <a:effectLst/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
-                  <a:schemeClr val="accent1"/>
+                  <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
-            </a:ext>
-[...17 lines deleted...]
-              </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2868045850"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="5122" name="Picture 2"/>
+          <p:cNvPr id="4098" name="Picture 2" descr="C:\Users\a.tulepbergenova.NCGSOT.000\Desktop\1\4.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="5143500"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln>
-[...2 lines deleted...]
-          <a:effectLst/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
-                  <a:schemeClr val="accent1"/>
+                  <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
-            </a:ext>
-[...17 lines deleted...]
-              </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2654283988"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -7976,54 +7424,54 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
-  <Words>22</Words>
+  <Words>0</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Экран (16:9)</PresentationFormat>
-  <Paragraphs>6</Paragraphs>
+  <Paragraphs>0</Paragraphs>
   <Slides>26</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>26</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="27" baseType="lpstr">
       <vt:lpstr>Тема Office</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>