--- v0 (2025-12-07)
+++ v1 (2025-12-18)
@@ -1,2620 +1,2506 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00BC0B62" w:rsidRDefault="0049217C" w:rsidP="000A15D9">
+    <w:p w:rsidR="00606A5B" w:rsidRDefault="00606A5B" w:rsidP="0040661D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC0B62">
-[...19 lines deleted...]
-    <w:p w:rsidR="0049217C" w:rsidRPr="00BC0B62" w:rsidRDefault="00BC0B62" w:rsidP="000A15D9">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Палодар қаласының № 20 лицей-мектебі» </w:t>
+      </w:r>
+      <w:r w:rsidR="00217464">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ММ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00602695" w:rsidRPr="00606A5B" w:rsidRDefault="00606A5B" w:rsidP="0040661D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">в </w:t>
-[...22 lines deleted...]
-    <w:p w:rsidR="000A15D9" w:rsidRPr="00417F60" w:rsidRDefault="000A15D9" w:rsidP="000A15D9">
+        <w:t>оқушылардың өзін-</w:t>
+      </w:r>
+      <w:r w:rsidR="00602695" w:rsidRPr="00606A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өзі басқару ұйымы туралы жалпы жаднамасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040661D" w:rsidRPr="00606A5B" w:rsidRDefault="0040661D" w:rsidP="0040661D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...2 lines deleted...]
-    <w:p w:rsidR="0049217C" w:rsidRPr="00BC0B62" w:rsidRDefault="0049217C" w:rsidP="00BC0B62">
+    </w:p>
+    <w:p w:rsidR="00602695" w:rsidRPr="00606A5B" w:rsidRDefault="00602695" w:rsidP="00606A5B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...69 lines deleted...]
-    <w:p w:rsidR="0049217C" w:rsidRPr="00BC0B62" w:rsidRDefault="0049217C" w:rsidP="00BC0B62">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00606A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқушылардың өзін- өзі басқаруы – оқушылардың ұжымдық іс- әрекеттерін ұйымдастыру формасы, олардың өздігінен дамуына , қоғамдық маңызды мақсаттарға жету үшін шешімдерді  қабылдауға және жүзеге асыруын қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00602695" w:rsidRPr="00606A5B" w:rsidRDefault="00602695" w:rsidP="00606A5B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...26 lines deleted...]
-    <w:p w:rsidR="0049217C" w:rsidRPr="00BC0B62" w:rsidRDefault="0049217C" w:rsidP="00BC0B62">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00606A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өзін- өзі басқару – оқушылардың ұйымдастыру қабілетін және өз- ара қарым- қатынас пен жауапкершілікті сезінуі, өз өмірінің шығармашылығын жетілдіру, өзіндік пікір қалыптастыру негізінде мектеп ұжымының өмірлік іс- әрекеттерін басқару.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00602695" w:rsidRPr="00606A5B" w:rsidRDefault="00602695" w:rsidP="00606A5B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...10 lines deleted...]
-    <w:p w:rsidR="0049217C" w:rsidRPr="00BC0B62" w:rsidRDefault="0049217C" w:rsidP="00BC0B62">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00606A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тәрбие</w:t>
+      </w:r>
+      <w:r w:rsidR="00606A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00606A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұл балалар өмірінде мерекелік іс- шаралар емес,  негізгі ұйымдастыру түріне тәрбиелеу- балалардың өздігінен оқуына байланысты өзін- өзі басқару,адамдармен іскерлік қарым- қатынас жасай білуі, өз ісіне жауап беру және шешім шығара алуға дайын болу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00602695" w:rsidRPr="00606A5B" w:rsidRDefault="00602695" w:rsidP="0040661D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00606A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектеп өміріндегі әр сынып өзін- өзі басқарудың дамыту жүйесін жүзеге асыру негізгі шарты болып табылады, сынып ұжымының өзін- өзі басқару ұйымы жұмысын бір бағыт бойынша, орталықтандырылған басшылық бойынша қамтамасыз етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00602695" w:rsidRPr="00606A5B" w:rsidRDefault="00606A5B" w:rsidP="00606A5B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...10 lines deleted...]
-    <w:p w:rsidR="0049217C" w:rsidRPr="00BC0B62" w:rsidRDefault="0049217C" w:rsidP="00BC0B62">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектепішілік  өзін-</w:t>
+      </w:r>
+      <w:r w:rsidR="00602695" w:rsidRPr="00606A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өзі басқару ұйымының негізгі мақс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аты сынып ұжымымен әр түрлі іс-</w:t>
+      </w:r>
+      <w:r w:rsidR="00602695" w:rsidRPr="00606A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әрекеттер ұйымдастыру болып табылады: қоғамдық, оқу, еңбек, мәдени, спорттық- туристік.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00602695" w:rsidRPr="00606A5B" w:rsidRDefault="00602695" w:rsidP="00606A5B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...13 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00606A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Әлеуметтік</w:t>
+      </w:r>
+      <w:r w:rsidR="00606A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00606A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагогикалық міндет оқушылардың өзін- өзі басқаруын дамытудың өзектілігі болып табылады. Мектеп ісін басқаруға оқушылардың қатысуы- бұл  балаларды демократияға үйрету әдісі, оларды демократиялық қоғам өміріне дайындау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00602695" w:rsidRPr="00606A5B" w:rsidRDefault="00602695" w:rsidP="00606A5B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00606A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өзін</w:t>
+      </w:r>
+      <w:r w:rsidR="00606A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00606A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өзі басқару ұйымының құрылымы кезеңдік есепті және оның жұмыс жүйесінде спецификалық, мектеп дәстүрінің мүмкіндігін ескере отырып, вариативті және ыңғайлы болу ке</w:t>
+      </w:r>
+      <w:r w:rsidR="00606A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рек. Мектепте оқушылардың өзін-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00606A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өзі</w:t>
+      </w:r>
+      <w:r w:rsidR="00606A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> басқару ұйымы </w:t>
+      </w:r>
+      <w:r w:rsidR="00217464">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00606A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-11 сыныптың шығармашыл, белсенді топтан құрылған жоғары сыныптар кеңесі болып табылады. Жоғары сыныптар кеңесі сайлау негізінде құрылған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00602695" w:rsidRPr="00606A5B" w:rsidRDefault="00602695" w:rsidP="0040661D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00606A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC0B62">
-[...53 lines deleted...]
-          <w:szCs w:val="28"/>
+    </w:p>
+    <w:p w:rsidR="00602695" w:rsidRDefault="00602695" w:rsidP="0040661D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00606A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0B62" w:rsidRDefault="00BC0B62" w:rsidP="000A15D9">
+    <w:p w:rsidR="00606A5B" w:rsidRDefault="00606A5B" w:rsidP="0040661D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00606A5B" w:rsidRDefault="00606A5B" w:rsidP="0040661D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00606A5B" w:rsidRDefault="00606A5B" w:rsidP="0040661D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00606A5B" w:rsidRDefault="00606A5B" w:rsidP="0040661D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00606A5B" w:rsidRDefault="00606A5B" w:rsidP="0040661D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00606A5B" w:rsidRDefault="00606A5B" w:rsidP="0040661D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00606A5B" w:rsidRDefault="00606A5B" w:rsidP="0040661D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00606A5B" w:rsidRDefault="00606A5B" w:rsidP="0040661D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00606A5B" w:rsidRDefault="00606A5B" w:rsidP="0040661D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00606A5B" w:rsidRDefault="00606A5B" w:rsidP="0040661D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00606A5B" w:rsidRPr="00606A5B" w:rsidRDefault="00606A5B" w:rsidP="0040661D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00602695" w:rsidRDefault="00872546" w:rsidP="0040661D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="00BC0B62" w:rsidRDefault="00BC0B62" w:rsidP="000A15D9">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00217464">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1-2022</w:t>
+      </w:r>
+      <w:r w:rsidR="00602695" w:rsidRPr="00606A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жылына </w:t>
+      </w:r>
+      <w:r w:rsidR="00606A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арналған жоғары сыныптар К</w:t>
+      </w:r>
+      <w:r w:rsidR="00602695" w:rsidRPr="00606A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>еңесінің жұмыс жоспарының мақсаты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00606A5B" w:rsidRPr="00606A5B" w:rsidRDefault="00606A5B" w:rsidP="0040661D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="00BC0B62" w:rsidRDefault="00BC0B62" w:rsidP="000A15D9">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00602695" w:rsidRPr="00606A5B" w:rsidRDefault="00602695" w:rsidP="0040661D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00606A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1.Мектеп оқушыларының өзінің қажеттілігіне сай шығармашылығын жүзеге асыруын және жеке тұлғаның жан- жақты дамуы үшін</w:t>
+      </w:r>
+      <w:r w:rsidR="0025015B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жағдай туғызуын қамтамасыз ету.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00602695" w:rsidRPr="00606A5B" w:rsidRDefault="0025015B" w:rsidP="0040661D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Оқушылар мен ата-</w:t>
+      </w:r>
+      <w:r w:rsidR="00602695" w:rsidRPr="00606A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аналардың, мұғалімдердің арасындағы  өз- ара қарым- қатынас стилі; балалардың өзін- өзі басқару дағдысын және біліктілігі мен білімін қалыптастыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00606A5B" w:rsidRDefault="00606A5B" w:rsidP="0040661D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00602695" w:rsidRDefault="00872546" w:rsidP="00606A5B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="00BC0B62" w:rsidRDefault="00BC0B62" w:rsidP="000A15D9">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00217464">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r w:rsidR="00217464">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00602695" w:rsidRPr="00606A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жылына арналған жоғары сыныптар кеңесінің жұмыс жоспарының міндеті</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00606A5B" w:rsidRPr="00606A5B" w:rsidRDefault="00606A5B" w:rsidP="00606A5B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="00BC0B62" w:rsidRDefault="00BC0B62" w:rsidP="000A15D9">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00602695" w:rsidRPr="00606A5B" w:rsidRDefault="00602695" w:rsidP="0040661D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00606A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1.Мектеп оқушыларының ұйым көмегі арқылы олардың өмірі мен іс- әрекетінің жеке тұ</w:t>
+      </w:r>
+      <w:r w:rsidR="0025015B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лғалық қасиеттерін қалыптастыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00602695" w:rsidRPr="00606A5B" w:rsidRDefault="00602695" w:rsidP="0040661D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00606A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2.Оқушыларға қоршаған ортада өзінің танымын, өмірлік бейімделу кезеңін, өмір іс- әрекетінің барлық жүйесіне олардың қызығушылығы мен құқығын әлеуметтік қорғау; ұжымда әрқайсысы өзінің жеке тұлғалық қасиеттерін көрсете білуі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040661D" w:rsidRPr="00606A5B" w:rsidRDefault="0040661D" w:rsidP="0040661D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="00BC0B62" w:rsidRDefault="00BC0B62" w:rsidP="000A15D9">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00602695" w:rsidRPr="00606A5B" w:rsidRDefault="00872546" w:rsidP="0040661D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="00BC0B62" w:rsidRDefault="00BC0B62" w:rsidP="000A15D9">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00217464">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00602695" w:rsidRPr="00606A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00217464">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00602695" w:rsidRPr="00606A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жылына арналған жоғары сыныптар кеңесінің жұмыс жоспарының принципі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00602695" w:rsidRPr="00606A5B" w:rsidRDefault="00602695" w:rsidP="0040661D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00606A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>•        өз еркімен</w:t>
+      </w:r>
+      <w:r w:rsidR="00606A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00602695" w:rsidRPr="00606A5B" w:rsidRDefault="00602695" w:rsidP="0040661D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00606A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>•        демократиялық және гуманистік</w:t>
+      </w:r>
+      <w:r w:rsidR="00606A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00602695" w:rsidRPr="00606A5B" w:rsidRDefault="00602695" w:rsidP="0040661D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00606A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>•        шығармашылық</w:t>
+      </w:r>
+      <w:r w:rsidR="00606A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00602695" w:rsidRDefault="00602695" w:rsidP="0040661D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00606A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>•        ұжымдық шешім қабылдау</w:t>
+      </w:r>
+      <w:r w:rsidR="00606A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00606A5B" w:rsidRPr="00606A5B" w:rsidRDefault="00606A5B" w:rsidP="0040661D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00602695" w:rsidRPr="00606A5B" w:rsidRDefault="00602695" w:rsidP="00606A5B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00606A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Аталған принциптер жетістіктері үшін нақты тапсырмалар қатарын жүзеге асыру қажет:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00602695" w:rsidRPr="00606A5B" w:rsidRDefault="00602695" w:rsidP="00606A5B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00606A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>• білім алушылардың мұғалімдерімен бірге оқу- тәрбие жүйесін ұйымдастыру және сараптауына шынайы мүмкіндік ұсыну;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00602695" w:rsidRPr="00606A5B" w:rsidRDefault="00602695" w:rsidP="00606A5B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00606A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>• оқушылардың жеке тұлғасында қажеттіліктерін жетілдіруді қалыптастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00602695" w:rsidRPr="00606A5B" w:rsidRDefault="00602695" w:rsidP="00606A5B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00606A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• ұжымдық өмір нормасын жағымды қарым- қатынасқа тәрбиелеу; өзін және қоршаған ортаның әлеуметтік  және азаматтық жауапкершілікке тәрбиелеу. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00602695" w:rsidRPr="00606A5B" w:rsidRDefault="00602695" w:rsidP="0040661D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00606A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00602695" w:rsidRDefault="00602695" w:rsidP="0040661D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00606A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00606A5B" w:rsidRDefault="00606A5B" w:rsidP="0040661D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00606A5B" w:rsidRDefault="00606A5B" w:rsidP="0040661D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00606A5B" w:rsidRDefault="00606A5B" w:rsidP="0040661D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00606A5B" w:rsidRDefault="00606A5B" w:rsidP="0040661D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00606A5B" w:rsidRDefault="00606A5B" w:rsidP="0040661D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00606A5B" w:rsidRDefault="00606A5B" w:rsidP="0040661D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00606A5B" w:rsidRPr="00606A5B" w:rsidRDefault="00606A5B" w:rsidP="0040661D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00602695" w:rsidRPr="00606A5B" w:rsidRDefault="00872546" w:rsidP="0040661D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...30 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Цели работы С</w:t>
-[...21 lines deleted...]
-      </w:pPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00217464">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00602695" w:rsidRPr="00606A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-20</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...34 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="007E2D80">
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00217464">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="003F2A44" w:rsidRPr="00BC0B62">
-[...887 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="00602695" w:rsidRPr="00606A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жылына арналған жоғары сыныптар кеңесі мүшелерінің тізімі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00606A5B" w:rsidRDefault="00606A5B" w:rsidP="00606A5B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="1656" w:tblpY="262"/>
+        <w:tblW w:w="6629" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="606"/>
-        <w:gridCol w:w="3937"/>
+        <w:gridCol w:w="534"/>
+        <w:gridCol w:w="3969"/>
         <w:gridCol w:w="2126"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007E2D80" w:rsidTr="00E47AFA">
+      <w:tr w:rsidR="00217464" w:rsidRPr="00217464" w:rsidTr="00480CC7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E2D80" w:rsidRPr="007E2D80" w:rsidRDefault="007E2D80" w:rsidP="00E47AFA">
+          <w:p w:rsidR="00217464" w:rsidRPr="00217464" w:rsidRDefault="00217464" w:rsidP="00217464">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00217464">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3937" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E2D80" w:rsidRPr="007E2D80" w:rsidRDefault="007E2D80" w:rsidP="00E47AFA">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00217464" w:rsidRPr="00217464" w:rsidRDefault="00217464" w:rsidP="00217464">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00217464">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-              <w:t>Ф.И.</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Аты-жөні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E2D80" w:rsidRPr="007E2D80" w:rsidRDefault="007E2D80" w:rsidP="00E47AFA">
-[...16 lines deleted...]
-              <w:t>Класс</w:t>
+          <w:p w:rsidR="00217464" w:rsidRPr="00217464" w:rsidRDefault="00217464" w:rsidP="00217464">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00217464">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E2D80" w:rsidRPr="004A2D47" w:rsidTr="00E47AFA">
+      <w:tr w:rsidR="00217464" w:rsidRPr="00217464" w:rsidTr="00480CC7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E2D80" w:rsidRPr="007E2D80" w:rsidRDefault="007E2D80" w:rsidP="00E47AFA">
+          <w:p w:rsidR="00217464" w:rsidRPr="00217464" w:rsidRDefault="00217464" w:rsidP="00217464">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>1.</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00217464">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3937" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E2D80" w:rsidRPr="007E2D80" w:rsidRDefault="007E2D80" w:rsidP="00E47AFA">
+          <w:p w:rsidR="00217464" w:rsidRPr="00217464" w:rsidRDefault="00217464" w:rsidP="00217464">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00217464">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Сейтқазы Әлия</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007E2D80" w:rsidRPr="007E2D80" w:rsidRDefault="007E2D80" w:rsidP="00E47AFA">
+          <w:p w:rsidR="00217464" w:rsidRPr="00217464" w:rsidRDefault="00217464" w:rsidP="00217464">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E2D80" w:rsidRPr="007E2D80" w:rsidRDefault="007E2D80" w:rsidP="00E47AFA">
+          <w:p w:rsidR="00217464" w:rsidRPr="00217464" w:rsidRDefault="00217464" w:rsidP="00217464">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00217464">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="007E2D80">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00217464">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> А</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E2D80" w:rsidRPr="004A2D47" w:rsidTr="00E47AFA">
+      <w:tr w:rsidR="00217464" w:rsidRPr="00217464" w:rsidTr="00480CC7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E2D80" w:rsidRPr="007E2D80" w:rsidRDefault="007E2D80" w:rsidP="00E47AFA">
+          <w:p w:rsidR="00217464" w:rsidRPr="00217464" w:rsidRDefault="00217464" w:rsidP="00217464">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>2.</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00217464">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3937" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E2D80" w:rsidRPr="007E2D80" w:rsidRDefault="007E2D80" w:rsidP="00E47AFA">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00217464" w:rsidRPr="00217464" w:rsidRDefault="00217464" w:rsidP="00217464">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00217464">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Айтмухан Дильшат</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007E2D80" w:rsidRPr="007E2D80" w:rsidRDefault="007E2D80" w:rsidP="00E47AFA">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00217464" w:rsidRPr="00217464" w:rsidRDefault="00217464" w:rsidP="00217464">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E2D80" w:rsidRPr="007E2D80" w:rsidRDefault="007E2D80" w:rsidP="00E47AFA">
+          <w:p w:rsidR="00217464" w:rsidRPr="00217464" w:rsidRDefault="00217464" w:rsidP="00217464">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00217464">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="007E2D80">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00217464">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> А</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E2D80" w:rsidRPr="004A2D47" w:rsidTr="00E47AFA">
+      <w:tr w:rsidR="00217464" w:rsidRPr="00217464" w:rsidTr="00480CC7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E2D80" w:rsidRPr="007E2D80" w:rsidRDefault="007E2D80" w:rsidP="00E47AFA">
+          <w:p w:rsidR="00217464" w:rsidRPr="00217464" w:rsidRDefault="00217464" w:rsidP="00217464">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>3.</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00217464">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3937" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E2D80" w:rsidRPr="007E2D80" w:rsidRDefault="007E2D80" w:rsidP="00E47AFA">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00217464" w:rsidRPr="00217464" w:rsidRDefault="00217464" w:rsidP="00217464">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00217464">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Жамалова Зарина</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007E2D80" w:rsidRPr="007E2D80" w:rsidRDefault="007E2D80" w:rsidP="00E47AFA">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00217464" w:rsidRPr="00217464" w:rsidRDefault="00217464" w:rsidP="00217464">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E2D80" w:rsidRPr="007E2D80" w:rsidRDefault="007E2D80" w:rsidP="00E47AFA">
+          <w:p w:rsidR="00217464" w:rsidRPr="00217464" w:rsidRDefault="00217464" w:rsidP="00217464">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00217464">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="007E2D80">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00217464">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> А</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E2D80" w:rsidRPr="007B36ED" w:rsidTr="00E47AFA">
+      <w:tr w:rsidR="00217464" w:rsidRPr="00217464" w:rsidTr="00480CC7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E2D80" w:rsidRPr="007E2D80" w:rsidRDefault="007E2D80" w:rsidP="00E47AFA">
+          <w:p w:rsidR="00217464" w:rsidRPr="00217464" w:rsidRDefault="00217464" w:rsidP="00217464">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>4.</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00217464">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3937" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E2D80" w:rsidRPr="007E2D80" w:rsidRDefault="007E2D80" w:rsidP="00E47AFA">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00217464" w:rsidRPr="00217464" w:rsidRDefault="00217464" w:rsidP="00217464">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00217464">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Рахметолла Қарлығаш</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007E2D80" w:rsidRPr="007E2D80" w:rsidRDefault="007E2D80" w:rsidP="00E47AFA">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00217464" w:rsidRPr="00217464" w:rsidRDefault="00217464" w:rsidP="00217464">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E2D80" w:rsidRPr="007E2D80" w:rsidRDefault="007E2D80" w:rsidP="00E47AFA">
+          <w:p w:rsidR="00217464" w:rsidRPr="00217464" w:rsidRDefault="00217464" w:rsidP="00217464">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00217464">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="007E2D80">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00217464">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> А</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E2D80" w:rsidRPr="007B36ED" w:rsidTr="00E47AFA">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00217464" w:rsidRPr="00217464" w:rsidTr="00480CC7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E2D80" w:rsidRPr="007E2D80" w:rsidRDefault="007E2D80" w:rsidP="00E47AFA">
+          <w:p w:rsidR="00217464" w:rsidRPr="00217464" w:rsidRDefault="00217464" w:rsidP="00217464">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>5.</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00217464">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3937" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E2D80" w:rsidRPr="007E2D80" w:rsidRDefault="007E2D80" w:rsidP="00E47AFA">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00217464" w:rsidRPr="00217464" w:rsidRDefault="00217464" w:rsidP="00217464">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00217464">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Жабагин Ансат</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007E2D80" w:rsidRPr="007E2D80" w:rsidRDefault="007E2D80" w:rsidP="00E47AFA">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00217464" w:rsidRPr="00217464" w:rsidRDefault="00217464" w:rsidP="00217464">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E2D80" w:rsidRPr="007E2D80" w:rsidRDefault="007E2D80" w:rsidP="00E47AFA">
+          <w:p w:rsidR="00217464" w:rsidRPr="00217464" w:rsidRDefault="00217464" w:rsidP="00217464">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00217464">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
-            <w:r w:rsidRPr="007E2D80">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00217464">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Б</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E2D80" w:rsidRPr="007B36ED" w:rsidTr="00E47AFA">
+      <w:tr w:rsidR="00217464" w:rsidRPr="00217464" w:rsidTr="00480CC7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E2D80" w:rsidRPr="007E2D80" w:rsidRDefault="007E2D80" w:rsidP="00E47AFA">
+          <w:p w:rsidR="00217464" w:rsidRPr="00217464" w:rsidRDefault="00217464" w:rsidP="00217464">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>6.</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00217464">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3937" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E2D80" w:rsidRPr="007E2D80" w:rsidRDefault="007E2D80" w:rsidP="00E47AFA">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00217464" w:rsidRPr="00217464" w:rsidRDefault="00217464" w:rsidP="00217464">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00217464">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Бычковский Никита</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007E2D80" w:rsidRPr="007E2D80" w:rsidRDefault="007E2D80" w:rsidP="00E47AFA">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00217464" w:rsidRPr="00217464" w:rsidRDefault="00217464" w:rsidP="00217464">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E2D80" w:rsidRPr="007E2D80" w:rsidRDefault="007E2D80" w:rsidP="00E47AFA">
+          <w:p w:rsidR="00217464" w:rsidRPr="00217464" w:rsidRDefault="00217464" w:rsidP="00217464">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00217464">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
-            <w:r w:rsidRPr="007E2D80">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00217464">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Б</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E2D80" w:rsidRPr="007B36ED" w:rsidTr="00E47AFA">
+      <w:tr w:rsidR="00217464" w:rsidRPr="00217464" w:rsidTr="00480CC7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E2D80" w:rsidRPr="007E2D80" w:rsidRDefault="007E2D80" w:rsidP="00E47AFA">
+          <w:p w:rsidR="00217464" w:rsidRPr="00217464" w:rsidRDefault="00217464" w:rsidP="00217464">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>7.</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00217464">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3937" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E2D80" w:rsidRPr="007E2D80" w:rsidRDefault="007E2D80" w:rsidP="00E47AFA">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00217464" w:rsidRPr="00217464" w:rsidRDefault="00217464" w:rsidP="00217464">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00217464">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Сулейменов Рауан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007E2D80" w:rsidRPr="007E2D80" w:rsidRDefault="007E2D80" w:rsidP="00E47AFA">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00217464" w:rsidRPr="00217464" w:rsidRDefault="00217464" w:rsidP="00217464">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E2D80" w:rsidRPr="007E2D80" w:rsidRDefault="007E2D80" w:rsidP="00E47AFA">
+          <w:p w:rsidR="00217464" w:rsidRPr="00217464" w:rsidRDefault="00217464" w:rsidP="00217464">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00217464">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
-            <w:r w:rsidRPr="007E2D80">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00217464">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Б</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E2D80" w:rsidRPr="00AF3710" w:rsidTr="00E47AFA">
+      <w:tr w:rsidR="00217464" w:rsidRPr="00217464" w:rsidTr="00480CC7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E2D80" w:rsidRPr="007E2D80" w:rsidRDefault="007E2D80" w:rsidP="00E47AFA">
+          <w:p w:rsidR="00217464" w:rsidRPr="00217464" w:rsidRDefault="00217464" w:rsidP="00217464">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>8.</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00217464">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3937" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E2D80" w:rsidRPr="007E2D80" w:rsidRDefault="007E2D80" w:rsidP="00E47AFA">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00217464" w:rsidRPr="00217464" w:rsidRDefault="00217464" w:rsidP="00217464">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00217464">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Гибадатова Альнура</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007E2D80" w:rsidRPr="007E2D80" w:rsidRDefault="007E2D80" w:rsidP="00E47AFA">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00217464" w:rsidRPr="00217464" w:rsidRDefault="00217464" w:rsidP="00217464">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E2D80" w:rsidRPr="007E2D80" w:rsidRDefault="007E2D80" w:rsidP="00E47AFA">
+          <w:p w:rsidR="00217464" w:rsidRPr="00217464" w:rsidRDefault="00217464" w:rsidP="00217464">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00217464">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="007E2D80">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00217464">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="007E2D80">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00217464">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007E2D80">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00217464">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Б</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E2D80" w:rsidRPr="007B36ED" w:rsidTr="00E47AFA">
+      <w:tr w:rsidR="00217464" w:rsidRPr="00217464" w:rsidTr="00480CC7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E2D80" w:rsidRPr="007E2D80" w:rsidRDefault="007E2D80" w:rsidP="00E47AFA">
+          <w:p w:rsidR="00217464" w:rsidRPr="00217464" w:rsidRDefault="00217464" w:rsidP="00217464">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>9.</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00217464">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3937" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E2D80" w:rsidRPr="007E2D80" w:rsidRDefault="007E2D80" w:rsidP="00E47AFA">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00217464" w:rsidRPr="00217464" w:rsidRDefault="00217464" w:rsidP="00217464">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00217464">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Қайрулла  Ұлпан  </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007E2D80" w:rsidRPr="007E2D80" w:rsidRDefault="007E2D80" w:rsidP="00E47AFA">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00217464" w:rsidRPr="00217464" w:rsidRDefault="00217464" w:rsidP="00217464">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E2D80" w:rsidRPr="007E2D80" w:rsidRDefault="007E2D80" w:rsidP="00E47AFA">
+          <w:p w:rsidR="00217464" w:rsidRPr="00217464" w:rsidRDefault="00217464" w:rsidP="00217464">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00217464">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="007E2D80">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00217464">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="007E2D80">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00217464">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007E2D80">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00217464">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Б</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E2D80" w:rsidRPr="007B36ED" w:rsidTr="00E47AFA">
+      <w:tr w:rsidR="00217464" w:rsidRPr="00217464" w:rsidTr="00480CC7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E2D80" w:rsidRPr="007E2D80" w:rsidRDefault="007E2D80" w:rsidP="00E47AFA">
+          <w:p w:rsidR="00217464" w:rsidRPr="00217464" w:rsidRDefault="00217464" w:rsidP="00217464">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>10.</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00217464">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3937" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E2D80" w:rsidRPr="007E2D80" w:rsidRDefault="007E2D80" w:rsidP="00E47AFA">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00217464" w:rsidRPr="00217464" w:rsidRDefault="00217464" w:rsidP="00217464">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00217464">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Мәди Мадияр</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007E2D80" w:rsidRPr="007E2D80" w:rsidRDefault="007E2D80" w:rsidP="00E47AFA">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00217464" w:rsidRPr="00217464" w:rsidRDefault="00217464" w:rsidP="00217464">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E2D80" w:rsidRPr="007E2D80" w:rsidRDefault="007E2D80" w:rsidP="00E47AFA">
+          <w:p w:rsidR="00217464" w:rsidRPr="00217464" w:rsidRDefault="00217464" w:rsidP="00217464">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00217464">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="007E2D80">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00217464">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="007E2D80">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00217464">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007E2D80">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00217464">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Б</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00394B4F" w:rsidRPr="009666D3" w:rsidRDefault="00394B4F" w:rsidP="000A15D9">
-[...21 lines deleted...]
-    <w:sectPr w:rsidR="000A15D9" w:rsidRPr="00BC0B62">
+    <w:p w:rsidR="00606A5B" w:rsidRPr="00872546" w:rsidRDefault="00606A5B" w:rsidP="0040661D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:sectPr w:rsidR="00606A5B" w:rsidRPr="00872546">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -2626,72 +2512,62 @@
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0049217C"/>
-[...1 lines deleted...]
-    <w:rsid w:val="002B50A8"/>
+    <w:rsidRoot w:val="00602695"/>
+    <w:rsid w:val="001D703A"/>
+    <w:rsid w:val="00217464"/>
+    <w:rsid w:val="0025015B"/>
     <w:rsid w:val="00314CF2"/>
-    <w:rsid w:val="00394B4F"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00A900EE"/>
+    <w:rsid w:val="0040661D"/>
+    <w:rsid w:val="005B7611"/>
+    <w:rsid w:val="00602695"/>
+    <w:rsid w:val="00606A5B"/>
+    <w:rsid w:val="00872546"/>
     <w:rsid w:val="00B57254"/>
-    <w:rsid w:val="00BC0B62"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00F10808"/>
+    <w:rsid w:val="00EA4921"/>
     <w:rsid w:val="00FA4633"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -2867,52 +2743,51 @@
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="007E2D80"/>
+    <w:rsid w:val="00217464"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
@@ -3077,71 +2952,98 @@
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="007E2D80"/>
+    <w:rsid w:val="00217464"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="144057782">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1008756841">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -3397,66 +3299,66 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>3135</Characters>
+  <Pages>3</Pages>
+  <Words>538</Words>
+  <Characters>3071</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>26</Lines>
+  <Lines>25</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3677</CharactersWithSpaces>
+  <CharactersWithSpaces>3602</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>