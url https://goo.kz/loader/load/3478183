--- v0 (2025-12-14)
+++ v1 (2026-03-06)
@@ -12,3556 +12,7231 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5588"/>
-        <w:gridCol w:w="3636"/>
+        <w:gridCol w:w="5607"/>
+        <w:gridCol w:w="3617"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006443BA" w:rsidRPr="006443BA" w:rsidTr="006443BA">
+      <w:tr w:rsidR="00A449DE" w:rsidTr="00A449DE">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к приказу Министра образования</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и науки Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 8 апреля 2015 года № 179</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z37"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стандарт государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>"Выдача разрешения на обучение в форме экстерната</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в организациях основного среднего, общего</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>среднего образования"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Стандарт в редакции приказа Министра образования и науки РК от 22.01.2016 № 68 (вводится в действие </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 01.03.2016).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z38"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z39"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Государственная услуга "Выдача разрешения на обучение в форме экстерната в организациях основного среднего, общего среднего образования" (далее - государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z40"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее - Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z41"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Государственная услуга оказывается местными исполнительными органами городов Астаны и Алматы, районов и городов областного значения (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Прием заявления и выдача результата оказания государственной услуги осуществляется через:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) Некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее - Государственная корпорация);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) веб-портал "электронного правительства" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>egov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее - портал).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z42"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z43"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Сроки оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) с момента сдачи пакета документов в Государственную корпорацию, а также при обращении на портал - 15 рабочих дней. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При обращении в Государственную корпорацию день приема не входит в срок оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) максимально допустимое время ожидания для сдачи пакета документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) максимально допустимое время обслуживания </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - 15 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) заявление </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для обучения в форме экстерната подается не позднее 1 декабря текущего учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z44"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Форма оказания государственной услуги: электронная (частично автоматизированная) и (или) бумажная. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z45"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. Результатом оказания государственной услуги является выписка из приказа о разрешении на обучение в форме экстерната в организациях основного среднего, общего среднего образования по форме согласно приложению </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>настоящему</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>стандарту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>государственной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>услуги</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>далее</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>приложение</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p w:rsidR="00A449DE" w:rsidRPr="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A449DE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A449DE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае обращения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за получением результата оказания государственной услуги на бумажном носителе результат оказания государственной услуги оформляется в электронной форме согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A449DE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1, распечатывается, заверяется печатью и подписью уполномоченного лица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A449DE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A449DE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRPr="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A449DE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При обращении на портал результат оказания государственной услуги направляется </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в форме электронного документа, удостоверенного электронной цифровой подписью </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A449DE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(далее – ЭЦП) уполномоченного лица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A449DE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A449DE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A449DE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Форма предоставления результата оказания государственной услуги: электронная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z46"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. Государственная услуга оказывается бесплатно физическим лицам (далее - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z47"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8. График работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – с понедельника по пятницу включительно, за исключением выходных и праздничных дней согласно трудовому законодательству Республики Казахстан в соответствии с установленным графиком работы, с перерывом на обед с 13.00 до 14.30 часов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) Государственной корпорации – с понедельника по субботу включительно, за исключением воскресенья и праздничных дней согласно трудовому законодательству Республики Казахстан, в соответствии с установленным графиком работы с 9.00 до 20.00 часов, без перерыва на обед.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Государственная услуга оказывается по месту нахождения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, также посредством "бронирования" электронной очереди на портале.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) портала – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z48"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9. Перечень документов, необходимых для оказания государственной услуги при обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (при обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, либо законного представителя с подтверждающим документом):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в Государственную корпорацию:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) заявление на обучение в форме экстерната по форме согласно приложению </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>настоящему</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>стандарту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>государственной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>услуги</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A449DE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A449DE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) заключение врачебно-консультационной комиссии, форма 035-1/у, утвержденная приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 23 ноября 2010 года № 907 "Об утверждении форм первичной медицинской документации организаций здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 6697) - для обучающихся, не имеющих возможность посещать организации образования по состоянию здоровья;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) справка о временном проживании за рубежом родителей </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или лиц, их заменяющих, в случае </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>выезда</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающегося с родителями или лиц их заменяющих за рубеж; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) документ на имя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, подтверждающий его обучение за рубежом, в случае </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>выезда</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающегося за рубеж без сопровождения родителей или лиц их заменяющих; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) копия свидетельства о рождении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (в случае рождения до 2008 года) при наличии копии удостоверения личности </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (оригинал требуется для идентификации личности).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> На портал:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) заявление в форме электронного запроса, подписанного ЭЦП </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) электронная копия заключения врачебно-консультационной комиссии, форма 035-1/у, утвержденная приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 23 ноября 2010 года № 907 "Об утверждении форм первичной медицинской документации организаций здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 6697) - для обучающихся, не имеющих возможность посещать организации образования по состоянию здоровья; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) электронная копия справки о временном проживании за рубежом родителей </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или лиц, их заменяющих, в случае </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>выезда</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающегося с родителями или лиц их заменяющих за рубеж; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) электронная копия документа на имя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, подтверждающий его обучение за рубежом, в случае </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>выезда</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающегося за рубеж без сопровождения родителей или лиц их заменяющих; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) электронная копия свидетельства о рождении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (в случае рождения до 2008 года).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сведения о документах, удостоверяющих личность, свидетельстве о рождении, произведенным на территории Республики Казахстан после 2008 года, содержащиеся в государственных информационных системах, предоставляются </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При приеме документов через Государственную корпорацию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выдается расписка о приеме соответствующих документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В Государственной корпорации выдача готовых документов осуществляется на основании расписки о приеме соответствующих документов при предъявлении документа, удостоверяющего личность (либо его представителя по нотариально заверенной доверенности).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Государственная корпорация обеспечивает хранение результата в течение одного месяца, после чего передает их </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для дальнейшего хранения. При обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по истечении одного месяца по запросу Государственной корпорации </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в течение одного рабочего дня направляет готовые документы в Государственную корпорацию для выдачи </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRPr="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z49"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10. В случае предоставления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> неполного пакета документов согласно пункту 9 настоящего стандарта государственной услуги работник Государственной корпорации отказывает в приеме заявления и выдает расписку об отказе в приеме документов по форме согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A449DE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3 к настоящему стандарту государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z50"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00A449DE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Порядок обжалования решений, действий (бездействия)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц, Государственной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>корпорации и (или) их работников по вопросам оказания</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z51"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11. В случае обжалования решений, действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц по вопросам оказания государственных услуг жалоба подается в письменном виде на имя руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, адрес которого размещен на:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>edu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>gov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в разделе "Государственные услуги";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба подается с указанием фамилии, имени, отчества (при его наличии) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, адреса, контактных телефонов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в журнале регистрации канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба на действия (бездействия) работников Государственной корпорации направляется к руководителю Государственной корпорации по адресам и телефонам, указанным на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Государственной корпорации: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>gov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг, поступившая в адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, Государственной корпорации, Министерства, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В случае несогласия с результатами оказания государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> может обратиться в уполномоченный орган по оценке и контролю за качеством оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственной услуги, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Информация о порядке обжалования предоставляется посредством Единого контакт-центра.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В жалобе физического лица указываются его фамилия, имя, отчество (при его наличии), почтовый адрес.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При обращении через портал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет возможность получить информацию о порядке обжалования по телефону Единого контакт-центра 1414, 8-800-080-7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При отправке жалобы через портал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из "личного кабинета" доступна информация об обращении, которая обновляется в ходе обработки обращения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (отметки о доставке, регистрации, исполнении, ответ о рассмотрении или отказе в рассмотрении).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 11 в редакции приказа Министра образования и науки РК от 25.01.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 28</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z52"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12. В случаях несогласия с результатами оказанной государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет право обратиться в суд в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z53"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Иные требования с учетом особенностей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оказания государственной услуги, в том числе оказываемой</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>через Государственную корпорацию</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z54"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугополучателям</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеющим нарушение здоровья со стойким расстройством функций организма, ограничивающее его жизнедеятельность, в случае необходимости прием документов, для оказания государственной услуги, производится работником Государственной корпорацией с выездом по месту жительства посредством обращения через Единый контакт-центр 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z55"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14. Адреса мест оказания государственной услуги размещены на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) Государственной корпорации: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>gov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 14 в редакции приказа Министра образования и науки РК от 25.01.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 28</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z56"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z57"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 16. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет возможность получения информации о статусе оказания государственной услуги в режиме удаленного доступа посредством справочных служб </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, Единого контакт-центра.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 16 в редакции приказа Министра образования и науки РК от 25.01.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 28</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z58"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 17. Контактные телефоны справочных служб размещены на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>edu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>gov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в разделе "Государственные услуги", Единого контакт-центра: 1414, 8-800-080-7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 17 в редакции приказа Министра образования и науки РК от 25.01.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 28</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5527"/>
+        <w:gridCol w:w="3697"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A449DE" w:rsidTr="00A449DE">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006443BA" w:rsidRDefault="006443BA">
+          <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к стандарту государственной услуги</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Выдача разрешения на обучение</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в форме экстерната в организациях</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>основного среднего, общего</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>среднего образования"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Форма               </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Выписка из приказа о разрешении на обучение в форме экстерната</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в организациях основного среднего, общего среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Уникальный </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>номер:_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дата и время </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>получения:_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Наименование местного исполнительного органа)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ВЫПИСКА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из приказа о разрешении на обучение в форме экстерната в</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организациях основного среднего, общего среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Гражданин (-ка</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>):_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>___________________ (Ф. И. О. (при его</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> наличии) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, индивидуальный </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>иденцификационный</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> номер)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дата </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обращения:_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Выписка из приказа о разрешении на обучение в форме экстерната</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в организациях основного среднего, общего среднего образования на</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> основании приказа №___________ от __________ _____ года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Выписка удостоверена ЭЦП ответственного лица:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (должность, Ф.И.О. (при его наличии) ответственного лица)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5527"/>
+        <w:gridCol w:w="3697"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A449DE" w:rsidTr="00A449DE">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к стандарту государственной услуги</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Выдача разрешения на обучение</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в форме экстерната в организациях</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>основного среднего, общего</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>среднего образования"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кому: Руководителю</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                               Наименование местного</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                              исполнительного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> От: _____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                            Ф.И.О. (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                            полностью индивидуальный</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                             </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>иденцификационный</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> номер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Форма          </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>на обучение в форме экстерната</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Прошу выдать разрешение на обучение в форме экстерната</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (указать наименование организации образования)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в соответствии с подпунктом 24-4) пункта 2 статьи 6 (подпунктом 25-7)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  пункта 3 или подпунктом 21-3) пункта 4 статьи 6) Закона Республики</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Казахстан от 27 июля 2007 года "Об образовании", а также с пунктом 2 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 20 Закона Республики Казахстан от 15 апреля 2013 года "О</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственных услугах" на ученика:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф. И. О. (при его наличии) ученика, дата рождения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_______________ (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      "___" ________________20___ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>года</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5527"/>
+        <w:gridCol w:w="3697"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A449DE" w:rsidTr="00A449DE">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006443BA" w:rsidRDefault="006443BA">
+          <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Приложение 3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрінің</w:t>
+              <w:t>к стандарту государственной услуги</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>2015 жылғы 8 сәуірдегі</w:t>
+              <w:t>"Выдача разрешения на обучение</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>№ 179 бұйрығына 2-қосымша</w:t>
-[...1493 lines deleted...]
-              <w:t>"Негізгі орта, жалпы орта білім беру</w:t>
+              <w:t>в форме экстерната в организациях</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>ұйымдарында экстернат нысанында</w:t>
+              <w:t>основного среднего, общего</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>оқытуға рұқсат беру" мемлекеттік</w:t>
-[...29 lines deleted...]
-              <w:t>1-қосымша</w:t>
+              <w:t>среднего образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006443BA" w:rsidRDefault="006443BA" w:rsidP="006443BA">
-[...21 lines deleted...]
-          <w:szCs w:val="18"/>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (Ф. И. О. (при его наличии), либо</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                             наименование организации </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Форма             </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-[...123 lines deleted...]
-      </w:pPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Расписка</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-[...939 lines deleted...]
-    <w:p w:rsidR="006443BA" w:rsidRDefault="006443BA" w:rsidP="006443BA">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>об отказе в приеме документов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Т.А.Ә. (бар болса), не көрсетілетін   </w:t>
-[...10 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> Руководствуясь подпунктом 2 статьи 20 Закона Республики</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Казахстан от 15 апреля 2013 года "О государственных услугах", отдел №</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____ филиала Государственной корпорации "Правительство для граждан"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (указать адрес) отказывает в приеме документов на оказание</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   (указать наименование государственной услуги в соответствии со</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> стандартом государственной услуги) ввиду представления Вами</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> неполного пакета документов согласно перечню, предусмотренному</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> стандартом государственной услуги, а именно:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Наименование отсутствующих документов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) ________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) ________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) …</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Настоящая расписка составлена в 2-х экземплярах по одному для</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> каждой стороны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф. И. О. (при его наличии) работника Государственной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> корпорации)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (подпись) Исполнитель: Ф. И. О. (при наличии отчества)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> __________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Телефон______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Получил: Ф.И.О. (при его наличии) / подпись </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE" w:rsidP="00A449DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...578 lines deleted...]
-    <w:sectPr w:rsidR="003519CD">
+        <w:t xml:space="preserve">"___" ______________________ 20___ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>года</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A449DE" w:rsidRDefault="00A449DE"/>
+    <w:sectPr w:rsidR="00A449DE">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="002C62AF"/>
-    <w:rsid w:val="002C62AF"/>
+    <w:rsidRoot w:val="003802F7"/>
     <w:rsid w:val="003519CD"/>
-    <w:rsid w:val="006443BA"/>
+    <w:rsid w:val="003802F7"/>
+    <w:rsid w:val="00A449DE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="358B4673"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{4ADFD57E-AAA0-4A2A-A561-D772CC7F2D08}"/>
+  <w15:docId w15:val="{D8EF4A19-A1AA-4680-8F40-8EBB670D8435}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3914,93 +7589,93 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="006443BA"/>
+    <w:rsid w:val="00A449DE"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="266042131">
+    <w:div w:id="1842963792">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
@@ -4246,53 +7921,53 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
   <Words>2540</Words>
-  <Characters>14478</Characters>
+  <Characters>14484</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>120</Lines>
   <Paragraphs>33</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16985</CharactersWithSpaces>
+  <CharactersWithSpaces>16991</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>