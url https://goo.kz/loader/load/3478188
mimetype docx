--- v0 (2025-12-18)
+++ v1 (2025-12-18)
@@ -1,5003 +1,6277 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00E64AD3" w:rsidRDefault="00E64AD3" w:rsidP="00E64AD3">
-[...8 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+    <w:p w:rsidR="0002555B" w:rsidRDefault="0002555B" w:rsidP="0002555B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0002555B" w:rsidRDefault="0002555B" w:rsidP="0002555B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім және ғылым министрінің</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0002555B" w:rsidRDefault="0002555B" w:rsidP="0002555B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2015 жылғы «13» сәуірдегі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0002555B" w:rsidRDefault="0002555B" w:rsidP="0002555B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>№198 бұйрығына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0002555B" w:rsidRDefault="00036ABE" w:rsidP="0002555B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...41 lines deleted...]
-    <w:p w:rsidR="00386B20" w:rsidRPr="00FB24E2" w:rsidRDefault="00386B20" w:rsidP="00386B20">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="0002555B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0002555B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="0002555B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00985D65" w:rsidRPr="00F621DD" w:rsidRDefault="00985D65" w:rsidP="00985D65">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00386B20" w:rsidRPr="00FB24E2" w:rsidRDefault="00386B20" w:rsidP="00386B20">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00985D65" w:rsidRPr="00F621DD" w:rsidRDefault="00985D65" w:rsidP="00985D65">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00386B20" w:rsidRPr="00FB24E2" w:rsidRDefault="00386B20" w:rsidP="00386B20">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00985D65" w:rsidRPr="00F621DD" w:rsidRDefault="00985D65" w:rsidP="00985D65">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00386B20" w:rsidRPr="00FB24E2" w:rsidRDefault="00386B20" w:rsidP="00386B20">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00985D65" w:rsidRPr="00F621DD" w:rsidRDefault="00985D65" w:rsidP="00985D65">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00FB24E2">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F621DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...17 lines deleted...]
-      <w:r w:rsidRPr="00FB24E2">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="004727C5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00B126CA" w:rsidRPr="00FB24E2">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Шалғайдағы ауылдық елді </w:t>
+      </w:r>
+      <w:r w:rsidR="00876969">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00FB24E2">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidR="004727C5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00386B20" w:rsidRPr="00FB24E2" w:rsidRDefault="00386B20" w:rsidP="005418C0">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">екендерде тұратын балаларды жалпы білім беру ұйымдарына және кері қарай үйлеріне тегін тасымалдауды </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұсыну» мемлекеттік көрсетілетін қызмет стандарты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00985D65" w:rsidRPr="00F621DD" w:rsidRDefault="00985D65" w:rsidP="00985D65">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00386B20" w:rsidRPr="00FB24E2" w:rsidRDefault="00386B20" w:rsidP="005418C0">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00985D65" w:rsidRPr="00F621DD" w:rsidRDefault="00985D65" w:rsidP="00985D65">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00386B20" w:rsidRPr="00FB24E2" w:rsidRDefault="00386B20" w:rsidP="00386B20">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00985D65" w:rsidRPr="00F621DD" w:rsidRDefault="00985D65" w:rsidP="00985D65">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FB24E2">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F621DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00386B20" w:rsidRPr="00FB24E2" w:rsidRDefault="00386B20" w:rsidP="00386B20">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00985D65" w:rsidRPr="00F621DD" w:rsidRDefault="00985D65" w:rsidP="00985D65">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...5 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00985D65" w:rsidRPr="00F621DD" w:rsidRDefault="004727C5" w:rsidP="00D57461">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...105 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004727C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Шалғайдағы ауылдық елді </w:t>
+      </w:r>
+      <w:r w:rsidR="00733223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004727C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>екендерде тұратын балаларды жалпы білім беру ұйымдарына және кері қарай үйлеріне тегін тасымалдауды ұсыну» мемлекеттік көрсетілетін қызмет</w:t>
+      </w:r>
+      <w:r w:rsidR="00733223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidR="00985D65" w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – мемлекеттік </w:t>
+      </w:r>
+      <w:r w:rsidR="00985D65" w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidR="00985D65" w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет)</w:t>
+      </w:r>
+      <w:r w:rsidR="00733223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00985D65" w:rsidRPr="00F621DD" w:rsidRDefault="00985D65" w:rsidP="00D57461">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...23 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет стандартын Қазақстан Республикасы Білім және ғылым министрлігі (бұдан әрі – Министрлік) әзірлеген.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00985D65" w:rsidRPr="00F621DD" w:rsidRDefault="00985D65" w:rsidP="00D57461">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...42 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметті </w:t>
+      </w:r>
+      <w:r w:rsidR="004727C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кент, ауыл, ауылдық округ әкімінің аппараты </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00985D65" w:rsidRPr="00F621DD" w:rsidRDefault="00985D65" w:rsidP="00D57461">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="200" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...114 lines deleted...]
-    <w:p w:rsidR="00386B20" w:rsidRPr="00FB24E2" w:rsidRDefault="00386B20" w:rsidP="00386B20">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Өтініштерді қабылдау және мемлекеттік қызмет көрсетудің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нәтижелерін беру</w:t>
+      </w:r>
+      <w:r w:rsidR="004727C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілетін қызметті берушінің кеңсесі арқылы ж</w:t>
+      </w:r>
+      <w:r w:rsidR="00733223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidR="004727C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>зеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00985D65" w:rsidRPr="00F621DD" w:rsidRDefault="00985D65" w:rsidP="00985D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00985D65" w:rsidRPr="00F621DD" w:rsidRDefault="00985D65" w:rsidP="00985D65">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FB24E2">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F621DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00386B20" w:rsidRPr="00FB24E2" w:rsidRDefault="00386B20" w:rsidP="005418C0">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет көрсету тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00985D65" w:rsidRPr="00F621DD" w:rsidRDefault="00985D65" w:rsidP="00985D65">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
-[...8 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00985D65" w:rsidRPr="00876969" w:rsidRDefault="00985D65" w:rsidP="00876969">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="851"/>
+        <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...39 lines deleted...]
-    <w:p w:rsidR="00054293" w:rsidRPr="00FB24E2" w:rsidRDefault="00054293" w:rsidP="00054293">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00876969">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет көрсету мерзімдері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00876969">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D57461" w:rsidRPr="00F621DD" w:rsidRDefault="00985D65" w:rsidP="00D57461">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00054293" w:rsidRPr="00FB24E2" w:rsidRDefault="00054293" w:rsidP="00054293">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құжаттарды тапсырған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәттен бастап </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– 5 </w:t>
+      </w:r>
+      <w:r w:rsidR="00733223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жұмыс күн</w:t>
+      </w:r>
+      <w:r w:rsidR="00D57461" w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00985D65" w:rsidRPr="00F621DD" w:rsidRDefault="00985D65" w:rsidP="00D57461">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...48 lines deleted...]
-    <w:p w:rsidR="00054293" w:rsidRPr="00FB24E2" w:rsidRDefault="00054293" w:rsidP="00054293">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">құжаттарды тапсыру үшін күтудің рұқсат берілетін ең ұзақ уақыты – </w:t>
+      </w:r>
+      <w:r w:rsidR="00D57461" w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidR="00074174" w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> минут</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00985D65" w:rsidRDefault="00985D65" w:rsidP="00D57461">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...507 lines deleted...]
-    <w:p w:rsidR="003F16E4" w:rsidRPr="00FB24E2" w:rsidRDefault="001137CA" w:rsidP="005A2A07">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетудің рұқсат берілетін ең ұзақ уақыты </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="00D57461" w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0 минут. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004E0EA7" w:rsidRDefault="00985D65" w:rsidP="00876969">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...65 lines deleted...]
-    <w:p w:rsidR="005A2A07" w:rsidRPr="00FB24E2" w:rsidRDefault="005A2A07" w:rsidP="005A2A07">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет көрсету</w:t>
+      </w:r>
+      <w:r w:rsidR="004E0EA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нысаны – қағаз</w:t>
+      </w:r>
+      <w:r w:rsidR="00733223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түрінде</w:t>
+      </w:r>
+      <w:r w:rsidR="004E0EA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00876969" w:rsidRDefault="004E0EA7" w:rsidP="00876969">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="005A2A07" w:rsidRPr="00FB24E2" w:rsidRDefault="00975AD0" w:rsidP="005A2A07">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E0EA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет көрсетудің нәтижесі</w:t>
+      </w:r>
+      <w:r w:rsidR="00985D65" w:rsidRPr="004E0EA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осы мемлекеттік көрсетілетін қызмет стандартына </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z179" w:history="1">
+        <w:r w:rsidR="00985D65" w:rsidRPr="004E0EA7">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>1</w:t>
+        </w:r>
+        <w:r w:rsidR="0079185B">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="0079185B" w:rsidRPr="00F621DD">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:bCs/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>–</w:t>
+        </w:r>
+        <w:r w:rsidR="0079185B">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:bCs/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00985D65" w:rsidRPr="004E0EA7">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00985D65" w:rsidRPr="004E0EA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес </w:t>
+      </w:r>
+      <w:r w:rsidR="00733223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нысан бойынша </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E0EA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жалпы білім беру ұйымдарына және кері қарай үйлеріне тегін тасымалдауды </w:t>
+      </w:r>
+      <w:r w:rsidR="00733223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұсыну </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E0EA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="00985D65" w:rsidRPr="004E0EA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> анықтама.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00876969" w:rsidRPr="00876969" w:rsidRDefault="00876969" w:rsidP="00876969">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00876969">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет көрсетудің нәтижесін ұсыну нысаны –</w:t>
+      </w:r>
+      <w:r w:rsidR="00733223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00876969">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қағаз</w:t>
+      </w:r>
+      <w:r w:rsidR="00733223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түрінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00876969">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00876969" w:rsidRPr="005218A6" w:rsidRDefault="00876969" w:rsidP="00876969">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005218A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік қызмет </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жеке тұлғаларға (бұдан әрі </w:t>
+      </w:r>
+      <w:r w:rsidR="0079185B" w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызметті алушы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) тегін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005218A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D7EB5" w:rsidRPr="00F621DD" w:rsidRDefault="00876969" w:rsidP="00876969">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...60 lines deleted...]
-    <w:p w:rsidR="00626187" w:rsidRPr="00FB24E2" w:rsidRDefault="001137CA" w:rsidP="005A2A07">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызметті беруші</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жұм</w:t>
+      </w:r>
+      <w:r w:rsidR="006D7EB5" w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ыс кестесі:</w:t>
+      </w:r>
+      <w:r w:rsidR="000F0ED5" w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC53CE" w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбіден бастап жұманы қоса алғанда сағат 13.00</w:t>
+      </w:r>
+      <w:r w:rsidR="0079185B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0079185B" w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="0079185B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC53CE" w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ден </w:t>
+      </w:r>
+      <w:r w:rsidR="0079185B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC53CE" w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>14.</w:t>
+      </w:r>
+      <w:r w:rsidR="00074174" w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC53CE" w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="0079185B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0079185B" w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="0079185B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00733223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC53CE" w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дейінгі аралықтағы түскі үзіліспен сағат 9.00-ден 18.</w:t>
+      </w:r>
+      <w:r w:rsidR="00074174" w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC53CE" w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0-ге дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC53CE" w:rsidRPr="00F621DD" w:rsidRDefault="00AC53CE" w:rsidP="006D7EB5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініштерді қабылдау және мемлекеттік қызмет көрсетудің нәтижелерін беру сағат 13.00</w:t>
+      </w:r>
+      <w:r w:rsidR="0079185B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0079185B" w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="0079185B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ден 14.30</w:t>
+      </w:r>
+      <w:r w:rsidR="0079185B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0079185B" w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="0079185B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға дейінгі аралықтағы түскі үзіліспен сағат </w:t>
+      </w:r>
+      <w:r w:rsidR="0079185B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9.00</w:t>
+      </w:r>
+      <w:r w:rsidR="0079185B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0079185B" w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="0079185B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ден 17.30</w:t>
+      </w:r>
+      <w:r w:rsidR="0079185B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0079185B" w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="0079185B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға дейін жүзеге асырылады. </w:t>
+      </w:r>
+      <w:r w:rsidR="00733223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кезек </w:t>
+      </w:r>
+      <w:r w:rsidR="00733223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">күту </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тәртібімен, алдын ала жазылусыз және жедел қызмет көрсетусіз </w:t>
+      </w:r>
+      <w:r w:rsidR="00074174" w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жүргізіледі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D7EB5" w:rsidRPr="00F621DD" w:rsidRDefault="006D7EB5" w:rsidP="00876969">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...60 lines deleted...]
-    <w:p w:rsidR="005A2A07" w:rsidRPr="00FB24E2" w:rsidRDefault="005A2A07" w:rsidP="005A2A07">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті алушы жүгінген кезде м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">емлекеттік қызметті </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">у </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үшін қажетті құжаттардың тізбесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D7EB5" w:rsidRPr="00F621DD" w:rsidRDefault="006D7EB5" w:rsidP="003140E8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="005A2A07" w:rsidRPr="00FB24E2" w:rsidRDefault="005A2A07" w:rsidP="005A2A07">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осы мемлекеттік көрсетілетін қызмет стандартына </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z152" w:history="1">
+        <w:r w:rsidRPr="00F621DD">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r w:rsidR="0079185B">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="0079185B" w:rsidRPr="00F621DD">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:bCs/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>–</w:t>
+        </w:r>
+        <w:r w:rsidR="0079185B">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:bCs/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00F621DD">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D7EB5" w:rsidRPr="00F621DD" w:rsidRDefault="006D7EB5" w:rsidP="003140E8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="005A2A07" w:rsidRPr="00FB24E2" w:rsidRDefault="005A2A07" w:rsidP="005A2A07">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін қызмет</w:t>
+      </w:r>
+      <w:r w:rsidR="00733223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алушыны</w:t>
+      </w:r>
+      <w:r w:rsidR="00733223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң жеке басын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> куәландыратын құжат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A62394" w:rsidRPr="00F621DD" w:rsidRDefault="00A62394" w:rsidP="003140E8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="005A2A07" w:rsidRPr="00FB24E2" w:rsidRDefault="005A2A07" w:rsidP="005A2A07">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>баланың туу туралы куәлі</w:t>
+      </w:r>
+      <w:r w:rsidR="00733223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>гінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF3173">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>немесе жеке куәлі</w:t>
+      </w:r>
+      <w:r w:rsidR="00733223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>гінің</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF3173">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көшірмесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF3173" w:rsidRDefault="00AF3173" w:rsidP="003140E8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="005A2A07" w:rsidRPr="00FB24E2" w:rsidRDefault="005A2A07" w:rsidP="005A2A07">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осы мемлекеттік көрсетілетін қызмет стандартына </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z152" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>3</w:t>
+        </w:r>
+        <w:r w:rsidR="0079185B">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="0079185B" w:rsidRPr="00F621DD">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:bCs/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>–</w:t>
+        </w:r>
+        <w:r w:rsidR="0079185B">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:bCs/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00F621DD">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00733223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нысан бойынша </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқу орнынан анықтама.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003140E8" w:rsidRPr="00F621DD" w:rsidRDefault="003140E8" w:rsidP="003140E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құжаттар салыстыру үшiн түпнұсқада ұсынылады, содан кейiн түпнұсқалар көрсетілетін қызметті алушыға қайтарылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003140E8" w:rsidRPr="00F621DD" w:rsidRDefault="003140E8" w:rsidP="003140E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Құжаттарды қабылдау кезінде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін қызметті беруші</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілетін қызметті алушыға мынадай мәліметтерді көрсетіп, тиісті құжаттардың қабылданғаны туралы қолхат береді: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003140E8" w:rsidRPr="00F621DD" w:rsidRDefault="003140E8" w:rsidP="003140E8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="17"/>
         </w:numPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00386B20" w:rsidRPr="00FB24E2" w:rsidRDefault="005A2A07" w:rsidP="0049262C">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сұраныстың нөмірі және қабылданған күні;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003140E8" w:rsidRPr="00F621DD" w:rsidRDefault="003140E8" w:rsidP="003140E8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="17"/>
         </w:numPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...16 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сұралатын мемлекеттік қызметтің түрі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003140E8" w:rsidRPr="00F621DD" w:rsidRDefault="003140E8" w:rsidP="003140E8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
-[...8 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қоса берілген құжаттардың саны мен атауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003140E8" w:rsidRPr="00F621DD" w:rsidRDefault="003140E8" w:rsidP="003140E8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00E971D9" w:rsidRPr="00FB24E2" w:rsidRDefault="00E971D9" w:rsidP="00E971D9">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құжаттар</w:t>
+      </w:r>
+      <w:r w:rsidR="00733223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> берілетін күні (уақыты) мен орны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003140E8" w:rsidRPr="00F621DD" w:rsidRDefault="003140E8" w:rsidP="003140E8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өтінішті қабылдаған </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін қызметті берушінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметкерінің аты, тегі, сондай-ақ әкесінің аты</w:t>
+      </w:r>
+      <w:r w:rsidR="00201FE8" w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D7019" w:rsidRPr="005D7019">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(бар болғанда)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003140E8" w:rsidRPr="00F621DD" w:rsidRDefault="003140E8" w:rsidP="003140E8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілетін қызметті алушының тегі, аты, </w:t>
+      </w:r>
+      <w:r w:rsidR="00201FE8" w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сондай</w:t>
+      </w:r>
+      <w:r w:rsidR="0079185B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0079185B" w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="0079185B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00201FE8" w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ақ әкесінің аты (болған жағдайда) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>және байланыс телефондары.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F0ED5" w:rsidRPr="00F621DD" w:rsidRDefault="000F0ED5" w:rsidP="000F0ED5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00751D64" w:rsidRPr="001F7D19" w:rsidRDefault="00751D64" w:rsidP="001F7D19">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00E971D9" w:rsidRPr="00FB24E2" w:rsidRDefault="00E971D9" w:rsidP="00E971D9">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7D19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қы</w:t>
+      </w:r>
+      <w:r w:rsidR="004143C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">змет көрсету мәселелері бойынша </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдарының, сондай-ақ көрсетілетін қызметті берушілердің және (немесе) олардың лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00751D64" w:rsidRPr="00F621DD" w:rsidRDefault="00751D64" w:rsidP="00813230">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...4 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C96802" w:rsidRPr="00F621DD" w:rsidRDefault="00C96802" w:rsidP="001F7D19">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>емлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану: шағым көрсетілетін қызметті берушінің басшысының</w:t>
+      </w:r>
+      <w:r w:rsidR="001B5B17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">атына не осы мемлекеттік </w:t>
+      </w:r>
+      <w:r w:rsidR="00733223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілетін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қызмет стандартының </w:t>
+      </w:r>
+      <w:r w:rsidR="00733223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="002320D9" w:rsidRPr="00FB24E2">
-[...31 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r w:rsidR="001F7D19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00E971D9" w:rsidRPr="00FB24E2">
-[...10 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-тармағында көрсетілген мекенжай бойынша облыстардың, республикалық маңызы бар қаланың, астананың тиісті жергілікті атқарушы органы (бұдан әрі – әкімдік) басшысының атына беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C96802" w:rsidRPr="00F621DD" w:rsidRDefault="00C96802" w:rsidP="00C96802">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...13 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Шағымдар жазбаша нысанда пошта немесе көрсетілетін қызметті берушінің немесе әкімдіктің кеңсесі арқылы қолма-қол </w:t>
+      </w:r>
+      <w:r w:rsidR="00733223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>беріледі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C96802" w:rsidRPr="00F621DD" w:rsidRDefault="00C96802" w:rsidP="00C96802">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...185 lines deleted...]
-    <w:p w:rsidR="00386B20" w:rsidRPr="00FB24E2" w:rsidRDefault="00846443" w:rsidP="00846443">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жеке тұлға</w:t>
+      </w:r>
+      <w:r w:rsidR="00733223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ың шағымында оның тегі, аты, әкесінің аты</w:t>
+      </w:r>
+      <w:r w:rsidR="00733223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (болған жағдайда)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, пошталық мекенжайы, байланыс телефоны көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C96802" w:rsidRDefault="00733223" w:rsidP="00C96802">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...39 lines deleted...]
-    <w:p w:rsidR="00E971D9" w:rsidRPr="00FB24E2" w:rsidRDefault="00E971D9" w:rsidP="00E971D9">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ш</w:t>
+      </w:r>
+      <w:r w:rsidR="00C96802" w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ағымды қабылдаған адамның аты</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, әкесінің аты, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C96802" w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">шағымға жауап алу мерзімі және орны </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетіліп, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C96802" w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілетін қызметті берушінің немесе әкімдіктің кеңсесінде </w:t>
+      </w:r>
+      <w:r w:rsidR="0087184E" w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тіркелуі </w:t>
+      </w:r>
+      <w:r w:rsidR="00C96802" w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(мөртабан, кіріс нөмірі мен күні) </w:t>
+      </w:r>
+      <w:r w:rsidR="0087184E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ш</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ағымның қабылдан</w:t>
+      </w:r>
+      <w:r w:rsidR="0087184E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ғанын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">растау </w:t>
+      </w:r>
+      <w:r w:rsidR="00C96802" w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">болып табылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F7D19" w:rsidRDefault="001F7D19" w:rsidP="001F7D19">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00925428">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Көрсетілетін қызметті берушінің, әкімдіктің мекенжайына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап бес жұмыс күні ішінде қарастыруға жатады. Шағымды қарастыру нәтижелері туралы дәлелді жауап көрсетілетін қызметті алушыға пошта арқылы жіберіледі не көрсетілетін қызметті берушінің, әкімдіктің кеңсесінде қолма-қол беріледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F7D19" w:rsidRPr="00925428" w:rsidRDefault="001F7D19" w:rsidP="001F7D19">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00925428">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Көрсетілген мемлекеттік қызмет нәтижелерімен келіспеген жағдайда, көрсетілетін қызметті алушы мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға </w:t>
+      </w:r>
+      <w:r w:rsidR="0087184E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">шағыммен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00925428">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жүгіне алады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F7D19" w:rsidRDefault="001F7D19" w:rsidP="001F7D19">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="709"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="009D0CDB" w:rsidRPr="00FB24E2" w:rsidRDefault="009D0CDB" w:rsidP="009D0CDB">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап он бес жұмыс күні ішінде қарастыруға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F7D19" w:rsidRPr="00925428" w:rsidRDefault="001F7D19" w:rsidP="001F7D19">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сонымен қатар, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00925428">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілетін қызметті берушінің </w:t>
+      </w:r>
+      <w:r w:rsidR="000E5411">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>және (немесе) оның лауазымды адамдардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00925428">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әрекетіне (әрекетсіздігіне) шағымдану </w:t>
+      </w:r>
+      <w:r w:rsidR="000E5411">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тәртібі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00925428">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">туралы ақпаратты </w:t>
+      </w:r>
+      <w:r w:rsidR="000E5411">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00925428">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>емлекеттік қызмет көрсету мәселе</w:t>
+      </w:r>
+      <w:r w:rsidR="000E5411">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00925428">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жөніндегі бірыңғай байланыс</w:t>
+      </w:r>
+      <w:r w:rsidR="000E5411">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00925428">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орталығының</w:t>
+      </w:r>
+      <w:r w:rsidR="000E5411">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «1414»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00925428">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> телефоны бойынша алуға болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F7D19" w:rsidRPr="00F621DD" w:rsidRDefault="001F7D19" w:rsidP="001F7D19">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1560"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көрсетілген мемлекеттік қызмет нәтижелерімен келіспеген жағдайда, көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасында белгіленген тәртіппен сотқа жүгінуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F7D19" w:rsidRPr="00F621DD" w:rsidRDefault="001F7D19" w:rsidP="001F7D19">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F7D19" w:rsidRPr="00F621DD" w:rsidRDefault="001F7D19" w:rsidP="001F7D19">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F7D19" w:rsidRPr="00925428" w:rsidRDefault="001F7D19" w:rsidP="001F7D19">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="1069"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FB24E2">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F621DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-      <w:pPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік қызмет көрсетудің ерекшеліктері </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F7D19" w:rsidRPr="00F621DD" w:rsidRDefault="001F7D19" w:rsidP="001F7D19">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1069"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ескерілген өзге де талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F7D19" w:rsidRPr="00F621DD" w:rsidRDefault="001F7D19" w:rsidP="001F7D19">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...44 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F7D19" w:rsidRDefault="001F7D19" w:rsidP="001F7D19">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...127 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік қызмет көрсету орындарының мекенжайлары  Министрліктің </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00F621DD">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>www.edu.gov.kz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> интернет-ресурсында орналастырылған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F7D19" w:rsidRPr="00F621DD" w:rsidRDefault="001F7D19" w:rsidP="001F7D19">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті берушінің мемлекеттік қызмет көрсету мәселе</w:t>
+      </w:r>
+      <w:r w:rsidR="000E5411">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лері жөніндегі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> анықтама қызмет</w:t>
+      </w:r>
+      <w:r w:rsidR="000E5411">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">інің байланыс телефондары Министрліктің </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="00F621DD">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>www.edu.gov.kz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="000E5411">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000E5411">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін қызметті берушінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> www.bala-kkk.kz </w:t>
+      </w:r>
+      <w:r w:rsidR="000E5411">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">интернет ресурстарында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орналастырылған. Мемлекеттік қызмет көрсету</w:t>
+      </w:r>
+      <w:r w:rsidR="000E5411">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мәселелері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жөніндегі бірыңғай байланыс-орталығы –1414.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F7D19" w:rsidRDefault="001F7D19" w:rsidP="00C96802">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F7D19" w:rsidRDefault="001F7D19" w:rsidP="00C96802">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F7D19" w:rsidRDefault="001F7D19" w:rsidP="00C96802">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="00F621DD" w:rsidRDefault="00386B20" w:rsidP="00386B20">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00386B20" w:rsidRPr="00FB24E2" w:rsidRDefault="00386B20" w:rsidP="00386B20">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00C672E6" w:rsidRDefault="00C672E6" w:rsidP="00C672E6">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="258" w:lineRule="atLeast"/>
         <w:ind w:left="5103"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FB24E2">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F621DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...6 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007C5A4B" w:rsidRPr="007C5A4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Шалғайдағы ауылдық елді мекендерде тұратын балаларды жалпы білім беру ұйымдарына және кері қарай үйлеріне тегін тасымалдауды ұсыну» мемлекетт</w:t>
+      </w:r>
+      <w:r w:rsidR="007C5A4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ік көрсетілетін қызмет </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">стандартына    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>1-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E5411" w:rsidRPr="00F621DD" w:rsidRDefault="000E5411" w:rsidP="00C672E6">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="258" w:lineRule="atLeast"/>
         <w:ind w:left="5103"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FB24E2">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...6 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004143C0" w:rsidRDefault="007C5A4B" w:rsidP="004143C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004143C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жалпы білім беру ұйымдарына және кері қарай үйлеріне тегін </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C672E6" w:rsidRDefault="007C5A4B" w:rsidP="004143C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004143C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тасымалдауды </w:t>
+      </w:r>
+      <w:r w:rsidR="000E5411" w:rsidRPr="004143C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұсыну</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004143C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C672E6" w:rsidRPr="004143C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>туралы анықтама</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004143C0" w:rsidRPr="004143C0" w:rsidRDefault="004143C0" w:rsidP="006450D1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006450D1" w:rsidRDefault="00C672E6" w:rsidP="006450D1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004143C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Осы анықтама __________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004143C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>        </w:t>
+      </w:r>
+      <w:r w:rsidR="006450D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006450D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="007C5A4B" w:rsidRPr="006450D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">білім алушының және тәрбиеленушінің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006450D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Т.А.Ә.</w:t>
+      </w:r>
+      <w:r w:rsidR="006450D1" w:rsidRPr="006450D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(бар болғанда)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006450D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C672E6" w:rsidRPr="004143C0" w:rsidRDefault="00C672E6" w:rsidP="006450D1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004143C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="007C5A4B" w:rsidRPr="004143C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>№_________ (мектептің атауы) жалпы білім беру ұйымына және кері қарай үй</w:t>
+      </w:r>
+      <w:r w:rsidR="000E5411" w:rsidRPr="004143C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іне</w:t>
+      </w:r>
+      <w:r w:rsidR="007C5A4B" w:rsidRPr="004143C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тегін тасымалдаумен қамтамасыз ет</w:t>
+      </w:r>
+      <w:r w:rsidR="000E5411" w:rsidRPr="004143C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ілетіндігі үшін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004143C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>берілді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C5A4B" w:rsidRDefault="007C5A4B" w:rsidP="00C672E6">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="258" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Анықтама оқу жылы кезеңінде жарамды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007814C3" w:rsidRDefault="000E5411" w:rsidP="006450D1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidR="007C5A4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ент, ауыл, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C5A4B" w:rsidRPr="000D36C1" w:rsidRDefault="000E5411" w:rsidP="006450D1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ауылдық округ</w:t>
+      </w:r>
+      <w:r w:rsidR="007C5A4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әкімі                                    </w:t>
+      </w:r>
+      <w:r w:rsidR="007C5A4B" w:rsidRPr="007C5A4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+      <w:r w:rsidR="006450D1" w:rsidRPr="000D36C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C5A4B" w:rsidRPr="006450D1" w:rsidRDefault="007C5A4B" w:rsidP="006450D1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4956"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006450D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="005D7019" w:rsidRPr="006450D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Т.А.Ә. </w:t>
+      </w:r>
+      <w:r w:rsidR="006450D1" w:rsidRPr="006450D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(бар болғанда)</w:t>
+      </w:r>
+      <w:r w:rsidR="000D36C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006450D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>және қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C5A4B" w:rsidRDefault="007C5A4B" w:rsidP="006450D1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5664"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C5A4B" w:rsidRPr="007C5A4B" w:rsidRDefault="007C5A4B" w:rsidP="006450D1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C5A4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C5A4B" w:rsidRPr="007C5A4B" w:rsidRDefault="007C5A4B" w:rsidP="006450D1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C5A4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>елді мекеннің атауы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C5A4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C5A4B" w:rsidRPr="007C5A4B" w:rsidRDefault="007C5A4B" w:rsidP="006450D1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C5A4B" w:rsidRDefault="007C5A4B" w:rsidP="006450D1">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="258" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C672E6" w:rsidRPr="007C5A4B" w:rsidRDefault="006450D1" w:rsidP="006450D1">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="258" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мөрдің орны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C672E6" w:rsidRPr="007C5A4B" w:rsidRDefault="00C672E6" w:rsidP="006450D1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C5A4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C5A4B" w:rsidRDefault="007C5A4B" w:rsidP="007C5A4B">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="258" w:lineRule="atLeast"/>
         <w:ind w:left="5103"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FB24E2">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C5A4B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00472C1A" w:rsidRPr="00FB24E2">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Шалғайдағы ауылдық елді мекендерде тұратын балаларды жалпы білім беру ұйымдарына және кері қарай үйлеріне тегін тасымалдауды ұсыну» мемлекетт</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00FB24E2">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ік көрсетілетін қызмет </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...7 lines deleted...]
-        <w:ind w:firstLine="709"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">стандартына    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E5411" w:rsidRPr="00F621DD" w:rsidRDefault="000E5411" w:rsidP="000E5411">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="258" w:lineRule="atLeast"/>
+        <w:ind w:left="5103"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007814C3" w:rsidRPr="0018095C" w:rsidRDefault="006450D1" w:rsidP="007814C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="258" w:lineRule="atLeast"/>
+        <w:ind w:left="5103"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кент, ауыл, </w:t>
+      </w:r>
+      <w:r w:rsidR="007814C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ауылдық округі әкімі                                    </w:t>
+      </w:r>
+      <w:r w:rsidR="007814C3" w:rsidRPr="0018095C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+      <w:r w:rsidR="007814C3" w:rsidRPr="007814C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C672E6" w:rsidRPr="007814C3" w:rsidRDefault="007814C3" w:rsidP="00596B75">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:left="5103"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018095C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00066B71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(өтініш берушінің </w:t>
+      </w:r>
+      <w:r w:rsidR="000D36C1" w:rsidRPr="000D36C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Т.А.Ә.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A4083" w:rsidRPr="001A4083">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(бар болғанда)</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4083">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-[...20 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">және </w:t>
+      </w:r>
+      <w:r w:rsidR="00240664" w:rsidRPr="00240664">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>жеке сәйкестендіру нөмері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00066B71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00066B71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00066B71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> телефоны:     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00066B71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00066B71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C672E6" w:rsidRDefault="00C672E6" w:rsidP="007814C3">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...159 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00240284">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004963DB" w:rsidRPr="004963DB" w:rsidRDefault="004963DB" w:rsidP="007C7CE2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сізд</w:t>
+      </w:r>
+      <w:r w:rsidR="000E5411">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004963DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________________  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тұратын ___</w:t>
+      </w:r>
+      <w:r w:rsidR="007C7CE2" w:rsidRPr="00240284">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004963DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004963DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004963DB" w:rsidRDefault="004963DB" w:rsidP="007C7CE2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004963DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004963DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ауданның, елді мекеннің атауы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004963DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...11 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="004963DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004963DB" w:rsidRPr="004963DB" w:rsidRDefault="004963DB" w:rsidP="007C7CE2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004963DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="007C7CE2" w:rsidRPr="00240284">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004963DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004963DB" w:rsidRPr="004963DB" w:rsidRDefault="004963DB" w:rsidP="007C7CE2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004963DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сынып, білім беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004963DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008B2EF3">
-[...61 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...111 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004963DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>йымны</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t>аульного (сельского) округа</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ң толық </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004963DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>атауы)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...12 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00982999" w:rsidRDefault="004963DB" w:rsidP="007C7CE2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">білім алушы кәмелетке толмаған балам </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004963DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+      <w:r w:rsidR="007C7CE2" w:rsidRPr="007C7CE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004963DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_____________________  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004963DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00982999">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                       </w:t>
+      </w:r>
+      <w:r w:rsidR="00B947F6" w:rsidRPr="00982999">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidR="00982999">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidR="00B947F6" w:rsidRPr="00982999">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008B2EF3">
-[...7 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00982999">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(Т.А.Ә.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B947F6" w:rsidRPr="00982999">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .(бар болғанда)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00982999">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> туған күні және </w:t>
+      </w:r>
+      <w:r w:rsidR="00B947F6" w:rsidRPr="00982999">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жеке </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00982999" w:rsidRPr="00B03A5D" w:rsidRDefault="00982999" w:rsidP="007C7CE2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B03A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004963DB" w:rsidRDefault="00982999" w:rsidP="007C7CE2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...26 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                   </w:t>
+      </w:r>
+      <w:r w:rsidR="00B947F6" w:rsidRPr="00982999">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>сәйкестендіру нөмері</w:t>
+      </w:r>
+      <w:r w:rsidR="004963DB" w:rsidRPr="00982999">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00596B75" w:rsidRPr="00982999" w:rsidRDefault="00596B75" w:rsidP="007C7CE2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004963DB" w:rsidRPr="004963DB" w:rsidRDefault="004963DB" w:rsidP="007C7CE2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C7CE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20___</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...55 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - 20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004963DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жылында (оқу жылын белгілеу қажет) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004963DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жалпы білім беру ұйымына және кері қарай үйге тегін тасымалдау</w:t>
+      </w:r>
+      <w:r w:rsidR="000E5411">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004963DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қамтамасыз етуді сұраймы</w:t>
+      </w:r>
+      <w:r w:rsidR="007C7CE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004963DB" w:rsidRPr="004963DB" w:rsidRDefault="004963DB" w:rsidP="004963DB">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004963DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00472C1A" w:rsidRPr="008B2EF3">
-[...84 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:p>
+    <w:p w:rsidR="00C672E6" w:rsidRPr="00733223" w:rsidRDefault="00C672E6" w:rsidP="007C7CE2">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00733223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>«___» _____________</w:t>
+      </w:r>
+      <w:r w:rsidR="00596B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20__ жыл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00733223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                      </w:t>
+      </w:r>
+      <w:r w:rsidR="007C7CE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өтініш берушінің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00733223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қолы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00223887" w:rsidRPr="00733223" w:rsidRDefault="00223887" w:rsidP="00223887">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C7CE2" w:rsidRPr="00733223" w:rsidRDefault="007C7CE2" w:rsidP="00223887">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C7CE2" w:rsidRPr="00733223" w:rsidRDefault="007C7CE2" w:rsidP="00223887">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C7CE2" w:rsidRPr="00733223" w:rsidRDefault="007C7CE2" w:rsidP="00223887">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C7CE2" w:rsidRPr="00733223" w:rsidRDefault="007C7CE2" w:rsidP="00223887">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C7CE2" w:rsidRPr="00733223" w:rsidRDefault="007C7CE2" w:rsidP="00223887">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C7CE2" w:rsidRPr="00733223" w:rsidRDefault="007C7CE2" w:rsidP="00223887">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C7CE2" w:rsidRPr="00733223" w:rsidRDefault="007C7CE2" w:rsidP="00223887">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C7CE2" w:rsidRPr="00733223" w:rsidRDefault="007C7CE2" w:rsidP="00223887">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C7CE2" w:rsidRPr="00F621DD" w:rsidRDefault="007C7CE2" w:rsidP="007C7CE2">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="258" w:lineRule="atLeast"/>
         <w:ind w:left="5103"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FB24E2">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C5A4B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...7 lines deleted...]
-        <w:ind w:left="5103"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Шалғайдағы ауылдық елді мекендерде тұратын балаларды жалпы білім беру ұйымдарына және кері қарай үйлеріне тегін тасымалдауды ұсыну» мемлекетт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ік көрсетілетін қызмет </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">стандартына    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F621DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C7CE2" w:rsidRDefault="000E5411" w:rsidP="000E5411">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C7CE2" w:rsidRPr="00EB551F" w:rsidRDefault="007C7CE2" w:rsidP="00223887">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005E22B4" w:rsidRPr="00EB551F" w:rsidRDefault="005E22B4" w:rsidP="007C7CE2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB551F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оқу орнынан </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C7CE2" w:rsidRPr="00EB551F" w:rsidRDefault="007C7CE2" w:rsidP="007C7CE2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB551F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>АНЫҚТАМА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C7CE2" w:rsidRDefault="007C7CE2" w:rsidP="007C7CE2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000E5411" w:rsidRDefault="000E5411" w:rsidP="000E5411">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FB24E2">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Осы анықтама </w:t>
+      </w:r>
+      <w:r w:rsidR="007C7CE2" w:rsidRPr="00240284">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+      <w:r w:rsidR="00240284" w:rsidRPr="00240284">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>______________</w:t>
+      </w:r>
+      <w:r w:rsidR="007C7CE2" w:rsidRPr="00240284">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00240284">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00240284" w:rsidRPr="00240284">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...8 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FB24E2">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00240284" w:rsidRPr="00733223" w:rsidRDefault="000E5411" w:rsidP="000E5411">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...21 lines deleted...]
-        <w:jc w:val="right"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                    </w:t>
+      </w:r>
+      <w:r w:rsidR="00240284" w:rsidRPr="00240284">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...88 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(білім алушының және тәрбиешінің аты-жөні</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB551F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0029642C">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB551F" w:rsidRPr="001A4083">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="0029642C" w:rsidRPr="0029642C">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(бар болғанда)</w:t>
+      </w:r>
+      <w:r w:rsidR="00240284">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00240284" w:rsidRPr="00240284" w:rsidRDefault="00240284" w:rsidP="00240284">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00240284">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ол___________________________             _____</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сыныбында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00240284">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00240284">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="000E5411">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ауысымда</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00240284" w:rsidRPr="00240284" w:rsidRDefault="00240284" w:rsidP="00240284">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00312423" w:rsidRPr="0029642C">
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E22B4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...9 lines deleted...]
-        <w:ind w:left="4395"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00240284">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(мектептің атауын жазу қажет)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00240284" w:rsidRDefault="00240284" w:rsidP="00240284">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқ</w:t>
+      </w:r>
+      <w:r w:rsidR="000E5411">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>итың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E5411">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>және тасымалдауды қажет ете</w:t>
+      </w:r>
+      <w:r w:rsidR="000E5411" w:rsidRPr="000E5411">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E5411">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidR="000E5411" w:rsidRPr="000E5411">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ндігі үшін беріледі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E5411">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00240284" w:rsidRDefault="00240284" w:rsidP="00240284">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00240284">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Анықтама талап етілген жерге </w:t>
+      </w:r>
+      <w:r w:rsidR="000E5411">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсету үшін беріледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00240284" w:rsidRDefault="00240284" w:rsidP="00240284">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C7CE2" w:rsidRDefault="00240284" w:rsidP="00240284">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00240284">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00974811">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00240284">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мектептің директоры </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB551F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00974811">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB551F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00240284" w:rsidRPr="00240284" w:rsidRDefault="00240284" w:rsidP="00240284">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00974811">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (мектептің атауы) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                  </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB551F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00974811">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00420E37" w:rsidRPr="00023BFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Т.А.Ә.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB551F" w:rsidRPr="00EB551F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бар болғанда)</w:t>
+      </w:r>
+      <w:r w:rsidR="00974811" w:rsidRPr="00EB551F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, қолы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00974811">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E5411" w:rsidRDefault="007C7CE2" w:rsidP="000E5411">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00240284">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...83 lines deleted...]
-      </w:r>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C7CE2" w:rsidRPr="000E5411" w:rsidRDefault="00EB551F" w:rsidP="000E5411">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...1276 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId8"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мөрдің  орны</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="007C7CE2" w:rsidRPr="000E5411" w:rsidSect="00F82FD1">
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00DE6845" w:rsidRDefault="00DE6845" w:rsidP="000634F3">
+    <w:p w:rsidR="00CB3AA3" w:rsidRDefault="00CB3AA3" w:rsidP="00F82FD1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00DE6845" w:rsidRDefault="00DE6845" w:rsidP="000634F3">
+    <w:p w:rsidR="00CB3AA3" w:rsidRDefault="00CB3AA3" w:rsidP="00F82FD1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Lucida Sans Unicode">
+    <w:panose1 w:val="020B0602030504020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:p w:rsidR="00F82FD1" w:rsidRDefault="00F82FD1">
+    <w:pPr>
+      <w:pStyle w:val="aa"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:p>
+  <w:p w:rsidR="00F82FD1" w:rsidRDefault="00F82FD1">
+    <w:pPr>
+      <w:pStyle w:val="aa"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00DE6845" w:rsidRDefault="00DE6845" w:rsidP="000634F3">
+    <w:p w:rsidR="00CB3AA3" w:rsidRDefault="00CB3AA3" w:rsidP="00F82FD1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00DE6845" w:rsidRDefault="00DE6845" w:rsidP="000634F3">
+    <w:p w:rsidR="00CB3AA3" w:rsidRDefault="00CB3AA3" w:rsidP="00F82FD1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="-1795352548"/>
+      <w:id w:val="-296914650"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr>
-[...5 lines deleted...]
-    </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w:rsidR="00614353" w:rsidRPr="00614353" w:rsidRDefault="002124FB">
+      <w:p w:rsidR="00F82FD1" w:rsidRDefault="003106FD">
         <w:pPr>
-          <w:pStyle w:val="a4"/>
+          <w:pStyle w:val="a8"/>
           <w:jc w:val="center"/>
-          <w:rPr>
-[...3 lines deleted...]
-          </w:rPr>
         </w:pPr>
-        <w:r w:rsidRPr="00614353">
+        <w:r w:rsidRPr="00F82FD1">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00614353" w:rsidRPr="00614353">
+        <w:r w:rsidR="00F82FD1" w:rsidRPr="00F82FD1">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00614353">
+        <w:r w:rsidRPr="00F82FD1">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00DE6845" w:rsidRPr="00DE6845">
+        <w:r w:rsidR="00CB3AA3" w:rsidRPr="00CB3AA3">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidRPr="00614353">
+        <w:r w:rsidRPr="00F82FD1">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="000634F3" w:rsidRDefault="000634F3">
+  <w:p w:rsidR="00F82FD1" w:rsidRPr="00F82FD1" w:rsidRDefault="00F82FD1" w:rsidP="00F82FD1">
     <w:pPr>
-      <w:pStyle w:val="a4"/>
+      <w:pStyle w:val="a8"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="kk-KZ"/>
+      </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="02DB336F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B150EA3C"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -5316,51 +6590,51 @@
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="0FFE2530"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="ABD48898"/>
+    <w:tmpl w:val="D67CE86E"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
@@ -5575,50 +6849,136 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="29B71B71"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D67CE86E"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="318A401D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9370BEA4"/>
     <w:lvl w:ilvl="0" w:tplc="A8C88A7C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -5663,51 +7023,223 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="4EFA19BF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D67CE86E"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10">
+    <w:nsid w:val="58A44EA3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2896750C"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11">
     <w:nsid w:val="5BBD2198"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="76DC62D0"/>
     <w:lvl w:ilvl="0" w:tplc="41942402">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -5753,51 +7285,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="12">
     <w:nsid w:val="5DB11D6D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="21DEC868"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2340" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3060" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5839,140 +7371,398 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6660" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7380" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8100" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="702929A5"/>
+  <w:abstractNum w:abstractNumId="13">
+    <w:nsid w:val="63D52DBD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="4A70207E"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="DDBE6ECA"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2148" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2868" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3588" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4308" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5028" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5748" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6468" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7188" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7908" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14">
+    <w:nsid w:val="67254D6D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1090A8CE"/>
+    <w:lvl w:ilvl="0" w:tplc="B4F83A68">
+      <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1069" w:hanging="360"/>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1789" w:hanging="360"/>
+        <w:ind w:left="2498" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2509" w:hanging="180"/>
+        <w:ind w:left="3218" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3229" w:hanging="360"/>
+        <w:ind w:left="3938" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3949" w:hanging="360"/>
+        <w:ind w:left="4658" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4669" w:hanging="180"/>
+        <w:ind w:left="5378" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5389" w:hanging="360"/>
+        <w:ind w:left="6098" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6109" w:hanging="360"/>
+        <w:ind w:left="6818" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6829" w:hanging="180"/>
+        <w:ind w:left="7538" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="15">
+    <w:nsid w:val="6EC266DC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A9688B56"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16">
+    <w:nsid w:val="711F07B6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E2AA468E"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17">
     <w:nsid w:val="73152FA5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E5E5424"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6014,51 +7804,140 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="18">
+    <w:nsid w:val="73501726"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5086898A"/>
+    <w:lvl w:ilvl="0" w:tplc="7FEE4A1A">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19">
     <w:nsid w:val="7D102014"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9370BEA4"/>
     <w:lvl w:ilvl="0" w:tplc="A8C88A7C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -6100,309 +7979,489 @@
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20">
+    <w:nsid w:val="7EC51669"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F8B84E2A"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21">
+    <w:nsid w:val="7F104D56"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2D0EB6C8"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="9">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="10">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="11">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="10"/>
   </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="22">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="110"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="140"/>
   <w:drawingGridVerticalSpacing w:val="381"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="009F2A1F"/>
-    <w:rsid w:val="00005429"/>
+    <w:rsid w:val="00023BFB"/>
+    <w:rsid w:val="0002555B"/>
+    <w:rsid w:val="00036ABE"/>
     <w:rsid w:val="00046C85"/>
-    <w:rsid w:val="00054293"/>
-[...2 lines deleted...]
-    <w:rsid w:val="0009248A"/>
+    <w:rsid w:val="00074174"/>
     <w:rsid w:val="000C2499"/>
-    <w:rsid w:val="000C3676"/>
+    <w:rsid w:val="000D305C"/>
+    <w:rsid w:val="000D36C1"/>
     <w:rsid w:val="000D39A5"/>
+    <w:rsid w:val="000E5411"/>
     <w:rsid w:val="000E7BF6"/>
-    <w:rsid w:val="001137CA"/>
-    <w:rsid w:val="0013117E"/>
+    <w:rsid w:val="000F0ED5"/>
     <w:rsid w:val="00135B45"/>
-    <w:rsid w:val="0013757C"/>
-[...1 lines deleted...]
-    <w:rsid w:val="001802A7"/>
     <w:rsid w:val="001855B7"/>
-    <w:rsid w:val="001A4858"/>
-[...1 lines deleted...]
-    <w:rsid w:val="001D4BF9"/>
+    <w:rsid w:val="001860F6"/>
+    <w:rsid w:val="00193019"/>
+    <w:rsid w:val="001A1A05"/>
+    <w:rsid w:val="001A4083"/>
+    <w:rsid w:val="001A6EAD"/>
+    <w:rsid w:val="001B5B17"/>
     <w:rsid w:val="001E0BE3"/>
-    <w:rsid w:val="002124FB"/>
-[...1 lines deleted...]
-    <w:rsid w:val="002542CC"/>
+    <w:rsid w:val="001F7D19"/>
+    <w:rsid w:val="00201FE8"/>
+    <w:rsid w:val="00223887"/>
+    <w:rsid w:val="00240284"/>
+    <w:rsid w:val="00240664"/>
     <w:rsid w:val="00256011"/>
-    <w:rsid w:val="002954B2"/>
+    <w:rsid w:val="00275E44"/>
     <w:rsid w:val="00295E6F"/>
-    <w:rsid w:val="0029642C"/>
+    <w:rsid w:val="002A49D5"/>
     <w:rsid w:val="002D5BFC"/>
     <w:rsid w:val="002F1706"/>
-    <w:rsid w:val="00312423"/>
+    <w:rsid w:val="0030599A"/>
+    <w:rsid w:val="003106FD"/>
+    <w:rsid w:val="003140E8"/>
     <w:rsid w:val="00323C46"/>
-    <w:rsid w:val="00354A71"/>
+    <w:rsid w:val="00335A8E"/>
+    <w:rsid w:val="00343757"/>
     <w:rsid w:val="00386B20"/>
     <w:rsid w:val="00392B19"/>
-    <w:rsid w:val="00396EA6"/>
+    <w:rsid w:val="003A2046"/>
     <w:rsid w:val="003B4A05"/>
-    <w:rsid w:val="003B4F54"/>
     <w:rsid w:val="003C532B"/>
-    <w:rsid w:val="003E0ABF"/>
     <w:rsid w:val="003F16E4"/>
-    <w:rsid w:val="003F6148"/>
+    <w:rsid w:val="00406EA6"/>
+    <w:rsid w:val="004143C0"/>
     <w:rsid w:val="0042045E"/>
+    <w:rsid w:val="00420E37"/>
     <w:rsid w:val="0042779F"/>
-    <w:rsid w:val="00440564"/>
-[...4 lines deleted...]
-    <w:rsid w:val="004C4F17"/>
+    <w:rsid w:val="00470478"/>
+    <w:rsid w:val="004727C5"/>
+    <w:rsid w:val="004963DB"/>
+    <w:rsid w:val="004E0EA7"/>
     <w:rsid w:val="004E483D"/>
-    <w:rsid w:val="0050715A"/>
     <w:rsid w:val="005224AD"/>
     <w:rsid w:val="005418C0"/>
+    <w:rsid w:val="00546972"/>
     <w:rsid w:val="00546FEB"/>
     <w:rsid w:val="005723F5"/>
-    <w:rsid w:val="00573A16"/>
-[...3 lines deleted...]
-    <w:rsid w:val="005C692E"/>
+    <w:rsid w:val="00596B75"/>
+    <w:rsid w:val="005D7019"/>
+    <w:rsid w:val="005E22B4"/>
     <w:rsid w:val="005F2B79"/>
-    <w:rsid w:val="005F6CC2"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00622D18"/>
     <w:rsid w:val="0062331F"/>
-    <w:rsid w:val="00626187"/>
+    <w:rsid w:val="006450D1"/>
+    <w:rsid w:val="00657393"/>
     <w:rsid w:val="00663701"/>
-    <w:rsid w:val="00673A4F"/>
     <w:rsid w:val="006C5AF4"/>
     <w:rsid w:val="006C6374"/>
-    <w:rsid w:val="006D1CB9"/>
+    <w:rsid w:val="006D7EB5"/>
     <w:rsid w:val="007133A0"/>
-    <w:rsid w:val="00723F05"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00767518"/>
+    <w:rsid w:val="00715415"/>
+    <w:rsid w:val="00733223"/>
+    <w:rsid w:val="00751D64"/>
+    <w:rsid w:val="00754825"/>
+    <w:rsid w:val="007814C3"/>
     <w:rsid w:val="00781A61"/>
+    <w:rsid w:val="0079185B"/>
     <w:rsid w:val="00793876"/>
     <w:rsid w:val="007A6205"/>
+    <w:rsid w:val="007C5A4B"/>
+    <w:rsid w:val="007C7CE2"/>
     <w:rsid w:val="007D1EBD"/>
-    <w:rsid w:val="007E41FA"/>
-[...2 lines deleted...]
-    <w:rsid w:val="008A0229"/>
+    <w:rsid w:val="007F2663"/>
+    <w:rsid w:val="00805570"/>
+    <w:rsid w:val="00813230"/>
+    <w:rsid w:val="00835F14"/>
+    <w:rsid w:val="00855B0B"/>
+    <w:rsid w:val="0087184E"/>
+    <w:rsid w:val="00876969"/>
+    <w:rsid w:val="00885D7E"/>
+    <w:rsid w:val="00892841"/>
     <w:rsid w:val="008B1A0B"/>
-    <w:rsid w:val="008B2EF3"/>
     <w:rsid w:val="008B5E3E"/>
-    <w:rsid w:val="008D02CB"/>
-[...2 lines deleted...]
-    <w:rsid w:val="0092560E"/>
+    <w:rsid w:val="008C7E72"/>
     <w:rsid w:val="00946951"/>
-    <w:rsid w:val="0095652F"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00986372"/>
+    <w:rsid w:val="00956449"/>
+    <w:rsid w:val="00974811"/>
+    <w:rsid w:val="00982999"/>
+    <w:rsid w:val="00985D65"/>
+    <w:rsid w:val="009A2D34"/>
     <w:rsid w:val="009A4478"/>
-    <w:rsid w:val="009A5F54"/>
-[...4 lines deleted...]
-    <w:rsid w:val="009D0CDB"/>
+    <w:rsid w:val="009C1ECC"/>
+    <w:rsid w:val="009E67CA"/>
     <w:rsid w:val="009F2A1F"/>
-    <w:rsid w:val="00A05C88"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A2178B"/>
     <w:rsid w:val="00A2656C"/>
-    <w:rsid w:val="00A3393D"/>
     <w:rsid w:val="00A340B9"/>
     <w:rsid w:val="00A34E8E"/>
+    <w:rsid w:val="00A62394"/>
     <w:rsid w:val="00A62833"/>
-    <w:rsid w:val="00A62949"/>
     <w:rsid w:val="00A95D5C"/>
     <w:rsid w:val="00AB037A"/>
+    <w:rsid w:val="00AB3B83"/>
     <w:rsid w:val="00AB631F"/>
-    <w:rsid w:val="00AC7D97"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00B27A0D"/>
+    <w:rsid w:val="00AC53CE"/>
+    <w:rsid w:val="00AF3173"/>
+    <w:rsid w:val="00B03A5D"/>
     <w:rsid w:val="00B401C2"/>
     <w:rsid w:val="00B43AD7"/>
-    <w:rsid w:val="00B63692"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00C03011"/>
+    <w:rsid w:val="00B46894"/>
+    <w:rsid w:val="00B85DE3"/>
+    <w:rsid w:val="00B86B6C"/>
+    <w:rsid w:val="00B947F6"/>
+    <w:rsid w:val="00BD1466"/>
     <w:rsid w:val="00C06C06"/>
     <w:rsid w:val="00C17B9C"/>
-    <w:rsid w:val="00C207E3"/>
     <w:rsid w:val="00C32BB9"/>
-    <w:rsid w:val="00C47F81"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00C80E0C"/>
+    <w:rsid w:val="00C36A36"/>
+    <w:rsid w:val="00C40CE2"/>
+    <w:rsid w:val="00C672E6"/>
+    <w:rsid w:val="00C96802"/>
     <w:rsid w:val="00CA0ECF"/>
     <w:rsid w:val="00CB22E3"/>
-    <w:rsid w:val="00CB3621"/>
-    <w:rsid w:val="00CB5335"/>
+    <w:rsid w:val="00CB3AA3"/>
     <w:rsid w:val="00CD19E2"/>
-    <w:rsid w:val="00CE7AE5"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00E4058D"/>
+    <w:rsid w:val="00D42DA7"/>
+    <w:rsid w:val="00D57461"/>
+    <w:rsid w:val="00D61C0D"/>
+    <w:rsid w:val="00DB1D74"/>
+    <w:rsid w:val="00E35875"/>
     <w:rsid w:val="00E41436"/>
-    <w:rsid w:val="00E455C9"/>
     <w:rsid w:val="00E609CE"/>
-    <w:rsid w:val="00E64AD3"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00ED5589"/>
+    <w:rsid w:val="00EB551F"/>
+    <w:rsid w:val="00EE42F0"/>
     <w:rsid w:val="00EE7D58"/>
     <w:rsid w:val="00F043D9"/>
-    <w:rsid w:val="00F17205"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00F4106A"/>
+    <w:rsid w:val="00F259E8"/>
+    <w:rsid w:val="00F621DD"/>
+    <w:rsid w:val="00F65B89"/>
+    <w:rsid w:val="00F6779B"/>
     <w:rsid w:val="00F769B9"/>
-    <w:rsid w:val="00F81F96"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00FE0AE9"/>
+    <w:rsid w:val="00F81182"/>
+    <w:rsid w:val="00F82FD1"/>
+    <w:rsid w:val="00F854CD"/>
+    <w:rsid w:val="00F972DD"/>
     <w:rsid w:val="00FE6F28"/>
-    <w:rsid w:val="00FF1540"/>
+    <w:rsid w:val="00FE7D6D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="4098"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -6534,173 +8593,240 @@
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00386B20"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C672E6"/>
+    <w:pPr>
+      <w:spacing w:before="204" w:after="122" w:line="353" w:lineRule="atLeast"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="444444"/>
+      <w:sz w:val="29"/>
+      <w:szCs w:val="29"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00386B20"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
-    <w:name w:val="header"/>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00985D65"/>
+    <w:rPr>
+      <w:color w:val="9A1616"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:u w:val="single"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+      <w:vertAlign w:val="baseline"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00C672E6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="444444"/>
+      <w:sz w:val="29"/>
+      <w:szCs w:val="29"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000634F3"/>
+    <w:rsid w:val="00C672E6"/>
     <w:pPr>
-      <w:tabs>
-[...3 lines deleted...]
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="360" w:line="258" w:lineRule="atLeast"/>
     </w:pPr>
-  </w:style>
-[...5 lines deleted...]
-    <w:rsid w:val="000634F3"/>
     <w:rPr>
-      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
-[...2 lines deleted...]
-      <w:lang w:val="en-US"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="666666"/>
+      <w:spacing w:val="1"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
-    <w:name w:val="footer"/>
+    <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
-[...26 lines deleted...]
-    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000634F3"/>
+    <w:rsid w:val="00F82FD1"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a8"/>
+    <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="000634F3"/>
+    <w:rsid w:val="00F82FD1"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Consolas" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F82FD1"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F82FD1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F82FD1"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F82FD1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
@@ -6867,191 +8993,244 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00386B20"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
-[...85 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="887961722">
+    <w:div w:id="186338928">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1432626736">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="613250459">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1434281645">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1387995934">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1610506846">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
     </w:div>
-    <w:div w:id="901404533">
+    <w:div w:id="257252912">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="825777913">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1894268770">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="216287066">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="361708468">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="820343339">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
     </w:div>
-    <w:div w:id="1615747109">
+    <w:div w:id="1453673157">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1400000115" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.edu.gov.kz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.edu.gov.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1400000115" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1400000115" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7304,78 +9483,79 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3DC57316-E111-4D4B-8BCA-CDFBE03E2021}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{22DA205A-7763-4886-B5DC-AADD3506A688}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1335</Words>
-  <Characters>7610</Characters>
+  <Words>1435</Words>
+  <Characters>8185</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>63</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>68</Lines>
+  <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8928</CharactersWithSpaces>
+  <CharactersWithSpaces>9601</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Адылканова Индира</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>