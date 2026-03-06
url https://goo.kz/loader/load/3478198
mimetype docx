--- v0 (2025-12-14)
+++ v1 (2026-03-06)
@@ -1,3276 +1,4422 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:tbl>
-[...85 lines deleted...]
-    <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="00C8411C">
+    <w:p w:rsidR="00A97E38" w:rsidRPr="00822599" w:rsidRDefault="00A97E38" w:rsidP="00822599">
       <w:pPr>
-        <w:pStyle w:val="3"/>
-[...42 lines deleted...]
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...36 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A97E38">
-[...575 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:jc w:val="right"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5877"/>
-        <w:gridCol w:w="3462"/>
+        <w:gridCol w:w="6318"/>
+        <w:gridCol w:w="3723"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidTr="007300AA">
+      <w:tr w:rsidR="00822599" w:rsidRPr="00822599" w:rsidTr="00822599">
         <w:trPr>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="007300AA">
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A97E38">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="007300AA">
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A97E38">
-[...11 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:bookmarkStart w:id="0" w:name="z140"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Утвержден</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>мектептердегі білім алушылар</w:t>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>постановлением акимата</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>мен тәрбиеленушілердің</w:t>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Павлодарской области</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>жекелеген санаттарына</w:t>
-[...44 lines deleted...]
-              <w:t>1-қосымша</w:t>
+              <w:t>от "24" июня 2015 года № 181/6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="00C8411C">
+    <w:p w:rsidR="00822599" w:rsidRPr="00133E26" w:rsidRDefault="00822599" w:rsidP="00822599">
       <w:pPr>
-        <w:pStyle w:val="3"/>
-        <w:rPr>
+        <w:spacing w:before="225" w:after="225" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="990000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A97E38">
-        <w:rPr>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:r w:rsidRPr="00133E26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="990000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Регламент государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00133E26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="990000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t>алушылар мен тәрбиеленушілердің жекелеген санаттарына</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>"Предоставление бесплатного и льготного питания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00133E26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="990000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t>тегін және жеңілдетілген тамақтандыруды ұсыну"</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>отдельным категориям обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00133E26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="990000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t>мемлекеттік қызметін көрсету процесінде көрсетілетін</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>и воспитанников в общеобразовательных школах"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Регламент - в редакции постановления акимата Павлодарской области от 03.08.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId4" w:anchor="141" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00822599">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="FF0000"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 273/5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00822599" w:rsidRPr="00133E26" w:rsidRDefault="00822599" w:rsidP="00822599">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="225" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="990000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00133E26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="990000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Государственная услуга "Предоставление бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах" (далее - государственная услуга) оказывается организациями образования, местными исполнительными органами городов, районов Павлодарской области (далее – услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Прием заявлений и выдача результатов оказания государственных услуг осуществляются через:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) канцелярию услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) веб-портал "электронного правительства": www.egov.kz (далее – Портал).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Форма оказания государственной услуги: электронная (частично автоматизированная) и (или) бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. Результат оказания государственной услуги - справка о предоставлении бесплатного и льготного питания в общеобразовательной школе по форме согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="z1000" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00822599">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0E689A"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>приложению 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к стандарту государственной услуги "Предоставление бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах", утвержденного </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z1" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00822599">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0E689A"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>приказом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 13 апреля 2015 года № 198 (далее - Стандарт) либо мотивированный ответ об отказе в оказании государственной услуги в случаях и по основаниям, предусмотренным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z978" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00822599">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0E689A"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пунктом 10</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стандарта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Форма предоставления результата оказания государственной услуги: электронная и (или) бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00822599" w:rsidRPr="00133E26" w:rsidRDefault="00822599" w:rsidP="00822599">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="225" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="990000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00133E26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="990000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 2. Описание порядка действий структурных подразделений</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00133E26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="990000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t>(қызметкерлерінің) өзара іс-қимал тәртібін сипаттау</w:t>
+        <w:t>(работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4. Основанием для начала процедуры (действия) по оказанию государственной услуги является заявление услугополучателя с приложением необходимых документов, указанных в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z951" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00822599">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0E689A"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункте 9</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стандарта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      5. Содержание каждой процедуры (действия), входящей в состав процесса оказания государственной услуги, длительность и последовательность его выполнения, в том числе этапы прохождения процедур (действий):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) сотрудник канцелярии услугодателя осуществляет прием и регистрацию полученных от услугополучателя документов, сверяет копии документов с оригиналами документов, возвращает оригиналы услугополучателюс распиской о приеме документов и передает на рассмотрение руководителю услугодателя – 15 (пятнадцать) минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В случае предоставления услугополучателем неполного пакета документов согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z951" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00822599">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0E689A"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункту 9</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стандарта и (или) документов с истекшим сроком действия услугодатель отказывает в приеме заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) руководитель услугодателя рассматривает и определяет ответственного исполнителя – 1 (один) рабочий день;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) ответственный исполнитель услугодателя оформляет проект справки либо мотивированный ответ об отказе в оказании государственной услуги по основаниям, предусмотренным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z978" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00822599">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0E689A"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пунктом 10</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стандарта, и направляет на рассмотрение и подписание руководителю – 1 (один) рабочий день;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) руководитель услугодателя рассматривает, подписывает проект справки либо мотивированный ответ об отказе в оказании государственной услуги по основаниям, предусмотренным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z978" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00822599">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0E689A"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пунктом 10</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стандарта, и направляет сотруднику канцелярии услугодателя – 1 (один) рабочий день;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) сотрудник канцелярии услугодателя регистрирует справку либо мотивированный ответ об отказе в оказании государственной услуги по основаниям, предусмотренным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z978" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00822599">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0E689A"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пунктом 10</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стандарта, и выдает результат услугополучателю – 30 (тридцать)минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6. Результат процедуры (действия) оказания государственной услуги - справка о предоставлении бесплатного и льготного питания в общеобразовательной школе по форме согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z1000" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00822599">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0E689A"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>приложению 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Стандарту либо мотивированный ответ об отказе в оказании государственной услуги в случаях и по основаниям, предусмотренным в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="z978" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00822599">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0E689A"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункте 10</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стандарта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00822599" w:rsidRPr="00133E26" w:rsidRDefault="00822599" w:rsidP="00822599">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="225" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="990000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00133E26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="990000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 3. Описание порядка взаимодействия структурных подразделений</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00133E26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="990000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(работников) услугодателя в процессе оказаниягосударственнойуслуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7. Перечень структурных подразделений (работников) услугодателя, которые участвуют в процессе оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) сотрудник канцелярии услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) руководитель услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) ответственный исполнитель услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8. Описание последовательности процедур (действий) сопровождается таблицей согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="z157" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00822599">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>приложению 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему регламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00822599" w:rsidRPr="00133E26" w:rsidRDefault="00822599" w:rsidP="00822599">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="225" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="990000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00133E26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="990000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 4. Описание порядка взаимодействия с Государственной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00133E26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="990000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>корпорацией "Правительство для граждан", а также порядка использования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00133E26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="990000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>информационных систем в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      9. Государственная услуга через некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" не оказывается.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10. Описание порядка обращения при оказании государственной услуги через Портал и последовательности процедур (действий) услугодателя и услугополучателя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) услугополучатель осуществляет регистрацию на Портале с помощью индивидуального идентификационного номера (далее – ИИН), а также пароля;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) процесс 1 – ввод услугополучателем ИИН и пароля (процесс авторизации) на Портале для получения услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) условие 1 – проверка на Портале подлинности данных о зарегистрированном услугополучателе через ИИН и пароль;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) процесс 2 – формирование Порталом сообщения об отказе в авторизации в связи с имеющимися нарушениями в данных услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) процесс 3 – выбор услугополучателем услуги, указанной в настоящем </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="z141" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00822599">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0E689A"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>регламенте</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, вывод на экран формы запроса для оказания услуги и заполнение услугополучателем формы (ввод данных) с учетом ее структуры и форматных требований, прикрепление к форме запроса необходимых копий документов в электронном виде, указанных в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:anchor="z951" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00822599">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0E689A"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункте 9</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стандарта, выбор услугополучателем регистрационного свидетельства ЭЦП для удостоверения (подписания) запроса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) условие 2 – проверка на Портале срока действия регистрационного свидетельства ЭЦП и отсутствия в списке отозванных (аннулированных) данных (между ИИН, указанным в запросе, и ИИН, указанным в регистрационном свидетельстве ЭЦП);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) процесс 4 – формирование сообщения об отказе в запрашиваемой услуге в связи с неподтверждением подлинности ЭЦП услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) процесс 5 – направление электронного документа (запроса услугополучателя) удостоверенного (подписанного) ЭЦП услугополучателя через шлюз электронного правительства в автоматизированное рабочее место работника шлюза электронного правительства (ШЭП в АРМ РШЭП) для обработки запроса услугодателем;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9) условие 3 – проверка услугодателем соответствия приложенных услугополучателем документов, указанных в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:anchor="z951" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00822599">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0E689A"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункте 9</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стандарта, и основанием для отказа в оказании услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) процесс 6 – формирование сообщения об отказе в запрашиваемой услуге в связи с имеющимися нарушениями в документах услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11) процесс 7 – получение услугополучателем результата услуги (уведомление в форме электронного документа), сформированной АРМ РШЭП. Результат оказания государственной услуги направляется услугополучателю в "личный кабинет" в форме электронного документа, удостоверенного ЭЦП уполномоченного лица услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Функциональные взаимодействия информационных систем, задействованных при оказании государственной услуги через Портал, приведены диаграммой согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:anchor="z159" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00822599">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0E689A"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>приложению 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему регламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11. Подробное описание последовательности процедур (действий) взаимодействий структурных подразделений (работников) услугодателя в процессе оказания государственной </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">услуги, использования информационных систем в процессе оказания государственной услуги отражается в справочнике бизнес-процессов согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:anchor="z161" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00822599">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0E689A"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>приложению 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему регламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:jc w:val="right"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6318"/>
+        <w:gridCol w:w="3723"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00822599" w:rsidRPr="00822599" w:rsidTr="00822599">
+        <w:trPr>
+          <w:jc w:val="right"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="60" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="60" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="z157"/>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>к регламенту государственной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>услуги"Предоставление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>бесплатного и льготного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>питания отдельным категориям</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>обучающихся и воспитанников в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>общеобразовательных школах"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00822599" w:rsidRPr="00133E26" w:rsidRDefault="00822599" w:rsidP="00822599">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="225" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="990000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00133E26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="990000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Описание порядка взаимодействия структурных подразделений</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00133E26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="990000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00133E26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="990000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>"Предоставление бесплатного и льготного питания отдельным категориям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00133E26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="990000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>обучающихся и воспитанников в общеобразовательных школах"</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="231"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1381"/>
+        <w:gridCol w:w="225"/>
+        <w:gridCol w:w="1433"/>
+        <w:gridCol w:w="1827"/>
+        <w:gridCol w:w="1639"/>
+        <w:gridCol w:w="1639"/>
+        <w:gridCol w:w="1639"/>
+        <w:gridCol w:w="1639"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidTr="007300AA">
+      <w:tr w:rsidR="00822599" w:rsidRPr="00822599" w:rsidTr="00822599">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="007300AA">
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="007300AA">
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A97E38">
-              <w:t>Негізгі процестің (жұмыс барысының) іс-қимылы</w:t>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Действия основного процесса (поток работы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidTr="007300AA">
+      <w:tr w:rsidR="00822599" w:rsidRPr="00822599" w:rsidTr="00822599">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="007300AA">
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A97E38">
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="007300AA">
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A97E38">
-              <w:t>Іс-қимылдың (жұмыс барысы) №</w:t>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>№ действия (поток работы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="007300AA">
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A97E38">
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="007300AA">
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A97E38">
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="007300AA">
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A97E38">
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="007300AA">
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A97E38">
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="007300AA">
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A97E38">
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidTr="007300AA">
+      <w:tr w:rsidR="00822599" w:rsidRPr="00822599" w:rsidTr="00822599">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="007300AA">
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A97E38">
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="007300AA">
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A97E38">
-              <w:t>Құрылымдық бөлімшелер</w:t>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Структурные подразделения (работники)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="007300AA">
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A97E38">
-[...4 lines deleted...]
-              <w:t>берушінің кеңсе қызметкері</w:t>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сотрудник канцелярии услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="007300AA">
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A97E38">
-[...5 lines deleted...]
-              <w:t>берушінің басшысы</w:t>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Руководитель услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="007300AA">
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A97E38">
-[...5 lines deleted...]
-              <w:t>берушінің жауапты орындаушысы</w:t>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ответственный исполнитель услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="007300AA">
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A97E38">
-[...5 lines deleted...]
-              <w:t>берушінің басшысы</w:t>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Руководитель услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="007300AA">
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A97E38">
-[...5 lines deleted...]
-              <w:t>берушінің кеңсе қызметкері</w:t>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сотрудник канцелярии услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidTr="007300AA">
+      <w:tr w:rsidR="00822599" w:rsidRPr="00822599" w:rsidTr="00822599">
         <w:trPr>
           <w:trHeight w:val="276"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="007300AA">
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A97E38">
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="007300AA">
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A97E38">
-              <w:t>Іс-қимылдың (процестің, рәсімнің, операциялардың атауы) және олардың сипаттамасы</w:t>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Наименование действия (процесса, процедуры операции) и их описание</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="007300AA">
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A97E38">
-[...3 lines deleted...]
-              <w:r w:rsidRPr="00A97E38">
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Прием и регистрация полученных от услугополучателя документов, сверка копии с подлинниками, возврат подлинников услугополучателю. В случае предоставления неполного пакета документов согласно </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:anchor="z951" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidRPr="00822599">
                 <w:rPr>
-                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="0E689A"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>9-тармағына</w:t>
+                <w:t>пункту 9</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00A97E38">
-              <w:t xml:space="preserve"> сәйкес құжаттар топтамасын толық ұсынбаған және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған жағдайда, көрсетілетін қызметті беруші өтінішті қабылдаудан бас тартады</w:t>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Стандарта и (или) документов с истекшим сроком действия, услугодатель отказывает в приеме заявления.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="007300AA">
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A97E38">
-              <w:t>Қарау және жауапты орындаушыны анықтау</w:t>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Рассмотрение и определение ответственного исполнителя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="007300AA">
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A97E38">
-[...3 lines deleted...]
-              <w:r w:rsidRPr="00A97E38">
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Оформление проекта справки либо мотивированный ответ об отказе по основаниям </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:anchor="z978" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidRPr="00822599">
                 <w:rPr>
-                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="0E689A"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>10-тармағында</w:t>
+                <w:t>пункта 10</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00A97E38">
-              <w:t xml:space="preserve"> көрсетілген негіздер бойынша бас тарту туралы дәлелді жауап</w:t>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Стандарта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="007300AA">
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A97E38">
-[...3 lines deleted...]
-              <w:r w:rsidRPr="00A97E38">
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Рассмотрение и подписание проекта справки либо мотивированный ответ об отказе по основаниям </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:anchor="z978" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidRPr="00822599">
                 <w:rPr>
-                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="0E689A"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>10-тармағында</w:t>
+                <w:t>пункта 10</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00A97E38">
-              <w:t xml:space="preserve"> көрсетілген негіздер бойынша бас тарту туралы дәлелді жауапты қарастыру, қол қою</w:t>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Стандарта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="007300AA">
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A97E38">
-[...3 lines deleted...]
-              <w:r w:rsidRPr="00A97E38">
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Регистрация справки либо мотивированный ответ об отказе по основаниям </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:anchor="z978" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidRPr="00822599">
                 <w:rPr>
-                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="0E689A"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>10-тармағында</w:t>
+                <w:t>пункта 10</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00A97E38">
-              <w:t xml:space="preserve"> көрсетілген негіздер бойынша бас тарту туралы дәлелді жауап</w:t>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Стандарта</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidTr="007300AA">
+      <w:tr w:rsidR="00822599" w:rsidRPr="00822599" w:rsidTr="00822599">
         <w:trPr>
-          <w:trHeight w:val="537"/>
+          <w:trHeight w:val="276"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="007300AA">
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="007300AA">
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="007300AA">
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="007300AA">
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="007300AA">
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="007300AA">
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="007300AA">
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidTr="007300AA">
+      <w:tr w:rsidR="00822599" w:rsidRPr="00822599" w:rsidTr="00822599">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="007300AA">
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A97E38">
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="007300AA">
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A97E38">
-              <w:t>Аяқтау нысаны</w:t>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Форма завершения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="007300AA">
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A97E38">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="00A97E38">
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выдача расписки о приеме документов и передача на рассмотрение руководителю, либо мотивированный ответ об отказе по основаниям </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:anchor="z978" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidRPr="00822599">
                 <w:rPr>
-                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="0E689A"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>10-тармағында</w:t>
+                <w:t>пункта 10</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00A97E38">
-              <w:t xml:space="preserve"> көрсетілген негіздер бойынша бас тарту туралы дәлелді жауап</w:t>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Стандарта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="007300AA">
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A97E38">
-[...4 lines deleted...]
-              <w:r w:rsidRPr="00A97E38">
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Рассмотрение и подписание проекта справки либо мотивированный ответ об отказе по основаниям </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:anchor="z978" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidRPr="00822599">
                 <w:rPr>
-                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="0E689A"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>10-</w:t>
-[...6 lines deleted...]
-                <w:t>тармағында</w:t>
+                <w:t>пункта 10</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00A97E38">
-              <w:t xml:space="preserve"> көрсетілген негіздер бойынша бас тарту туралы дәлелді жауап</w:t>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Стандарта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="007300AA">
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A97E38">
-[...4 lines deleted...]
-              <w:r w:rsidRPr="00A97E38">
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Направление проекта справки либо мотивированный ответ об отказе по основаниям </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:anchor="z978" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidRPr="00822599">
                 <w:rPr>
-                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="0E689A"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>10-тармағында</w:t>
+                <w:t>пункта 10</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00A97E38">
-[...4 lines deleted...]
-              <w:t>негіздер бойынша бас тарту туралы дәлелді жауабын басшыға қарастыруға және қол қоюға жіберу</w:t>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Стандарта на рассмотрение и подписание руководителю</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="007300AA">
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A97E38">
-[...4 lines deleted...]
-              <w:r w:rsidRPr="00A97E38">
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Справка либо мотивированный ответ об отказе по основаниям </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:anchor="z978" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidRPr="00822599">
                 <w:rPr>
-                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="0E689A"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>10-тармағында</w:t>
+                <w:t>пункта 10</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00A97E38">
-[...4 lines deleted...]
-              <w:t>негіздер бойынша бас тарту туралы дәлелді жауап</w:t>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Стандарта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="007300AA">
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A97E38">
-[...4 lines deleted...]
-              <w:r w:rsidRPr="00A97E38">
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выдача справки либо мотивированный ответ об отказе по основаниям </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:anchor="z978" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidRPr="00822599">
                 <w:rPr>
-                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="0E689A"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>10-тармағында</w:t>
+                <w:t>пункта 10</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00A97E38">
-[...4 lines deleted...]
-              <w:t>негіздер бойынша бас тарту туралы дәлелді жауап</w:t>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Стандарта</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidTr="007300AA">
+      <w:tr w:rsidR="00822599" w:rsidRPr="00822599" w:rsidTr="00822599">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="007300AA">
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="007300AA">
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A97E38">
-              <w:t>Орындау мерзімі</w:t>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сроки исполнения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="007300AA">
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A97E38">
-              <w:t>15 (он бес) минут</w:t>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>15 (пятнадцать) минут</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="007300AA">
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A97E38">
-              <w:t>1 (бір) жұмыс күні</w:t>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1 (один) рабочий день</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="007300AA">
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A97E38">
-              <w:t>1 (бір) жұмыс күні</w:t>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1 (один) рабочий день</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="007300AA">
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A97E38">
-              <w:t>1 (бір) жұмыс күні</w:t>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1 (один) рабочий день</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="007300AA">
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A97E38">
-              <w:t>30 (отыз) минут</w:t>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>30 (тридцать) минут</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidTr="007300AA">
+      <w:tr w:rsidR="00822599" w:rsidRPr="00822599" w:rsidTr="00822599">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="007300AA">
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...50 lines deleted...]
-              <w:t>5 (бес) жұмыс күні</w:t>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5 (пять) рабочих дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="00C8411C">
+    <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:jc w:val="right"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5877"/>
-        <w:gridCol w:w="3462"/>
+        <w:gridCol w:w="6318"/>
+        <w:gridCol w:w="3723"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidTr="007300AA">
+      <w:tr w:rsidR="00822599" w:rsidRPr="00822599" w:rsidTr="00822599">
         <w:trPr>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="007300AA">
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A97E38">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="007300AA">
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A97E38">
-[...11 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:bookmarkStart w:id="3" w:name="z159"/>
+            <w:bookmarkEnd w:id="3"/>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>мектептердегі білім алушылар</w:t>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>к регламенту государственной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>мен тәрбиеленушілердің</w:t>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>услуги"Предоставление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>жекелеген санаттарына</w:t>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>бесплатного и льготного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>тегін және жеңілдетілген</w:t>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>питания отдельным категориям</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>тамақтандыруды ұсыну"</w:t>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>обучающихся и воспитанников в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>мемлекеттік көрсетілетін</w:t>
-[...17 lines deleted...]
-              <w:t>2-қосымша</w:t>
+              <w:t>общеобразовательных школах"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="00C8411C">
+    <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
       <w:pPr>
-        <w:pStyle w:val="3"/>
-        <w:rPr>
+        <w:spacing w:before="225" w:after="225" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="911B1B"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A97E38">
-        <w:rPr>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="911B1B"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Диаграмма взаимодействия структурных подразделений (работников)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="911B1B"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t>бөлімшелердің (қызметкерлердің) өзара іс-қимыл диаграммасы</w:t>
+        <w:t xml:space="preserve">услугодателя в процессе оказания государственной услуги через Портал </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C8411C" w:rsidRDefault="00C8411C" w:rsidP="00C8411C">
+    <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
       <w:pPr>
-        <w:rPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="35D3AACA" wp14:editId="144BE2F3">
-            <wp:extent cx="5854700" cy="2783840"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="5854700" cy="2675255"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="6" name="Рисунок 6" descr="http://adilet.zan.kz/files/1146/08/14.jpg"/>
+            <wp:docPr id="3" name="Рисунок 3" descr="http://adilet.zan.kz/files/1146/11/14.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1" descr="http://adilet.zan.kz/files/1146/08/14.jpg"/>
+                    <pic:cNvPr id="0" name="Picture 1" descr="http://adilet.zan.kz/files/1146/11/14.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId30">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5854700" cy="2783840"/>
+                      <a:ext cx="5854700" cy="2675255"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C8411C" w:rsidRDefault="00C8411C" w:rsidP="00C8411C">
+    <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
       <w:pPr>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:jc w:val="right"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5877"/>
-        <w:gridCol w:w="3462"/>
+        <w:gridCol w:w="6318"/>
+        <w:gridCol w:w="3723"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C8411C" w:rsidTr="007300AA">
+      <w:tr w:rsidR="00822599" w:rsidRPr="00822599" w:rsidTr="00822599">
         <w:trPr>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C8411C" w:rsidRDefault="00C8411C" w:rsidP="007300AA">
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-              <w:lastRenderedPageBreak/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="E8E8E8"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C8411C" w:rsidRDefault="00C8411C" w:rsidP="007300AA">
+          <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...18 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:bookmarkStart w:id="4" w:name="z161"/>
+            <w:bookmarkEnd w:id="4"/>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>мектептердегі білім алушылар</w:t>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>к регламенту государственной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>мен тәрбиеленушілердің</w:t>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>услуги"Предоставление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>жекелеген санаттарына</w:t>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>бесплатного и льготного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>тегін және жеңілдетілген</w:t>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>питания отдельным категориям</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>тамақтандыруды ұсыну"</w:t>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>обучающихся и воспитанников в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>мемлекеттік көрсетілетін</w:t>
-[...17 lines deleted...]
-              <w:t>3-қосымша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00822599">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>общеобразовательных школах"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="00C8411C">
+    <w:p w:rsidR="00822599" w:rsidRPr="00133E26" w:rsidRDefault="00822599" w:rsidP="00822599">
       <w:pPr>
-        <w:pStyle w:val="3"/>
-        <w:rPr>
+        <w:spacing w:before="225" w:after="225" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="990000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A97E38">
-        <w:rPr>
+      <w:r w:rsidRPr="00133E26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="990000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Справочник бизнес-процессов оказания государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00133E26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="990000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t>мен тәрбиеленушілердің жекелеген санаттарына тегін</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>"Предоставление бесплатного и льготного питания отдельным категориям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00133E26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="990000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">және жеңілдетілген тамақтандыруды ұсыну" мемлекеттік </w:t>
-[...7 lines deleted...]
-        <w:t>қызметті көрсетудің бизнес-процестерінің анықтамалығы</w:t>
+        <w:t xml:space="preserve">обучающихся и воспитанников в общеобразовательных школах" </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C8411C" w:rsidRDefault="00C8411C" w:rsidP="00C8411C">
+    <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
       <w:pPr>
-        <w:rPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3E4E3668" wp14:editId="5989FB1D">
-[...2 lines deleted...]
-            <wp:docPr id="5" name="Рисунок 5" descr="http://adilet.zan.kz/files/1146/08/15.jpg"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="5854700" cy="3002280"/>
+            <wp:effectExtent l="0" t="0" r="0" b="7620"/>
+            <wp:docPr id="2" name="Рисунок 2" descr="http://adilet.zan.kz/files/1146/11/15.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2" descr="http://adilet.zan.kz/files/1146/08/15.jpg"/>
+                    <pic:cNvPr id="0" name="Picture 2" descr="http://adilet.zan.kz/files/1146/11/15.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId31">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5854700" cy="3016250"/>
+                      <a:ext cx="5854700" cy="3002280"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C8411C" w:rsidRPr="00A97E38" w:rsidRDefault="00C8411C" w:rsidP="00C8411C">
+    <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
       <w:pPr>
-        <w:rPr>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...8 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A97E38">
-[...9 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00822599" w:rsidRPr="00133E26" w:rsidRDefault="00822599" w:rsidP="00822599">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="225" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="990000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00133E26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="990000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Условные обозначения: </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00C8411C" w:rsidRDefault="00C8411C" w:rsidP="00C8411C">
+    <w:p w:rsidR="00822599" w:rsidRPr="00822599" w:rsidRDefault="00822599" w:rsidP="00822599">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00822599">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="18"/>
-[...2 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1D735E61" wp14:editId="6DF876B8">
-            <wp:extent cx="5854700" cy="3207385"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3E7D57B4" wp14:editId="699A6144">
+            <wp:extent cx="5854890" cy="3548418"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="4" name="Рисунок 4" descr="http://adilet.zan.kz/files/1146/08/16.jpg"/>
+            <wp:docPr id="1" name="Рисунок 1" descr="http://adilet.zan.kz/files/1146/11/16.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 3" descr="http://adilet.zan.kz/files/1146/08/16.jpg"/>
+                    <pic:cNvPr id="0" name="Picture 3" descr="http://adilet.zan.kz/files/1146/11/16.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId32">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5854700" cy="3207385"/>
+                      <a:ext cx="5854700" cy="3548303"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C8411C" w:rsidRDefault="00C8411C" w:rsidP="00C8411C">
-[...69 lines deleted...]
-    <w:sectPr w:rsidR="003519CD">
+    <w:p w:rsidR="00C45438" w:rsidRDefault="00C45438"/>
+    <w:sectPr w:rsidR="00C45438" w:rsidSect="00822599">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="851" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00654168"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00C8411C"/>
+    <w:rsidRoot w:val="005B56C3"/>
+    <w:rsid w:val="00133E26"/>
+    <w:rsid w:val="005B56C3"/>
+    <w:rsid w:val="00822599"/>
+    <w:rsid w:val="00A97E38"/>
+    <w:rsid w:val="00C45438"/>
+    <w:rsid w:val="00F57262"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{6EE36F10-0B82-4201-A888-E9B6E2A08E40}"/>
+  <w15:docId w15:val="{1DA68381-F14D-43A3-8877-22BA21D0C17E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3385,51 +4531,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -3606,441 +4752,754 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00C8411C"/>
-[...2 lines deleted...]
-    </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00C8411C"/>
+    <w:rsid w:val="00822599"/>
     <w:pPr>
       <w:spacing w:before="225" w:after="225" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="911B1B"/>
       <w:sz w:val="23"/>
       <w:szCs w:val="23"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00C8411C"/>
+    <w:rsid w:val="00822599"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="911B1B"/>
       <w:sz w:val="23"/>
       <w:szCs w:val="23"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C8411C"/>
+    <w:rsid w:val="00822599"/>
     <w:rPr>
       <w:color w:val="0E689A"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C8411C"/>
+    <w:rsid w:val="00822599"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="note">
     <w:name w:val="note"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00C8411C"/>
+    <w:rsid w:val="00822599"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00822599"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00822599"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:divs>
+    <w:div w:id="858197442">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1821654035">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1408573922">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="162088679">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="740103013">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="119998395">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="1014763721">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                              <w:divsChild>
+                                <w:div w:id="1176768488">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                  <w:divsChild>
+                                    <w:div w:id="2125272968">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                  </w:divsChild>
+                                </w:div>
+                              </w:divsChild>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="912549384">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1475297483">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1132096859">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="278799466">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1432778177">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1948737551">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="1810593747">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                              <w:divsChild>
+                                <w:div w:id="1125781444">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                  <w:divsChild>
+                                    <w:div w:id="467212255">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                  </w:divsChild>
+                                </w:div>
+                              </w:divsChild>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=kk&amp;documentId=V1500011184" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=kk&amp;documentId=V1500011184" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=kk&amp;documentId=V1500011184" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=kk&amp;documentId=V1500011184" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=kk&amp;documentId=V1500011184" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=kk&amp;documentId=V1500011184" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=kk&amp;documentId=V1500011184" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=kk&amp;documentId=V1500011184" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=kk&amp;documentId=V1500011184" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=kk&amp;documentId=V15P0004581" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=kk&amp;documentId=V15P0004581" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=kk&amp;documentId=V1500011184" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=kk&amp;documentId=V1500011184" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=kk&amp;documentId=V1500011184" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=kk&amp;documentId=V1500011184" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=kk&amp;documentId=V1500011184" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=kk&amp;documentId=V15P0004581" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=kk&amp;documentId=V1500011184" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=kk&amp;documentId=V1500011184" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=kk&amp;documentId=V1500011184" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=kk&amp;documentId=V15P0004581" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=kk&amp;documentId=V18P0006049" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=kk&amp;documentId=V1500011184" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=kk&amp;documentId=V1500011184" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=kk&amp;documentId=V1500011184" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=kk&amp;documentId=V1500011184" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=ru&amp;documentId=V1500011184" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=ru&amp;documentId=V1500011184" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=ru&amp;documentId=V1500011184" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=ru&amp;documentId=V1500011184" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=ru&amp;documentId=V1500011184" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=ru&amp;documentId=V1500011184" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=ru&amp;documentId=V1500011184" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=ru&amp;documentId=V1500011184" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=ru&amp;documentId=V1500011184" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=ru&amp;documentId=V15P0004581" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=ru&amp;documentId=V15P0004581" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=ru&amp;documentId=V1500011184" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=ru&amp;documentId=V1500011184" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=ru&amp;documentId=V1500011184" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=ru&amp;documentId=V1500011184" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=ru&amp;documentId=V1500011184" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=ru&amp;documentId=V15P0004581" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=ru&amp;documentId=V1500011184" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=ru&amp;documentId=V1500011184" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=ru&amp;documentId=V1500011184" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=ru&amp;documentId=V15P0004581" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=ru&amp;documentId=V18P0006049" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=ru&amp;documentId=V1500011184" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=ru&amp;documentId=V1500011184" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=ru&amp;documentId=V1500011184" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=ru&amp;documentId=V1500011184" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>12592</Characters>
+  <Pages>6</Pages>
+  <Words>2062</Words>
+  <Characters>11760</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>104</Lines>
-  <Paragraphs>29</Paragraphs>
+  <Lines>98</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14771</CharactersWithSpaces>
+  <CharactersWithSpaces>13795</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Computer</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>