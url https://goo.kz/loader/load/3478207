--- v0 (2025-12-14)
+++ v1 (2025-12-14)
@@ -1,2856 +1,5432 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
+    <w:p w:rsidR="000A1F4C" w:rsidRPr="00682995" w:rsidRDefault="00682995" w:rsidP="000A1F4C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1340"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ar-SA"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000A1F4C">
-[...7 lines deleted...]
-      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Бек</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ітемін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A1F4C" w:rsidRPr="00682995" w:rsidRDefault="00682995" w:rsidP="000A1F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1340"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мектеп </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000A1F4C" w:rsidRPr="000A1F4C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>иректор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ының</w:t>
+      </w:r>
+      <w:r w:rsidR="000A1F4C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>м.а</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A1F4C" w:rsidRPr="00682995" w:rsidRDefault="00682995" w:rsidP="000A1F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1340"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>----------</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Г.Ж </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Бергузинова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1340"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A1F4C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
-        <w:t>ИО Директор</w:t>
-[...86 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
+    <w:p w:rsidR="00682995" w:rsidRPr="00682995" w:rsidRDefault="00682995" w:rsidP="00682995">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3060"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000A1F4C">
-[...7 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00682995">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Жоспары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
+    <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="00682995" w:rsidP="00682995">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3060"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000A1F4C">
-[...17 lines deleted...]
-        <w:t>1-4ых  классов на 2020-2021 учебный год</w:t>
+      <w:r w:rsidRPr="00682995">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2020-2021 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00682995">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00682995">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00682995">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>жылына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00682995">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-4 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00682995">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>сыныптардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00682995">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00682995">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00682995">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00682995">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>жетекшілерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00682995">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00682995">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>әдістемелі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00682995">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00682995">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00682995">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00682995">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ірлестігінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00682995">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00682995">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>отырыстарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00682995">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00682995">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>өткізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3060"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3060"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11318" w:type="dxa"/>
         <w:tblInd w:w="-1310" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="2978"/>
         <w:gridCol w:w="1984"/>
         <w:gridCol w:w="1410"/>
         <w:gridCol w:w="2113"/>
         <w:gridCol w:w="2266"/>
       </w:tblGrid>
       <w:tr w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidTr="00263022">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3060"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A1F4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="00682995" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3060"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="ar-SA"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A1F4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
-              <w:t>Тема</w:t>
-            </w:r>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidR="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidR="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>қ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>ырыбы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="00682995" w:rsidP="000A1F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3060"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000A1F4C">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Өткізу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>нысаны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1410" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="00682995" w:rsidRDefault="00682995" w:rsidP="000A1F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3060"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="ar-SA"/>
-[...9 lines deleted...]
-              <w:t>Сроки</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мерзімі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2113" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="00682995" w:rsidP="000A1F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3060"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000A1F4C">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Результат </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Нәтижесі </w:t>
+            </w:r>
+            <w:r w:rsidR="000A1F4C" w:rsidRPr="000A1F4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2266" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="00682995" w:rsidRDefault="00682995" w:rsidP="000A1F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3060"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="ar-SA"/>
-[...9 lines deleted...]
-              <w:t>Ответственные</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жауаптылар </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidTr="00263022">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3060"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A1F4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
-[...21 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="00682995" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Оқушылармен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>тәрбие</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>жұмысының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>мақсаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>мазмұны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
-[...21 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="00682995" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Нұсқаулық-әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>кеңес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1410" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">Сентябрь </w:t>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="00682995" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қырқүйек </w:t>
+            </w:r>
+            <w:r w:rsidR="000A1F4C" w:rsidRPr="000A1F4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2113" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
-[...21 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="00682995" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Тәрбие</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>жұмысының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>жоспарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>құру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>ұсыныстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2266" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
-[...14 lines deleted...]
-            <w:r w:rsidRPr="000A1F4C">
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="00EA4205" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Г.Ж </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>Бергузинова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000A1F4C">
-[...24 lines deleted...]
-            <w:r w:rsidRPr="000A1F4C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="00EA4205" w:rsidP="00EA4205">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ж.Н </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="000A1F4C" w:rsidRPr="000A1F4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>Таукелова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000A1F4C">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> ЖН</w:t>
+            <w:r w:rsidR="000A1F4C" w:rsidRPr="000A1F4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidTr="00263022">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3060"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A1F4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
-[...21 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="00682995" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Сынып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>жетекшісінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>жұ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>мысында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>ақпараттық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>технологияларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>пайдалану</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
-[...21 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="00682995" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Тәжірибе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>алмасу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1410" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">Ноябрь </w:t>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="00682995" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қараша </w:t>
+            </w:r>
+            <w:r w:rsidR="000A1F4C" w:rsidRPr="000A1F4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2113" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
-[...21 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="00F04FF3" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Ұсыны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>ст</w:t>
+            </w:r>
+            <w:r w:rsidR="00682995" w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ар, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00682995" w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>тәж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00682995" w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>ірибе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00682995" w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00682995" w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>алмасу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2266" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> Ромашова ЛВ </w:t>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="00EA4205" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Л.В Ромашова</w:t>
+            </w:r>
+            <w:r w:rsidR="000A1F4C" w:rsidRPr="000A1F4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidTr="00263022">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3060"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A1F4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
-[...43 lines deleted...]
-            <w:r w:rsidRPr="000A1F4C">
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="00682995" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Оқушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>патриоттық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>сезімдерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>қалыптастыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>сынып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>жетекшілерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>жүйесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Патриоттық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>сезімді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>қалыптастырудағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>Жас</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000A1F4C">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="000A1F4C">
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>қыран</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>өлі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Кіші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>буында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>Рухани</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000A1F4C">
-[...26 lines deleted...]
-              <w:t>» в младшем звене.</w:t>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>жаңғыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>бағдарламасын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>жүзеге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>асыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>іс-шаралар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
-[...21 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="00682995" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Тәжірибе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>алмасу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1410" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">Март </w:t>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="00682995" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наурыз </w:t>
+            </w:r>
+            <w:r w:rsidR="000A1F4C" w:rsidRPr="000A1F4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2113" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
-[...20 lines deleted...]
-              <w:t>Рекомендации</w:t>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="00F04FF3" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Ұсыны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>ст</w:t>
+            </w:r>
+            <w:r w:rsidR="00682995" w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>ар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2266" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
-[...14 lines deleted...]
-            <w:r w:rsidRPr="000A1F4C">
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="00EA4205" w:rsidP="00EA4205">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ж.Н </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>Таукелова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000A1F4C">
-[...24 lines deleted...]
-            <w:r w:rsidRPr="000A1F4C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Л.В </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="000A1F4C" w:rsidRPr="000A1F4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>Альсеитова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000A1F4C">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> ЛВ </w:t>
+            <w:r w:rsidR="000A1F4C" w:rsidRPr="000A1F4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidTr="00263022">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3060"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A1F4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
-[...21 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="00682995" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Сыныптағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>тәрбие</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>жұмысын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>талдау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Жазғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>сауықтыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>маусымына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="000A1F4C">
+            <w:r w:rsidRPr="00682995">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve"> .</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">Отчет  </w:t>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="00682995" w:rsidRDefault="00682995" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Есеп </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1410" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
-[...12 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="00682995" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000A1F4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
-              <w:t>Май</w:t>
+              <w:t>Ма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">мыр </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2113" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="00682995">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3060"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A1F4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Рекомендации, обмен опытом  </w:t>
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Ұсын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>ыст</w:t>
+            </w:r>
+            <w:r w:rsidR="00682995" w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ар, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00682995" w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>тәж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00682995" w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>ірибе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00682995" w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00682995" w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>алмасу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2266" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
-[...14 lines deleted...]
-            <w:r w:rsidRPr="000A1F4C">
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="00EA4205" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ж.Н </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>Таукелова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000A1F4C">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> ЖН </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000A1F4C" w:rsidRPr="000A1F4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
+    <w:p w:rsidR="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ar-SA"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
+    <w:p w:rsidR="00682995" w:rsidRDefault="00682995" w:rsidP="000A1F4C">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00682995" w:rsidRPr="00682995" w:rsidRDefault="00682995" w:rsidP="000A1F4C">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000A1F4C" w:rsidRPr="00682995" w:rsidRDefault="00682995" w:rsidP="000A1F4C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1340"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ar-SA"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000A1F4C">
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ar-SA"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Утверждаю</w:t>
+        <w:t xml:space="preserve">Бекітемін </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
+    <w:p w:rsidR="000A1F4C" w:rsidRPr="00682995" w:rsidRDefault="00682995" w:rsidP="00682995">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1340"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                  Мектеп </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> директор</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ының м а</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A1F4C" w:rsidRPr="00682995" w:rsidRDefault="00682995" w:rsidP="000A1F4C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1340"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ar-SA"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000A1F4C">
-[...31 lines deleted...]
-        <w:t>------------</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>---------</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Г</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000A1F4C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>Бергузинова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000A1F4C">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
+    <w:p w:rsidR="00682995" w:rsidRPr="00682995" w:rsidRDefault="00682995" w:rsidP="00682995">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3060"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000A1F4C">
-[...7 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00682995">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Жоспары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
+    <w:p w:rsidR="000A1F4C" w:rsidRDefault="00682995" w:rsidP="00682995">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3060"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000A1F4C">
-[...7 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00682995">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2020-2021 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00682995">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00682995">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00682995">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>жылына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00682995">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-8 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00682995">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00682995">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00682995">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>жетекшілерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00682995">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00682995">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>әдістемелі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00682995">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00682995">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00682995">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00682995">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ірлестігінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00682995">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00682995">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>отырысын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00682995">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00682995">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>өткізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
+    <w:p w:rsidR="00682995" w:rsidRPr="000A1F4C" w:rsidRDefault="00682995" w:rsidP="00682995">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3060"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11057" w:type="dxa"/>
         <w:tblInd w:w="-1168" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="567"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2126"/>
+        <w:gridCol w:w="564"/>
+        <w:gridCol w:w="2825"/>
+        <w:gridCol w:w="2014"/>
+        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="2119"/>
+        <w:gridCol w:w="2117"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidTr="00263022">
+      <w:tr w:rsidR="00EA4205" w:rsidRPr="000A1F4C" w:rsidTr="00263022">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3060"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A1F4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2836" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="00682995" w:rsidRDefault="00682995" w:rsidP="000A1F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3060"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="ar-SA"/>
-[...9 lines deleted...]
-              <w:t>Тема</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Та</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>қ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>ырыбы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2019" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="00682995" w:rsidP="000A1F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3060"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000A1F4C">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Өткізу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682995">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>нысаны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1383" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="00682995" w:rsidRDefault="00682995" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мерзімі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="00682995" w:rsidRDefault="00682995" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Нәтижесі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="00682995" w:rsidRDefault="00682995" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жауаптылар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA4205" w:rsidRPr="000A1F4C" w:rsidTr="00263022">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
           <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3060"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A1F4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
-              <w:t>Сроки</w:t>
-            </w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2836" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="00F04FF3" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2020-2021 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>қу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>жылына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>арналған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>оқушылармен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>тәрбие</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>жұмысының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>мақсаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>мазмұны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2019" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="00F04FF3" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Нұсқаулық-әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>кеңес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1383" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="00F04FF3" w:rsidRDefault="00F04FF3" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қыркүйек </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="00F04FF3" w:rsidRDefault="00F04FF3" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Тәрбие жұмысының жоспарын құру бойынша ұсыныстар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="00EA4205" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Г.Ж </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Бергузинова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="00EA4205" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">А.Т Коммунист </w:t>
+            </w:r>
+            <w:r w:rsidR="000A1F4C" w:rsidRPr="000A1F4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A1F4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A1F4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA4205" w:rsidRPr="00EA4205" w:rsidTr="00263022">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A1F4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2836" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F04FF3" w:rsidRPr="00F04FF3" w:rsidRDefault="00F04FF3" w:rsidP="00F04FF3">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Қоғамдық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>тәрбиешілердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ЖББ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>ЖББМ-де</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>есепте</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>тұ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>ған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>оқушылармен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>жұмысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>тәжірибе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>мәселелер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>ізденіс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="00F04FF3" w:rsidP="00F04FF3">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Жасөспі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>імдер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>ортасында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>суицидтің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>алдын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2019" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F04FF3" w:rsidRPr="00F04FF3" w:rsidRDefault="00F04FF3" w:rsidP="00F04FF3">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Тәжірибе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>алмасу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="00F04FF3" w:rsidP="00F04FF3">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Ұсынымдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1383" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="00F04FF3" w:rsidRDefault="00F04FF3" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қараша </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="00F04FF3" w:rsidRDefault="00F04FF3" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Ұсыныстар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="00EA4205" w:rsidRDefault="00EA4205" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA4205">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Д.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">К </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA4205">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Масакбаева </w:t>
+            </w:r>
+            <w:r w:rsidR="000A1F4C" w:rsidRPr="00EA4205">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="00EA4205" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA4205">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Психолог </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA4205">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">М.Д </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA4205">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сансызбаева </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA4205" w:rsidRPr="000A1F4C" w:rsidTr="00263022">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="00EA4205" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA4205">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2836" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="00EA4205" w:rsidRDefault="00F04FF3" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA4205">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Оқушының жеке басын қалыптастырудың психологиялық-педагогикалық негіздері. Адамға әсер етудің психологиялық құралдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2019" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="00F04FF3">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA4205">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F04FF3" w:rsidRPr="00EA4205">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Прак</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00F04FF3" w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>тикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00F04FF3" w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> семинар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1383" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="00F04FF3" w:rsidRDefault="00F04FF3" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Н аурыз </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="00F04FF3" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Психологтың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>ұсыныстары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3060"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A1F4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Психолог </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA4205">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">М.Д </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A1F4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Сансызбаева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000A1F4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA4205" w:rsidRPr="000A1F4C" w:rsidTr="00263022">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A1F4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
-              <w:t xml:space="preserve">Результат </w:t>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2836" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="00F04FF3" w:rsidRDefault="00F04FF3" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Сыныптардағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>тәрбие</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>жұмысын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>талдау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Жазғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>маусым</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2019" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="00F04FF3" w:rsidRDefault="00F04FF3" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Есеп </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1383" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="00F04FF3" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A1F4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Ма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">мыр </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
-[...145 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="00F04FF3" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Ұсыныстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>тәж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>ірибені</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>жалпылау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
-[...44 lines deleted...]
-            <w:r w:rsidRPr="000A1F4C">
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="00EA4205" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Д.К </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Масакбаева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000A1F4C" w:rsidRPr="000A1F4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="00EA4205" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Г.Ж </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="000A1F4C" w:rsidRPr="000A1F4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>Бергузинова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000A1F4C">
-[...814 lines deleted...]
-              <w:t xml:space="preserve"> ГЖ</w:t>
+            <w:r w:rsidR="000A1F4C" w:rsidRPr="000A1F4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -2860,1485 +5436,2622 @@
     </w:p>
     <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1340"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ar-SA"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F04FF3" w:rsidRDefault="00F04FF3" w:rsidP="000A1F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1340"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F04FF3" w:rsidRDefault="00F04FF3" w:rsidP="000A1F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1340"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F04FF3" w:rsidRPr="00F04FF3" w:rsidRDefault="00F04FF3" w:rsidP="000A1F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1340"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1340"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
+    <w:p w:rsidR="000A1F4C" w:rsidRPr="00F04FF3" w:rsidRDefault="00F04FF3" w:rsidP="000A1F4C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1340"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ar-SA"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000A1F4C">
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ar-SA"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Утверждаю</w:t>
+        <w:t xml:space="preserve">Бекітемін </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
+    <w:p w:rsidR="000A1F4C" w:rsidRPr="00F04FF3" w:rsidRDefault="00F04FF3" w:rsidP="000A1F4C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1340"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ar-SA"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> школы</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мектеп </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>директор</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>м.а</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
+    <w:p w:rsidR="00F04FF3" w:rsidRDefault="00F04FF3" w:rsidP="00F04FF3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1340"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000A1F4C">
-[...6 lines deleted...]
-        <w:t>------------</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>-----------</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Г.Ж.</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000A1F4C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>Бергузинова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000A1F4C">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> ГЖ</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
+    <w:p w:rsidR="00F04FF3" w:rsidRDefault="00F04FF3" w:rsidP="00F04FF3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1340"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000A1F4C">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
-[...11 lines deleted...]
-    <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
+    <w:p w:rsidR="00F04FF3" w:rsidRPr="00F04FF3" w:rsidRDefault="00F04FF3" w:rsidP="00F04FF3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3060"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000A1F4C">
-[...7 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F04FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Жоспары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
+    <w:p w:rsidR="00F04FF3" w:rsidRDefault="00F04FF3" w:rsidP="00F04FF3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3060"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000A1F4C">
-[...7 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00F04FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2020-2021 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F04FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F04FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F04FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>жылына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F04FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-11 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F04FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>сыныптардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F04FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F04FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F04FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F04FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>жетекшілерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F04FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F04FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>әдістемелі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F04FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F04FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F04FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F04FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ірлестігінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F04FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F04FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>отырыстарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F04FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F04FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>өткізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
+    <w:p w:rsidR="00F04FF3" w:rsidRDefault="00F04FF3" w:rsidP="000A1F4C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3060"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F04FF3" w:rsidRPr="000A1F4C" w:rsidRDefault="00F04FF3" w:rsidP="000A1F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3060"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="11341" w:type="dxa"/>
+        <w:tblW w:w="11482" w:type="dxa"/>
         <w:tblInd w:w="-1168" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="626"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2037"/>
+        <w:gridCol w:w="620"/>
+        <w:gridCol w:w="3117"/>
+        <w:gridCol w:w="2011"/>
+        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="2155"/>
+        <w:gridCol w:w="2161"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidTr="00263022">
+      <w:tr w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidTr="00F04FF3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="626" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3060"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A1F4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3155" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="00F04FF3" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A1F4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidR="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidR="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>қ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>ырыбы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2019" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="00F04FF3" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Өткізу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>нысаны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="00F04FF3" w:rsidRDefault="00F04FF3" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мерзімі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2165" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="00F04FF3" w:rsidRDefault="00F04FF3" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Нәтижесі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2178" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="00F04FF3" w:rsidRDefault="00F04FF3" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жауаптылар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidTr="00F04FF3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="626" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
           <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3060"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A1F4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
-              <w:t>Тема</w:t>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3155" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="0069785C" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Оқушылармен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>тәрбие</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>жұмысының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>мақсаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>мазмұны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2019" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="0069785C" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Нұсқаулық-әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>кеңес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="00F04FF3" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қыркүйек </w:t>
+            </w:r>
+            <w:r w:rsidR="000A1F4C" w:rsidRPr="000A1F4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2165" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="00F04FF3" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Тәрбие</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>жұмысының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>жоспарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>құру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>ұсыныстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2178" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="00EA4205" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Г.Ж </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Бергузинова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="00EA4205" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">А.Т Коммунист </w:t>
+            </w:r>
+            <w:r w:rsidR="000A1F4C" w:rsidRPr="000A1F4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidTr="00F04FF3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="626" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A1F4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3155" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="00EA4205" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA4205">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Оқушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA4205">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA4205">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA4205">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA4205">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA4205">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA4205">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>кәсі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00EA4205">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>пт</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00EA4205">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>ік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA4205">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA4205">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>бағдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA4205">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2019" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3060"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...15 lines deleted...]
-            </w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1339" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
-[...21 lines deleted...]
-              <w:t>Сроки</w:t>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="00F04FF3" w:rsidRDefault="00F04FF3" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қараша </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
-[...21 lines deleted...]
-              <w:t xml:space="preserve">Результат </w:t>
+          <w:p w:rsidR="00F04FF3" w:rsidRPr="00F04FF3" w:rsidRDefault="00F04FF3" w:rsidP="00F04FF3">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Диагностика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="00F04FF3" w:rsidP="00F04FF3">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>психологтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000A1F4C" w:rsidRPr="000A1F4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2037" w:type="dxa"/>
+            <w:tcW w:w="2178" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="00EA4205" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">А.А </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="000A1F4C" w:rsidRPr="000A1F4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Утегенова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000A1F4C" w:rsidRPr="000A1F4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
           <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3060"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...15 lines deleted...]
-            </w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidTr="00263022">
+      <w:tr w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidTr="00F04FF3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="626" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3060"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A1F4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3155" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
-[...21 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="0069785C" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Сынып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>жетекшілерімен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>жұмысты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>жетілдіру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>олардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>шеберлігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>түлектің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>моделінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>сапасын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>арттырудың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>шарты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>ретінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> .</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2019" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
-[...20 lines deleted...]
-              <w:t>Инструктивно-методическое совещание</w:t>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="0069785C" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Практи</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>калық</w:t>
+            </w:r>
+            <w:r w:rsidR="000A1F4C" w:rsidRPr="000A1F4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> семинар  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1339" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">Сентябрь </w:t>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="00F04FF3" w:rsidRDefault="00F04FF3" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наурыз </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">Рекомендации по составлению плана воспитательной работы </w:t>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="0069785C" w:rsidRDefault="0069785C" w:rsidP="0069785C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ұсыныстар </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2037" w:type="dxa"/>
+            <w:tcW w:w="2178" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3060"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000A1F4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
-              <w:t>Бергузинова</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA4205">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">К.Д </w:t>
+            </w:r>
             <w:r w:rsidRPr="000A1F4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ГЖ</w:t>
-[...15 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000A1F4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
-              <w:t xml:space="preserve">Коммунист АТ </w:t>
-[...15 lines deleted...]
-            </w:pPr>
+              <w:t>Темирбаева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000A1F4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidTr="00263022">
+      <w:tr w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidTr="00F04FF3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="626" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3060"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A1F4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3155" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
-[...111 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="0069785C" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Сыныптардағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>тәрбие</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>жұмысын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>талдау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Жазғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>сауықтыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>маусымына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2019" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">Семинар </w:t>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="0069785C" w:rsidRDefault="0069785C" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Есеп </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1339" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
-[...12 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="00F04FF3" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000A1F4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ноябрь </w:t>
+              <w:t>Ма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00F04FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">мыр </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2165" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
-[...45 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="0069785C" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Ұсыныстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>тәж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>ірибені</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0069785C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>жалпылау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2037" w:type="dxa"/>
+            <w:tcW w:w="2178" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
-[...14 lines deleted...]
-            <w:r w:rsidRPr="000A1F4C">
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="00EA4205" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">А.А </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>Утегенова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000A1F4C">
-[...447 lines deleted...]
-            <w:r w:rsidRPr="000A1F4C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="00EA4205" w:rsidP="000A1F4C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Г.Ж </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="000A1F4C" w:rsidRPr="000A1F4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>Бергузинова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000A1F4C">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> ГЖ</w:t>
+            <w:r w:rsidR="000A1F4C" w:rsidRPr="000A1F4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3060"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -4473,134 +8186,135 @@
     <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="000A1F4C" w:rsidRPr="000A1F4C" w:rsidRDefault="000A1F4C" w:rsidP="000A1F4C">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002B08E7" w:rsidRDefault="002B08E7"/>
-    <w:sectPr w:rsidR="002B08E7">
+    <w:sectPr w:rsidR="002B08E7" w:rsidSect="00E1369B">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...4 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00AA692B"/>
     <w:rsid w:val="000A1F4C"/>
     <w:rsid w:val="002B08E7"/>
+    <w:rsid w:val="00682995"/>
+    <w:rsid w:val="0069785C"/>
     <w:rsid w:val="0084746B"/>
     <w:rsid w:val="00AA692B"/>
     <w:rsid w:val="00BA23B5"/>
+    <w:rsid w:val="00DA337D"/>
+    <w:rsid w:val="00E1369B"/>
+    <w:rsid w:val="00EA4205"/>
+    <w:rsid w:val="00F04FF3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -4714,62 +8428,64 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00E1369B"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
@@ -4936,58 +8652,59 @@
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5233,57 +8950,72 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>2568</Characters>
+  <Pages>1</Pages>
+  <Words>437</Words>
+  <Characters>2497</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>21</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>20</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3012</CharactersWithSpaces>
+  <CharactersWithSpaces>2929</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Admin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>